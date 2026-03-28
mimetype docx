--- v0 (2025-10-29)
+++ v1 (2026-03-28)
@@ -1,60 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5C91625A" w14:textId="77777777" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="000431B2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -120,52 +118,109 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:permStart w:id="1489525591" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Housing Type</w:t>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Elderly 667-#, Family 200-# or 705-#, Special Needs 689-#</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Elderly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>667-#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Family </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>200-#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>705-#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Special Needs </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>689-#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:permEnd w:id="1489525591"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Development for the </w:t>
       </w:r>
       <w:permStart w:id="1374182037" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>City/Town</w:t>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
@@ -647,479 +702,468 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62FC75BE" w14:textId="77777777" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="000431B2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="515966139" w:edGrp="everyone"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">There is a plan deposit of $ </w:t>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>There is a plan deposit of $</w:t>
+      </w:r>
+      <w:permStart w:id="195238112" w:edGrp="everyone"/>
+      <w:r w:rsidRPr="000431B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Amount</w:t>
       </w:r>
+      <w:permEnd w:id="195238112"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> per set (maximum of 2 sets) payable to the Awarding Authority.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3DDE35" w14:textId="77777777" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="000431B2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Deposits must be a certified or cashier's check.</w:t>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">This deposit will be refunded for up to two sets for general bidders upon return of the sets in good condition within thirty days of receipt of general bids. Otherwise the deposit shall be the property of the Awarding Authority. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0282451D" w14:textId="77777777" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="00C405D1">
+    <w:p w14:paraId="0282451D" w14:textId="1143E3F7" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="00C405D1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Additional sets may be purchased for $  </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Additional sets may be purchased for $ </w:t>
+      </w:r>
+      <w:permStart w:id="1751282828" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:i/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Amount</w:t>
       </w:r>
+      <w:permEnd w:id="1751282828"/>
     </w:p>
     <w:p w14:paraId="5AA2234E" w14:textId="77777777" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="000431B2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Bidders requesting Contract Documents to be mailed to them shall include a separate check for $ </w:t>
       </w:r>
+      <w:permStart w:id="1481654141" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Amount</w:t>
       </w:r>
+      <w:permEnd w:id="1481654141"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="993366"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>per set, payable to the Awarding Authority, to cover mail handling costs.</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="515966139"/>
-    <w:p w14:paraId="193142E7" w14:textId="77777777" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="000431B2">
+    <w:p w14:paraId="42DA2D14" w14:textId="553269C9" w:rsidR="00992583" w:rsidRDefault="00F71C92" w:rsidP="000431B2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F71C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>The Contractor and all subcontractors (collectively referred to as “the Contractor”) agree to strive to achieve minority and women workforce participation. The Workforce Participation benchmark is set at 6.9% for women and 15.3% for minorities. The Workforce benchmark percentages are a statutory requirement under MGL c. 149 §44A(2)(G).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193142E7" w14:textId="5D207FF8" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="000431B2">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">The job site and/or existing building will be available for inspection between </w:t>
       </w:r>
-      <w:permStart w:id="2090355646" w:edGrp="everyone"/>
+      <w:permStart w:id="18747142" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Time</w:t>
       </w:r>
+      <w:permEnd w:id="18747142"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A.M. </w:t>
-[...10 lines deleted...]
-      <w:permStart w:id="1901010781" w:edGrp="everyone"/>
+        <w:t xml:space="preserve"> A.M. and </w:t>
+      </w:r>
+      <w:permStart w:id="474481367" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Time</w:t>
       </w:r>
+      <w:permEnd w:id="474481367"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> P.M.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> on </w:t>
+        <w:t xml:space="preserve"> P.M. on </w:t>
       </w:r>
       <w:permStart w:id="2121868159" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:permEnd w:id="2121868159"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E0610D" w14:textId="77777777" w:rsidR="000431B2" w:rsidRPr="000431B2" w:rsidRDefault="000431B2" w:rsidP="000431B2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">For an appointment call </w:t>
       </w:r>
       <w:permStart w:id="95752202" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000431B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Name of Contact Person at the LHA Phone Number.</w:t>
       </w:r>
       <w:permEnd w:id="95752202"/>
-    </w:p>
-[...19 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="437DE4EC" w14:textId="77777777" w:rsidR="00A013BF" w:rsidRPr="00A013BF" w:rsidRDefault="00A013BF" w:rsidP="00A013BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2953"/>
         </w:tabs>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:permStart w:id="1665936225" w:edGrp="everyone"/>
-      <w:permEnd w:id="1665936225"/>
     </w:p>
     <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00E616C9" w:rsidRPr="002F7B89" w:rsidRDefault="00E616C9" w:rsidP="00A013BF"/>
     <w:sectPr w:rsidR="00E616C9" w:rsidRPr="002F7B89" w:rsidSect="00C405D1">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
-      <w:headerReference w:type="first" r:id="rId13"/>
-      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="48" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3468E05D" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55" w:rsidP="002F7B89">
+    <w:p w14:paraId="6B3D32EC" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132" w:rsidP="002F7B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367411F3" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55"/>
+    <w:p w14:paraId="25D7744F" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6939A60C" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55" w:rsidP="002F7B89">
+    <w:p w14:paraId="6B6CF8D3" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132" w:rsidP="002F7B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A40BA6" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55"/>
+    <w:p w14:paraId="4E92B80E" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="21FD67B2" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55">
+    <w:p w14:paraId="70D44BF1" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D7C1E67" w14:textId="77777777" w:rsidR="00DA155E" w:rsidRDefault="00DA155E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5FCD691D" w14:textId="77777777" w:rsidR="00DA155E" w:rsidRDefault="00DA155E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6CCB6B5B" w14:textId="57A199D3" w:rsidR="002F7B89" w:rsidRPr="003D1ACD" w:rsidRDefault="00DA155E" w:rsidP="002F7B89">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6CCB6B5B" w14:textId="1C98037D" w:rsidR="002F7B89" w:rsidRPr="003D1ACD" w:rsidRDefault="00DA155E" w:rsidP="002F7B89">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>EOHLC 2024</w:t>
+      <w:t>EOHLC 202</w:t>
+    </w:r>
+    <w:r w:rsidR="008079FF">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:b/>
+        <w:spacing w:val="-2"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="009157E5">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>ADVERTISEMENT</w:t>
     </w:r>
     <w:r w:rsidR="009157E5">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>00.11.50</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38C8A4F8" w14:textId="77777777" w:rsidR="002F7B89" w:rsidRPr="003D1ACD" w:rsidRDefault="002F7B89" w:rsidP="002F7B89">
@@ -1266,131 +1310,111 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="003D1ACD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="002F7B89" w:rsidRDefault="002F7B89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="22AC61BC" w14:textId="77777777" w:rsidR="002F7B89" w:rsidRDefault="002F7B89"/>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C96D4AC" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55" w:rsidP="002F7B89">
+    <w:p w14:paraId="15CD2A0F" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132" w:rsidP="002F7B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7169BC4C" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55"/>
+    <w:p w14:paraId="7AD333DF" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="710C15FF" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55" w:rsidP="002F7B89">
+    <w:p w14:paraId="49B5497C" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132" w:rsidP="002F7B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B4D3DE" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55"/>
+    <w:p w14:paraId="4AD10964" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4028BAB9" w14:textId="77777777" w:rsidR="00A15A55" w:rsidRDefault="00A15A55">
+    <w:p w14:paraId="5E4057B9" w14:textId="77777777" w:rsidR="00E96132" w:rsidRDefault="00E96132">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="762706CB" w14:textId="77777777" w:rsidR="00DA155E" w:rsidRDefault="00DA155E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="46AF32B8" w14:textId="77777777" w:rsidR="00DA155E" w:rsidRDefault="00DA155E"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79863579" w14:textId="77777777" w:rsidR="00DA155E" w:rsidRDefault="00DA155E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2B1304BE" w14:textId="77777777" w:rsidR="00DA155E" w:rsidRDefault="00DA155E"/>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Y1D9m7Z88hQEvaiVAAA/mkNDpJCbcV3ORutCWKo9pE20ehw8mHamim8Zqx+SoGTgLlA9BIs7q58HACgMF2pmTA==" w:salt="3IAQ/hEkp6DIlGvExnxtDQ=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EKJodqwaK8i8vK/nZy0MbCa4PKfoSlHhAo70spAoA0/JT6VRcIZwIpVcQwZUHWk9XPLV9yTqaOgi7JKMWnIPtg==" w:salt="J9T73WI/atNjh17JUpe6uQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F7B89"/>
@@ -1711,92 +1735,94 @@
     <w:rsid w:val="00260BF8"/>
     <w:rsid w:val="00260D22"/>
     <w:rsid w:val="00261E81"/>
     <w:rsid w:val="00263E00"/>
     <w:rsid w:val="00264599"/>
     <w:rsid w:val="002647BF"/>
     <w:rsid w:val="00265A8B"/>
     <w:rsid w:val="00267256"/>
     <w:rsid w:val="00267AC3"/>
     <w:rsid w:val="00267B86"/>
     <w:rsid w:val="002702BE"/>
     <w:rsid w:val="00270799"/>
     <w:rsid w:val="00270E8E"/>
     <w:rsid w:val="00272314"/>
     <w:rsid w:val="00272B8D"/>
     <w:rsid w:val="0027516C"/>
     <w:rsid w:val="00275807"/>
     <w:rsid w:val="00277A10"/>
     <w:rsid w:val="00280C3C"/>
     <w:rsid w:val="00281E3E"/>
     <w:rsid w:val="002826A5"/>
     <w:rsid w:val="00283980"/>
     <w:rsid w:val="00285311"/>
     <w:rsid w:val="00285DC8"/>
     <w:rsid w:val="00285FB6"/>
+    <w:rsid w:val="0028776B"/>
     <w:rsid w:val="00291BEC"/>
     <w:rsid w:val="00292163"/>
     <w:rsid w:val="00292A8F"/>
     <w:rsid w:val="002941B2"/>
     <w:rsid w:val="0029427D"/>
     <w:rsid w:val="00294780"/>
     <w:rsid w:val="00295371"/>
     <w:rsid w:val="00295F00"/>
     <w:rsid w:val="00295FEB"/>
     <w:rsid w:val="002A0106"/>
     <w:rsid w:val="002A0A45"/>
     <w:rsid w:val="002A0E62"/>
     <w:rsid w:val="002A1F66"/>
     <w:rsid w:val="002A2E18"/>
     <w:rsid w:val="002A3F07"/>
     <w:rsid w:val="002A78D4"/>
     <w:rsid w:val="002B11F5"/>
     <w:rsid w:val="002B2A31"/>
     <w:rsid w:val="002B2E5E"/>
     <w:rsid w:val="002B4227"/>
     <w:rsid w:val="002B4591"/>
     <w:rsid w:val="002B6024"/>
     <w:rsid w:val="002C01E8"/>
     <w:rsid w:val="002C152C"/>
     <w:rsid w:val="002C19DB"/>
     <w:rsid w:val="002C39D3"/>
     <w:rsid w:val="002C41C3"/>
     <w:rsid w:val="002C4314"/>
     <w:rsid w:val="002C435A"/>
     <w:rsid w:val="002C651E"/>
     <w:rsid w:val="002D072A"/>
     <w:rsid w:val="002D0A6E"/>
     <w:rsid w:val="002D0F53"/>
     <w:rsid w:val="002D1AFA"/>
     <w:rsid w:val="002D3819"/>
     <w:rsid w:val="002D3C2B"/>
     <w:rsid w:val="002D4A7E"/>
     <w:rsid w:val="002D5401"/>
     <w:rsid w:val="002D54FB"/>
     <w:rsid w:val="002D5B73"/>
     <w:rsid w:val="002D65C7"/>
     <w:rsid w:val="002E0F8D"/>
+    <w:rsid w:val="002E0FDE"/>
     <w:rsid w:val="002E301D"/>
     <w:rsid w:val="002E55DB"/>
     <w:rsid w:val="002E578E"/>
     <w:rsid w:val="002E7211"/>
     <w:rsid w:val="002E7487"/>
     <w:rsid w:val="002E77C4"/>
     <w:rsid w:val="002E7AF9"/>
     <w:rsid w:val="002F091F"/>
     <w:rsid w:val="002F1A28"/>
     <w:rsid w:val="002F1C6F"/>
     <w:rsid w:val="002F2094"/>
     <w:rsid w:val="002F602B"/>
     <w:rsid w:val="002F7919"/>
     <w:rsid w:val="002F7B89"/>
     <w:rsid w:val="003008D5"/>
     <w:rsid w:val="003016A6"/>
     <w:rsid w:val="0030245F"/>
     <w:rsid w:val="003030CF"/>
     <w:rsid w:val="00303C1A"/>
     <w:rsid w:val="00304105"/>
     <w:rsid w:val="0031021C"/>
     <w:rsid w:val="003110A3"/>
     <w:rsid w:val="00311F4E"/>
     <w:rsid w:val="00312C28"/>
     <w:rsid w:val="00313012"/>
@@ -2104,50 +2130,51 @@
     <w:rsid w:val="00543848"/>
     <w:rsid w:val="00543872"/>
     <w:rsid w:val="00543AA3"/>
     <w:rsid w:val="00543C2E"/>
     <w:rsid w:val="00543F60"/>
     <w:rsid w:val="005465B0"/>
     <w:rsid w:val="005474A9"/>
     <w:rsid w:val="00553A00"/>
     <w:rsid w:val="00553C71"/>
     <w:rsid w:val="00553FD2"/>
     <w:rsid w:val="00554DC2"/>
     <w:rsid w:val="005552C6"/>
     <w:rsid w:val="0055690B"/>
     <w:rsid w:val="00557ABE"/>
     <w:rsid w:val="0056028C"/>
     <w:rsid w:val="005628D4"/>
     <w:rsid w:val="00567BC0"/>
     <w:rsid w:val="0057081B"/>
     <w:rsid w:val="00570B4B"/>
     <w:rsid w:val="00571D39"/>
     <w:rsid w:val="00572347"/>
     <w:rsid w:val="00573DF6"/>
     <w:rsid w:val="005743F4"/>
     <w:rsid w:val="00577114"/>
     <w:rsid w:val="00577465"/>
+    <w:rsid w:val="005774DB"/>
     <w:rsid w:val="00577613"/>
     <w:rsid w:val="00580165"/>
     <w:rsid w:val="005812CA"/>
     <w:rsid w:val="00583969"/>
     <w:rsid w:val="00584018"/>
     <w:rsid w:val="0058414A"/>
     <w:rsid w:val="0058424D"/>
     <w:rsid w:val="00585314"/>
     <w:rsid w:val="00587730"/>
     <w:rsid w:val="00593598"/>
     <w:rsid w:val="00595201"/>
     <w:rsid w:val="00595900"/>
     <w:rsid w:val="00595B0F"/>
     <w:rsid w:val="005963A7"/>
     <w:rsid w:val="00596565"/>
     <w:rsid w:val="005A1027"/>
     <w:rsid w:val="005A1052"/>
     <w:rsid w:val="005A173A"/>
     <w:rsid w:val="005A2089"/>
     <w:rsid w:val="005A2567"/>
     <w:rsid w:val="005A2A06"/>
     <w:rsid w:val="005A3F96"/>
     <w:rsid w:val="005A7AED"/>
     <w:rsid w:val="005B06AE"/>
     <w:rsid w:val="005B0B60"/>
@@ -2250,50 +2277,51 @@
     <w:rsid w:val="00652F75"/>
     <w:rsid w:val="0065322A"/>
     <w:rsid w:val="006535C9"/>
     <w:rsid w:val="006536D0"/>
     <w:rsid w:val="00653AAD"/>
     <w:rsid w:val="006552C4"/>
     <w:rsid w:val="006559FF"/>
     <w:rsid w:val="0065790F"/>
     <w:rsid w:val="006616AF"/>
     <w:rsid w:val="00664B08"/>
     <w:rsid w:val="006654A4"/>
     <w:rsid w:val="0066770F"/>
     <w:rsid w:val="00667ADB"/>
     <w:rsid w:val="00667D07"/>
     <w:rsid w:val="00673A6F"/>
     <w:rsid w:val="00675047"/>
     <w:rsid w:val="00675718"/>
     <w:rsid w:val="00675722"/>
     <w:rsid w:val="00676D29"/>
     <w:rsid w:val="00680A25"/>
     <w:rsid w:val="00680C13"/>
     <w:rsid w:val="00682C1B"/>
     <w:rsid w:val="0068512F"/>
     <w:rsid w:val="00690219"/>
     <w:rsid w:val="0069113A"/>
+    <w:rsid w:val="00691345"/>
     <w:rsid w:val="00693388"/>
     <w:rsid w:val="0069427A"/>
     <w:rsid w:val="00694E5E"/>
     <w:rsid w:val="006951D0"/>
     <w:rsid w:val="0069652F"/>
     <w:rsid w:val="00697E16"/>
     <w:rsid w:val="006A12D0"/>
     <w:rsid w:val="006A436B"/>
     <w:rsid w:val="006A4D1A"/>
     <w:rsid w:val="006A5761"/>
     <w:rsid w:val="006B1FDB"/>
     <w:rsid w:val="006B4C9C"/>
     <w:rsid w:val="006C05DB"/>
     <w:rsid w:val="006C0D2C"/>
     <w:rsid w:val="006C0D38"/>
     <w:rsid w:val="006C2BF9"/>
     <w:rsid w:val="006C2C75"/>
     <w:rsid w:val="006C334C"/>
     <w:rsid w:val="006C5F34"/>
     <w:rsid w:val="006C6392"/>
     <w:rsid w:val="006C6DFD"/>
     <w:rsid w:val="006C7D0F"/>
     <w:rsid w:val="006C7FDD"/>
     <w:rsid w:val="006D35B0"/>
     <w:rsid w:val="006D3A1C"/>
@@ -2314,50 +2342,51 @@
     <w:rsid w:val="006F19DF"/>
     <w:rsid w:val="006F2429"/>
     <w:rsid w:val="006F4EC7"/>
     <w:rsid w:val="006F52F8"/>
     <w:rsid w:val="006F7A61"/>
     <w:rsid w:val="00700526"/>
     <w:rsid w:val="00700548"/>
     <w:rsid w:val="00700F48"/>
     <w:rsid w:val="00702766"/>
     <w:rsid w:val="00702D9A"/>
     <w:rsid w:val="00703218"/>
     <w:rsid w:val="00703430"/>
     <w:rsid w:val="00704DED"/>
     <w:rsid w:val="007050CA"/>
     <w:rsid w:val="00707E26"/>
     <w:rsid w:val="0071188F"/>
     <w:rsid w:val="00711E9A"/>
     <w:rsid w:val="00715BF7"/>
     <w:rsid w:val="00716437"/>
     <w:rsid w:val="00716735"/>
     <w:rsid w:val="00716D08"/>
     <w:rsid w:val="00717F16"/>
     <w:rsid w:val="0072057A"/>
     <w:rsid w:val="00720B57"/>
     <w:rsid w:val="00721A2A"/>
+    <w:rsid w:val="00722F39"/>
     <w:rsid w:val="0072325B"/>
     <w:rsid w:val="007234EC"/>
     <w:rsid w:val="007241C2"/>
     <w:rsid w:val="00725199"/>
     <w:rsid w:val="00726497"/>
     <w:rsid w:val="00726792"/>
     <w:rsid w:val="00726B79"/>
     <w:rsid w:val="00726E51"/>
     <w:rsid w:val="00730438"/>
     <w:rsid w:val="00731CD4"/>
     <w:rsid w:val="007321B6"/>
     <w:rsid w:val="00732741"/>
     <w:rsid w:val="007338EA"/>
     <w:rsid w:val="00733E8F"/>
     <w:rsid w:val="00735E6B"/>
     <w:rsid w:val="00735F6C"/>
     <w:rsid w:val="007361F0"/>
     <w:rsid w:val="0073683C"/>
     <w:rsid w:val="00736FBF"/>
     <w:rsid w:val="0073799F"/>
     <w:rsid w:val="00737ABC"/>
     <w:rsid w:val="00740AAF"/>
     <w:rsid w:val="007435F0"/>
     <w:rsid w:val="00743B28"/>
     <w:rsid w:val="007448FB"/>
@@ -2379,50 +2408,51 @@
     <w:rsid w:val="00757B99"/>
     <w:rsid w:val="0076018E"/>
     <w:rsid w:val="007618D2"/>
     <w:rsid w:val="00761D5F"/>
     <w:rsid w:val="00762B00"/>
     <w:rsid w:val="00763E29"/>
     <w:rsid w:val="00764983"/>
     <w:rsid w:val="00766F23"/>
     <w:rsid w:val="00767D22"/>
     <w:rsid w:val="007726FB"/>
     <w:rsid w:val="00772E7E"/>
     <w:rsid w:val="007732CC"/>
     <w:rsid w:val="0077377B"/>
     <w:rsid w:val="00773951"/>
     <w:rsid w:val="00773BA4"/>
     <w:rsid w:val="00774D80"/>
     <w:rsid w:val="00774E77"/>
     <w:rsid w:val="007756CD"/>
     <w:rsid w:val="00775C1F"/>
     <w:rsid w:val="00775FBB"/>
     <w:rsid w:val="007760A4"/>
     <w:rsid w:val="00777690"/>
     <w:rsid w:val="00777D2D"/>
     <w:rsid w:val="00777D4C"/>
     <w:rsid w:val="00780ACC"/>
+    <w:rsid w:val="00781034"/>
     <w:rsid w:val="00783372"/>
     <w:rsid w:val="0078352A"/>
     <w:rsid w:val="00784080"/>
     <w:rsid w:val="00784542"/>
     <w:rsid w:val="007846E0"/>
     <w:rsid w:val="0078561A"/>
     <w:rsid w:val="0078568B"/>
     <w:rsid w:val="007867E5"/>
     <w:rsid w:val="00786878"/>
     <w:rsid w:val="0078726C"/>
     <w:rsid w:val="0079072F"/>
     <w:rsid w:val="00792964"/>
     <w:rsid w:val="00793D12"/>
     <w:rsid w:val="00794982"/>
     <w:rsid w:val="00794D5E"/>
     <w:rsid w:val="00795519"/>
     <w:rsid w:val="00797710"/>
     <w:rsid w:val="007A00EB"/>
     <w:rsid w:val="007A011F"/>
     <w:rsid w:val="007A0AD0"/>
     <w:rsid w:val="007A1040"/>
     <w:rsid w:val="007A30B0"/>
     <w:rsid w:val="007A4BED"/>
     <w:rsid w:val="007A5496"/>
     <w:rsid w:val="007A6409"/>
@@ -2463,50 +2493,51 @@
     <w:rsid w:val="007E7FF6"/>
     <w:rsid w:val="007F0033"/>
     <w:rsid w:val="007F015B"/>
     <w:rsid w:val="007F095C"/>
     <w:rsid w:val="007F13E1"/>
     <w:rsid w:val="007F17F5"/>
     <w:rsid w:val="007F25D6"/>
     <w:rsid w:val="007F25F0"/>
     <w:rsid w:val="007F2BDE"/>
     <w:rsid w:val="007F2FBE"/>
     <w:rsid w:val="007F3A78"/>
     <w:rsid w:val="007F400A"/>
     <w:rsid w:val="007F72EC"/>
     <w:rsid w:val="00800A64"/>
     <w:rsid w:val="0080201A"/>
     <w:rsid w:val="00802783"/>
     <w:rsid w:val="00802A02"/>
     <w:rsid w:val="00803DC9"/>
     <w:rsid w:val="008058C9"/>
     <w:rsid w:val="00805B98"/>
     <w:rsid w:val="00805FD3"/>
     <w:rsid w:val="00806396"/>
     <w:rsid w:val="0080649F"/>
     <w:rsid w:val="00806C0C"/>
     <w:rsid w:val="0080798F"/>
+    <w:rsid w:val="008079FF"/>
     <w:rsid w:val="00810EAE"/>
     <w:rsid w:val="00811919"/>
     <w:rsid w:val="00811AA7"/>
     <w:rsid w:val="00811CDD"/>
     <w:rsid w:val="008157B0"/>
     <w:rsid w:val="00820760"/>
     <w:rsid w:val="00820D31"/>
     <w:rsid w:val="0082251E"/>
     <w:rsid w:val="00822B57"/>
     <w:rsid w:val="008248BC"/>
     <w:rsid w:val="00824F28"/>
     <w:rsid w:val="00825129"/>
     <w:rsid w:val="00827F6F"/>
     <w:rsid w:val="00830CA6"/>
     <w:rsid w:val="00831658"/>
     <w:rsid w:val="00832305"/>
     <w:rsid w:val="00832B6B"/>
     <w:rsid w:val="008331FB"/>
     <w:rsid w:val="008353D1"/>
     <w:rsid w:val="008416DC"/>
     <w:rsid w:val="0084232E"/>
     <w:rsid w:val="00845ECD"/>
     <w:rsid w:val="00846C77"/>
     <w:rsid w:val="00847D1B"/>
     <w:rsid w:val="00850F21"/>
@@ -2669,50 +2700,51 @@
     <w:rsid w:val="00963FC2"/>
     <w:rsid w:val="00964C68"/>
     <w:rsid w:val="009658DE"/>
     <w:rsid w:val="009660B5"/>
     <w:rsid w:val="00967168"/>
     <w:rsid w:val="00967578"/>
     <w:rsid w:val="0096788B"/>
     <w:rsid w:val="00967A0A"/>
     <w:rsid w:val="00970EC3"/>
     <w:rsid w:val="00971F57"/>
     <w:rsid w:val="0097444C"/>
     <w:rsid w:val="00974806"/>
     <w:rsid w:val="00974ECF"/>
     <w:rsid w:val="0097546B"/>
     <w:rsid w:val="00976456"/>
     <w:rsid w:val="00980B8A"/>
     <w:rsid w:val="0098125F"/>
     <w:rsid w:val="00981316"/>
     <w:rsid w:val="009819BE"/>
     <w:rsid w:val="00984612"/>
     <w:rsid w:val="00985017"/>
     <w:rsid w:val="00985B50"/>
     <w:rsid w:val="00985D86"/>
     <w:rsid w:val="00990C1B"/>
     <w:rsid w:val="00992060"/>
+    <w:rsid w:val="00992583"/>
     <w:rsid w:val="00993526"/>
     <w:rsid w:val="00993E77"/>
     <w:rsid w:val="00995128"/>
     <w:rsid w:val="009957DF"/>
     <w:rsid w:val="0099673E"/>
     <w:rsid w:val="00996817"/>
     <w:rsid w:val="00996ACD"/>
     <w:rsid w:val="009A024D"/>
     <w:rsid w:val="009A0311"/>
     <w:rsid w:val="009A1819"/>
     <w:rsid w:val="009A1F8A"/>
     <w:rsid w:val="009A2E74"/>
     <w:rsid w:val="009A2EF1"/>
     <w:rsid w:val="009A33EB"/>
     <w:rsid w:val="009A36F3"/>
     <w:rsid w:val="009A3CB1"/>
     <w:rsid w:val="009A4046"/>
     <w:rsid w:val="009A4CED"/>
     <w:rsid w:val="009A5589"/>
     <w:rsid w:val="009A5EDC"/>
     <w:rsid w:val="009A632C"/>
     <w:rsid w:val="009A6982"/>
     <w:rsid w:val="009A6F2C"/>
     <w:rsid w:val="009B4236"/>
     <w:rsid w:val="009B523A"/>
@@ -2904,96 +2936,98 @@
     <w:rsid w:val="00B17A21"/>
     <w:rsid w:val="00B20527"/>
     <w:rsid w:val="00B2097A"/>
     <w:rsid w:val="00B20F5B"/>
     <w:rsid w:val="00B2245B"/>
     <w:rsid w:val="00B24C0A"/>
     <w:rsid w:val="00B24FD1"/>
     <w:rsid w:val="00B25588"/>
     <w:rsid w:val="00B2595B"/>
     <w:rsid w:val="00B25AC8"/>
     <w:rsid w:val="00B25CB4"/>
     <w:rsid w:val="00B25D0D"/>
     <w:rsid w:val="00B2794E"/>
     <w:rsid w:val="00B30562"/>
     <w:rsid w:val="00B30B1F"/>
     <w:rsid w:val="00B323FD"/>
     <w:rsid w:val="00B3399A"/>
     <w:rsid w:val="00B348F3"/>
     <w:rsid w:val="00B36C4B"/>
     <w:rsid w:val="00B36DB8"/>
     <w:rsid w:val="00B376B6"/>
     <w:rsid w:val="00B414EE"/>
     <w:rsid w:val="00B41725"/>
     <w:rsid w:val="00B41734"/>
     <w:rsid w:val="00B42F58"/>
+    <w:rsid w:val="00B445B1"/>
     <w:rsid w:val="00B446EA"/>
     <w:rsid w:val="00B448BD"/>
     <w:rsid w:val="00B44921"/>
     <w:rsid w:val="00B46713"/>
     <w:rsid w:val="00B475D3"/>
     <w:rsid w:val="00B51495"/>
     <w:rsid w:val="00B51F66"/>
     <w:rsid w:val="00B5234A"/>
     <w:rsid w:val="00B531A1"/>
     <w:rsid w:val="00B5794D"/>
     <w:rsid w:val="00B600B2"/>
     <w:rsid w:val="00B6058E"/>
     <w:rsid w:val="00B60682"/>
     <w:rsid w:val="00B60750"/>
     <w:rsid w:val="00B61647"/>
     <w:rsid w:val="00B62B8E"/>
     <w:rsid w:val="00B62D2E"/>
     <w:rsid w:val="00B63259"/>
     <w:rsid w:val="00B63483"/>
     <w:rsid w:val="00B649E1"/>
     <w:rsid w:val="00B664A5"/>
     <w:rsid w:val="00B7084F"/>
     <w:rsid w:val="00B77F4D"/>
     <w:rsid w:val="00B80FBA"/>
     <w:rsid w:val="00B81BD7"/>
     <w:rsid w:val="00B8200F"/>
     <w:rsid w:val="00B825A2"/>
     <w:rsid w:val="00B82C11"/>
     <w:rsid w:val="00B8394B"/>
     <w:rsid w:val="00B84D0A"/>
     <w:rsid w:val="00B8547D"/>
     <w:rsid w:val="00B8615A"/>
     <w:rsid w:val="00B876A2"/>
     <w:rsid w:val="00B9187B"/>
     <w:rsid w:val="00B92062"/>
     <w:rsid w:val="00B930E2"/>
     <w:rsid w:val="00B93BF2"/>
     <w:rsid w:val="00B951E2"/>
     <w:rsid w:val="00B956E6"/>
     <w:rsid w:val="00B97403"/>
     <w:rsid w:val="00B97535"/>
     <w:rsid w:val="00B97DFB"/>
     <w:rsid w:val="00BA0D6F"/>
     <w:rsid w:val="00BA13DD"/>
     <w:rsid w:val="00BA2679"/>
     <w:rsid w:val="00BA38F5"/>
+    <w:rsid w:val="00BA3A2D"/>
     <w:rsid w:val="00BA41E1"/>
     <w:rsid w:val="00BA43E6"/>
     <w:rsid w:val="00BA4C40"/>
     <w:rsid w:val="00BA4CD7"/>
     <w:rsid w:val="00BA5B25"/>
     <w:rsid w:val="00BA5BA2"/>
     <w:rsid w:val="00BA6A21"/>
     <w:rsid w:val="00BA743C"/>
     <w:rsid w:val="00BA77FD"/>
     <w:rsid w:val="00BB19AE"/>
     <w:rsid w:val="00BB1C5F"/>
     <w:rsid w:val="00BB2F78"/>
     <w:rsid w:val="00BB57EA"/>
     <w:rsid w:val="00BB5C9C"/>
     <w:rsid w:val="00BC1069"/>
     <w:rsid w:val="00BC1249"/>
     <w:rsid w:val="00BC1D5A"/>
     <w:rsid w:val="00BC2A0E"/>
     <w:rsid w:val="00BC5A11"/>
     <w:rsid w:val="00BC63B5"/>
     <w:rsid w:val="00BC68E5"/>
     <w:rsid w:val="00BC757F"/>
     <w:rsid w:val="00BC76D0"/>
     <w:rsid w:val="00BC7EA6"/>
     <w:rsid w:val="00BC7FAC"/>
@@ -3035,50 +3069,51 @@
     <w:rsid w:val="00C27AED"/>
     <w:rsid w:val="00C27FB3"/>
     <w:rsid w:val="00C3002B"/>
     <w:rsid w:val="00C318A4"/>
     <w:rsid w:val="00C32CB3"/>
     <w:rsid w:val="00C336E7"/>
     <w:rsid w:val="00C379EC"/>
     <w:rsid w:val="00C405D1"/>
     <w:rsid w:val="00C406F8"/>
     <w:rsid w:val="00C4185E"/>
     <w:rsid w:val="00C421D2"/>
     <w:rsid w:val="00C441F8"/>
     <w:rsid w:val="00C45AD0"/>
     <w:rsid w:val="00C45B5E"/>
     <w:rsid w:val="00C539C6"/>
     <w:rsid w:val="00C54D1B"/>
     <w:rsid w:val="00C54FC1"/>
     <w:rsid w:val="00C5537B"/>
     <w:rsid w:val="00C55F19"/>
     <w:rsid w:val="00C5756B"/>
     <w:rsid w:val="00C57A1F"/>
     <w:rsid w:val="00C609E5"/>
     <w:rsid w:val="00C60A1D"/>
     <w:rsid w:val="00C62C76"/>
     <w:rsid w:val="00C64EB6"/>
+    <w:rsid w:val="00C655E0"/>
     <w:rsid w:val="00C65EF0"/>
     <w:rsid w:val="00C73D5B"/>
     <w:rsid w:val="00C7446D"/>
     <w:rsid w:val="00C817A9"/>
     <w:rsid w:val="00C81A8C"/>
     <w:rsid w:val="00C81D0E"/>
     <w:rsid w:val="00C82CB5"/>
     <w:rsid w:val="00C834C6"/>
     <w:rsid w:val="00C863C7"/>
     <w:rsid w:val="00C867F6"/>
     <w:rsid w:val="00C913CC"/>
     <w:rsid w:val="00C9147E"/>
     <w:rsid w:val="00C91DDD"/>
     <w:rsid w:val="00C94E8F"/>
     <w:rsid w:val="00C95349"/>
     <w:rsid w:val="00C96718"/>
     <w:rsid w:val="00C96A5C"/>
     <w:rsid w:val="00C96A94"/>
     <w:rsid w:val="00C97ED2"/>
     <w:rsid w:val="00CA0336"/>
     <w:rsid w:val="00CA09A1"/>
     <w:rsid w:val="00CA0ABA"/>
     <w:rsid w:val="00CA43DD"/>
     <w:rsid w:val="00CA44DC"/>
     <w:rsid w:val="00CA56FE"/>
@@ -3148,50 +3183,51 @@
     <w:rsid w:val="00D12C8B"/>
     <w:rsid w:val="00D13C93"/>
     <w:rsid w:val="00D14333"/>
     <w:rsid w:val="00D14FA0"/>
     <w:rsid w:val="00D1710C"/>
     <w:rsid w:val="00D17EDA"/>
     <w:rsid w:val="00D208CC"/>
     <w:rsid w:val="00D253DD"/>
     <w:rsid w:val="00D26A9B"/>
     <w:rsid w:val="00D276FB"/>
     <w:rsid w:val="00D27ECF"/>
     <w:rsid w:val="00D313F2"/>
     <w:rsid w:val="00D3188A"/>
     <w:rsid w:val="00D31BC5"/>
     <w:rsid w:val="00D31E34"/>
     <w:rsid w:val="00D33CA9"/>
     <w:rsid w:val="00D346FE"/>
     <w:rsid w:val="00D354E8"/>
     <w:rsid w:val="00D3606C"/>
     <w:rsid w:val="00D36412"/>
     <w:rsid w:val="00D37042"/>
     <w:rsid w:val="00D40EB5"/>
     <w:rsid w:val="00D41591"/>
     <w:rsid w:val="00D417F3"/>
     <w:rsid w:val="00D42240"/>
+    <w:rsid w:val="00D43FB0"/>
     <w:rsid w:val="00D446A6"/>
     <w:rsid w:val="00D448AC"/>
     <w:rsid w:val="00D451EE"/>
     <w:rsid w:val="00D45C2E"/>
     <w:rsid w:val="00D462A7"/>
     <w:rsid w:val="00D50EA5"/>
     <w:rsid w:val="00D523F9"/>
     <w:rsid w:val="00D53B50"/>
     <w:rsid w:val="00D55B67"/>
     <w:rsid w:val="00D561EE"/>
     <w:rsid w:val="00D56AC9"/>
     <w:rsid w:val="00D60209"/>
     <w:rsid w:val="00D603B1"/>
     <w:rsid w:val="00D613FD"/>
     <w:rsid w:val="00D61674"/>
     <w:rsid w:val="00D6472A"/>
     <w:rsid w:val="00D6670B"/>
     <w:rsid w:val="00D706C3"/>
     <w:rsid w:val="00D711E4"/>
     <w:rsid w:val="00D75051"/>
     <w:rsid w:val="00D7618A"/>
     <w:rsid w:val="00D76965"/>
     <w:rsid w:val="00D771A0"/>
     <w:rsid w:val="00D7765B"/>
     <w:rsid w:val="00D80094"/>
@@ -3262,50 +3298,51 @@
     <w:rsid w:val="00E03F1F"/>
     <w:rsid w:val="00E05960"/>
     <w:rsid w:val="00E069E1"/>
     <w:rsid w:val="00E073E9"/>
     <w:rsid w:val="00E07CF1"/>
     <w:rsid w:val="00E10EDB"/>
     <w:rsid w:val="00E11802"/>
     <w:rsid w:val="00E1414C"/>
     <w:rsid w:val="00E141E2"/>
     <w:rsid w:val="00E14C53"/>
     <w:rsid w:val="00E15250"/>
     <w:rsid w:val="00E15CEA"/>
     <w:rsid w:val="00E17C95"/>
     <w:rsid w:val="00E20BD9"/>
     <w:rsid w:val="00E21254"/>
     <w:rsid w:val="00E24038"/>
     <w:rsid w:val="00E24241"/>
     <w:rsid w:val="00E2504E"/>
     <w:rsid w:val="00E26252"/>
     <w:rsid w:val="00E271B7"/>
     <w:rsid w:val="00E300AE"/>
     <w:rsid w:val="00E30B8E"/>
     <w:rsid w:val="00E30DC1"/>
     <w:rsid w:val="00E313FF"/>
     <w:rsid w:val="00E340CA"/>
+    <w:rsid w:val="00E340D7"/>
     <w:rsid w:val="00E34104"/>
     <w:rsid w:val="00E34AE2"/>
     <w:rsid w:val="00E36673"/>
     <w:rsid w:val="00E37611"/>
     <w:rsid w:val="00E37746"/>
     <w:rsid w:val="00E40B8F"/>
     <w:rsid w:val="00E410E3"/>
     <w:rsid w:val="00E43486"/>
     <w:rsid w:val="00E43C21"/>
     <w:rsid w:val="00E44441"/>
     <w:rsid w:val="00E466A4"/>
     <w:rsid w:val="00E4693F"/>
     <w:rsid w:val="00E470F0"/>
     <w:rsid w:val="00E50462"/>
     <w:rsid w:val="00E50B71"/>
     <w:rsid w:val="00E5228B"/>
     <w:rsid w:val="00E53BE9"/>
     <w:rsid w:val="00E572F5"/>
     <w:rsid w:val="00E57A78"/>
     <w:rsid w:val="00E57C59"/>
     <w:rsid w:val="00E60C0F"/>
     <w:rsid w:val="00E60D4D"/>
     <w:rsid w:val="00E612B5"/>
     <w:rsid w:val="00E616C9"/>
     <w:rsid w:val="00E62432"/>
@@ -3322,50 +3359,51 @@
     <w:rsid w:val="00E723E1"/>
     <w:rsid w:val="00E7240C"/>
     <w:rsid w:val="00E745C4"/>
     <w:rsid w:val="00E7566C"/>
     <w:rsid w:val="00E756F5"/>
     <w:rsid w:val="00E763B4"/>
     <w:rsid w:val="00E765BE"/>
     <w:rsid w:val="00E77334"/>
     <w:rsid w:val="00E7768F"/>
     <w:rsid w:val="00E778C5"/>
     <w:rsid w:val="00E77D27"/>
     <w:rsid w:val="00E77DC5"/>
     <w:rsid w:val="00E81A27"/>
     <w:rsid w:val="00E81F9A"/>
     <w:rsid w:val="00E83596"/>
     <w:rsid w:val="00E84554"/>
     <w:rsid w:val="00E855F7"/>
     <w:rsid w:val="00E87D60"/>
     <w:rsid w:val="00E90E31"/>
     <w:rsid w:val="00E92145"/>
     <w:rsid w:val="00E92B05"/>
     <w:rsid w:val="00E9357A"/>
     <w:rsid w:val="00E93945"/>
     <w:rsid w:val="00E93C51"/>
     <w:rsid w:val="00E95518"/>
+    <w:rsid w:val="00E96132"/>
     <w:rsid w:val="00E96740"/>
     <w:rsid w:val="00EA1F30"/>
     <w:rsid w:val="00EA29A7"/>
     <w:rsid w:val="00EA2E04"/>
     <w:rsid w:val="00EA46E7"/>
     <w:rsid w:val="00EA4A00"/>
     <w:rsid w:val="00EA6AFE"/>
     <w:rsid w:val="00EA772B"/>
     <w:rsid w:val="00EB2B65"/>
     <w:rsid w:val="00EB799E"/>
     <w:rsid w:val="00EB7D12"/>
     <w:rsid w:val="00EC4A16"/>
     <w:rsid w:val="00EC4D32"/>
     <w:rsid w:val="00EC5B6E"/>
     <w:rsid w:val="00ED115C"/>
     <w:rsid w:val="00ED1436"/>
     <w:rsid w:val="00ED15F1"/>
     <w:rsid w:val="00ED271F"/>
     <w:rsid w:val="00ED32CA"/>
     <w:rsid w:val="00ED3DF5"/>
     <w:rsid w:val="00ED3E30"/>
     <w:rsid w:val="00EE053A"/>
     <w:rsid w:val="00EE18BA"/>
     <w:rsid w:val="00EE1E8F"/>
     <w:rsid w:val="00EE1FA5"/>
@@ -3414,50 +3452,51 @@
     <w:rsid w:val="00F44E34"/>
     <w:rsid w:val="00F459A8"/>
     <w:rsid w:val="00F464B6"/>
     <w:rsid w:val="00F479B3"/>
     <w:rsid w:val="00F47D8F"/>
     <w:rsid w:val="00F513E8"/>
     <w:rsid w:val="00F519F7"/>
     <w:rsid w:val="00F539EF"/>
     <w:rsid w:val="00F53B84"/>
     <w:rsid w:val="00F5477A"/>
     <w:rsid w:val="00F551DE"/>
     <w:rsid w:val="00F55EA0"/>
     <w:rsid w:val="00F561DD"/>
     <w:rsid w:val="00F56636"/>
     <w:rsid w:val="00F56ED1"/>
     <w:rsid w:val="00F5762B"/>
     <w:rsid w:val="00F63166"/>
     <w:rsid w:val="00F641CB"/>
     <w:rsid w:val="00F64367"/>
     <w:rsid w:val="00F65910"/>
     <w:rsid w:val="00F65B68"/>
     <w:rsid w:val="00F67A45"/>
     <w:rsid w:val="00F70FA9"/>
     <w:rsid w:val="00F711AD"/>
     <w:rsid w:val="00F71B2F"/>
+    <w:rsid w:val="00F71C92"/>
     <w:rsid w:val="00F72AA9"/>
     <w:rsid w:val="00F75ABA"/>
     <w:rsid w:val="00F75B89"/>
     <w:rsid w:val="00F75E72"/>
     <w:rsid w:val="00F75F8D"/>
     <w:rsid w:val="00F80804"/>
     <w:rsid w:val="00F82DFF"/>
     <w:rsid w:val="00F8334F"/>
     <w:rsid w:val="00F8361A"/>
     <w:rsid w:val="00F83AA1"/>
     <w:rsid w:val="00F83C1C"/>
     <w:rsid w:val="00F8422B"/>
     <w:rsid w:val="00F84796"/>
     <w:rsid w:val="00F85ADA"/>
     <w:rsid w:val="00F867D4"/>
     <w:rsid w:val="00F87B08"/>
     <w:rsid w:val="00F9001F"/>
     <w:rsid w:val="00F90211"/>
     <w:rsid w:val="00F92179"/>
     <w:rsid w:val="00F92581"/>
     <w:rsid w:val="00F92CC3"/>
     <w:rsid w:val="00F9329F"/>
     <w:rsid w:val="00FA0834"/>
     <w:rsid w:val="00FA0B13"/>
     <w:rsid w:val="00FA133C"/>
@@ -3516,51 +3555,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2C09DEEB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE58A596-1DB5-4C67-9DDD-48A5B083FDBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4146,86 +4185,86 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000244A8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E65E28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="614562670">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="685717937">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4458,72 +4497,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73627c5b-a87c-4b12-a30d-2da28ebd7f49" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e59da00dddf75092eeb49f00d85a223a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008245ACB3C56122428BE880DD2ED49AB8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a64c3126c57a8a0b9e53a425b8770bdd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73627c5b-a87c-4b12-a30d-2da28ebd7f49" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31939e3875fb37a7eb97fda078ea1b9e" ns2:_="" ns3:_="">
     <xsd:import namespace="73627c5b-a87c-4b12-a30d-2da28ebd7f49"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4712,109 +4731,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="73627c5b-a87c-4b12-a30d-2da28ebd7f49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{562CA50F-643F-4985-97B5-3C25E5E06F02}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DC037EC-9EE1-4938-8C0F-DD6AAEDFBC26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="73627c5b-a87c-4b12-a30d-2da28ebd7f49"/>
     <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5261E965-DF02-41B1-B209-6675BF3B8246}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="73627c5b-a87c-4b12-a30d-2da28ebd7f49"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{598D6EC8-B35A-4833-BA25-00C779F91591}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>345</Words>
-  <Characters>1826</Characters>
+  <Words>373</Words>
+  <Characters>2132</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2150</CharactersWithSpaces>
+  <CharactersWithSpaces>2501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Early, Simone (OCD)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008245ACB3C56122428BE880DD2ED49AB8</vt:lpwstr>