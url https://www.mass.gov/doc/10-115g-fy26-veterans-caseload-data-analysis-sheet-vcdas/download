--- v0 (2025-11-09)
+++ v1 (2026-03-29)
@@ -874,111 +874,109 @@
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Meets JVSG (Veteran or Eligible Spouse) Definition?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C223985" w14:textId="4ABEEF42" w:rsidR="00386154" w:rsidRPr="00FD1A3F" w:rsidRDefault="00EA58E2" w:rsidP="0027032F">
+          <w:p w14:paraId="4C223985" w14:textId="4ABEEF42" w:rsidR="00386154" w:rsidRPr="00FD1A3F" w:rsidRDefault="00000000" w:rsidP="0027032F">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-76062416"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008B729D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00386154" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1264833584"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00386154" w:rsidRPr="009F7844">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00386154" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9990" w:type="dxa"/>
@@ -1029,87 +1027,85 @@
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FD687E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="587505029"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00693CDF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00693CDF" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1675606684"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00693CDF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00693CDF" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EA1452F" w14:textId="1E504B42" w:rsidR="007A0786" w:rsidRDefault="00CE38A0" w:rsidP="1F18A942">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
@@ -1153,90 +1149,88 @@
             </w:r>
             <w:r w:rsidR="00D859A2" w:rsidRPr="1F18A942">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-325290150"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00693CDF" w:rsidRPr="1F18A942">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D859A2" w:rsidRPr="1F18A942">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="248327103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D859A2" w:rsidRPr="1F18A942">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D859A2" w:rsidRPr="1F18A942">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5805895E" w14:textId="77F69726" w:rsidR="00386154" w:rsidRPr="00FD1A3F" w:rsidRDefault="00CE1EDF" w:rsidP="00782ACE">
             <w:pPr>
@@ -1344,124 +1338,122 @@
               <w:t>ust have</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> the SBE, not the qualifying ser</w:t>
             </w:r>
             <w:r w:rsidR="008624EF">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>vice member. MUST be documented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12421" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6393B580" w14:textId="23BEFA65" w:rsidR="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="004B257D">
+          <w:p w14:paraId="6393B580" w14:textId="23BEFA65" w:rsidR="009F7844" w:rsidRDefault="00000000" w:rsidP="004B257D">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1386715825"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Service Connected Disability</w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-343932173"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Homeless (or At Risk)</w:t>
             </w:r>
             <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -1481,51 +1473,50 @@
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1810052418"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0027032F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00562EE5">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -1538,139 +1529,136 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1928803694"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lacks HS Diploma / Hi-Set</w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1192379614"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 18-24 Years Old</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34A6CCF0" w14:textId="4E26D46E" w:rsidR="0053360F" w:rsidRDefault="00EA58E2" w:rsidP="0053360F">
+          <w:p w14:paraId="34A6CCF0" w14:textId="4E26D46E" w:rsidR="0053360F" w:rsidRDefault="00000000" w:rsidP="0053360F">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1519592262"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Left Service within </w:t>
             </w:r>
             <w:r w:rsidR="001A4473">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -1690,51 +1678,50 @@
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-913083542"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Low Income (MOSES)</w:t>
             </w:r>
             <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -1747,51 +1734,50 @@
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="264044667"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002038C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FF5474">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -1804,153 +1790,150 @@
               </w:rPr>
               <w:t>nemployed</w:t>
             </w:r>
             <w:r w:rsidR="002038C0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="195123831"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002038C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002038C0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Low Income (</w:t>
             </w:r>
             <w:r w:rsidR="009A1FFA">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Head of single household)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E10DA11" w14:textId="76A005C8" w:rsidR="0027032F" w:rsidRPr="00FD1A3F" w:rsidRDefault="00EA58E2" w:rsidP="005C6806">
+          <w:p w14:paraId="7E10DA11" w14:textId="76A005C8" w:rsidR="0027032F" w:rsidRPr="00FD1A3F" w:rsidRDefault="00000000" w:rsidP="005C6806">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="976334925"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Transitioning service member in need of Intensive Services</w:t>
             </w:r>
             <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-545448128"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Wounded Warrior in MTF</w:t>
             </w:r>
             <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -1963,51 +1946,50 @@
               </w:rPr>
               <w:t>(or Family Care-giver)</w:t>
             </w:r>
             <w:r w:rsidR="007D6772">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1047141343"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007D6772">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007D6772">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Vietnam ERA Veteran</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F7844" w:rsidRPr="00FD1A3F" w14:paraId="740BF14E" w14:textId="77777777" w:rsidTr="1F18A942">
         <w:trPr>
@@ -2108,116 +2090,114 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>LRSD w/in 30 Days of VCDAS</w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15278F3C" w14:textId="7E94EDA2" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="00EA58E2" w:rsidP="26B8635A">
+          <w:p w14:paraId="15278F3C" w14:textId="7E94EDA2" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="00000000" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1244253909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="690037680"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2280,112 +2260,110 @@
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Is Veteran identified with a </w:t>
             </w:r>
             <w:r w:rsidR="00862455">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>star with flag?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C09AF04" w14:textId="0786FC77" w:rsidR="008D5548" w:rsidRPr="008B37C4" w:rsidRDefault="00EA58E2" w:rsidP="0059107E">
+          <w:p w14:paraId="5C09AF04" w14:textId="0786FC77" w:rsidR="008D5548" w:rsidRPr="008B37C4" w:rsidRDefault="00000000" w:rsidP="0059107E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1600532601"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C10020">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-675037348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9974" w:type="dxa"/>
@@ -2444,112 +2422,110 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B50334" w14:textId="77777777" w:rsidR="008D5548" w:rsidRDefault="008D5548" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Check birthdate: is Veteran a targeted Veterans between the age of 18-24?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B489FEF" w14:textId="77777777" w:rsidR="008D5548" w:rsidRPr="008B37C4" w:rsidRDefault="00EA58E2" w:rsidP="0059107E">
+          <w:p w14:paraId="2B489FEF" w14:textId="77777777" w:rsidR="008D5548" w:rsidRPr="008B37C4" w:rsidRDefault="00000000" w:rsidP="0059107E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-347640246"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1887364746"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9974" w:type="dxa"/>
@@ -2587,160 +2563,157 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38CBC307" w14:textId="77777777" w:rsidR="00E72B07" w:rsidRPr="00E65E2B" w:rsidRDefault="00E72B07" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Is data complete on Basic tab?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C05B18A" w14:textId="6910EB63" w:rsidR="00E72B07" w:rsidRPr="008B37C4" w:rsidRDefault="00EA58E2" w:rsidP="0059107E">
+          <w:p w14:paraId="7C05B18A" w14:textId="6910EB63" w:rsidR="00E72B07" w:rsidRPr="008B37C4" w:rsidRDefault="00000000" w:rsidP="0059107E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1313398486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00037DB7" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1857575375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00E977CC" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1919754392"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E977CC" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E977CC" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
@@ -2828,148 +2801,145 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Career Planning/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Case Management?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52F831B3" w14:textId="64E9D93E" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="00EA58E2" w:rsidP="00FF4FF6">
+          <w:p w14:paraId="52F831B3" w14:textId="64E9D93E" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="00000000" w:rsidP="00FF4FF6">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1765800267"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="841735588"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1330244687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
@@ -3076,143 +3046,140 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enrolled in Veterans Program?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE6346E" w14:textId="058D1C99" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="00EA58E2">
+          <w:p w14:paraId="7AE6346E" w14:textId="058D1C99" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1811975583"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2020342429"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="690108905"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -3318,143 +3285,140 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Enrolled in Job Match?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5DFB0A" w14:textId="2B892AB6" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="00EA58E2">
+          <w:p w14:paraId="3F5DFB0A" w14:textId="2B892AB6" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1659215636"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1689524369"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-354424287"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -3580,146 +3544,143 @@
               </w:rPr>
               <w:t>Enrolled in Career Center Specific (if applicable)?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E78BA90" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="789A1D25" w14:textId="3C182800" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="789A1D25" w14:textId="3C182800" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-662231847"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-211815893"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-822501350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -3879,201 +3840,197 @@
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>General Tab</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Selective Service &amp; Citizenship complete?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2CBA28" w14:textId="50EC8D29" w:rsidR="00B04A36" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="0A2CBA28" w14:textId="50EC8D29" w:rsidR="00B04A36" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="177002275"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B04A36">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1164543312"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FF5EF6C" w14:textId="77777777" w:rsidR="00B04A36" w:rsidRDefault="00B04A36" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C8B8A2A" w14:textId="3772F4CC" w:rsidR="00876C56" w:rsidRPr="00B30905" w:rsidRDefault="00EA58E2" w:rsidP="00B30905">
+          <w:p w14:paraId="5C8B8A2A" w14:textId="3772F4CC" w:rsidR="00876C56" w:rsidRPr="00B30905" w:rsidRDefault="00000000" w:rsidP="00B30905">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1386226249"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C10086">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B04A36" w:rsidRPr="00B30905">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="EE0000"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1938365954"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B30905">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="EE0000"/>
                     <w:sz w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B04A36" w:rsidRPr="00B30905">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4236,138 +4193,135 @@
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Career Objective? Professionally written – especially if checked off </w:t>
             </w:r>
             <w:r w:rsidRPr="00D2230B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>viewed by Employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="35592EA7" w14:textId="70CB6F20" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="35592EA7" w14:textId="70CB6F20" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1509325107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-121700792"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2075468365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
@@ -4435,138 +4389,135 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5A3A8A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="3D5A3A8A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="65460062"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1596849443"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="772751090"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -4679,138 +4630,135 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Service-Connected Disability?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE4AD1E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="1FE4AD1E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1898476564"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1999151061"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="417986518"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -4830,84 +4778,83 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Percent:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E65E2B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72BA0920" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="72BA0920" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
                 <w:alias w:val="Click to select"/>
                 <w:tag w:val="Click to select"/>
                 <w:id w:val="408967135"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Click to select" w:value="Click to select"/>
                   <w:listItem w:displayText="0%" w:value="0%"/>
                   <w:listItem w:displayText="10%" w:value="10%"/>
                   <w:listItem w:displayText="20%" w:value="20%"/>
                   <w:listItem w:displayText="30%" w:value="30%"/>
                   <w:listItem w:displayText="40%" w:value="40%"/>
                   <w:listItem w:displayText="50%" w:value="50%"/>
                   <w:listItem w:displayText="60%" w:value="60%"/>
                   <w:listItem w:displayText="70%" w:value="70%"/>
                   <w:listItem w:displayText="80%" w:value="80%"/>
                   <w:listItem w:displayText="90%" w:value="90%"/>
                   <w:listItem w:displayText="100%" w:value="100%"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="1F497D" w:themeColor="text2"/>
                   </w:rPr>
                   <w:t>Click to select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="21899C65" w14:textId="77777777" w:rsidTr="1F18A942">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
@@ -4920,138 +4867,135 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DD-214 Verified PRIOR to enrollment in the Veterans Program?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7A08FA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="2A7A08FA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1122218352"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1136065122"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-9602986"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -5165,261 +5109,255 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enrolled in HVRP Grant?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3EE3EE" w14:textId="058225BA" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="2F3EE3EE" w14:textId="058225BA" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1074121881"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0047478A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1365632625"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-574351993"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
             <w:r w:rsidR="00EB1A20">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11B6017A" w14:textId="77777777" w:rsidR="00F2047E" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="11B6017A" w14:textId="77777777" w:rsidR="00F2047E" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1992669829"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2047E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-348334795"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-842700854"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B6FCC26" w14:textId="0CA27B72" w:rsidR="00F2047E" w:rsidRDefault="00F2047E" w:rsidP="00876C56">
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, Grant Code </w:t>
@@ -5502,146 +5440,143 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Campaign badge?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="656C3957" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="656C3957" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1403679463"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1766188958"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-241108313"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -5716,146 +5651,143 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Recently released offender?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="62E16DA9" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="62E16DA9" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1145707114"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1854410886"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1884549571"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -5992,138 +5924,135 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND match military Tab </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="61DF7B92" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="61DF7B92" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2091806502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1337651500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1738085670"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -6199,138 +6128,135 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Barriers notes are dated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC48D2B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="2FC48D2B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1814622834"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1101222789"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1842501651"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -6406,138 +6332,135 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barriers notes include a method to resolve?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E85BFAD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="3E85BFAD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1970782439"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-695379486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1732614557"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -6613,146 +6536,143 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barriers notes include resolution (if resolved)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4515F4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="2D4515F4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-872381397"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-799918260"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1526005042"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -6830,138 +6750,135 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Other: Full Tab info is complete (i.e., Additional Languages, Education, Economically Disadvantaged)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353CB7FD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="353CB7FD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2064551354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1278142559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-578524262"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -7071,147 +6988,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All entries are complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="410371B3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="410371B3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="191511097"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-229764069"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1577892461"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -7323,147 +7237,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All entries are complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67199D22" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="67199D22" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="938403940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1483697357"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1574934964"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -7540,147 +7451,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>At least 5 yrs. Work History?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4083B3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="4B4083B3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1017659924"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1191723215"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1537652630"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -7785,147 +7693,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Case Plan complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFCDD78" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="4CFCDD78" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1690557528"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2101401608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1639708556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -7994,147 +7899,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employment Goal in Case Plan?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46576A5F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="46576A5F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2130465940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1500659423"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2021384150"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -8211,147 +8113,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Goal(s) in Case Plan?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6B9D24" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="1F6B9D24" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="566532686"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="259267341"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="85816260"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -8421,147 +8320,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Goal Related Task(s) present?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA2B975" w14:textId="5A6F786B" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="4EA2B975" w14:textId="5A6F786B" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2074188308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C10086">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1594053743"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1926646834"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -8631,147 +8527,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Assessment Tab Complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A66F04A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="4A66F04A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-399061970"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1663897116"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1508817130"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -8841,147 +8734,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LMI Data (Current Skills)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09842094" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="09842094" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1966236798"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2142102139"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-720598395"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -9051,147 +8941,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LMI includes source?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76EE218B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="76EE218B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1661497779"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1503280979"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="186563731"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -9268,147 +9155,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LOCAL LMI as per area.  LMI includes wage/outlook?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F42701B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="1F42701B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1389489429"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="57138348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="308294502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -9478,147 +9362,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LMI on proposed skills (Training referral only)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5ADF2355" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="5ADF2355" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="726726491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-757130943"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="321398557"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -9688,147 +9569,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Training Tab complete (Training referral only)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12B1CF64" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="12B1CF64" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1396007695"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1646575635"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1119445185"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -9933,147 +9811,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EEO is Current (within 1 year)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0789500D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="0789500D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1932386752"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-250895087"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-266848067"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -10142,147 +10017,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initial Assessment by Non-Veteran Staff?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51428F19" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="51428F19" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1408841687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="635917215"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1189572754"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -10351,147 +10223,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comprehensive Assessment by DVOP?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0298AADA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="0298AADA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1770117156"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1477099909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1735117457"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -10561,147 +10430,144 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Service every 30 days with corresponding MOSES note OR a note stating why no service occurred</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21202297" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="21202297" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1199900246"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1847052139"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1024390831"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -10770,147 +10636,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All Reportable Services have a MOSES Note?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35EADA51" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="35EADA51" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2049634324"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1968265735"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1240632667"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -11014,147 +10877,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Job Referrals / Job Developments present?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA4CADA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="2AA4CADA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2120681894"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="933090407"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-814021013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -11223,147 +11083,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All staff referrals have a service result</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D6E1226" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="7D6E1226" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1419714250"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="854233141"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1915391954"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -11432,147 +11289,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All Reportable Services have a MOSES Note?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="451FA9FF" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="451FA9FF" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1174991417"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-504278212"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2029142855"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -11676,147 +11530,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Services are recorded (when applicable) with corresponding MOSES note</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14FC3C65" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="14FC3C65" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1928149086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1120065442"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-177819575"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -11885,147 +11736,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If SBE Veteran declines services; MUST be documented under this tab: DVOP/LVER services to Veterans were offered and declined</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4C3964" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="4B4C3964" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2097590175"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-809548096"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2126837599"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -12129,147 +11977,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NOTES include reference to SBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="614A7575" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="614A7575" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1193033485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="787860018"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1252085508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -12339,147 +12184,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notes tell a continuous story of services and next steps?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B7A976E" w14:textId="1AEB79AE" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="6B7A976E" w14:textId="1AEB79AE" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-497339536"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1539422078"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="15353873"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -12583,147 +12425,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Membership is current per CC policy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41B4DD93" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="41B4DD93" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1726409833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-615825957"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1537459387"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -12792,147 +12631,144 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ALERTS are cleared?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60CAF529" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="60CAF529" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2110112086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1358852805"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1555274520"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -13017,147 +12853,144 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>day intervals?**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24A04E7E" w14:textId="4EDB0FEF" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="24A04E7E" w14:textId="4EDB0FEF" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="453532981"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00441949">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="403655603"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1919899924"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -13298,153 +13131,150 @@
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="10372"/>
               <w:gridCol w:w="4891"/>
             </w:tblGrid>
             <w:tr w:rsidR="007527C2" w:rsidRPr="00E72B07" w14:paraId="1217B5A9" w14:textId="77777777" w:rsidTr="1F18A942">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10372" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="57ED687E" w14:textId="3A39C6A0" w:rsidR="007527C2" w:rsidRPr="009F7844" w:rsidRDefault="00EA58E2" w:rsidP="00C10020">
+                <w:p w14:paraId="57ED687E" w14:textId="3A39C6A0" w:rsidR="007527C2" w:rsidRPr="009F7844" w:rsidRDefault="00000000" w:rsidP="00C10020">
                   <w:pPr>
                     <w:pStyle w:val="Details"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="00B050"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-947933498"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
-                    <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00441949">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="00B050"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="007527C2" w:rsidRPr="00441949">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="00B050"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                   <w:r w:rsidR="007527C2" w:rsidRPr="00441949">
                     <w:rPr>
                       <w:color w:val="00B050"/>
                     </w:rPr>
                     <w:t xml:space="preserve">    </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="937109322"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
-                    <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="007527C2">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="007527C2" w:rsidRPr="003D53FC">
                     <w:rPr>
                       <w:color w:val="FF0000"/>
                     </w:rPr>
                     <w:t xml:space="preserve">No   </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-2028408247"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
-                    <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="007527C2">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="007527C2" w:rsidRPr="003D53FC">
                     <w:t>N/A</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4891" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
@@ -13610,147 +13440,144 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>DVOP is conducting Veteran RESEA?</w:t>
             </w:r>
             <w:r w:rsidR="00FA77C9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  If so, how many hr./week? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0E500E" w14:textId="06CF1E7A" w:rsidR="00061418" w:rsidRDefault="00EA58E2" w:rsidP="00061418">
+          <w:p w14:paraId="3D0E500E" w14:textId="06CF1E7A" w:rsidR="00061418" w:rsidRDefault="00000000" w:rsidP="00061418">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-51780186"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00061418" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2065017996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00061418" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-694691599"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00061418" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -13913,140 +13740,137 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Current Case Management Status:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4840" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D423BAE" w14:textId="51284FE3" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="0D423BAE" w14:textId="51284FE3" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1666592756"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> OPEN   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="646475078"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> CLOSED   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2147469281"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> PENDING CLOSURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -14229,209 +14053,205 @@
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1683AE5A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Case Closed due to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12421" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54C45E87" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="54C45E87" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-93556953"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Customer met all Case Management Goals and appropriate follow up period is completed (90 days)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C6B44DA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="0C6B44DA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="239527886"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Customer has moved from SDA and can/will no longer be able to participate in Case Management</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C569B1C" w14:textId="04E239FD" w:rsidR="00876C56" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="6C569B1C" w14:textId="04E239FD" w:rsidR="00876C56" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-543133783"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Customer has self-elected to no longer participate in Case Management</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63B1A5C7" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="63B1A5C7" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1794939383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 90 days with no contact or services – customer </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="35FEDFAB" w14:textId="77777777" w:rsidTr="1F18A942">
         <w:tc>
@@ -14440,75 +14260,74 @@
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57603348" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209C32CA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00EA58E2" w:rsidP="00876C56">
+          <w:p w14:paraId="209C32CA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00000000" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1384439541"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1585" w:type="dxa"/>
@@ -14705,61 +14524,61 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="17DB84EB" w:rsidSect="00481832">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="432" w:right="432" w:bottom="432" w:left="432" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A851804" w14:textId="77777777" w:rsidR="002F38D4" w:rsidRDefault="002F38D4" w:rsidP="00037D55">
+    <w:p w14:paraId="2DA7FD25" w14:textId="77777777" w:rsidR="006E25F4" w:rsidRDefault="006E25F4" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57CF55C0" w14:textId="77777777" w:rsidR="002F38D4" w:rsidRDefault="002F38D4" w:rsidP="00037D55">
+    <w:p w14:paraId="4AF7AE69" w14:textId="77777777" w:rsidR="006E25F4" w:rsidRDefault="006E25F4" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14858,137 +14677,89 @@
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1A234C23" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36D3EF1D" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E3DDD7F" w14:textId="77777777" w:rsidR="002F38D4" w:rsidRDefault="002F38D4" w:rsidP="00037D55">
+    <w:p w14:paraId="427A3A1C" w14:textId="77777777" w:rsidR="006E25F4" w:rsidRDefault="006E25F4" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31DF685A" w14:textId="77777777" w:rsidR="002F38D4" w:rsidRDefault="002F38D4" w:rsidP="00037D55">
+    <w:p w14:paraId="2EC73422" w14:textId="77777777" w:rsidR="006E25F4" w:rsidRDefault="006E25F4" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24D066E9" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...51 lines deleted...]
-  </w:sdt>
+  <w:p w14:paraId="6A190EEC" w14:textId="27F411A8" w:rsidR="007E6310" w:rsidRDefault="007E6310">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6806698B" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="061A38E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8C017BA"/>
     <w:lvl w:ilvl="0" w:tplc="D2303996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="NumberedList"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -15389,53 +15160,50 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="236283574">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="121732614">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D0C4B"/>
     <w:rsid w:val="000149BA"/>
     <w:rsid w:val="0002161B"/>
     <w:rsid w:val="000255A3"/>
     <w:rsid w:val="00032464"/>
     <w:rsid w:val="00033297"/>
     <w:rsid w:val="00035AA4"/>
@@ -15528,105 +15296,108 @@
     <w:rsid w:val="003D5192"/>
     <w:rsid w:val="003E62FA"/>
     <w:rsid w:val="003E785B"/>
     <w:rsid w:val="003F6906"/>
     <w:rsid w:val="004121D8"/>
     <w:rsid w:val="004313A4"/>
     <w:rsid w:val="00441949"/>
     <w:rsid w:val="00464444"/>
     <w:rsid w:val="0047317D"/>
     <w:rsid w:val="0047478A"/>
     <w:rsid w:val="00481832"/>
     <w:rsid w:val="004852E9"/>
     <w:rsid w:val="004979F3"/>
     <w:rsid w:val="004A062E"/>
     <w:rsid w:val="004A1E1F"/>
     <w:rsid w:val="004A2BEC"/>
     <w:rsid w:val="004B257D"/>
     <w:rsid w:val="004B3911"/>
     <w:rsid w:val="004B4EBC"/>
     <w:rsid w:val="004B6FDD"/>
     <w:rsid w:val="004D0180"/>
     <w:rsid w:val="004D0C4B"/>
     <w:rsid w:val="004D3441"/>
     <w:rsid w:val="004D6C1C"/>
     <w:rsid w:val="004D7852"/>
+    <w:rsid w:val="004E6599"/>
     <w:rsid w:val="004F5575"/>
     <w:rsid w:val="00500155"/>
     <w:rsid w:val="00513FF3"/>
     <w:rsid w:val="0051491C"/>
     <w:rsid w:val="00516A0F"/>
     <w:rsid w:val="00517E21"/>
     <w:rsid w:val="00524A07"/>
     <w:rsid w:val="00531651"/>
     <w:rsid w:val="00531BB5"/>
     <w:rsid w:val="0053323A"/>
     <w:rsid w:val="0053360F"/>
     <w:rsid w:val="0053363F"/>
     <w:rsid w:val="00541F35"/>
     <w:rsid w:val="00547D99"/>
     <w:rsid w:val="00551ED2"/>
     <w:rsid w:val="005603FF"/>
     <w:rsid w:val="00562A56"/>
     <w:rsid w:val="00562EE5"/>
     <w:rsid w:val="00566F1F"/>
     <w:rsid w:val="00570063"/>
     <w:rsid w:val="00571167"/>
     <w:rsid w:val="005909F2"/>
     <w:rsid w:val="0059107E"/>
     <w:rsid w:val="005920E2"/>
     <w:rsid w:val="00592652"/>
     <w:rsid w:val="00592664"/>
     <w:rsid w:val="005A0C2A"/>
     <w:rsid w:val="005A3B49"/>
     <w:rsid w:val="005B2E91"/>
     <w:rsid w:val="005B5DA1"/>
     <w:rsid w:val="005C669E"/>
     <w:rsid w:val="005C6806"/>
     <w:rsid w:val="005D4F91"/>
     <w:rsid w:val="005E3FE3"/>
     <w:rsid w:val="005F1FEA"/>
     <w:rsid w:val="0060216F"/>
     <w:rsid w:val="00603B29"/>
     <w:rsid w:val="00653237"/>
     <w:rsid w:val="00657367"/>
     <w:rsid w:val="00657E4D"/>
     <w:rsid w:val="0066031D"/>
     <w:rsid w:val="00665F82"/>
     <w:rsid w:val="00670982"/>
     <w:rsid w:val="00672378"/>
     <w:rsid w:val="006727C2"/>
     <w:rsid w:val="00675772"/>
     <w:rsid w:val="00693CDF"/>
+    <w:rsid w:val="006B1E73"/>
     <w:rsid w:val="006B253D"/>
     <w:rsid w:val="006B7CF9"/>
     <w:rsid w:val="006C3597"/>
     <w:rsid w:val="006C5001"/>
     <w:rsid w:val="006C5CCB"/>
     <w:rsid w:val="006D165A"/>
     <w:rsid w:val="006D2070"/>
     <w:rsid w:val="006D4D2B"/>
+    <w:rsid w:val="006E25F4"/>
     <w:rsid w:val="006F4190"/>
     <w:rsid w:val="00721259"/>
     <w:rsid w:val="007462E3"/>
     <w:rsid w:val="007527C2"/>
     <w:rsid w:val="00761F00"/>
     <w:rsid w:val="00774232"/>
     <w:rsid w:val="00782ACE"/>
     <w:rsid w:val="0079152D"/>
     <w:rsid w:val="00797825"/>
     <w:rsid w:val="007A0786"/>
     <w:rsid w:val="007B5567"/>
     <w:rsid w:val="007B6A52"/>
     <w:rsid w:val="007B7690"/>
     <w:rsid w:val="007C092D"/>
     <w:rsid w:val="007D2DF2"/>
     <w:rsid w:val="007D4F63"/>
     <w:rsid w:val="007D6772"/>
     <w:rsid w:val="007E3E45"/>
     <w:rsid w:val="007E6310"/>
     <w:rsid w:val="007F2C82"/>
     <w:rsid w:val="008016B9"/>
     <w:rsid w:val="008036DF"/>
     <w:rsid w:val="00805510"/>
     <w:rsid w:val="0080619B"/>
     <w:rsid w:val="008073CB"/>
@@ -16905,71 +16676,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="69eef59b-4fb6-4551-80fa-880d5adf8c10" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f8197ce3-f327-445f-9ae6-74b08f5a20a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A95036446F218841831E389EE0ED1EE2" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="afdb58e2014718c530122b30768bb0ae">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f8197ce3-f327-445f-9ae6-74b08f5a20a9" xmlns:ns3="69eef59b-4fb6-4551-80fa-880d5adf8c10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="026bd1217e355ff7e2f1f693b614d6df" ns2:_="" ns3:_="">
     <xsd:import namespace="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
     <xsd:import namespace="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
@@ -17130,112 +16901,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEF4E18C-6EE1-483E-AA4E-7F19B885F6BE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1244861-086B-474C-BAA8-CBA819028047}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{974AD741-63A5-455F-8921-2B3ED17A7DBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1244861-086B-474C-BAA8-CBA819028047}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEF4E18C-6EE1-483E-AA4E-7F19B885F6BE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
+    <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28876037-F77E-498E-9A4A-3E98FD7215E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
     <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JobDescriptionForm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1228</Words>
   <Characters>7003</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>8215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Job description form</dc:title>
   <dc:creator>Nelson, Eric (DWD)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 