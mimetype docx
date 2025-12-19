--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4D13015A" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:framePr w:w="6926" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2884" w:y="711"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D27BA80" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Executive Office of Health and Human Services</w:t>
@@ -81,51 +82,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1406FE77" wp14:editId="0F8708FE">
             <wp:extent cx="962025" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="P5#yIS1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="P5#yIS1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="962025" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -180,65 +181,65 @@
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="0CBD0671" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00FC6B42">
                             <w:pPr>
                               <w:pStyle w:val="Governor"/>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4AACE62E" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRPr="00530145" w:rsidRDefault="009D48CD" w:rsidP="009D48CD">
+                          <w:p w14:paraId="5E4CA882" w14:textId="77777777" w:rsidR="00376C63" w:rsidRDefault="00376C63" w:rsidP="00376C63">
                             <w:pPr>
                               <w:pStyle w:val="Governor"/>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00530145">
+                            <w:r w:rsidRPr="00BD05B3">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>KATHLEEN E. WALSH</w:t>
+                              <w:t>KIAME MAHANIAH, MD, MBA</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="66075756" w14:textId="77777777" w:rsidR="002D1C21" w:rsidRDefault="009D48CD" w:rsidP="0000218B">
                             <w:pPr>
                               <w:pStyle w:val="Governor"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Secretary </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="42AE7C46" w14:textId="4022EC75" w:rsidR="00FC6B42" w:rsidRDefault="009C4428" w:rsidP="00033154">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
@@ -336,65 +337,65 @@
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="593B8E20" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="P6TB2#y1" style="position:absolute;margin-left:389.6pt;margin-top:42.5pt;width:142.85pt;height:89.45pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBn7zb8wEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pl92o6Wrpqghp&#10;WZAWPsBxnMTC8Zix22T5esZO2y1wQ+RgeTL2m3lvnte3Y2/YQaHXYEuez+acKSuh1rYt+bevuzfX&#10;nPkgbC0MWFXyZ+X57eb1q/XgCrWADkytkBGI9cXgSt6F4Ios87JTvfAzcMpSsgHsRaAQ26xGMRB6&#10;b7LFfH6VDYC1Q5DKe/p7PyX5JuE3jZLhc9N4FZgpOfUW0oppreKabdaiaFG4TstjG+IfuuiFtlT0&#10;DHUvgmB71H9B9VoieGjCTEKfQdNoqRIHYpPP/2Dz1AmnEhcSx7uzTP7/wcrHw5P7giyM72GkASYS&#10;3j2A/O6ZhW0nbKvuEGHolKipcB4lywbni+PVKLUvfASphk9Q05DFPkACGhvsoyrEkxE6DeD5LLoa&#10;A5Ox5HW+zG9WnEnK5fnbq3m+SjVEcbru0IcPCnoWNyVHmmqCF4cHH2I7ojgdidU8GF3vtDEpwLba&#10;GmQHQQ7Ype+I/tsxY+NhC/HahBj/JJ6R2kQyjNVIyci3gvqZGCNMjqIXQJsO8CdnA7mp5P7HXqDi&#10;zHy0pNpNvlxG+6VguXq3oAAvM9VlRlhJUCUPnE3bbZgsu3eo244qneZ0R0rvdNLgpatj3+SYJM3R&#10;3dGSl3E69fIGN78AAAD//wMAUEsDBBQABgAIAAAAIQAWF7Wb4AAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/LTsMwEEX3SPyDNUjsqEOgaRMyqSoqNiyQKEiwdONJHBE/ZLtp+HvcFV2O5ujec+vN&#10;rEc2kQ+DNQj3iwwYmdbKwfQInx8vd2tgIQojxWgNIfxSgE1zfVWLStqTeadpH3uWQkyoBIKK0VWc&#10;h1aRFmFhHZn066zXIqbT91x6cUrheuR5lhVci8GkBiUcPStqf/ZHjfCl1SB3/u27k+O0e+22Szd7&#10;h3h7M2+fgEWa4z8MZ/2kDk1yOtijkYGNCKtVmScUYb1Mm85AVjyWwA4IefFQAm9qfrmh+QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBn7zb8wEAAMsDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAWF7Wb4AAAAAsBAAAPAAAAAAAAAAAAAAAAAE0E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWgUAAAAA&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="0CBD0671" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00FC6B42">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="4AACE62E" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRPr="00530145" w:rsidRDefault="009D48CD" w:rsidP="009D48CD">
+                    <w:p w14:paraId="5E4CA882" w14:textId="77777777" w:rsidR="00376C63" w:rsidRDefault="00376C63" w:rsidP="00376C63">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00530145">
+                      <w:r w:rsidRPr="00BD05B3">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>KATHLEEN E. WALSH</w:t>
+                        <w:t>KIAME MAHANIAH, MD, MBA</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="66075756" w14:textId="77777777" w:rsidR="002D1C21" w:rsidRDefault="009D48CD" w:rsidP="0000218B">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Secretary </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="42AE7C46" w14:textId="4022EC75" w:rsidR="00FC6B42" w:rsidRDefault="009C4428" w:rsidP="00033154">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
@@ -855,269 +856,260 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A47815" w14:textId="77777777" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="12" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="589FAEC5" w14:textId="140ED131" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
+    <w:p w14:paraId="0100A033" w14:textId="6D93B444" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="00495668">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="12" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:rPr>
-          <w:b/>
-[...64 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00393D6E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DATE:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393D6E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00393D6E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00393D6E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00495668">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>November 24, 2025</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="100E75D5" w14:textId="589989E8" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="100E75D5" w14:textId="455A0299" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="2F127F7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00393D6E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>This document is intended to issue guidance to all Licensed and</w:t>
+      </w:r>
+      <w:r w:rsidR="50BA48F7" w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00393D6E">
+        </w:rPr>
+        <w:t>/or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008F261E">
+        </w:rPr>
+        <w:t xml:space="preserve"> Approved Providers by the Massachusetts Department of Public Health’s (DPH) Bureau of Substance Addiction Services (BSAS) regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="008F261E" w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">clarification of terminology in </w:t>
       </w:r>
-      <w:r w:rsidR="000B2D50">
+      <w:r w:rsidR="000B2D50" w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="008F261E">
+      <w:r w:rsidR="008F261E" w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ay </w:t>
       </w:r>
-      <w:r w:rsidR="000B2D50">
+      <w:r w:rsidR="000B2D50" w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="008F261E">
+      <w:r w:rsidR="008F261E" w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reatment</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Cambria"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> outpatient substance use disorder (SUD) treatment services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15CB33CA" w14:textId="77777777" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F8E8F55" w14:textId="77777777" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="2F8E8F55" w14:textId="427FB0DA" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="2F127F7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00393D6E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2F127F7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00393D6E">
+        </w:rPr>
+        <w:t xml:space="preserve">BSAS encourages </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7538F" w:rsidRPr="2F127F7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="04A296A9" w:rsidRPr="2F127F7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>roviders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2F127F7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with specific questions to contact </w:t>
+      </w:r>
+      <w:r w:rsidR="6805926B" w:rsidRPr="2F127F7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2F127F7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Regional License Inspector: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="2F127F7C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.mass.gov/service-details/information-for-licensed-substance-use-disorder-treatment-programs</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B1D81E4" w14:textId="77777777" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060CC709" w14:textId="77777777" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
+    <w:p w14:paraId="060CC709" w14:textId="0C26ECE5" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00393D6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">BSAS encourages all providers to review the new regulation in its entirety, which may be found at the following link: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId12" w:history="1">
+        <w:t xml:space="preserve">BSAS encourages all providers to review the regulation in its entirety, which may be found at the following link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00C13766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.mass.gov/regulations/105-CMR-16400-licensure-of-substance-abuse-treatment-programs</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="333C4CC5" w14:textId="77777777" w:rsidR="0073380D" w:rsidRPr="00393D6E" w:rsidRDefault="0073380D" w:rsidP="0073380D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1249,72 +1241,58 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="007A3E97">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ment</w:t>
       </w:r>
       <w:r w:rsidR="00E3526C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623DA960" w14:textId="6387DAA0" w:rsidR="007A3E97" w:rsidRDefault="007A3E97" w:rsidP="0073380D">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="623DA960" w14:textId="00D105A6" w:rsidR="007A3E97" w:rsidRDefault="007A3E97" w:rsidP="0073380D">
+      <w:r>
         <w:t xml:space="preserve">Provisions of 105 CMR 164.231 through 105 CMR 164.234 apply to day treatment services. The Licensed or Approved Provider shall also comply with all provisions of 105 CMR 164.000: Part One, 105 CMR 164.201 through 105 CMR 164.205, and, for any Licensed or Approved Provider who is also a </w:t>
       </w:r>
-      <w:r w:rsidR="00C07525" w:rsidRPr="007A3E97">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C07525">
         <w:t>federally certified</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A3E97">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> Opioid Treatment Provider, the provisions of 105 CMR 164.300 through 105 CMR 164.317.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB094D1" w14:textId="77777777" w:rsidR="007A3E97" w:rsidRDefault="007A3E97" w:rsidP="0073380D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58C3DB65" w14:textId="77777777" w:rsidR="00362E63" w:rsidRDefault="00362E63">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -2027,50 +2005,641 @@
       <w:r w:rsidR="0067199A">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="006B1723">
         <w:t xml:space="preserve">state and federal </w:t>
       </w:r>
       <w:r w:rsidR="001E01C5">
         <w:t>requirements</w:t>
       </w:r>
       <w:r w:rsidR="00D57856">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001E01C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B1723">
         <w:t>as well as ensuring that potential patients are fully educated on the services offered</w:t>
       </w:r>
       <w:r w:rsidR="005A6571">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001B38D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3A3D6784" w14:textId="77777777" w:rsidR="00C50CD4" w:rsidRDefault="00C50CD4" w:rsidP="00362E63"/>
+    <w:p w14:paraId="4B929748" w14:textId="1A647353" w:rsidR="000B7F52" w:rsidRDefault="000B7F52" w:rsidP="00362E63">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F692B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>BSAS and</w:t>
+      </w:r>
+      <w:r w:rsidR="001F692B" w:rsidRPr="001F692B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bureau of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F692B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Care </w:t>
+      </w:r>
+      <w:r w:rsidR="001F692B" w:rsidRPr="001F692B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Safety &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F692B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Quality Joint Guidance on PHP and IOP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51257A6C" w14:textId="77777777" w:rsidR="001F692B" w:rsidRPr="001F692B" w:rsidRDefault="001F692B" w:rsidP="00362E63">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F3CAD9E" w14:textId="65868B44" w:rsidR="00C50CD4" w:rsidRDefault="006E5568" w:rsidP="00362E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">On August 27, 2025, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E5A">
+        <w:t xml:space="preserve">the Massachusetts Department of Public Health </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E5A" w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Bureau of Health Care Safety and Quality</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2380">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BHCSQ)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E5A" w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2380">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>BSAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> issued </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7D41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">joint </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>guida</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7D41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nce titled </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7D41" w:rsidRPr="001F692B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Clarification of Licensing Practices and Terminology: Partial Hospitalization Programs, Intensive Outpatient Programs, and Day Treatment Programs</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7D41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BFFF4A" w14:textId="77777777" w:rsidR="000B7D41" w:rsidRDefault="000B7D41" w:rsidP="00362E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112EED52" w14:textId="41944F99" w:rsidR="000B7D41" w:rsidRDefault="003F21B4" w:rsidP="00362E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In this guidance, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DPH clarifies that entities seeking to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00757FD8" w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mental Health </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PHP and IOP services are required to seek clinic </w:t>
+      </w:r>
+      <w:r w:rsidR="00C61EB7" w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>licensure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E26FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="002E3549">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>BHCSQ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, pursuant to all applicable provisions of 105 CMR 140.000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F821CB" w14:textId="77777777" w:rsidR="002764E1" w:rsidRDefault="002764E1" w:rsidP="00362E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30082163" w14:textId="6A20AC81" w:rsidR="000B7F52" w:rsidRDefault="002764E1" w:rsidP="002764E1">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additionally, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DPH clarifies that PHP and IOP </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2189">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mental Health </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>services pursuant to 105 CMR 140.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00D666F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Day Treatment </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2189">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SUD </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>services pursuant to 105 CMR 164.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00D666F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not include </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>residential components. Therefore, entities seeking licensure to provide PHP</w:t>
+      </w:r>
+      <w:r w:rsidR="00D803CF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00135211">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOP</w:t>
+      </w:r>
+      <w:r w:rsidR="00215110">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Mental Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Day Treatment</w:t>
+      </w:r>
+      <w:r w:rsidR="00D803CF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for SUD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services may not condition or incentivize participation in such services by requiring or inducing individuals to reside in an affiliated program, including an Alcohol Drug-Free (ADF) Housing Program, otherwise referred to as a “sober home” or “recovery residences.” Such conditioning or incentivizing of participation includes, but is not limited to, directly or indirectly offering or paying any renumeration to influence an individual’s medical decision-making choices. Affiliated programs include, but are not limited to, those pursuant to a contract or agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254FE58B" w14:textId="0728BEF4" w:rsidR="002764E1" w:rsidRPr="001F692B" w:rsidRDefault="002764E1" w:rsidP="001F692B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additionally, programs may not advertise clinical mental health or SUD treatment services with a residential or sober living </w:t>
+      </w:r>
+      <w:r w:rsidR="009E633C" w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">component </w:t>
+      </w:r>
+      <w:r w:rsidR="009E633C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PHP, IOP, or Day Treatment Services.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Providers seeking to provide services in 24-hour residential settings, including Residential Rehabilitation Services and Transitional Support Services, must comply with the applicable licensing standards for such services pursuant to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10F70">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 105 CMR 164.000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685BC040" w14:textId="40486442" w:rsidR="002764E1" w:rsidRDefault="00354028" w:rsidP="00362E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F52">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="001C08C2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and to view the full </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0736C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>guidance</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F52">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please see </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F52">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>the link below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F19CF57" w14:textId="77777777" w:rsidR="002764E1" w:rsidRDefault="002764E1" w:rsidP="00362E63"/>
+    <w:p w14:paraId="643A84D9" w14:textId="56CE4DC1" w:rsidR="00CB3201" w:rsidRPr="00CB3201" w:rsidRDefault="00CB3201" w:rsidP="00CB3201">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00CB3201">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/clarification-of-licensing-practices-and-terminology-partial-hospitalization-programs-intensive-outpatient-programs-and-day-treatment-programs/download</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000B7F52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4D5A0329" w14:textId="77777777" w:rsidR="00AD54BC" w:rsidRDefault="00AD54BC" w:rsidP="00362E63">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29E0C351" w14:textId="754F8B98" w:rsidR="00A26130" w:rsidRDefault="001B38D2" w:rsidP="00362E63">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For information about</w:t>
       </w:r>
       <w:r w:rsidR="007772DD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2132,103 +2701,103 @@
     <w:p w14:paraId="0E2EB4FB" w14:textId="77777777" w:rsidR="006136D4" w:rsidRDefault="006136D4" w:rsidP="006136D4"/>
     <w:p w14:paraId="6C4F6C74" w14:textId="7718D19F" w:rsidR="006136D4" w:rsidRPr="00B543BD" w:rsidRDefault="00D2325D" w:rsidP="006136D4">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B543BD">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>130 CMR 418.000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3360B838" w14:textId="220141E0" w:rsidR="00D2325D" w:rsidRPr="006A197B" w:rsidRDefault="006136D4" w:rsidP="006A197B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Es</w:t>
       </w:r>
       <w:r w:rsidR="00D2325D" w:rsidRPr="006A197B">
         <w:t>tablishes the requirements for the treatment of substance use disorders provided by public and private substance use disorder treatment programs reimbursable under MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A98DC0" w14:textId="381B0679" w:rsidR="00DE370F" w:rsidRPr="006A197B" w:rsidRDefault="003C5ED0" w:rsidP="006A197B">
+    <w:p w14:paraId="72A98DC0" w14:textId="381B0679" w:rsidR="00DE370F" w:rsidRPr="006A197B" w:rsidRDefault="006A197B" w:rsidP="006A197B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="006A197B" w:rsidRPr="004E0E60">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="004E0E60">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.mass.gov/doc/130-cmr-418-substance-use-disorder-treatment-services/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001248CC" w:rsidRPr="006A197B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14DBAD5B" w14:textId="77777777" w:rsidR="001248CC" w:rsidRDefault="001248CC" w:rsidP="00362E63">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73EF243C" w14:textId="77777777" w:rsidR="006136D4" w:rsidRPr="00B543BD" w:rsidRDefault="00DE370F" w:rsidP="006136D4">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B543BD">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>130 CMR 429</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1059A769" w14:textId="21A8CEB4" w:rsidR="00DE370F" w:rsidRPr="006A197B" w:rsidRDefault="006136D4" w:rsidP="006136D4">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00DE370F" w:rsidRPr="006A197B">
         <w:t xml:space="preserve">stablishes requirements for participation of mental health centers in MassHealth and governs mental health centers operated by freestanding clinics and satellite clinics. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9E2994" w14:textId="58369BA0" w:rsidR="006D39B8" w:rsidRPr="006A197B" w:rsidRDefault="003C5ED0" w:rsidP="006136D4">
+    <w:p w14:paraId="3B9E2994" w14:textId="58369BA0" w:rsidR="006D39B8" w:rsidRPr="006A197B" w:rsidRDefault="006136D4" w:rsidP="006136D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="006136D4" w:rsidRPr="004E0E60">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="004E0E60">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.mass.gov/doc/130-cmr-429-mental-health-center-services/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="16D247C1" w14:textId="77777777" w:rsidR="006D39B8" w:rsidRDefault="006D39B8" w:rsidP="00362E63">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AE15874" w14:textId="1D539158" w:rsidR="00B543BD" w:rsidRPr="00B543BD" w:rsidRDefault="00B543BD" w:rsidP="00362E63">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B543BD">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -2293,236 +2862,230 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>which include</w:t>
       </w:r>
       <w:r w:rsidR="00B543BD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> outpatient, </w:t>
       </w:r>
       <w:r w:rsidR="00E873AF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Intensive Outpatient Services (IOP), Structured Outpatient Addiction Programs (SOAP), Enhanced SOAP (ESOAP) and PHP services. Please reach out to the managed care plans with whom you are contracted to receive the most updated performance specifications to ensure that services are provided in compliance with requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5279D0" w14:textId="3694B231" w:rsidR="00B17E23" w:rsidRDefault="00B17E23" w:rsidP="00E873AF">
       <w:pPr>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...12 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4260BC39" w14:textId="77777777" w:rsidR="00A26130" w:rsidRPr="00362E63" w:rsidRDefault="00A26130" w:rsidP="00362E63">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A26130" w:rsidRPr="00362E63">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CEDDC87" w14:textId="77777777" w:rsidR="003B0EF4" w:rsidRDefault="003B0EF4" w:rsidP="00867CC5">
+    <w:p w14:paraId="6C4CC866" w14:textId="77777777" w:rsidR="0018690C" w:rsidRDefault="0018690C" w:rsidP="00867CC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AC51176" w14:textId="77777777" w:rsidR="003B0EF4" w:rsidRDefault="003B0EF4" w:rsidP="00867CC5">
+    <w:p w14:paraId="176C1F6B" w14:textId="77777777" w:rsidR="0018690C" w:rsidRDefault="0018690C" w:rsidP="00867CC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C128D81" w14:textId="77777777" w:rsidR="003B0EF4" w:rsidRDefault="003B0EF4" w:rsidP="00867CC5">
+    <w:p w14:paraId="4B979BC1" w14:textId="77777777" w:rsidR="0018690C" w:rsidRDefault="0018690C" w:rsidP="00867CC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70752699" w14:textId="77777777" w:rsidR="003B0EF4" w:rsidRDefault="003B0EF4" w:rsidP="00867CC5">
+    <w:p w14:paraId="186A0DF2" w14:textId="77777777" w:rsidR="0018690C" w:rsidRDefault="0018690C" w:rsidP="00867CC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7E82BD22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE5A6C04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3056,287 +3619,329 @@
   <w:num w:numId="7" w16cid:durableId="322323584">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1694771199">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1558130714">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1055202860">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="205801304">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="30418255">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="728504729">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="142"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
     <w:rsid w:val="0000218B"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="0005460A"/>
     <w:rsid w:val="000A1DE1"/>
     <w:rsid w:val="000B2D50"/>
+    <w:rsid w:val="000B7D41"/>
     <w:rsid w:val="000B7D96"/>
+    <w:rsid w:val="000B7F52"/>
     <w:rsid w:val="000E520B"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="001022A6"/>
     <w:rsid w:val="00106BE0"/>
     <w:rsid w:val="001125C0"/>
+    <w:rsid w:val="00116715"/>
     <w:rsid w:val="001248CC"/>
+    <w:rsid w:val="00135211"/>
     <w:rsid w:val="0015268B"/>
     <w:rsid w:val="0015493A"/>
     <w:rsid w:val="00177C77"/>
+    <w:rsid w:val="0018690C"/>
     <w:rsid w:val="00196575"/>
     <w:rsid w:val="00196BCE"/>
     <w:rsid w:val="001A5E73"/>
     <w:rsid w:val="001B38D2"/>
     <w:rsid w:val="001B5FF0"/>
     <w:rsid w:val="001B6693"/>
+    <w:rsid w:val="001C08C2"/>
     <w:rsid w:val="001E01C5"/>
+    <w:rsid w:val="001E26FA"/>
     <w:rsid w:val="001E6EA5"/>
+    <w:rsid w:val="001F692B"/>
+    <w:rsid w:val="00215110"/>
     <w:rsid w:val="0021698C"/>
     <w:rsid w:val="00260D54"/>
+    <w:rsid w:val="002764E1"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
     <w:rsid w:val="00293626"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002C4AB8"/>
     <w:rsid w:val="002D1C21"/>
     <w:rsid w:val="002D4A40"/>
+    <w:rsid w:val="002E3549"/>
     <w:rsid w:val="00301022"/>
+    <w:rsid w:val="00354028"/>
     <w:rsid w:val="00362E63"/>
+    <w:rsid w:val="00374D47"/>
     <w:rsid w:val="00375EAD"/>
+    <w:rsid w:val="00376C63"/>
     <w:rsid w:val="00385812"/>
+    <w:rsid w:val="00385D78"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="003A37A8"/>
     <w:rsid w:val="003A505D"/>
     <w:rsid w:val="003A7AFC"/>
-    <w:rsid w:val="003B0EF4"/>
-    <w:rsid w:val="003C5ED0"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="003D4344"/>
+    <w:rsid w:val="003D6BDE"/>
+    <w:rsid w:val="003D75E1"/>
+    <w:rsid w:val="003F21B4"/>
     <w:rsid w:val="004170EB"/>
     <w:rsid w:val="00454FF6"/>
     <w:rsid w:val="004813AC"/>
+    <w:rsid w:val="00495668"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B5CFB"/>
     <w:rsid w:val="004D3C9B"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004E0C3F"/>
     <w:rsid w:val="004E33D3"/>
     <w:rsid w:val="004F7AF2"/>
     <w:rsid w:val="00512956"/>
+    <w:rsid w:val="0051506B"/>
     <w:rsid w:val="0051760F"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="005448AA"/>
     <w:rsid w:val="005908AA"/>
     <w:rsid w:val="005A6571"/>
+    <w:rsid w:val="005F3AE9"/>
     <w:rsid w:val="005F5E5E"/>
+    <w:rsid w:val="00600CCC"/>
     <w:rsid w:val="006136D4"/>
     <w:rsid w:val="0062780D"/>
     <w:rsid w:val="00641F76"/>
     <w:rsid w:val="00644161"/>
     <w:rsid w:val="006535A8"/>
     <w:rsid w:val="00653FD4"/>
     <w:rsid w:val="0067199A"/>
     <w:rsid w:val="006A197B"/>
     <w:rsid w:val="006B1723"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D39B8"/>
     <w:rsid w:val="006D77A6"/>
+    <w:rsid w:val="006E5568"/>
     <w:rsid w:val="00702109"/>
     <w:rsid w:val="00724D27"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="0073380D"/>
     <w:rsid w:val="00757006"/>
+    <w:rsid w:val="00757FD8"/>
     <w:rsid w:val="007772DD"/>
     <w:rsid w:val="007A3E97"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7235"/>
     <w:rsid w:val="007B7347"/>
+    <w:rsid w:val="007C3365"/>
     <w:rsid w:val="007D10F3"/>
+    <w:rsid w:val="007E1BA9"/>
     <w:rsid w:val="007F3CDB"/>
-    <w:rsid w:val="008241D6"/>
     <w:rsid w:val="00845674"/>
     <w:rsid w:val="00853164"/>
-    <w:rsid w:val="00867CC5"/>
+    <w:rsid w:val="00854CF6"/>
+    <w:rsid w:val="00867CC5"/>
+    <w:rsid w:val="00890116"/>
     <w:rsid w:val="008C2C80"/>
+    <w:rsid w:val="008F2380"/>
     <w:rsid w:val="008F261E"/>
     <w:rsid w:val="00955716"/>
     <w:rsid w:val="009730E5"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="00996FF1"/>
+    <w:rsid w:val="009A3032"/>
     <w:rsid w:val="009C4428"/>
     <w:rsid w:val="009D48CD"/>
+    <w:rsid w:val="009E633C"/>
     <w:rsid w:val="00A019A3"/>
     <w:rsid w:val="00A16690"/>
     <w:rsid w:val="00A26130"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00AD54BC"/>
     <w:rsid w:val="00B17E23"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B543BD"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B80FC1"/>
     <w:rsid w:val="00B85655"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA625C"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BD2D03"/>
+    <w:rsid w:val="00BF2AF9"/>
     <w:rsid w:val="00C07525"/>
     <w:rsid w:val="00C20BFE"/>
     <w:rsid w:val="00C46D29"/>
+    <w:rsid w:val="00C50CD4"/>
+    <w:rsid w:val="00C61EB7"/>
     <w:rsid w:val="00C700E2"/>
     <w:rsid w:val="00C9577F"/>
     <w:rsid w:val="00CA646C"/>
+    <w:rsid w:val="00CB3201"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CD26D0"/>
+    <w:rsid w:val="00CE2FBA"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D03D1F"/>
     <w:rsid w:val="00D0493F"/>
+    <w:rsid w:val="00D0736C"/>
     <w:rsid w:val="00D2325D"/>
     <w:rsid w:val="00D56F91"/>
     <w:rsid w:val="00D57856"/>
+    <w:rsid w:val="00D666F6"/>
+    <w:rsid w:val="00D803CF"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DC22F0"/>
     <w:rsid w:val="00DC3855"/>
     <w:rsid w:val="00DE370F"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E27FDD"/>
+    <w:rsid w:val="00E33C77"/>
     <w:rsid w:val="00E3526C"/>
+    <w:rsid w:val="00E53E5A"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E804CC"/>
     <w:rsid w:val="00E873AF"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00F46E38"/>
+    <w:rsid w:val="00F7538F"/>
+    <w:rsid w:val="00FA2189"/>
     <w:rsid w:val="00FA575E"/>
+    <w:rsid w:val="00FC6A1C"/>
     <w:rsid w:val="00FC6B42"/>
+    <w:rsid w:val="04A296A9"/>
     <w:rsid w:val="06F8DC52"/>
     <w:rsid w:val="09340DE5"/>
     <w:rsid w:val="0A5B9537"/>
     <w:rsid w:val="113E8852"/>
     <w:rsid w:val="1414A62C"/>
     <w:rsid w:val="15407A5A"/>
     <w:rsid w:val="16A96384"/>
     <w:rsid w:val="19EB67F3"/>
     <w:rsid w:val="1CFA9FD8"/>
     <w:rsid w:val="299E20F1"/>
     <w:rsid w:val="2BCDCD2E"/>
+    <w:rsid w:val="2F127F7C"/>
     <w:rsid w:val="34E992A6"/>
     <w:rsid w:val="42637BCC"/>
     <w:rsid w:val="461F7AC6"/>
+    <w:rsid w:val="4D8505C1"/>
+    <w:rsid w:val="50BA48F7"/>
+    <w:rsid w:val="6805926B"/>
     <w:rsid w:val="6B7D5D61"/>
     <w:rsid w:val="6C356E7C"/>
     <w:rsid w:val="6D009CDD"/>
     <w:rsid w:val="6E9C6D3E"/>
     <w:rsid w:val="6EB4FE23"/>
     <w:rsid w:val="71054BB0"/>
     <w:rsid w:val="73D6E657"/>
     <w:rsid w:val="768476A7"/>
+    <w:rsid w:val="7DA84711"/>
     <w:rsid w:val="7DC97F57"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4299AB33"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{60B23134-4D58-4644-B98D-6DA4038EA48B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -5266,76 +5871,86 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:rsid w:val="00867CC5"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00867CC5"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00890116"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="781614722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/130-cmr-418-substance-use-disorder-treatment-services/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/105-CMR-16400-licensure-of-substance-abuse-treatment-programs" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/information-for-licensed-substance-use-disorder-treatment-programs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/130-cmr-429-mental-health-center-services/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/105-CMR-16400-licensure-of-substance-abuse-treatment-programs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/information-for-licensed-substance-use-disorder-treatment-programs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/130-cmr-429-mental-health-center-services/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/130-cmr-418-substance-use-disorder-treatment-services/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clarification-of-licensing-practices-and-terminology-partial-hospitalization-programs-intensive-outpatient-programs-and-day-treatment-programs/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -5605,100 +6220,110 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="fee02ea6-1fef-425e-9027-c2f70faaf434" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c83123e5-9264-4e21-bc82-16d9e45b2f5e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="fee02ea6-1fef-425e-9027-c2f70faaf434">
       <UserInfo>
         <DisplayName>Weil, Erica (DPH)</DisplayName>
         <AccountId>20</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ABFEDB9F107C6446B43D25A543876226" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8aaea47dd591ecbadaa23f616e24c422">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c83123e5-9264-4e21-bc82-16d9e45b2f5e" xmlns:ns3="fee02ea6-1fef-425e-9027-c2f70faaf434" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="71efd77ee45021c8f581ce6c6b59b1e5" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ABFEDB9F107C6446B43D25A543876226" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1af8036ecbf0c0d0d154334832f11916">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c83123e5-9264-4e21-bc82-16d9e45b2f5e" xmlns:ns3="fee02ea6-1fef-425e-9027-c2f70faaf434" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4fa93468da52e24f3376a8aeb322912" ns2:_="" ns3:_="">
     <xsd:import namespace="c83123e5-9264-4e21-bc82-16d9e45b2f5e"/>
     <xsd:import namespace="fee02ea6-1fef-425e-9027-c2f70faaf434"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c83123e5-9264-4e21-bc82-16d9e45b2f5e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -5712,50 +6337,60 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fee02ea6-1fef-425e-9027-c2f70faaf434" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e735c38b-5ce9-46e8-a492-d2637c33f6e4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fee02ea6-1fef-425e-9027-c2f70faaf434">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -5875,83 +6510,91 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="fee02ea6-1fef-425e-9027-c2f70faaf434"/>
     <ds:schemaRef ds:uri="c83123e5-9264-4e21-bc82-16d9e45b2f5e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B71C3063-E02D-4447-9D7B-5DABFA311EF5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A452E9A-213E-4D95-ADDB-5FD3CE488695}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E17B40A-EEED-4661-863A-414A848B6FC9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c83123e5-9264-4e21-bc82-16d9e45b2f5e"/>
     <ds:schemaRef ds:uri="fee02ea6-1fef-425e-9027-c2f70faaf434"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>686</Words>
-  <Characters>5030</Characters>
+  <Words>1201</Words>
+  <Characters>6848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5705</CharactersWithSpaces>
+  <CharactersWithSpaces>8033</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>