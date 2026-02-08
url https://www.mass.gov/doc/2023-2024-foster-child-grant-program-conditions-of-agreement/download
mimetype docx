--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -8,59 +8,60 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B94237D" w14:textId="77777777" w:rsidR="001A27BD" w:rsidRDefault="001A27BD" w:rsidP="00623D7B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02559638" w14:textId="2D798FF3" w:rsidR="00DD0D6C" w:rsidRDefault="00331981" w:rsidP="00623D7B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1750">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -165,421 +166,190 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B44706" w:rsidRPr="007A611C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="043013F2" w14:textId="77777777" w:rsidR="00DD0D6C" w:rsidRPr="007A611C" w:rsidRDefault="00DD0D6C" w:rsidP="00F53879">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...369 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="6CD3DC32" w14:textId="77777777" w:rsidR="003D7BAA" w:rsidRPr="007A611C" w:rsidRDefault="003D7BAA" w:rsidP="007A4B02">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="333"/>
+          <w:tab w:val="left" w:pos="3626"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A611C">
+        <w:t xml:space="preserve">I, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A611C">
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1992546026"/>
+          <w:placeholder>
+            <w:docPart w:val="B83C96E11C464F2AAE6D2A8798915471"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t xml:space="preserve">                                                          </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="007A611C">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A611C">
+        <w:tab/>
+        <w:t xml:space="preserve">hereby certify that I am enrolled in a post-secondary educational program. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B35D68" w14:textId="77777777" w:rsidR="003D7BAA" w:rsidRPr="007A611C" w:rsidRDefault="003D7BAA" w:rsidP="007A4B02">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="333"/>
+          <w:tab w:val="left" w:pos="3626"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A611C">
+        <w:tab/>
+        <w:t>(Name)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A611C">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B26C32" w14:textId="77777777" w:rsidR="003D7BAA" w:rsidRPr="007A611C" w:rsidRDefault="003D7BAA" w:rsidP="003D7BAA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A611C">
+        <w:t>The full name of the school I am attending is</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1245249471"/>
+          <w:placeholder>
+            <w:docPart w:val="B1010017D02B42F896627358453443EE"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t xml:space="preserve">                                                                                         </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7A132057" w14:textId="3CED80E6" w:rsidR="003D7BAA" w:rsidRPr="007A611C" w:rsidRDefault="003D7BAA" w:rsidP="007A4B02">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A29C1BC" w14:textId="1AC3BFED" w:rsidR="003D7BAA" w:rsidRPr="007A611C" w:rsidRDefault="003D7BAA" w:rsidP="003D7BAA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A611C">
+        <w:t>and the address (Name of School)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of the school is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A611C">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1645576534"/>
+          <w:placeholder>
+            <w:docPart w:val="B83C96E11C464F2AAE6D2A8798915471"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t xml:space="preserve">                                                                                                                                   </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="007A611C">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFA16EC" w14:textId="745294BF" w:rsidR="003D7BAA" w:rsidRPr="007A611C" w:rsidRDefault="003D7BAA" w:rsidP="007A4B02">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A611C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A611C">
+        <w:t xml:space="preserve">(Address of School)  </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="582B8CF2" w14:textId="77777777" w:rsidR="00F53879" w:rsidRDefault="00F53879" w:rsidP="007A4B02">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3078"/>
         <w:gridCol w:w="3240"/>
       </w:tblGrid>
@@ -593,51 +363,50 @@
           </w:tcPr>
           <w:p w14:paraId="4B85C1C3" w14:textId="52D929AC" w:rsidR="00B10665" w:rsidRDefault="00B10665" w:rsidP="007A4B02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="007A611C">
               <w:t xml:space="preserve">My start date this academic year is </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1371138312"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="M/d/yyyy"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3240" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="65673BAA" w14:textId="647FADD0" w:rsidR="00B10665" w:rsidRDefault="00B10665" w:rsidP="007A4B02">
                 <w:pPr>
                   <w:pStyle w:val="BodyText"/>
                   <w:widowControl w:val="0"/>
                   <w:jc w:val="left"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve">                                                   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B10665" w14:paraId="2F07D8CB" w14:textId="77777777" w:rsidTr="00C96655">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -1251,69 +1020,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1750">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">*Please complete this form in its entirety </w:t>
       </w:r>
       <w:r w:rsidR="00383547">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(both pages) </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F1750">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>or</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> it could impact </w:t>
+        <w:t xml:space="preserve">or it could impact </w:t>
       </w:r>
       <w:r w:rsidR="00D76AE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>funding.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9D41BD" w14:textId="77777777" w:rsidR="000F1750" w:rsidRPr="000F1750" w:rsidRDefault="000F1750" w:rsidP="00623D7B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520FF68C" w14:textId="77777777" w:rsidR="004C11E8" w:rsidRPr="000F1750" w:rsidRDefault="004C11E8" w:rsidP="00623D7B">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -1336,51 +1094,50 @@
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4248"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="3060"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D6174" w:rsidRPr="000E56FE" w14:paraId="09F3EB2F" w14:textId="77777777" w:rsidTr="001457F3">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1638996598"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4248" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="739C66F6" w14:textId="39D6E029" w:rsidR="005D6174" w:rsidRPr="00730C6E" w:rsidRDefault="00A06D74" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00730C6E">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1390,51 +1147,50 @@
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5226DAEF" w14:textId="77777777" w:rsidR="005D6174" w:rsidRPr="00730C6E" w:rsidRDefault="005D6174" w:rsidP="00623D7B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1655634138"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3060" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="37A9EE7F" w14:textId="76A1E949" w:rsidR="005D6174" w:rsidRPr="00730C6E" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1444,51 +1200,50 @@
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D2F58A7" w14:textId="77777777" w:rsidR="005D6174" w:rsidRPr="00730C6E" w:rsidRDefault="005D6174" w:rsidP="00623D7B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1499342098"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2520" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="6C68C253" w14:textId="6EBF3E88" w:rsidR="005D6174" w:rsidRPr="00730C6E" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1620,51 +1375,50 @@
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3258"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="3330"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A10C55" w:rsidRPr="000E56FE" w14:paraId="28F67D14" w14:textId="77777777" w:rsidTr="001457F3">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1089743692"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3258" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4E88B20F" w14:textId="78B89802" w:rsidR="00A10C55" w:rsidRPr="00730C6E" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1674,51 +1428,50 @@
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D23D38C" w14:textId="77777777" w:rsidR="00A10C55" w:rsidRPr="00730C6E" w:rsidRDefault="00A10C55" w:rsidP="00623D7B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1375456610"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3240" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1277837E" w14:textId="026E9AB4" w:rsidR="00A10C55" w:rsidRPr="00730C6E" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1728,51 +1481,50 @@
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DFC4654" w14:textId="77777777" w:rsidR="00A10C55" w:rsidRPr="00730C6E" w:rsidRDefault="00A10C55" w:rsidP="00623D7B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="2089192092"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3330" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2222B7EB" w14:textId="7559E274" w:rsidR="00A10C55" w:rsidRPr="00730C6E" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1915,197 +1667,193 @@
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4878"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="2610"/>
       </w:tblGrid>
       <w:tr w:rsidR="00986ED9" w:rsidRPr="000E56FE" w14:paraId="79BDAED5" w14:textId="77777777" w:rsidTr="00BD2C83">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-2028866490"/>
             <w:placeholder>
               <w:docPart w:val="EF947E73290447EF9FDF5B4288DEE842"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4878" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="515C748A" w14:textId="6DF24224" w:rsidR="00986ED9" w:rsidRPr="00730C6E" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="00B96A00">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">    </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-261233867"/>
             <w:placeholder>
               <w:docPart w:val="EF947E73290447EF9FDF5B4288DEE842"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2880" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="20AAD55D" w14:textId="0B9FC3B1" w:rsidR="00986ED9" w:rsidRPr="00730C6E" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="00B96A00">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1991A1EB" w14:textId="09A1638B" w:rsidR="00986ED9" w:rsidRPr="00730C6E" w:rsidRDefault="003F03D5" w:rsidP="00623D7B">
+          <w:p w14:paraId="1991A1EB" w14:textId="09A1638B" w:rsidR="00986ED9" w:rsidRPr="00730C6E" w:rsidRDefault="00000000" w:rsidP="00623D7B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1617665106"/>
                 <w:placeholder>
                   <w:docPart w:val="EF947E73290447EF9FDF5B4288DEE842"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00376C2F">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="00B96A00">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B96A00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1699457569"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B96A00">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">           </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00986ED9" w:rsidRPr="000E56FE" w14:paraId="5106C82E" w14:textId="77777777" w:rsidTr="00BD2C83">
         <w:trPr>
           <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7CE92BEB" w14:textId="7FE017D5" w:rsidR="00986ED9" w:rsidRPr="00730C6E" w:rsidRDefault="00986ED9" w:rsidP="00623D7B">
@@ -2209,51 +1957,50 @@
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4968"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="5040"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E96233" w:rsidRPr="0026708C" w14:paraId="6BE05421" w14:textId="1CFEB9B5" w:rsidTr="001457F3">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="29536402"/>
             <w:placeholder>
               <w:docPart w:val="6D3D0179F2384406851FB1891D34EC7C"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4968" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="47859CE2" w14:textId="455C52B8" w:rsidR="00E96233" w:rsidRPr="0026708C" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="00B96A00">
                   <w:rPr>
@@ -2270,51 +2017,50 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D68B3EC" w14:textId="77777777" w:rsidR="00E96233" w:rsidRPr="0026708C" w:rsidRDefault="00E96233" w:rsidP="00623D7B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="70397895"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5040" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="732726F3" w14:textId="20CF3D1D" w:rsidR="00E96233" w:rsidRPr="0026708C" w:rsidRDefault="00376C2F" w:rsidP="00623D7B">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="00B96A00">
                   <w:rPr>
@@ -2393,112 +2139,109 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3EB416B8" w14:textId="77777777" w:rsidR="00623D7B" w:rsidRPr="0026708C" w:rsidRDefault="00623D7B" w:rsidP="004F5EBD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="005EACB7" w14:textId="5ECA33E1" w:rsidR="00623D7B" w:rsidRPr="00043CF2" w:rsidRDefault="00623D7B" w:rsidP="004F5EBD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00043CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Have you applied for Foster Child Grant before?       Yes</w:t>
       </w:r>
       <w:r w:rsidR="00E96233" w:rsidRPr="00043CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="1184164149"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B96A00" w:rsidRPr="00043CF2">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00043CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">        No</w:t>
       </w:r>
       <w:r w:rsidR="00E96233" w:rsidRPr="00043CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-1370764275"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E96233" w:rsidRPr="00043CF2">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B84F83" w:rsidRPr="00B84F83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0781A6E1" w14:textId="77777777" w:rsidR="00A06D74" w:rsidRPr="000E56FE" w:rsidRDefault="00E96233" w:rsidP="000A0DC4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -2915,73 +2658,73 @@
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004165B9" w:rsidRPr="000E56FE" w:rsidSect="00CA3021">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1020" w:bottom="720" w:left="1195" w:header="720" w:footer="490" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7941420E" w14:textId="77777777" w:rsidR="00D57E17" w:rsidRDefault="00D57E17">
+    <w:p w14:paraId="203DBB59" w14:textId="77777777" w:rsidR="00CB540E" w:rsidRDefault="00CB540E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B89037E" w14:textId="77777777" w:rsidR="00D57E17" w:rsidRDefault="00D57E17">
+    <w:p w14:paraId="39FF490D" w14:textId="77777777" w:rsidR="00CB540E" w:rsidRDefault="00CB540E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5CFE50CD" w14:textId="77777777" w:rsidR="00D57E17" w:rsidRDefault="00D57E17"/>
+    <w:p w14:paraId="1C05C8A4" w14:textId="77777777" w:rsidR="00CB540E" w:rsidRDefault="00CB540E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3027,61 +2770,62 @@
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="235CBB11" w14:textId="187A4EDD" w:rsidR="00DD0D6C" w:rsidRDefault="5BD3E041">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="174E2872" wp14:editId="748E506D">
           <wp:extent cx="6301738" cy="487680"/>
           <wp:effectExtent l="0" t="0" r="3810" b="7620"/>
           <wp:docPr id="1" name="Picture 1" descr="dcf_logo_rgb_bottom"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -3093,130 +2837,130 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6301738" cy="487680"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0804B842" w14:textId="02DBA9CC" w:rsidR="00DD0D6C" w:rsidRDefault="005C4551" w:rsidP="001063A4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="400DAFAE" wp14:editId="6819855F">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="400DAFAE" wp14:editId="4D2C14E4">
           <wp:extent cx="2666779" cy="490855"/>
           <wp:effectExtent l="0" t="0" r="635" b="4445"/>
-          <wp:docPr id="1063548908" name="Picture 1063548908" descr="Text&#10;&#10;Description automatically generated with low confidence"/>
+          <wp:docPr id="1063548908" name="Picture 1063548908" descr="DCF logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1063548908" name="Picture 1063548908" descr="Text&#10;&#10;Description automatically generated with low confidence"/>
+                  <pic:cNvPr id="1063548908" name="Picture 1063548908" descr="DCF logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2675439" cy="492449"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C33BD5D" w14:textId="77777777" w:rsidR="00D57E17" w:rsidRDefault="00D57E17">
+    <w:p w14:paraId="5C6922C2" w14:textId="77777777" w:rsidR="00CB540E" w:rsidRDefault="00CB540E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4690C4CC" w14:textId="77777777" w:rsidR="00D57E17" w:rsidRDefault="00D57E17">
+    <w:p w14:paraId="3D717E0E" w14:textId="77777777" w:rsidR="00CB540E" w:rsidRDefault="00CB540E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72CC2134" w14:textId="77777777" w:rsidR="00D57E17" w:rsidRDefault="00D57E17"/>
+    <w:p w14:paraId="30841B17" w14:textId="77777777" w:rsidR="00CB540E" w:rsidRDefault="00CB540E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3340"/>
       <w:gridCol w:w="3340"/>
       <w:gridCol w:w="3340"/>
     </w:tblGrid>
     <w:tr w:rsidR="5BD3E041" w14:paraId="6CCF71B0" w14:textId="77777777" w:rsidTr="5BD3E041">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3340" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="14604788" w14:textId="348CD398" w:rsidR="5BD3E041" w:rsidRDefault="5BD3E041" w:rsidP="5BD3E041">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
@@ -3230,51 +2974,51 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3340" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0AB187AC" w14:textId="117374FC" w:rsidR="5BD3E041" w:rsidRDefault="5BD3E041" w:rsidP="5BD3E041">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1BD02F53" w14:textId="3DCC000A" w:rsidR="5BD3E041" w:rsidRDefault="5BD3E041" w:rsidP="5BD3E041">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7565861E" w14:textId="630E8BAF" w:rsidR="00DD0D6C" w:rsidRDefault="00DD0D6C" w:rsidP="000A23AF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1263"/>
         <w:tab w:val="center" w:pos="5012"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="333399"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="333399"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
@@ -3717,51 +3461,51 @@
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3993011F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 14" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:404.95pt;margin-top:3.8pt;width:115.5pt;height:61.45pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOt+rX8gEAAMcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOnLQz4hRdiw4D&#10;ugvQ7gMYWY6F2aJGKbGzrx8lp1m2vQ17EcSLDg8PqfXN2HfioMkbtJXMZ3MptFVYG7ur5NfnhzfX&#10;UvgAtoYOra7kUXt5s3n9aj24Ui+wxa7WJBjE+nJwlWxDcGWWedXqHvwMnbYcbJB6CGzSLqsJBkbv&#10;u2wxn6+yAal2hEp7z977KSg3Cb9ptAqfm8brILpKMreQTkrnNp7ZZg3ljsC1Rp1owD+w6MFYLnqG&#10;uocAYk/mL6jeKEKPTZgp7DNsGqN06oG7yed/dPPUgtOpFxbHu7NM/v/Bqk+HLyRMXclCCgs9j+hZ&#10;j0G8w1HkRZRncL7krCfHeWFkP485terdI6pvXli8a8Hu9C0RDq2Gmunl8WV28XTC8RFkO3zEmuvA&#10;PmACGhvqo3ashmB0HtPxPJrIRcWSxWp1veSQ4tjV9bzIl6kElC+vHfnwXmMv4qWSxKNP6HB49CGy&#10;gfIlJRaz+GC6Lo2/s785ODF6EvtIeKIexu14UmOL9ZH7IJy2ibefLy3SDykG3qRK+u97IC1F98Gy&#10;Fm/zooirl4xiebVggy4j28sIWMVQlQxSTNe7MK3r3pHZtVxpUt/iLevXmNRaFHpideLN25I6Pm12&#10;XMdLO2X9+n+bnwAAAP//AwBQSwMEFAAGAAgAAAAhAPrXYWPdAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj09PwzAMxe9IfIfISNxYAmxjLXUnBOIK2vgjccsar61onKrJ1vLt8U5ws/2enn+vWE++&#10;U0caYhsY4XpmQBFXwbVcI7y/PV+tQMVk2dkuMCH8UIR1eX5W2NyFkTd03KZaSQjH3CI0KfW51rFq&#10;yNs4Cz2xaPsweJtkHWrtBjtKuO/0jTFL7W3L8qGxPT02VH1vDx7h42X/9Tk3r/WTX/RjmIxmn2nE&#10;y4vp4R5Uoin9meGEL+hQCtMuHNhF1SGsTJaJFeFuCeqkm7mRw06mW7MAXRb6f4XyFwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAM636tfyAQAAxwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPrXYWPdAAAACgEAAA8AAAAAAAAAAAAAAAAATAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 14" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:404.95pt;margin-top:3.8pt;width:115.5pt;height:61.45pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsGln43wEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOnDQz4hRdiw4D&#10;ugvQ9QNkWbKN2aJGKbGzrx8lp2m2vg17EUSRPjznkN5eT0PPDgpdB6bk2SLlTBkJdWeakj99v3+3&#10;4cx5YWrRg1ElPyrHr3dv32xHW6gltNDXChmBGFeMtuSt97ZIEidbNQi3AKsMJTXgIDyF2CQ1ipHQ&#10;hz5Zpuk6GQFriyCVc/R6Nyf5LuJrraT/qrVTnvUlJ24+nhjPKpzJbiuKBoVtO3miIf6BxSA6Q03P&#10;UHfCC7bH7hXU0EkEB9ovJAwJaN1JFTWQmiz9S81jK6yKWsgcZ882uf8HK78cHu03ZH76ABMNMIpw&#10;9gHkD8cM3LbCNOoGEcZWiZoaZ8GyZLSuOH0arHaFCyDV+BlqGrLYe4hAk8YhuEI6GaHTAI5n09Xk&#10;mQwt8/V6s6KUpNzVJs2zVWwhiuevLTr/UcHAwqXkSEON6OLw4HxgI4rnktDMwH3X93GwvfnjgQrD&#10;S2QfCM/U/VRNVB1UVFAfSQfCvCe013RpAX9xNtKOlNz93AtUnPWfDHnxPsvzsFQxyFdXSwrwMlNd&#10;ZoSRBFVyz9l8vfXzIu4tdk1LnWb3DdyQf7qL0l5YnXjTHkTFp50Ni3YZx6qXP2v3GwAA//8DAFBL&#10;AwQUAAYACAAAACEA+tdhY90AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI&#10;3FgCbGMtdScE4gra+CNxyxqvrWicqsnW8u3xTnCz/Z6ef69YT75TRxpiGxjhemZAEVfBtVwjvL89&#10;X61AxWTZ2S4wIfxQhHV5flbY3IWRN3TcplpJCMfcIjQp9bnWsWrI2zgLPbFo+zB4m2Qdau0GO0q4&#10;7/SNMUvtbcvyobE9PTZUfW8PHuHjZf/1OTev9ZNf9GOYjGafacTLi+nhHlSiKf2Z4YQv6FAK0y4c&#10;2EXVIaxMlokV4W4J6qSbuZHDTqZbswBdFvp/hfIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEArBpZ+N8BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA+tdhY90AAAAKAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="1DFE1D50" w14:textId="520E7DCD" w:rsidR="00DD0D6C" w:rsidRPr="004C11E8" w:rsidRDefault="00841675" w:rsidP="000A23AF">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                         <w:color w:val="333399"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                         <w:color w:val="333399"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>KATHLEEN E. WALSH</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="38B747DA" w14:textId="77777777" w:rsidR="00DD0D6C" w:rsidRPr="004C11E8" w:rsidRDefault="00DD0D6C" w:rsidP="000A23AF">
                     <w:pPr>
                       <w:jc w:val="center"/>
@@ -4074,51 +3818,51 @@
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="579ECA44" id="Text Box 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-59.1pt;margin-top:8.05pt;width:173.3pt;height:65.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAu+JYP6wEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOtyEz4hRdiw4D&#10;ugvQ7gNoWY6F2aJGKbGzrx8lx2m3vhV7ESiKOjrnkNpcjn0nDpq8QVvKfLGUQluFtbG7Uv54uH2z&#10;lsIHsDV0aHUpj9rLy+3rV5vBFXqFLXa1JsEg1heDK2UbgiuyzKtW9+AX6LTlwwaph8Bb2mU1wcDo&#10;fZetlsv32YBUO0KlvefszXQotwm/abQK35rG6yC6UjK3kFZKaxXXbLuBYkfgWqNONOAFLHowlh89&#10;Q91AALEn8wyqN4rQYxMWCvsMm8YonTSwmnz5j5r7FpxOWtgc7842+f8Hq74evpMwdSkvpLDQc4se&#10;9BjERxxFvor2DM4XXHXvuC6MnOc2J6ne3aH66YXF6xbsTl8R4dBqqJleHm9mT65OOD6CVMMXrPkd&#10;2AdMQGNDffSO3RCMzm06nlsTuShOrrjZH3I+Uny2vli9Xb9LT0Ax33bkwyeNvYhBKYlbn9DhcOdD&#10;ZAPFXBIfs3hrui61v7N/JbgwZhL7SHiiHsZqTD4laVFZhfWR5RBOQ8WfgIMW6bcUAw9UKf2vPZCW&#10;ovts2ZI4fXNAc1DNAVjFV0sZpJjC6zBN6d6R2bWMPJlu8Ypta0xS9MjiRJeHJAk9DXScwqf7VPX4&#10;7bZ/AAAA//8DAFBLAwQUAAYACAAAACEAX+qN/+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkblvaaCqlNJ0mBCckRFcOHNMma6M1Tmmyrbw95sSO9v/p9+dyu7iRnc0crEcJ&#10;6ToBZrDz2mIv4bN5XeXAQlSo1ejRSPgxAbbV7U2pCu0vWJvzPvaMSjAUSsIQ41RwHrrBOBXWfjJI&#10;2cHPTkUa557rWV2o3I1cJEnGnbJIFwY1mefBdMf9yUnYfWH9Yr/f24/6UNumeUzwLTtKeX+37J6A&#10;RbPEfxj+9EkdKnJq/Ql1YKOEVZrmglhKshQYEULkG2AtLTYPAnhV8usfql8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEALviWD+sBAAC+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAX+qN/+AAAAALAQAADwAAAAAAAAAAAAAAAABFBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="579ECA44" id="Text Box 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-59.1pt;margin-top:8.05pt;width:173.3pt;height:65.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1SNrW2AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07TlohI1XS27WoS0&#10;sEgLH+A4TmKReMyM26R8PWMn6XJ5Q7xYkxn7zDlnJvurse/EySBZcIXcrNZSGKehsq4p5Ncvdy92&#10;UlBQrlIdOFPIsyF5dXj+bD/43Gyhha4yKBjEUT74QrYh+DzLSLemV7QCbxwXa8BeBf7EJqtQDYze&#10;d9l2vX6TDYCVR9CGiLO3U1EeEn5dGx0e6ppMEF0hmVtIJ6azjGd22Ku8QeVbq2ca6h9Y9Mo6bnqB&#10;ulVBiSPav6B6qxEI6rDS0GdQ11abpIHVbNZ/qHlslTdJC5tD/mIT/T9Y/en06D+jCOM7GHmASQT5&#10;e9DfSDi4aZVrzDUiDK1RFTfeRMuywVM+P41WU04RpBw+QsVDVscACWissY+usE7B6DyA88V0Mwah&#10;ObnlMb7dcElzbfdy+2r3OrVQ+fLaI4X3BnoRg0IiDzWhq9M9hchG5cuV2MzBne26NNjO/ZbgizGT&#10;2EfCE/UwlqOw1SwtiimhOrMchGldeL05aAF/SDHwqhSSvh8VGim6D44tiXu1BLgE5RIop/lpIYMU&#10;U3gTpv07erRNy8iT6Q6u2bbaJkVPLGa6PP4kdF7VuF+/fqdbTz/U4ScAAAD//wMAUEsDBBQABgAI&#10;AAAAIQBf6o3/4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9poKqU0&#10;nSYEJyREVw4c0yZrozVOabKtvD3mxI72/+n353K7uJGdzRysRwnpOgFmsPPaYi/hs3ld5cBCVKjV&#10;6NFI+DEBttXtTakK7S9Ym/M+9oxKMBRKwhDjVHAeusE4FdZ+MkjZwc9ORRrnnutZXajcjVwkScad&#10;skgXBjWZ58F0x/3JSdh9Yf1iv9/bj/pQ26Z5TPAtO0p5f7fsnoBFs8R/GP70SR0qcmr9CXVgo4RV&#10;muaCWEqyFBgRQuQbYC0tNg8CeFXy6x+qXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA1&#10;SNrW2AEAAJgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBf6o3/4AAAAAsBAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="18476081" w14:textId="16E384BE" w:rsidR="00DD0D6C" w:rsidRPr="004C11E8" w:rsidRDefault="00565148" w:rsidP="00701BF2">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                         <w:color w:val="333399"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="004C11E8">
                       <w:rPr>
                         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
                         <w:color w:val="333399"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>MAURA T. HEALEY</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="054DEF76" w14:textId="77777777" w:rsidR="00DD0D6C" w:rsidRPr="004C11E8" w:rsidRDefault="00DD0D6C" w:rsidP="00701BF2">
                     <w:pPr>
                       <w:jc w:val="center"/>
@@ -4275,51 +4019,77 @@
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00DD0D6C" w:rsidRPr="002C691C">
       <w:rPr>
         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="333399"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>.:</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00DD0D6C" w:rsidRPr="002C691C">
       <w:rPr>
         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="333399"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">  617-748-2000 Fax:  617-261-7435</w:t>
+      <w:t xml:space="preserve">  617-748-2000 </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00DD0D6C" w:rsidRPr="002C691C">
+      <w:rPr>
+        <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="333399"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>Fax:</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00DD0D6C" w:rsidRPr="002C691C">
+      <w:rPr>
+        <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="333399"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  617-261-7435</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="07799D32" w14:textId="77777777" w:rsidR="00DD0D6C" w:rsidRPr="002C691C" w:rsidRDefault="00DD0D6C" w:rsidP="000A23AF">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
         <w:color w:val="666699"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002C691C">
       <w:rPr>
         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
         <w:color w:val="666699"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>www.mass.gov/dcf</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5F902E93" w14:textId="77777777" w:rsidR="00DD0D6C" w:rsidRPr="002C691C" w:rsidRDefault="00DD0D6C" w:rsidP="00142232">
@@ -4346,51 +4116,51 @@
         <w:color w:val="333399"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7371133D" w14:textId="77777777" w:rsidR="00DD0D6C" w:rsidRPr="002C691C" w:rsidRDefault="00DD0D6C" w:rsidP="000A23AF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1110"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="center" w:pos="4925"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Bookman" w:hAnsi="Bookman"/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A11AE10C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E2F21E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="636A6DEE"/>
@@ -4510,101 +4280,103 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="385567765">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1733195372">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C91491"/>
     <w:rsid w:val="00011419"/>
     <w:rsid w:val="00016CAC"/>
     <w:rsid w:val="000221FC"/>
     <w:rsid w:val="000240E6"/>
     <w:rsid w:val="00037E89"/>
     <w:rsid w:val="00042D5F"/>
     <w:rsid w:val="00043CF2"/>
+    <w:rsid w:val="00047C7F"/>
     <w:rsid w:val="00056B73"/>
     <w:rsid w:val="0006080D"/>
     <w:rsid w:val="00087A65"/>
     <w:rsid w:val="000A0DC4"/>
     <w:rsid w:val="000A23AF"/>
     <w:rsid w:val="000A2615"/>
     <w:rsid w:val="000B7178"/>
     <w:rsid w:val="000D1437"/>
     <w:rsid w:val="000D7714"/>
     <w:rsid w:val="000E56FE"/>
     <w:rsid w:val="000E5ECE"/>
     <w:rsid w:val="000F0862"/>
     <w:rsid w:val="000F1750"/>
     <w:rsid w:val="00102108"/>
     <w:rsid w:val="001063A4"/>
     <w:rsid w:val="00114995"/>
     <w:rsid w:val="00120694"/>
     <w:rsid w:val="00142232"/>
     <w:rsid w:val="001440E8"/>
     <w:rsid w:val="001457F3"/>
     <w:rsid w:val="00152B05"/>
     <w:rsid w:val="00155786"/>
     <w:rsid w:val="00156272"/>
     <w:rsid w:val="001A07BD"/>
     <w:rsid w:val="001A27BD"/>
@@ -4637,50 +4409,51 @@
     <w:rsid w:val="002C691C"/>
     <w:rsid w:val="002C6C9E"/>
     <w:rsid w:val="002E3C56"/>
     <w:rsid w:val="002E5146"/>
     <w:rsid w:val="002F01FB"/>
     <w:rsid w:val="002F05B7"/>
     <w:rsid w:val="003126CF"/>
     <w:rsid w:val="00322792"/>
     <w:rsid w:val="00330173"/>
     <w:rsid w:val="00331981"/>
     <w:rsid w:val="003358AF"/>
     <w:rsid w:val="0034779C"/>
     <w:rsid w:val="00356BE4"/>
     <w:rsid w:val="0036087D"/>
     <w:rsid w:val="0036677E"/>
     <w:rsid w:val="00370956"/>
     <w:rsid w:val="0037635E"/>
     <w:rsid w:val="00376C2F"/>
     <w:rsid w:val="00383547"/>
     <w:rsid w:val="00391C9D"/>
     <w:rsid w:val="00393EBD"/>
     <w:rsid w:val="00396B34"/>
     <w:rsid w:val="003B016E"/>
     <w:rsid w:val="003B6450"/>
     <w:rsid w:val="003C121A"/>
+    <w:rsid w:val="003D7BAA"/>
     <w:rsid w:val="003E011F"/>
     <w:rsid w:val="003E2C89"/>
     <w:rsid w:val="003E3AF7"/>
     <w:rsid w:val="003F03D5"/>
     <w:rsid w:val="003F087E"/>
     <w:rsid w:val="003F1351"/>
     <w:rsid w:val="00415521"/>
     <w:rsid w:val="004165B9"/>
     <w:rsid w:val="00421A28"/>
     <w:rsid w:val="004310F0"/>
     <w:rsid w:val="0043288C"/>
     <w:rsid w:val="00435568"/>
     <w:rsid w:val="004532C0"/>
     <w:rsid w:val="00456E7D"/>
     <w:rsid w:val="00466617"/>
     <w:rsid w:val="004719B6"/>
     <w:rsid w:val="00474E7F"/>
     <w:rsid w:val="004B1308"/>
     <w:rsid w:val="004B6E3C"/>
     <w:rsid w:val="004C11E8"/>
     <w:rsid w:val="004E58E4"/>
     <w:rsid w:val="004F1CF9"/>
     <w:rsid w:val="004F3BFA"/>
     <w:rsid w:val="004F52D0"/>
     <w:rsid w:val="004F5EBD"/>
@@ -4704,50 +4477,51 @@
     <w:rsid w:val="005D6174"/>
     <w:rsid w:val="005E5AA5"/>
     <w:rsid w:val="005E7742"/>
     <w:rsid w:val="006054E2"/>
     <w:rsid w:val="00613B8D"/>
     <w:rsid w:val="00615D47"/>
     <w:rsid w:val="0062132A"/>
     <w:rsid w:val="00623D7B"/>
     <w:rsid w:val="00626541"/>
     <w:rsid w:val="006352D8"/>
     <w:rsid w:val="0064481B"/>
     <w:rsid w:val="00652E88"/>
     <w:rsid w:val="006603CF"/>
     <w:rsid w:val="00682566"/>
     <w:rsid w:val="006A3CE2"/>
     <w:rsid w:val="006C0558"/>
     <w:rsid w:val="006E2719"/>
     <w:rsid w:val="006F0ECF"/>
     <w:rsid w:val="006F1632"/>
     <w:rsid w:val="006F22D3"/>
     <w:rsid w:val="006F334B"/>
     <w:rsid w:val="006F5BC0"/>
     <w:rsid w:val="00701BF2"/>
     <w:rsid w:val="0070291B"/>
     <w:rsid w:val="00706BF4"/>
+    <w:rsid w:val="0071046D"/>
     <w:rsid w:val="007161AA"/>
     <w:rsid w:val="0072100A"/>
     <w:rsid w:val="007225DE"/>
     <w:rsid w:val="00730C6E"/>
     <w:rsid w:val="007336ED"/>
     <w:rsid w:val="00735B7C"/>
     <w:rsid w:val="00737900"/>
     <w:rsid w:val="00752483"/>
     <w:rsid w:val="0077443F"/>
     <w:rsid w:val="0079503E"/>
     <w:rsid w:val="007A4B02"/>
     <w:rsid w:val="007A611C"/>
     <w:rsid w:val="007D55E1"/>
     <w:rsid w:val="007E51C6"/>
     <w:rsid w:val="007E675A"/>
     <w:rsid w:val="008043DA"/>
     <w:rsid w:val="00810AA9"/>
     <w:rsid w:val="00824905"/>
     <w:rsid w:val="00841675"/>
     <w:rsid w:val="008437D4"/>
     <w:rsid w:val="00844EC6"/>
     <w:rsid w:val="00845D69"/>
     <w:rsid w:val="00857F47"/>
     <w:rsid w:val="00862295"/>
     <w:rsid w:val="00864119"/>
@@ -4817,162 +4591,166 @@
     <w:rsid w:val="00B708C3"/>
     <w:rsid w:val="00B8388D"/>
     <w:rsid w:val="00B84F83"/>
     <w:rsid w:val="00B95F2B"/>
     <w:rsid w:val="00B96A00"/>
     <w:rsid w:val="00BA6F64"/>
     <w:rsid w:val="00BA77C8"/>
     <w:rsid w:val="00BB3D6F"/>
     <w:rsid w:val="00BD27C2"/>
     <w:rsid w:val="00BD2C83"/>
     <w:rsid w:val="00BD371B"/>
     <w:rsid w:val="00BD7F94"/>
     <w:rsid w:val="00BE2C95"/>
     <w:rsid w:val="00BE3E0D"/>
     <w:rsid w:val="00BE5819"/>
     <w:rsid w:val="00BE5D87"/>
     <w:rsid w:val="00BF26F4"/>
     <w:rsid w:val="00BF6839"/>
     <w:rsid w:val="00C00077"/>
     <w:rsid w:val="00C22001"/>
     <w:rsid w:val="00C22061"/>
     <w:rsid w:val="00C22B2E"/>
     <w:rsid w:val="00C30CA2"/>
     <w:rsid w:val="00C45A46"/>
     <w:rsid w:val="00C53DF0"/>
+    <w:rsid w:val="00C5618A"/>
     <w:rsid w:val="00C701AF"/>
     <w:rsid w:val="00C804CA"/>
     <w:rsid w:val="00C82266"/>
     <w:rsid w:val="00C91491"/>
     <w:rsid w:val="00C96655"/>
     <w:rsid w:val="00CA3021"/>
     <w:rsid w:val="00CA3B51"/>
     <w:rsid w:val="00CA5068"/>
     <w:rsid w:val="00CB277D"/>
     <w:rsid w:val="00CB300D"/>
+    <w:rsid w:val="00CB540E"/>
     <w:rsid w:val="00CB62F0"/>
     <w:rsid w:val="00CB718D"/>
     <w:rsid w:val="00CD7943"/>
     <w:rsid w:val="00CF04AD"/>
     <w:rsid w:val="00CF1EEA"/>
     <w:rsid w:val="00D0248C"/>
     <w:rsid w:val="00D15BE6"/>
+    <w:rsid w:val="00D170FC"/>
     <w:rsid w:val="00D27CA9"/>
     <w:rsid w:val="00D337B3"/>
     <w:rsid w:val="00D33F56"/>
     <w:rsid w:val="00D35ABF"/>
     <w:rsid w:val="00D45CF3"/>
     <w:rsid w:val="00D540EE"/>
     <w:rsid w:val="00D57E17"/>
     <w:rsid w:val="00D6655F"/>
     <w:rsid w:val="00D70CF1"/>
     <w:rsid w:val="00D76AE3"/>
     <w:rsid w:val="00D8486E"/>
     <w:rsid w:val="00D86CFC"/>
     <w:rsid w:val="00D87607"/>
     <w:rsid w:val="00D93632"/>
     <w:rsid w:val="00DA2935"/>
     <w:rsid w:val="00DA6393"/>
     <w:rsid w:val="00DA7E24"/>
     <w:rsid w:val="00DC2EE1"/>
     <w:rsid w:val="00DD0D6C"/>
     <w:rsid w:val="00DD4639"/>
     <w:rsid w:val="00DE096B"/>
     <w:rsid w:val="00DE1C48"/>
     <w:rsid w:val="00DE7F21"/>
     <w:rsid w:val="00E02419"/>
     <w:rsid w:val="00E0350B"/>
     <w:rsid w:val="00E10A6D"/>
     <w:rsid w:val="00E12A3F"/>
     <w:rsid w:val="00E13E00"/>
     <w:rsid w:val="00E2327E"/>
     <w:rsid w:val="00E23CFB"/>
     <w:rsid w:val="00E2414A"/>
     <w:rsid w:val="00E303E2"/>
     <w:rsid w:val="00E6692C"/>
     <w:rsid w:val="00E71C44"/>
     <w:rsid w:val="00E71F18"/>
     <w:rsid w:val="00E77588"/>
     <w:rsid w:val="00E8442B"/>
     <w:rsid w:val="00E9152A"/>
     <w:rsid w:val="00E92502"/>
     <w:rsid w:val="00E96233"/>
     <w:rsid w:val="00EB7AD1"/>
     <w:rsid w:val="00EC2B4F"/>
     <w:rsid w:val="00EC3E82"/>
     <w:rsid w:val="00EC7E9D"/>
     <w:rsid w:val="00F041C4"/>
+    <w:rsid w:val="00F232BD"/>
     <w:rsid w:val="00F31E87"/>
     <w:rsid w:val="00F3433A"/>
     <w:rsid w:val="00F41A24"/>
     <w:rsid w:val="00F45017"/>
     <w:rsid w:val="00F53879"/>
     <w:rsid w:val="00F5417B"/>
     <w:rsid w:val="00F64A18"/>
     <w:rsid w:val="00F82206"/>
     <w:rsid w:val="00F84D7A"/>
     <w:rsid w:val="00F912BC"/>
     <w:rsid w:val="00FA1A2F"/>
     <w:rsid w:val="00FA39FC"/>
     <w:rsid w:val="00FA3F0D"/>
     <w:rsid w:val="00FF2F3A"/>
     <w:rsid w:val="5BD3E041"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4A34A0CD"/>
   <w15:docId w15:val="{887329DC-0D94-4680-954B-2B95616B4C99}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5681,51 +5459,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BB3D6F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A06D74"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="874120541">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="918951612">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5803,51 +5581,51 @@
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youth.support@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fafsa.ed.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{40200A19-D684-434B-872D-889C3F07DB35}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009C27B0" w:rsidRDefault="00907375">
           <w:r w:rsidRPr="00A456EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -5915,56 +5693,114 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{21238EC9-A718-4AA9-970E-8FF7CD41460C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009C27B0" w:rsidRDefault="00907375" w:rsidP="00907375">
           <w:pPr>
             <w:pStyle w:val="6D3D0179F2384406851FB1891D34EC7C"/>
           </w:pPr>
           <w:r w:rsidRPr="00A456EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B83C96E11C464F2AAE6D2A8798915471"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9C7DF8D2-2D5A-4872-9A99-7C3BAD0DD46E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00042B46" w:rsidP="00042B46">
+          <w:pPr>
+            <w:pStyle w:val="B83C96E11C464F2AAE6D2A8798915471"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B1010017D02B42F896627358453443EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{30C3BAF3-C4D5-4BD5-A617-0972CA089A9B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00042B46" w:rsidP="00042B46">
+          <w:pPr>
+            <w:pStyle w:val="B1010017D02B42F896627358453443EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6010,117 +5846,126 @@
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00907375"/>
+    <w:rsid w:val="00042B46"/>
+    <w:rsid w:val="00401E98"/>
     <w:rsid w:val="0042651B"/>
     <w:rsid w:val="00574768"/>
     <w:rsid w:val="0058180A"/>
     <w:rsid w:val="005C2E80"/>
     <w:rsid w:val="00907375"/>
     <w:rsid w:val="009C27B0"/>
     <w:rsid w:val="00B07F24"/>
     <w:rsid w:val="00C03220"/>
     <w:rsid w:val="00E6629E"/>
+    <w:rsid w:val="00F232BD"/>
     <w:rsid w:val="00F26B17"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6506,68 +6351,172 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B07F24"/>
+    <w:rsid w:val="00042B46"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF947E73290447EF9FDF5B4288DEE842">
     <w:name w:val="EF947E73290447EF9FDF5B4288DEE842"/>
     <w:rsid w:val="00907375"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D3D0179F2384406851FB1891D34EC7C">
     <w:name w:val="6D3D0179F2384406851FB1891D34EC7C"/>
     <w:rsid w:val="00907375"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="70E6A7F7B2114C388D2150DE1FC678C0">
+    <w:name w:val="70E6A7F7B2114C388D2150DE1FC678C0"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36116B984FD94613840B8F90590EEC22">
+    <w:name w:val="36116B984FD94613840B8F90590EEC22"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5665C93E0BE64542A021DF9BDA253FAC">
+    <w:name w:val="5665C93E0BE64542A021DF9BDA253FAC"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA3B90FD6FFB419BB603FE34FA9B9A0E">
+    <w:name w:val="BA3B90FD6FFB419BB603FE34FA9B9A0E"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EBCD8D202FC4B659E9991CFD8DB3FB2">
+    <w:name w:val="1EBCD8D202FC4B659E9991CFD8DB3FB2"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B83C96E11C464F2AAE6D2A8798915471">
+    <w:name w:val="B83C96E11C464F2AAE6D2A8798915471"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADB5E4DB1A2D42B9B313505EECAFD3DA">
+    <w:name w:val="ADB5E4DB1A2D42B9B313505EECAFD3DA"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B1010017D02B42F896627358453443EE">
+    <w:name w:val="B1010017D02B42F896627358453443EE"/>
+    <w:rsid w:val="00042B46"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -6829,98 +6778,142 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-    <xsd:import namespace="0df97dcb-46eb-40cd-ba9a-88493af30007"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8DE7A35B72E7D4BB2951EC8E17C4AB0" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f856d897c68e75c0863dae8c4487ee1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f708cc9a-3446-418a-bcc7-db35e86791e7" xmlns:ns3="67e28456-2301-4e69-bc5c-88fa743acb21" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="df366b3678ed3d5880e3e365b252ee99" ns2:_="" ns3:_="">
+    <xsd:import namespace="f708cc9a-3446-418a-bcc7-db35e86791e7"/>
+    <xsd:import namespace="67e28456-2301-4e69-bc5c-88fa743acb21"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0df97dcb-46eb-40cd-ba9a-88493af30007" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f708cc9a-3446-418a-bcc7-db35e86791e7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="12" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="67e28456-2301-4e69-bc5c-88fa743acb21" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -6979,154 +6972,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D2C3C6B-E862-4B4D-9251-1CDA9754324A}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78977A94-E9A5-4588-ABA8-114B240496DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA034AFC-DCD1-4850-B9E2-3B5263892EE4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49441CF5-2482-4687-B8D2-671750F71BF9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>434</Words>
-  <Characters>2476</Characters>
+  <Words>431</Words>
+  <Characters>2461</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Commonwealth of Massachusetts</vt:lpstr>
-      <vt:lpstr>2023-2024 Foster Child Grant Program Conditions of Agreement</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dma</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2905</CharactersWithSpaces>
+  <CharactersWithSpaces>2887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4259865</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.fafsa.ed.gov/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Commonwealth of Massachusetts</dc:title>
   <dc:subject/>
   <dc:creator>Quinlan, Kristen (DCF)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100CD892578FFCD424C890A87B43611B211</vt:lpwstr>
+    <vt:lpwstr>0x010100C8DE7A35B72E7D4BB2951EC8E17C4AB0</vt:lpwstr>
   </property>
 </Properties>
 </file>