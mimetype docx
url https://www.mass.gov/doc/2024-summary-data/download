--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -1349,88 +1349,88 @@
         </w:rPr>
         <w:t>were diagnosed in children under 15 years of age (</w:t>
       </w:r>
       <w:r w:rsidR="49F85941" w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>% of cases, incidence rate &lt;1/100,000 children under 15 years old).</w:t>
       </w:r>
       <w:r w:rsidR="2162EBEA" w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30899F7C" w14:textId="4B1C6619" w:rsidR="00AE6D85" w:rsidRPr="00A876E0" w:rsidRDefault="2EC52200" w:rsidP="192D2995">
+    <w:p w14:paraId="30899F7C" w14:textId="36A9E80B" w:rsidR="00AE6D85" w:rsidRPr="00A876E0" w:rsidRDefault="2EC52200" w:rsidP="192D2995">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Incarcerated in Prison/Jail</w:t>
       </w:r>
       <w:r w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2162EBEA" w:rsidRPr="192D2995">
-[...4 lines deleted...]
-        <w:t>No</w:t>
+      <w:r w:rsidR="009B483E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> case</w:t>
       </w:r>
       <w:r w:rsidR="2162EBEA" w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of TB </w:t>
       </w:r>
       <w:r w:rsidR="09890853" w:rsidRPr="192D2995">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5811,50 +5811,51 @@
     <w:rsid w:val="000D319E"/>
     <w:rsid w:val="000D5A1B"/>
     <w:rsid w:val="000F0F8E"/>
     <w:rsid w:val="000F289D"/>
     <w:rsid w:val="000F4ECD"/>
     <w:rsid w:val="00100181"/>
     <w:rsid w:val="00101259"/>
     <w:rsid w:val="001102B0"/>
     <w:rsid w:val="00110EA6"/>
     <w:rsid w:val="001126F8"/>
     <w:rsid w:val="00121C95"/>
     <w:rsid w:val="001229CA"/>
     <w:rsid w:val="00124126"/>
     <w:rsid w:val="00126846"/>
     <w:rsid w:val="00140CC2"/>
     <w:rsid w:val="00147345"/>
     <w:rsid w:val="00150BAC"/>
     <w:rsid w:val="0015457E"/>
     <w:rsid w:val="00161470"/>
     <w:rsid w:val="00162A0F"/>
     <w:rsid w:val="00164753"/>
     <w:rsid w:val="00172CC7"/>
     <w:rsid w:val="00173580"/>
     <w:rsid w:val="0018102B"/>
     <w:rsid w:val="001820E5"/>
+    <w:rsid w:val="0018210F"/>
     <w:rsid w:val="00183565"/>
     <w:rsid w:val="00192704"/>
     <w:rsid w:val="00192B6A"/>
     <w:rsid w:val="0019459B"/>
     <w:rsid w:val="00195124"/>
     <w:rsid w:val="0019601A"/>
     <w:rsid w:val="0019630B"/>
     <w:rsid w:val="001B2461"/>
     <w:rsid w:val="001B6ED3"/>
     <w:rsid w:val="001C4260"/>
     <w:rsid w:val="001C5331"/>
     <w:rsid w:val="001C58C0"/>
     <w:rsid w:val="001C7697"/>
     <w:rsid w:val="001C7C46"/>
     <w:rsid w:val="001C7EEF"/>
     <w:rsid w:val="001E3C55"/>
     <w:rsid w:val="001E3EBB"/>
     <w:rsid w:val="001F1AEE"/>
     <w:rsid w:val="00202CE1"/>
     <w:rsid w:val="002274E1"/>
     <w:rsid w:val="00231A2F"/>
     <w:rsid w:val="00233331"/>
     <w:rsid w:val="00234922"/>
     <w:rsid w:val="002374EC"/>
     <w:rsid w:val="00245022"/>
@@ -5904,50 +5905,51 @@
     <w:rsid w:val="00323BB3"/>
     <w:rsid w:val="003347B0"/>
     <w:rsid w:val="00334894"/>
     <w:rsid w:val="00337BEF"/>
     <w:rsid w:val="00352EA5"/>
     <w:rsid w:val="003541FD"/>
     <w:rsid w:val="00357126"/>
     <w:rsid w:val="003706BA"/>
     <w:rsid w:val="003915D4"/>
     <w:rsid w:val="00392DAD"/>
     <w:rsid w:val="00397709"/>
     <w:rsid w:val="00397F62"/>
     <w:rsid w:val="003A5353"/>
     <w:rsid w:val="003B0B26"/>
     <w:rsid w:val="003B2DF8"/>
     <w:rsid w:val="003B3590"/>
     <w:rsid w:val="003B7FEA"/>
     <w:rsid w:val="003C4430"/>
     <w:rsid w:val="003D27E4"/>
     <w:rsid w:val="003E4C0E"/>
     <w:rsid w:val="003F3654"/>
     <w:rsid w:val="00400996"/>
     <w:rsid w:val="0040349C"/>
     <w:rsid w:val="004035F4"/>
     <w:rsid w:val="00404B4B"/>
+    <w:rsid w:val="00407497"/>
     <w:rsid w:val="00411991"/>
     <w:rsid w:val="00411ACE"/>
     <w:rsid w:val="004167B7"/>
     <w:rsid w:val="00423487"/>
     <w:rsid w:val="00423AB6"/>
     <w:rsid w:val="004252BB"/>
     <w:rsid w:val="00437483"/>
     <w:rsid w:val="00442498"/>
     <w:rsid w:val="00443645"/>
     <w:rsid w:val="00455AC2"/>
     <w:rsid w:val="00455B6C"/>
     <w:rsid w:val="00457171"/>
     <w:rsid w:val="00463961"/>
     <w:rsid w:val="00470B42"/>
     <w:rsid w:val="0047246E"/>
     <w:rsid w:val="004A14A9"/>
     <w:rsid w:val="004A320B"/>
     <w:rsid w:val="004B1BF7"/>
     <w:rsid w:val="004B64B8"/>
     <w:rsid w:val="004C41CC"/>
     <w:rsid w:val="004C4415"/>
     <w:rsid w:val="004D157C"/>
     <w:rsid w:val="004F6CF9"/>
     <w:rsid w:val="00503352"/>
     <w:rsid w:val="00520B5D"/>
@@ -6061,63 +6063,65 @@
     <w:rsid w:val="008372DB"/>
     <w:rsid w:val="00840BA6"/>
     <w:rsid w:val="00843372"/>
     <w:rsid w:val="00843ADA"/>
     <w:rsid w:val="00847EA1"/>
     <w:rsid w:val="008532EE"/>
     <w:rsid w:val="00863BDF"/>
     <w:rsid w:val="0087587E"/>
     <w:rsid w:val="00883D58"/>
     <w:rsid w:val="00884FCA"/>
     <w:rsid w:val="00885897"/>
     <w:rsid w:val="008920D8"/>
     <w:rsid w:val="00893B00"/>
     <w:rsid w:val="008950C8"/>
     <w:rsid w:val="00895D3F"/>
     <w:rsid w:val="008A190C"/>
     <w:rsid w:val="008A1AA7"/>
     <w:rsid w:val="008C2BDD"/>
     <w:rsid w:val="008D2C83"/>
     <w:rsid w:val="008D464C"/>
     <w:rsid w:val="008D5160"/>
     <w:rsid w:val="008D7B91"/>
     <w:rsid w:val="008E344A"/>
     <w:rsid w:val="008E48B1"/>
     <w:rsid w:val="0090077B"/>
+    <w:rsid w:val="00907ADA"/>
     <w:rsid w:val="009144EC"/>
     <w:rsid w:val="009225CA"/>
     <w:rsid w:val="00945175"/>
     <w:rsid w:val="009638E7"/>
     <w:rsid w:val="00966242"/>
     <w:rsid w:val="00973742"/>
     <w:rsid w:val="00976B83"/>
     <w:rsid w:val="00982564"/>
     <w:rsid w:val="00986AEF"/>
     <w:rsid w:val="00991DD7"/>
     <w:rsid w:val="009927C6"/>
     <w:rsid w:val="009A33B4"/>
     <w:rsid w:val="009A4F43"/>
+    <w:rsid w:val="009B483E"/>
     <w:rsid w:val="009B4EE2"/>
     <w:rsid w:val="009B6246"/>
     <w:rsid w:val="009B62F1"/>
     <w:rsid w:val="009B6E60"/>
     <w:rsid w:val="009C092C"/>
     <w:rsid w:val="009D43F2"/>
     <w:rsid w:val="009E1937"/>
     <w:rsid w:val="009F1010"/>
     <w:rsid w:val="009F47E3"/>
     <w:rsid w:val="009F538F"/>
     <w:rsid w:val="00A02C8C"/>
     <w:rsid w:val="00A10A9B"/>
     <w:rsid w:val="00A12DB7"/>
     <w:rsid w:val="00A1702A"/>
     <w:rsid w:val="00A27624"/>
     <w:rsid w:val="00A355D4"/>
     <w:rsid w:val="00A36C02"/>
     <w:rsid w:val="00A41538"/>
     <w:rsid w:val="00A43771"/>
     <w:rsid w:val="00A46D36"/>
     <w:rsid w:val="00A513BC"/>
     <w:rsid w:val="00A54EBF"/>
     <w:rsid w:val="00A57265"/>
     <w:rsid w:val="00A57464"/>
     <w:rsid w:val="00A643E4"/>
@@ -6138,50 +6142,51 @@
     <w:rsid w:val="00AC430E"/>
     <w:rsid w:val="00AD61A0"/>
     <w:rsid w:val="00AE6D85"/>
     <w:rsid w:val="00AF036F"/>
     <w:rsid w:val="00AF1378"/>
     <w:rsid w:val="00AF1AA2"/>
     <w:rsid w:val="00AF3599"/>
     <w:rsid w:val="00AF6BE0"/>
     <w:rsid w:val="00B00BB1"/>
     <w:rsid w:val="00B04564"/>
     <w:rsid w:val="00B072F2"/>
     <w:rsid w:val="00B139D4"/>
     <w:rsid w:val="00B17D7B"/>
     <w:rsid w:val="00B21C7E"/>
     <w:rsid w:val="00B22200"/>
     <w:rsid w:val="00B24DF3"/>
     <w:rsid w:val="00B302CC"/>
     <w:rsid w:val="00B35EA8"/>
     <w:rsid w:val="00B40DC1"/>
     <w:rsid w:val="00B43E12"/>
     <w:rsid w:val="00B444C5"/>
     <w:rsid w:val="00B445AF"/>
     <w:rsid w:val="00B44D83"/>
     <w:rsid w:val="00B50797"/>
     <w:rsid w:val="00B54C16"/>
+    <w:rsid w:val="00B6051D"/>
     <w:rsid w:val="00B71B2F"/>
     <w:rsid w:val="00B71F09"/>
     <w:rsid w:val="00B72606"/>
     <w:rsid w:val="00B76236"/>
     <w:rsid w:val="00B77AC7"/>
     <w:rsid w:val="00B84FB9"/>
     <w:rsid w:val="00B96275"/>
     <w:rsid w:val="00B96834"/>
     <w:rsid w:val="00BB27B0"/>
     <w:rsid w:val="00BB3575"/>
     <w:rsid w:val="00BB47DA"/>
     <w:rsid w:val="00BB4EC0"/>
     <w:rsid w:val="00BC1BFB"/>
     <w:rsid w:val="00BC4D47"/>
     <w:rsid w:val="00BD11DB"/>
     <w:rsid w:val="00BD1BCD"/>
     <w:rsid w:val="00BD6B86"/>
     <w:rsid w:val="00BE3573"/>
     <w:rsid w:val="00BE50EA"/>
     <w:rsid w:val="00BF0288"/>
     <w:rsid w:val="00BF150C"/>
     <w:rsid w:val="00BF20D4"/>
     <w:rsid w:val="00C10BCF"/>
     <w:rsid w:val="00C1261B"/>
     <w:rsid w:val="00C12BF4"/>
@@ -7926,60 +7931,60 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="dcba3501-0dec-4586-930d-1feaeb7d0adb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>727</Words>
+  <Words>726</Words>
   <Characters>4144</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4862</CharactersWithSpaces>
+  <CharactersWithSpaces>4861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Summary Tuberculosis Disease Statistics for the Year 2023</dc:title>
   <dc:subject>Massachusetts; Tuberculosis;</dc:subject>
   <dc:creator>Cochran, Jennifer (DPH)</dc:creator>
   <cp:keywords>Massachusetts, Tuberculosis;data</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AF2DFBD61EF9C642AA4622CA6DB768FE</vt:lpwstr>