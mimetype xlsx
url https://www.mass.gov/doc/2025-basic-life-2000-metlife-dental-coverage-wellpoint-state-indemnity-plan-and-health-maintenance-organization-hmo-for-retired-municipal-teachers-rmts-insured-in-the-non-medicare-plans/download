--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -6,73 +6,73 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10928"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\agil\Commonwealth of Massachusetts\GIC-OperationsDepartment - Audit\audit\AGil\FY25 Rates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8FF106B0-0038-4A21-B13D-5B17EF6F56A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B043EF74-5ABB-8F4B-9A50-66C7CE16FB4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="804" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="804" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="chart1" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="chart 5" sheetId="5" r:id="rId5"/>
+    <sheet name="For Retired Municipal Teachers " sheetId="1" r:id="rId1"/>
+    <sheet name="For Retired Municipal Teachers2" sheetId="2" r:id="rId2"/>
+    <sheet name="For Retired Municipal Teachers3" sheetId="3" r:id="rId3"/>
+    <sheet name="For Retired Municipal Teachers4" sheetId="4" r:id="rId4"/>
+    <sheet name="For Retired Municipal Teachers5" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4'!$A$1:$K$19</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">chart2!$A$1:$E$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'For Retired Municipal Teachers '!$A$1:$G$34</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'For Retired Municipal Teachers2'!$A$1:$E$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'For Retired Municipal Teachers4'!$A$1:$K$19</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'For Retired Municipal Teachers5'!$A$1:$I$25</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="75">
   <si>
     <t>Chart 1</t>
   </si>
   <si>
     <t>Monthly Insurance Rates</t>
   </si>
   <si>
@@ -284,51 +284,51 @@
   </si>
   <si>
     <t>Retiree's Premium</t>
   </si>
   <si>
     <t>For Retired Municipal Teachers (RMTs) Insured For HMO/Indemnity Medicare Plan-Part A&amp;B</t>
   </si>
   <si>
     <t>Wellpoint State Indemnity Plan/Medicare Extension (OME), And Health Maintenance Organization (HMO) Medicare Plan</t>
   </si>
   <si>
     <t xml:space="preserve">Wellpoint State Indemnity Plan/Medicare Extension </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -349,50 +349,56 @@
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="22"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1" tint="0.34998626667073579"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="53">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1315,53 +1321,50 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="9" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="11" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1405,94 +1408,97 @@
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="7" fontId="12" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1849,1889 +1855,1909 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G33"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="B19" sqref="B19"/>
+      <selection activeCell="B10" sqref="B10:C10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="48" style="1" customWidth="1"/>
-    <col min="2" max="5" width="13.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.1796875" style="1"/>
+    <col min="2" max="5" width="13.5" style="1" customWidth="1"/>
+    <col min="6" max="7" width="12.5" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="62" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="62"/>
       <c r="C1" s="62"/>
       <c r="D1" s="62"/>
       <c r="E1" s="62"/>
       <c r="F1" s="63"/>
       <c r="G1" s="63"/>
     </row>
-    <row r="2" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="62" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="62"/>
       <c r="C2" s="62"/>
       <c r="D2" s="62"/>
       <c r="E2" s="62"/>
       <c r="F2" s="63"/>
       <c r="G2" s="63"/>
     </row>
-    <row r="3" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="62" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
     </row>
-    <row r="4" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="62" t="s">
         <v>46</v>
       </c>
       <c r="B4" s="62"/>
       <c r="C4" s="62"/>
       <c r="D4" s="62"/>
       <c r="E4" s="62"/>
       <c r="F4" s="63"/>
       <c r="G4" s="63"/>
     </row>
-    <row r="5" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="62" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="62"/>
       <c r="C5" s="62"/>
       <c r="D5" s="62"/>
       <c r="E5" s="62"/>
       <c r="F5" s="63"/>
       <c r="G5" s="63"/>
     </row>
-    <row r="6" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="62" t="s">
         <v>67</v>
       </c>
       <c r="B6" s="62"/>
       <c r="C6" s="62"/>
       <c r="D6" s="62"/>
       <c r="E6" s="62"/>
       <c r="F6" s="63"/>
       <c r="G6" s="63"/>
     </row>
-    <row r="7" spans="1:7" s="64" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="8" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" s="64" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="8" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="65"/>
       <c r="B8" s="66" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="67"/>
       <c r="D8" s="68"/>
       <c r="E8" s="68"/>
       <c r="F8" s="69" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="70"/>
     </row>
-    <row r="9" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A9" s="71" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="72" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="73"/>
       <c r="D9" s="72"/>
       <c r="E9" s="72"/>
       <c r="F9" s="74" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="73"/>
     </row>
-    <row r="10" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="75"/>
-      <c r="B10" s="142" t="s">
+      <c r="B10" s="141" t="s">
         <v>44</v>
       </c>
-      <c r="C10" s="143"/>
-      <c r="D10" s="142" t="s">
+      <c r="C10" s="142"/>
+      <c r="D10" s="141" t="s">
         <v>44</v>
       </c>
-      <c r="E10" s="144"/>
+      <c r="E10" s="143"/>
       <c r="F10" s="126"/>
       <c r="G10" s="127"/>
     </row>
-    <row r="11" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A11" s="75"/>
-      <c r="B11" s="140" t="s">
+      <c r="B11" s="139" t="s">
         <v>45</v>
       </c>
-      <c r="C11" s="141"/>
-      <c r="D11" s="140" t="s">
+      <c r="C11" s="140"/>
+      <c r="D11" s="139" t="s">
         <v>47</v>
       </c>
-      <c r="E11" s="145"/>
+      <c r="E11" s="144"/>
       <c r="F11" s="128"/>
       <c r="G11" s="129"/>
     </row>
-    <row r="12" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A12" s="76" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="140">
+      <c r="B12" s="139">
         <v>0.76</v>
       </c>
-      <c r="C12" s="141"/>
-      <c r="D12" s="140">
+      <c r="C12" s="140"/>
+      <c r="D12" s="139">
         <v>0.76</v>
       </c>
-      <c r="E12" s="145"/>
-      <c r="F12" s="132">
+      <c r="E12" s="144"/>
+      <c r="F12" s="176">
         <v>0</v>
       </c>
-      <c r="G12" s="133"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G12" s="132"/>
+    </row>
+    <row r="13" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="77"/>
       <c r="B13" s="78" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="79" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="80" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="81" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="82" t="s">
         <v>8</v>
       </c>
       <c r="G13" s="79" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A14" s="83" t="s">
         <v>38</v>
       </c>
       <c r="B14" s="84">
         <v>29.27</v>
       </c>
       <c r="C14" s="85">
         <v>70.540000000000006</v>
       </c>
       <c r="D14" s="86">
         <v>29.27</v>
       </c>
       <c r="E14" s="87">
         <v>70.540000000000006</v>
       </c>
       <c r="F14" s="88">
         <v>29.27</v>
       </c>
       <c r="G14" s="85">
         <v>70.540000000000006</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="89" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="90" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="91" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="90" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="91" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="92" t="s">
         <v>8</v>
       </c>
       <c r="G15" s="91" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="89" t="s">
         <v>59</v>
       </c>
       <c r="B16" s="90" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="91" t="s">
         <v>35</v>
       </c>
       <c r="D16" s="90" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="91" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="92" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="91" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="117" t="s">
         <v>60</v>
       </c>
       <c r="B17" s="130">
         <v>126.32000000000001</v>
       </c>
       <c r="C17" s="131">
         <v>280.84999999999997</v>
       </c>
       <c r="D17" s="130">
         <v>189.1</v>
       </c>
       <c r="E17" s="131">
         <v>420.89</v>
       </c>
       <c r="F17" s="130">
         <v>1255.6199999999999</v>
       </c>
       <c r="G17" s="131">
         <v>2800.86</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="117" t="s">
         <v>61</v>
       </c>
       <c r="B18" s="93">
         <v>150.44999999999999</v>
       </c>
       <c r="C18" s="94">
         <v>332.94</v>
       </c>
       <c r="D18" s="93">
         <v>225.29</v>
       </c>
       <c r="E18" s="94">
         <v>499.02</v>
       </c>
       <c r="F18" s="93">
         <v>1496.86</v>
       </c>
       <c r="G18" s="94">
         <v>3321.75</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="117" t="s">
         <v>62</v>
       </c>
       <c r="B19" s="93">
         <v>96.34</v>
       </c>
       <c r="C19" s="94">
         <v>228.48</v>
       </c>
       <c r="D19" s="93">
         <v>144.12</v>
       </c>
       <c r="E19" s="94">
         <v>342.34</v>
       </c>
       <c r="F19" s="93">
         <v>955.75</v>
       </c>
       <c r="G19" s="94">
         <v>2277.2199999999998</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="117" t="s">
         <v>63</v>
       </c>
       <c r="B20" s="93">
         <v>107.23</v>
       </c>
       <c r="C20" s="94">
         <v>264.56</v>
       </c>
       <c r="D20" s="93">
         <v>160.45999999999998</v>
       </c>
       <c r="E20" s="94">
         <v>396.46</v>
       </c>
       <c r="F20" s="93">
         <v>1064.68</v>
       </c>
       <c r="G20" s="94">
         <v>2637.99</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="118" t="s">
         <v>64</v>
       </c>
       <c r="B21" s="93">
         <v>98.23</v>
       </c>
       <c r="C21" s="94">
         <v>258.52999999999997</v>
       </c>
       <c r="D21" s="93">
         <v>146.97</v>
       </c>
       <c r="E21" s="94">
         <v>387.40999999999997</v>
       </c>
       <c r="F21" s="93">
         <v>974.74</v>
       </c>
       <c r="G21" s="94">
         <v>2577.69</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="117" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="93">
         <v>79.33</v>
       </c>
       <c r="C22" s="94">
         <v>200.73999999999998</v>
       </c>
       <c r="D22" s="93">
         <v>118.61</v>
       </c>
       <c r="E22" s="94">
         <v>300.73</v>
       </c>
       <c r="F22" s="93">
         <v>785.68</v>
       </c>
       <c r="G22" s="94">
         <v>1999.81</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="117" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="93">
         <v>75.03</v>
       </c>
       <c r="C23" s="94">
         <v>185.12</v>
       </c>
       <c r="D23" s="93">
         <v>112.17</v>
       </c>
       <c r="E23" s="94">
         <v>277.28999999999996</v>
       </c>
       <c r="F23" s="93">
         <v>742.74</v>
       </c>
       <c r="G23" s="94">
         <v>1843.56</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" s="64" customFormat="1" ht="20.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A24" s="119" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="95">
         <v>78.350000000000009</v>
       </c>
       <c r="C24" s="96">
         <v>186.89999999999998</v>
       </c>
       <c r="D24" s="95">
         <v>117.15</v>
       </c>
       <c r="E24" s="96">
         <v>279.96999999999997</v>
       </c>
       <c r="F24" s="95">
         <v>775.92</v>
       </c>
       <c r="G24" s="96">
         <v>1861.38</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="64" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" s="64" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="26" spans="1:7" s="64" customFormat="1" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="97" t="s">
         <v>48</v>
       </c>
-      <c r="B27" s="146" t="s">
+      <c r="B27" s="145" t="s">
         <v>51</v>
       </c>
-      <c r="C27" s="147"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C27" s="146"/>
+      <c r="D27" s="146"/>
+      <c r="E27" s="147"/>
+    </row>
+    <row r="28" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="B28" s="134">
+      <c r="B28" s="133">
         <v>0.1</v>
       </c>
-      <c r="C28" s="135"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C28" s="134"/>
+      <c r="D28" s="134"/>
+      <c r="E28" s="135"/>
+    </row>
+    <row r="29" spans="1:7" s="64" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A29" s="61" t="s">
         <v>47</v>
       </c>
-      <c r="B29" s="137">
+      <c r="B29" s="136">
         <v>0.15</v>
       </c>
-      <c r="C29" s="138"/>
-[...6 lines deleted...]
-    <row r="33" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="C29" s="137"/>
+      <c r="D29" s="137"/>
+      <c r="E29" s="138"/>
+    </row>
+    <row r="30" spans="1:7" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:7" s="99" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="32" spans="1:7" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="33" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="B29:E29"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="B27:E27"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.4" bottom="0.4" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E29"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
+    <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="A22" sqref="A22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="53.453125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="53.5" style="1" customWidth="1"/>
+    <col min="2" max="5" width="18.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="62" t="s">
         <v>11</v>
       </c>
       <c r="B1" s="62"/>
       <c r="C1" s="62"/>
       <c r="D1" s="63"/>
       <c r="E1" s="63"/>
     </row>
-    <row r="2" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="62" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="62"/>
       <c r="C2" s="62"/>
       <c r="D2" s="63"/>
       <c r="E2" s="63"/>
     </row>
-    <row r="3" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="62" t="s">
         <v>69</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
     </row>
-    <row r="4" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="62" t="s">
         <v>54</v>
       </c>
       <c r="B4" s="62"/>
       <c r="C4" s="62"/>
       <c r="D4" s="63"/>
       <c r="E4" s="63"/>
     </row>
-    <row r="5" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="62" t="s">
         <v>67</v>
       </c>
       <c r="B5" s="62"/>
       <c r="C5" s="62"/>
       <c r="D5" s="63"/>
       <c r="E5" s="63"/>
     </row>
-    <row r="6" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="7" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="7" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="65"/>
       <c r="B7" s="68" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="67"/>
       <c r="D7" s="100" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="70"/>
     </row>
-    <row r="8" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A8" s="71" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="72" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="73"/>
       <c r="D8" s="72" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="73"/>
     </row>
-    <row r="9" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="77"/>
       <c r="B9" s="78" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="79" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="82" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="79" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A10" s="83" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="101">
         <v>29.27</v>
       </c>
       <c r="C10" s="102">
         <v>70.540000000000006</v>
       </c>
       <c r="D10" s="103">
         <v>29.27</v>
       </c>
       <c r="E10" s="102">
         <v>70.540000000000006</v>
       </c>
     </row>
-    <row r="11" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="104" t="s">
         <v>53</v>
       </c>
       <c r="B11" s="105" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="106" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="105" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="107" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="12" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="117" t="s">
         <v>60</v>
       </c>
       <c r="B12" s="130">
         <v>125.56</v>
       </c>
       <c r="C12" s="131">
         <v>280.08999999999997</v>
       </c>
       <c r="D12" s="130">
         <v>1255.6199999999999</v>
       </c>
       <c r="E12" s="131">
         <v>2800.86</v>
       </c>
     </row>
-    <row r="13" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="117" t="s">
         <v>61</v>
       </c>
       <c r="B13" s="93">
         <v>149.69</v>
       </c>
       <c r="C13" s="94">
         <v>332.18</v>
       </c>
       <c r="D13" s="93">
         <v>1496.86</v>
       </c>
       <c r="E13" s="94">
         <v>3321.75</v>
       </c>
     </row>
-    <row r="14" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="117" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="93">
         <v>95.58</v>
       </c>
       <c r="C14" s="94">
         <v>227.72</v>
       </c>
       <c r="D14" s="93">
         <v>955.75</v>
       </c>
       <c r="E14" s="94">
         <v>2277.2199999999998</v>
       </c>
     </row>
-    <row r="15" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="117" t="s">
         <v>63</v>
       </c>
       <c r="B15" s="93">
         <v>106.47</v>
       </c>
       <c r="C15" s="94">
         <v>263.8</v>
       </c>
       <c r="D15" s="93">
         <v>1064.68</v>
       </c>
       <c r="E15" s="94">
         <v>2637.99</v>
       </c>
     </row>
-    <row r="16" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="118" t="s">
         <v>64</v>
       </c>
       <c r="B16" s="93">
         <v>97.47</v>
       </c>
       <c r="C16" s="94">
         <v>257.77</v>
       </c>
       <c r="D16" s="93">
         <v>974.74</v>
       </c>
       <c r="E16" s="94">
         <v>2577.69</v>
       </c>
     </row>
-    <row r="17" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="117" t="s">
         <v>65</v>
       </c>
       <c r="B17" s="93">
         <v>78.569999999999993</v>
       </c>
       <c r="C17" s="94">
         <v>199.98</v>
       </c>
       <c r="D17" s="93">
         <v>785.68</v>
       </c>
       <c r="E17" s="94">
         <v>1999.81</v>
       </c>
     </row>
-    <row r="18" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="117" t="s">
         <v>66</v>
       </c>
       <c r="B18" s="93">
         <v>74.27</v>
       </c>
       <c r="C18" s="94">
         <v>184.36</v>
       </c>
       <c r="D18" s="93">
         <v>742.74</v>
       </c>
       <c r="E18" s="94">
         <v>1843.56</v>
       </c>
     </row>
-    <row r="19" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:5" s="64" customFormat="1" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A19" s="119" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="95">
         <v>77.59</v>
       </c>
       <c r="C19" s="96">
         <v>186.14</v>
       </c>
       <c r="D19" s="95">
         <v>775.92</v>
       </c>
       <c r="E19" s="96">
         <v>1861.38</v>
       </c>
     </row>
-    <row r="20" spans="1:5" s="64" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" s="64" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="21" spans="1:5" ht="8.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="99" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="23" spans="1:5" s="99" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="24" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" s="99" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="24" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="99" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="25" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="99" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="26" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="99" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="27" spans="1:5" s="99" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:5" s="99" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="28" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="29" spans="1:5" s="99" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="30.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5" style="1" customWidth="1"/>
+    <col min="3" max="5" width="22.6640625" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="158" t="s">
+    <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="157" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="158"/>
-[...5 lines deleted...]
-      <c r="A2" s="158" t="s">
+      <c r="B1" s="157"/>
+      <c r="C1" s="157"/>
+      <c r="D1" s="157"/>
+      <c r="E1" s="157"/>
+    </row>
+    <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="157" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="158"/>
-[...5 lines deleted...]
-      <c r="A3" s="158" t="s">
+      <c r="B2" s="157"/>
+      <c r="C2" s="157"/>
+      <c r="D2" s="157"/>
+      <c r="E2" s="157"/>
+    </row>
+    <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="157" t="s">
         <v>70</v>
       </c>
-      <c r="B3" s="158"/>
-[...5 lines deleted...]
-      <c r="A4" s="158" t="s">
+      <c r="B3" s="157"/>
+      <c r="C3" s="157"/>
+      <c r="D3" s="157"/>
+      <c r="E3" s="157"/>
+    </row>
+    <row r="4" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="157" t="s">
         <v>49</v>
       </c>
-      <c r="B4" s="158"/>
-[...5 lines deleted...]
-      <c r="A5" s="158" t="s">
+      <c r="B4" s="157"/>
+      <c r="C4" s="157"/>
+      <c r="D4" s="157"/>
+      <c r="E4" s="157"/>
+    </row>
+    <row r="5" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="157" t="s">
         <v>36</v>
       </c>
-      <c r="B5" s="158"/>
-[...5 lines deleted...]
-      <c r="A6" s="158" t="s">
+      <c r="B5" s="157"/>
+      <c r="C5" s="157"/>
+      <c r="D5" s="157"/>
+      <c r="E5" s="157"/>
+    </row>
+    <row r="6" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="157" t="s">
         <v>67</v>
       </c>
-      <c r="B6" s="158"/>
-[...4 lines deleted...]
-    <row r="7" spans="1:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="157"/>
+      <c r="C6" s="157"/>
+      <c r="D6" s="157"/>
+      <c r="E6" s="157"/>
+    </row>
+    <row r="7" spans="1:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
     </row>
-    <row r="8" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="11"/>
       <c r="B8" s="7"/>
-      <c r="C8" s="160"/>
-      <c r="D8" s="161"/>
+      <c r="C8" s="159"/>
+      <c r="D8" s="160"/>
       <c r="E8" s="121"/>
     </row>
-    <row r="9" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="9" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
-      <c r="C9" s="159" t="s">
+      <c r="C9" s="158" t="s">
         <v>3</v>
       </c>
-      <c r="D9" s="160"/>
+      <c r="D9" s="159"/>
       <c r="E9" s="14"/>
     </row>
-    <row r="10" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="12"/>
       <c r="B10" s="13"/>
       <c r="C10" s="104" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="104" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="14"/>
     </row>
-    <row r="11" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="12"/>
       <c r="B11" s="13"/>
       <c r="C11" s="61" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="61" t="s">
         <v>47</v>
       </c>
       <c r="E11" s="122"/>
     </row>
-    <row r="12" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="25"/>
       <c r="E12" s="14" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="25" t="s">
         <v>71</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="15"/>
       <c r="B14" s="16"/>
       <c r="C14" s="4"/>
       <c r="D14" s="26"/>
       <c r="E14" s="15"/>
     </row>
-    <row r="15" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" ht="16" x14ac:dyDescent="0.2">
       <c r="A15" s="29" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="30" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="55">
         <v>45.1</v>
       </c>
       <c r="D15" s="55">
         <v>67.260000000000005</v>
       </c>
       <c r="E15" s="123">
         <v>443.35</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="29" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="56">
         <v>89.440000000000012</v>
       </c>
       <c r="D16" s="56">
         <v>133.76</v>
       </c>
       <c r="E16" s="124">
         <v>886.7</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="21" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="54">
         <v>194.79</v>
       </c>
       <c r="D17" s="54">
         <v>291.79000000000002</v>
       </c>
       <c r="E17" s="124">
         <v>1940.21</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="54">
         <v>194.79</v>
       </c>
       <c r="D18" s="54">
         <v>291.79000000000002</v>
       </c>
       <c r="E18" s="124">
         <v>1940.21</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="29" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="30" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="57">
         <v>95.6</v>
       </c>
       <c r="D19" s="57">
         <v>143.01</v>
       </c>
       <c r="E19" s="124">
         <v>948.35</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="29" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="57">
         <v>139.94</v>
       </c>
       <c r="D20" s="57">
         <v>209.51</v>
       </c>
       <c r="E20" s="124">
         <v>1391.7</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="57">
         <v>190.44</v>
       </c>
       <c r="D21" s="57">
         <v>285.26</v>
       </c>
       <c r="E21" s="124">
         <v>1896.7</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="58">
         <v>245.29</v>
       </c>
       <c r="D22" s="58">
         <v>367.53999999999996</v>
       </c>
       <c r="E22" s="124">
         <v>2445.21</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="31" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="22" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="59">
         <v>245.29</v>
       </c>
       <c r="D23" s="59">
         <v>367.53999999999996</v>
       </c>
       <c r="E23" s="125">
         <v>2445.21</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="25" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:5" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36" t="s">
         <v>48</v>
       </c>
-      <c r="B25" s="149" t="s">
+      <c r="B25" s="148" t="s">
         <v>51</v>
       </c>
-      <c r="C25" s="150"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C25" s="149"/>
+      <c r="D25" s="150"/>
+    </row>
+    <row r="26" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="37" t="s">
         <v>45</v>
       </c>
-      <c r="B26" s="152">
+      <c r="B26" s="151">
         <v>0.1</v>
       </c>
-      <c r="C26" s="153"/>
-[...2 lines deleted...]
-    <row r="27" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="C26" s="152"/>
+      <c r="D26" s="153"/>
+    </row>
+    <row r="27" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="34" t="s">
         <v>47</v>
       </c>
-      <c r="B27" s="155">
+      <c r="B27" s="154">
         <v>0.15</v>
       </c>
-      <c r="C27" s="156"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C27" s="155"/>
+      <c r="D27" s="156"/>
+    </row>
+    <row r="28" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="60"/>
       <c r="B28" s="120"/>
       <c r="C28" s="60"/>
     </row>
-    <row r="29" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="30" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="4.5" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="32" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="31" spans="1:5" ht="4.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.4" right="0.3" top="0.35" bottom="0.35" header="0.5" footer="0.35"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="4" width="9.1640625" style="1"/>
+    <col min="5" max="5" width="8.5" style="1" customWidth="1"/>
+    <col min="6" max="11" width="14.5" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
     </row>
-    <row r="2" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B2" s="23"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
     </row>
-    <row r="3" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="23"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
     </row>
-    <row r="4" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B4" s="23"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
     </row>
-    <row r="5" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:11" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="53"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
     </row>
-    <row r="6" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8"/>
       <c r="E6" s="13"/>
       <c r="F6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="18"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="39" t="s">
         <v>50</v>
       </c>
       <c r="K6" s="38"/>
     </row>
-    <row r="7" spans="1:11" ht="25.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="E7" s="13"/>
-      <c r="F7" s="171" t="s">
+      <c r="F7" s="164" t="s">
         <v>44</v>
       </c>
-      <c r="G7" s="172"/>
-      <c r="H7" s="171" t="s">
+      <c r="G7" s="165"/>
+      <c r="H7" s="164" t="s">
         <v>44</v>
       </c>
-      <c r="I7" s="175"/>
+      <c r="I7" s="168"/>
       <c r="J7" s="17" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="18"/>
     </row>
-    <row r="8" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="17"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="18"/>
-      <c r="F8" s="173" t="s">
+      <c r="F8" s="166" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="174"/>
-      <c r="H8" s="173" t="s">
+      <c r="G8" s="167"/>
+      <c r="H8" s="166" t="s">
         <v>47</v>
       </c>
-      <c r="I8" s="176"/>
+      <c r="I8" s="169"/>
       <c r="J8" s="45" t="s">
         <v>7</v>
       </c>
       <c r="K8" s="46"/>
     </row>
-    <row r="9" spans="1:11" ht="25.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="18"/>
       <c r="F9" s="40" t="s">
         <v>29</v>
       </c>
       <c r="G9" s="41" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="40" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="42" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="43" t="s">
         <v>29</v>
       </c>
       <c r="K9" s="41" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="168" t="s">
+    <row r="10" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="161" t="s">
         <v>59</v>
       </c>
-      <c r="B10" s="169"/>
-[...2 lines deleted...]
-      <c r="E10" s="170"/>
+      <c r="B10" s="162"/>
+      <c r="C10" s="162"/>
+      <c r="D10" s="162"/>
+      <c r="E10" s="163"/>
       <c r="F10" s="40" t="s">
         <v>30</v>
       </c>
       <c r="G10" s="41" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="40" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="42" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="43" t="s">
         <v>30</v>
       </c>
       <c r="K10" s="41" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="108" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="109"/>
       <c r="C11" s="109"/>
       <c r="D11" s="109"/>
       <c r="E11" s="109"/>
       <c r="F11" s="113">
         <v>37.04</v>
       </c>
       <c r="G11" s="114">
         <v>87.539999999999992</v>
       </c>
       <c r="H11" s="113">
         <v>55.169999999999995</v>
       </c>
       <c r="I11" s="114">
         <v>130.91999999999999</v>
       </c>
       <c r="J11" s="113">
         <v>362.75</v>
       </c>
       <c r="K11" s="114">
         <v>867.75</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="35">
         <v>44.239999999999995</v>
       </c>
       <c r="G12" s="110">
         <v>94.74</v>
       </c>
       <c r="H12" s="35">
         <v>65.98</v>
       </c>
       <c r="I12" s="110">
         <v>141.73000000000002</v>
       </c>
       <c r="J12" s="35">
         <v>434.83</v>
       </c>
       <c r="K12" s="110">
         <v>939.82999999999993</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:11" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="111">
         <v>44.51</v>
       </c>
       <c r="G13" s="112">
         <v>95.009999999999991</v>
       </c>
       <c r="H13" s="111">
         <v>66.38000000000001</v>
       </c>
       <c r="I13" s="112">
         <v>142.13</v>
       </c>
       <c r="J13" s="111">
         <v>437.48</v>
       </c>
       <c r="K13" s="112">
         <v>942.48</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="F14" s="44"/>
       <c r="G14" s="44"/>
       <c r="H14" s="44"/>
       <c r="I14" s="44"/>
       <c r="J14" s="44"/>
       <c r="K14" s="44"/>
     </row>
-    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="162" t="s">
+    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="170" t="s">
         <v>48</v>
       </c>
-      <c r="B15" s="163"/>
-[...3 lines deleted...]
-      <c r="F15" s="149" t="s">
+      <c r="B15" s="171"/>
+      <c r="C15" s="171"/>
+      <c r="D15" s="171"/>
+      <c r="E15" s="171"/>
+      <c r="F15" s="148" t="s">
         <v>51</v>
       </c>
-      <c r="G15" s="150"/>
-[...1 lines deleted...]
-      <c r="I15" s="151"/>
+      <c r="G15" s="149"/>
+      <c r="H15" s="149"/>
+      <c r="I15" s="150"/>
       <c r="J15" s="44"/>
       <c r="K15" s="44"/>
     </row>
-    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="164" t="s">
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="172" t="s">
         <v>45</v>
       </c>
-      <c r="B16" s="165"/>
-[...3 lines deleted...]
-      <c r="F16" s="152">
+      <c r="B16" s="173"/>
+      <c r="C16" s="173"/>
+      <c r="D16" s="173"/>
+      <c r="E16" s="173"/>
+      <c r="F16" s="151">
         <v>0.1</v>
       </c>
-      <c r="G16" s="153"/>
-[...4 lines deleted...]
-      <c r="A17" s="166" t="s">
+      <c r="G16" s="152"/>
+      <c r="H16" s="152"/>
+      <c r="I16" s="153"/>
+    </row>
+    <row r="17" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="174" t="s">
         <v>47</v>
       </c>
-      <c r="B17" s="167"/>
-[...3 lines deleted...]
-      <c r="F17" s="155">
+      <c r="B17" s="175"/>
+      <c r="C17" s="175"/>
+      <c r="D17" s="175"/>
+      <c r="E17" s="175"/>
+      <c r="F17" s="154">
         <v>0.15</v>
       </c>
-      <c r="G17" s="156"/>
-[...3 lines deleted...]
-    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="G17" s="155"/>
+      <c r="H17" s="155"/>
+      <c r="I17" s="156"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B18"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="A10:E10"/>
-[...3 lines deleted...]
-    <mergeCell ref="H8:I8"/>
     <mergeCell ref="F16:I16"/>
     <mergeCell ref="F17:I17"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="F15:I15"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="H8:I8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A22" sqref="A22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-    <col min="2" max="3" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="3" width="9.1640625" style="1"/>
     <col min="4" max="4" width="13" style="1" customWidth="1"/>
     <col min="5" max="5" width="33" style="1" customWidth="1"/>
-    <col min="6" max="7" width="14.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="1"/>
+    <col min="6" max="9" width="14.5" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="62" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
     </row>
-    <row r="2" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="62" t="s">
         <v>73</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
     </row>
-    <row r="3" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="62" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
     </row>
-    <row r="4" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="62" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
     </row>
-    <row r="5" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="62" t="s">
         <v>67</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
-    <row r="6" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
     </row>
-    <row r="7" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="E7" s="13"/>
       <c r="F7" s="50" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="51"/>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="18"/>
     </row>
-    <row r="8" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="17"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="13"/>
       <c r="F8" s="47" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="48"/>
       <c r="H8" s="49" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="24"/>
     </row>
-    <row r="9" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="52" t="s">
         <v>56</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="18"/>
       <c r="F9" s="19" t="s">
         <v>29</v>
       </c>
       <c r="G9" s="20" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:9" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9"/>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="16"/>
       <c r="F10" s="19" t="s">
         <v>30</v>
       </c>
       <c r="G10" s="20" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="19" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="20" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="108" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="109"/>
       <c r="C11" s="109"/>
       <c r="D11" s="109"/>
       <c r="E11" s="109"/>
       <c r="F11" s="113">
         <v>36.28</v>
       </c>
       <c r="G11" s="114">
         <v>86.78</v>
       </c>
       <c r="H11" s="113">
         <v>362.75</v>
       </c>
       <c r="I11" s="114">
         <v>867.75</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="32" t="s">
         <v>74</v>
       </c>
       <c r="B12" s="33"/>
       <c r="C12" s="33"/>
       <c r="D12" s="33"/>
       <c r="E12" s="33"/>
       <c r="F12" s="115">
         <v>44.34</v>
       </c>
       <c r="G12" s="116">
         <v>94.84</v>
       </c>
       <c r="H12" s="115">
         <v>443.35</v>
       </c>
       <c r="I12" s="116">
         <v>948.35</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="28"/>
       <c r="C13" s="28"/>
       <c r="D13" s="28"/>
       <c r="E13" s="28"/>
       <c r="F13" s="35">
         <v>43.48</v>
       </c>
       <c r="G13" s="110">
         <v>93.97999999999999</v>
       </c>
       <c r="H13" s="35">
         <v>434.83</v>
       </c>
       <c r="I13" s="110">
         <v>939.82999999999993</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:9" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="10"/>
       <c r="F14" s="111">
         <v>43.75</v>
       </c>
       <c r="G14" s="112">
         <v>94.25</v>
       </c>
       <c r="H14" s="111">
         <v>437.48</v>
       </c>
       <c r="I14" s="112">
         <v>942.48</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="11.15" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="17" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
-    <row r="18" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
-    <row r="19" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="21" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="8.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:9" ht="8.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
     </row>
-    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.55000000000000004" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaLengthInSeconds xmlns="08218398-255d-4417-a386-ad589d921abe" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08218398-255d-4417-a386-ad589d921abe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3f83906a-44c9-40a5-b57b-580814ca79c1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E533A68BDE80F94084F00EA5690B8FBE" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d81e8b174c23b60a3e20e4390a28a504">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08218398-255d-4417-a386-ad589d921abe" xmlns:ns3="3f83906a-44c9-40a5-b57b-580814ca79c1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dd264ab5e00105931e1e71c14f432e60" ns2:_="" ns3:_="">
     <xsd:import namespace="08218398-255d-4417-a386-ad589d921abe"/>
     <xsd:import namespace="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3916,141 +3942,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09C6B1E3-7CD4-425E-9E8C-8FE714107974}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2266051-0B4E-4141-85BE-2AB25E778088}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
+    <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65A106E7-D572-4076-84E3-BAAC1705DD35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
-      <vt:lpstr>chart1</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>chart2!Print_Area</vt:lpstr>
+      <vt:lpstr>For Retired Municipal Teachers </vt:lpstr>
+      <vt:lpstr>For Retired Municipal Teachers2</vt:lpstr>
+      <vt:lpstr>For Retired Municipal Teachers3</vt:lpstr>
+      <vt:lpstr>For Retired Municipal Teachers4</vt:lpstr>
+      <vt:lpstr>For Retired Municipal Teachers5</vt:lpstr>
+      <vt:lpstr>'For Retired Municipal Teachers '!Print_Area</vt:lpstr>
+      <vt:lpstr>'For Retired Municipal Teachers2'!Print_Area</vt:lpstr>
+      <vt:lpstr>'For Retired Municipal Teachers4'!Print_Area</vt:lpstr>
+      <vt:lpstr>'For Retired Municipal Teachers5'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>GIC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E533A68BDE80F94084F00EA5690B8FBE</vt:lpwstr>
   </property>