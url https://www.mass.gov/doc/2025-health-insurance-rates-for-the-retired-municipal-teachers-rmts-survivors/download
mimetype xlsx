--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -6,73 +6,73 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\agil\Commonwealth of Massachusetts\GIC-OperationsDepartment - Audit\audit\AGil\FY25 Rates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{983556CD-74A9-4818-A9BA-B74E34A89038}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1882EBB-3ED2-DC42-BD64-257C47B1CFAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="804" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="804" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="chart1" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="chart 5" sheetId="5" r:id="rId5"/>
+    <sheet name="chart 1 - Basic Life" sheetId="1" r:id="rId1"/>
+    <sheet name="chart 2 - Wellpoint RMTs" sheetId="2" r:id="rId2"/>
+    <sheet name="chart 3 - Basic Life RMTs" sheetId="3" r:id="rId3"/>
+    <sheet name="chart 4 - Basic Life RMTs" sheetId="4" r:id="rId4"/>
+    <sheet name="chart 5 - Wellpoint RMTs" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4'!$A$1:$K$19</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">chart2!$A$1:$E$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'chart 1 - Basic Life'!$A$1:$G$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'chart 2 - Wellpoint RMTs'!$A$1:$E$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4 - Basic Life RMTs'!$A$1:$K$19</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'chart 5 - Wellpoint RMTs'!$A$1:$I$25</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="76">
   <si>
     <t>Chart 1</t>
   </si>
   <si>
     <t>Monthly Insurance Rates</t>
   </si>
   <si>
@@ -287,51 +287,51 @@
   </si>
   <si>
     <t xml:space="preserve">Wellpoint State Indemnity Plan/Medicare Extension (OME) </t>
   </si>
   <si>
     <t>For Retired Municipal Teachers (RMTs) Insured For HMO/Indemnity Medicare Plan-Part A&amp;B</t>
   </si>
   <si>
     <t>Wellpoint State Indemnity Plan/Medicare Extension (OME), And Health Maintenance Organization (HMO) Medicare Plan</t>
   </si>
   <si>
     <t xml:space="preserve">Retiree's </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="18">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -379,50 +379,56 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="22"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1" tint="0.34998626667073579"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="53">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1046,51 +1052,51 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="212">
+  <cellXfs count="215">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
@@ -1415,187 +1421,196 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="15" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="15" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="13" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="13" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="16" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="7" fontId="13" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="13" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="13" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="13" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="13" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="7" fontId="13" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="7" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1952,199 +1967,199 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G39"/>
   <sheetViews>
     <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="B18" sqref="B18"/>
+      <selection activeCell="B12" sqref="B12:C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="48" style="1" customWidth="1"/>
-    <col min="2" max="5" width="13.54296875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="1"/>
+    <col min="2" max="5" width="13.5" style="1" customWidth="1"/>
+    <col min="6" max="7" width="12.5" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.5" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="1" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A1" s="75" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="75"/>
       <c r="C1" s="75"/>
       <c r="D1" s="75"/>
       <c r="E1" s="75"/>
       <c r="F1" s="75"/>
       <c r="G1" s="75"/>
     </row>
-    <row r="2" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="2" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A2" s="75" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="75"/>
       <c r="C2" s="75"/>
       <c r="D2" s="75"/>
       <c r="E2" s="75"/>
       <c r="F2" s="75"/>
       <c r="G2" s="75"/>
     </row>
-    <row r="3" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="3" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A3" s="75" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="75"/>
       <c r="C3" s="75"/>
       <c r="D3" s="75"/>
       <c r="E3" s="75"/>
       <c r="F3" s="75"/>
       <c r="G3" s="75"/>
     </row>
-    <row r="4" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="4" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A4" s="75" t="s">
         <v>49</v>
       </c>
       <c r="B4" s="75"/>
       <c r="C4" s="75"/>
       <c r="D4" s="75"/>
       <c r="E4" s="75"/>
       <c r="F4" s="75"/>
       <c r="G4" s="75"/>
     </row>
-    <row r="5" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="5" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A5" s="75" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="75"/>
       <c r="C5" s="75"/>
       <c r="D5" s="75"/>
       <c r="E5" s="75"/>
       <c r="F5" s="75"/>
       <c r="G5" s="75"/>
     </row>
-    <row r="6" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="6" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A6" s="74" t="s">
         <v>65</v>
       </c>
       <c r="B6" s="74"/>
       <c r="C6" s="74"/>
       <c r="D6" s="74"/>
       <c r="E6" s="74"/>
       <c r="F6" s="75"/>
       <c r="G6" s="75"/>
     </row>
     <row r="7" spans="1:7" s="76" customFormat="1" ht="18.5" customHeight="1" thickBot="1"/>
     <row r="8" spans="1:7" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A8" s="102"/>
       <c r="B8" s="103" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="104"/>
       <c r="D8" s="105"/>
       <c r="E8" s="105"/>
       <c r="F8" s="106" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="107"/>
     </row>
     <row r="9" spans="1:7" s="101" customFormat="1" ht="13" customHeight="1" thickBot="1">
       <c r="A9" s="108" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="109" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="110"/>
       <c r="D9" s="109"/>
       <c r="E9" s="109"/>
       <c r="F9" s="111" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="110"/>
     </row>
     <row r="10" spans="1:7" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A10" s="112"/>
-      <c r="B10" s="170" t="s">
+      <c r="B10" s="169" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="171"/>
-      <c r="D10" s="170" t="s">
+      <c r="C10" s="170"/>
+      <c r="D10" s="187" t="s">
         <v>47</v>
       </c>
-      <c r="E10" s="172"/>
+      <c r="E10" s="188"/>
       <c r="F10" s="158"/>
       <c r="G10" s="159"/>
     </row>
     <row r="11" spans="1:7" s="101" customFormat="1" ht="13" customHeight="1" thickBot="1">
       <c r="A11" s="112"/>
-      <c r="B11" s="168" t="s">
+      <c r="B11" s="167" t="s">
         <v>48</v>
       </c>
-      <c r="C11" s="169"/>
-      <c r="D11" s="168" t="s">
+      <c r="C11" s="168"/>
+      <c r="D11" s="186" t="s">
         <v>50</v>
       </c>
-      <c r="E11" s="173"/>
+      <c r="E11" s="189"/>
       <c r="F11" s="160"/>
       <c r="G11" s="161"/>
     </row>
     <row r="12" spans="1:7" s="101" customFormat="1" ht="13" customHeight="1" thickBot="1">
       <c r="A12" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="168">
+      <c r="B12" s="167">
         <v>0.76</v>
       </c>
-      <c r="C12" s="169"/>
-      <c r="D12" s="168">
+      <c r="C12" s="168"/>
+      <c r="D12" s="186">
         <v>0.76</v>
       </c>
-      <c r="E12" s="173"/>
-      <c r="F12" s="166">
+      <c r="E12" s="189"/>
+      <c r="F12" s="214">
         <v>0</v>
       </c>
-      <c r="G12" s="167"/>
+      <c r="G12" s="166"/>
     </row>
     <row r="13" spans="1:7" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A13" s="114"/>
       <c r="B13" s="115" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="116" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="117" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="118" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="119" t="s">
         <v>9</v>
       </c>
       <c r="G13" s="116" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="101" customFormat="1" ht="13" customHeight="1" thickBot="1">
       <c r="A14" s="120" t="s">
         <v>41</v>
@@ -2376,159 +2391,156 @@
       </c>
     </row>
     <row r="24" spans="1:7" s="101" customFormat="1" ht="20.5" customHeight="1" thickBot="1">
       <c r="A24" s="134" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="135">
         <v>78.350000000000009</v>
       </c>
       <c r="C24" s="136">
         <v>186.89999999999998</v>
       </c>
       <c r="D24" s="135">
         <v>117.15</v>
       </c>
       <c r="E24" s="136">
         <v>279.96999999999997</v>
       </c>
       <c r="F24" s="135">
         <v>775.92</v>
       </c>
       <c r="G24" s="136">
         <v>1861.38</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="76" customFormat="1" ht="6.65" customHeight="1">
+    <row r="25" spans="1:7" s="76" customFormat="1" ht="6.75" customHeight="1">
       <c r="A25" s="96"/>
       <c r="B25" s="20"/>
       <c r="C25" s="20"/>
       <c r="D25" s="20"/>
       <c r="E25" s="20"/>
       <c r="F25" s="20"/>
       <c r="G25" s="20"/>
     </row>
-    <row r="26" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="26" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="E26" s="97"/>
     </row>
-    <row r="27" spans="1:7" s="76" customFormat="1" ht="6.65" customHeight="1">
+    <row r="27" spans="1:7" s="76" customFormat="1" ht="6.75" customHeight="1">
       <c r="A27" s="98"/>
     </row>
-    <row r="28" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+    <row r="28" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A28" s="20"/>
-      <c r="B28" s="183"/>
-[...5 lines deleted...]
-    <row r="30" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+      <c r="B28" s="185"/>
+      <c r="C28" s="185"/>
+      <c r="D28" s="185"/>
+      <c r="E28" s="185"/>
+    </row>
+    <row r="29" spans="1:7" s="76" customFormat="1" ht="6.75" customHeight="1" thickBot="1"/>
+    <row r="30" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A30" s="99" t="s">
         <v>51</v>
       </c>
-      <c r="B30" s="174" t="s">
+      <c r="B30" s="176" t="s">
         <v>54</v>
       </c>
-      <c r="C30" s="175"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1">
+      <c r="C30" s="177"/>
+      <c r="D30" s="177"/>
+      <c r="E30" s="178"/>
+    </row>
+    <row r="31" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1">
       <c r="A31" s="100" t="s">
         <v>48</v>
       </c>
-      <c r="B31" s="177">
+      <c r="B31" s="179">
         <v>0.1</v>
       </c>
-      <c r="C31" s="178"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:7" s="76" customFormat="1" ht="14.15" customHeight="1" thickBot="1">
+      <c r="C31" s="180"/>
+      <c r="D31" s="180"/>
+      <c r="E31" s="181"/>
+    </row>
+    <row r="32" spans="1:7" s="76" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
       <c r="A32" s="65" t="s">
         <v>50</v>
       </c>
-      <c r="B32" s="180">
+      <c r="B32" s="182">
         <v>0.15</v>
       </c>
-      <c r="C32" s="181"/>
-[...1 lines deleted...]
-      <c r="E32" s="182"/>
+      <c r="C32" s="183"/>
+      <c r="D32" s="183"/>
+      <c r="E32" s="184"/>
     </row>
     <row r="33" spans="1:1" s="76" customFormat="1" ht="5.5" customHeight="1"/>
     <row r="34" spans="1:1" s="76" customFormat="1" ht="13" customHeight="1">
       <c r="A34" s="101"/>
     </row>
     <row r="35" spans="1:1" s="76" customFormat="1" ht="13" customHeight="1">
       <c r="A35" s="101"/>
     </row>
     <row r="36" spans="1:1" s="76" customFormat="1" ht="4" customHeight="1">
       <c r="A36" s="101"/>
     </row>
     <row r="37" spans="1:1" s="76" customFormat="1" ht="13" customHeight="1">
       <c r="A37" s="101"/>
     </row>
     <row r="38" spans="1:1" s="76" customFormat="1" ht="13" customHeight="1">
       <c r="A38" s="101"/>
     </row>
     <row r="39" spans="1:1" ht="4.5" customHeight="1"/>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="8">
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="D12:E12"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B32:E32"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="D28:E28"/>
-    <mergeCell ref="B11:C11"/>
-[...4 lines deleted...]
-    <mergeCell ref="D12:E12"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.4" bottom="0.4" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="53.453125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="53.5" style="1" customWidth="1"/>
+    <col min="2" max="5" width="18.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="76" customFormat="1" ht="13" customHeight="1">
       <c r="A1" s="75" t="s">
         <v>12</v>
       </c>
       <c r="B1" s="75"/>
       <c r="C1" s="75"/>
       <c r="D1" s="75"/>
       <c r="E1" s="75"/>
     </row>
     <row r="2" spans="1:5" s="76" customFormat="1" ht="13" customHeight="1">
       <c r="A2" s="75" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="75"/>
       <c r="C2" s="75"/>
       <c r="D2" s="75"/>
       <c r="E2" s="75"/>
     </row>
     <row r="3" spans="1:5" s="76" customFormat="1" ht="13" customHeight="1">
       <c r="A3" s="75" t="s">
         <v>70</v>
       </c>
       <c r="B3" s="75"/>
@@ -2746,63 +2758,63 @@
       <c r="E18" s="93">
         <v>1843.56</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="76" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A19" s="134" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="94">
         <v>77.59</v>
       </c>
       <c r="C19" s="95">
         <v>186.14</v>
       </c>
       <c r="D19" s="94">
         <v>775.92</v>
       </c>
       <c r="E19" s="95">
         <v>1861.38</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="6" customHeight="1"/>
     <row r="21" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1"/>
     <row r="22" spans="1:5" s="76" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="20"/>
-      <c r="B22" s="184"/>
-[...2 lines deleted...]
-      <c r="E22" s="184"/>
+      <c r="B22" s="190"/>
+      <c r="C22" s="190"/>
+      <c r="D22" s="190"/>
+      <c r="E22" s="190"/>
     </row>
     <row r="23" spans="1:5" s="76" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="20"/>
-      <c r="B23" s="183"/>
-[...4 lines deleted...]
-    <row r="24" spans="1:5" s="101" customFormat="1" ht="6.65" customHeight="1"/>
+      <c r="B23" s="185"/>
+      <c r="C23" s="185"/>
+      <c r="D23" s="185"/>
+      <c r="E23" s="185"/>
+    </row>
+    <row r="24" spans="1:5" s="101" customFormat="1" ht="6.75" customHeight="1"/>
     <row r="25" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A25" s="101" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="101" customFormat="1" ht="6" customHeight="1"/>
     <row r="27" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A27" s="101" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A28" s="101" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A29" s="101" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="101" customFormat="1" ht="6" customHeight="1"/>
     <row r="31" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1"/>
     <row r="32" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1"/>
     <row r="33" s="101" customFormat="1" ht="6" customHeight="1"/>
@@ -2810,128 +2822,128 @@
     <row r="35" s="101" customFormat="1" ht="13" customHeight="1"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="D23:E23"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="30.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.5" style="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5" style="63" customWidth="1"/>
+    <col min="5" max="5" width="22.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" customHeight="1">
-      <c r="A1" s="184" t="s">
+      <c r="A1" s="190" t="s">
         <v>18</v>
       </c>
-      <c r="B1" s="184"/>
-[...2 lines deleted...]
-      <c r="E1" s="184"/>
+      <c r="B1" s="190"/>
+      <c r="C1" s="190"/>
+      <c r="D1" s="190"/>
+      <c r="E1" s="190"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1">
-      <c r="A2" s="184" t="s">
+      <c r="A2" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="184"/>
-[...2 lines deleted...]
-      <c r="E2" s="184"/>
+      <c r="B2" s="190"/>
+      <c r="C2" s="190"/>
+      <c r="D2" s="190"/>
+      <c r="E2" s="190"/>
     </row>
     <row r="3" spans="1:5" ht="15" customHeight="1">
-      <c r="A3" s="184" t="s">
+      <c r="A3" s="190" t="s">
         <v>71</v>
       </c>
-      <c r="B3" s="184"/>
-[...2 lines deleted...]
-      <c r="E3" s="184"/>
+      <c r="B3" s="190"/>
+      <c r="C3" s="190"/>
+      <c r="D3" s="190"/>
+      <c r="E3" s="190"/>
     </row>
     <row r="4" spans="1:5" ht="15" customHeight="1">
-      <c r="A4" s="184" t="s">
+      <c r="A4" s="190" t="s">
         <v>52</v>
       </c>
-      <c r="B4" s="184"/>
-[...2 lines deleted...]
-      <c r="E4" s="184"/>
+      <c r="B4" s="190"/>
+      <c r="C4" s="190"/>
+      <c r="D4" s="190"/>
+      <c r="E4" s="190"/>
     </row>
     <row r="5" spans="1:5" ht="15" customHeight="1">
-      <c r="A5" s="184" t="s">
+      <c r="A5" s="190" t="s">
         <v>39</v>
       </c>
-      <c r="B5" s="184"/>
-[...2 lines deleted...]
-      <c r="E5" s="184"/>
+      <c r="B5" s="190"/>
+      <c r="C5" s="190"/>
+      <c r="D5" s="190"/>
+      <c r="E5" s="190"/>
     </row>
     <row r="6" spans="1:5" ht="15" customHeight="1">
-      <c r="A6" s="187" t="s">
+      <c r="A6" s="203" t="s">
         <v>65</v>
       </c>
-      <c r="B6" s="187"/>
-[...2 lines deleted...]
-      <c r="E6" s="187"/>
+      <c r="B6" s="203"/>
+      <c r="C6" s="203"/>
+      <c r="D6" s="203"/>
+      <c r="E6" s="203"/>
     </row>
     <row r="7" spans="1:5" ht="13" customHeight="1" thickBot="1">
       <c r="A7" s="6"/>
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="59"/>
       <c r="E7" s="6"/>
     </row>
     <row r="8" spans="1:5" ht="16" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="8"/>
-      <c r="C8" s="185" t="s">
+      <c r="C8" s="201" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="186"/>
+      <c r="D8" s="202"/>
       <c r="E8" s="157"/>
     </row>
     <row r="9" spans="1:5" ht="16" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="14"/>
       <c r="C9" s="153" t="s">
         <v>47</v>
       </c>
       <c r="D9" s="153" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="15"/>
     </row>
     <row r="10" spans="1:5" ht="16" customHeight="1" thickBot="1">
       <c r="A10" s="13"/>
       <c r="B10" s="14"/>
       <c r="C10" s="65" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="65" t="s">
         <v>50</v>
       </c>
       <c r="E10" s="151"/>
     </row>
     <row r="11" spans="1:5" ht="16" customHeight="1">
@@ -2960,728 +2972,724 @@
     </row>
     <row r="13" spans="1:5" ht="16" customHeight="1">
       <c r="A13" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="152" t="s">
         <v>7</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="16" customHeight="1" thickBot="1">
       <c r="A14" s="16"/>
       <c r="B14" s="17"/>
       <c r="C14" s="5"/>
       <c r="D14" s="53"/>
       <c r="E14" s="151"/>
     </row>
-    <row r="15" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="15" spans="1:5" ht="17.25" customHeight="1">
       <c r="A15" s="28" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="29" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="64">
         <v>45.1</v>
       </c>
       <c r="D15" s="64">
         <v>67.260000000000005</v>
       </c>
       <c r="E15" s="154">
         <v>443.35</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="16" spans="1:5" ht="17.25" customHeight="1">
       <c r="A16" s="28" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="55">
         <v>89.440000000000012</v>
       </c>
       <c r="D16" s="55">
         <v>133.76</v>
       </c>
       <c r="E16" s="155">
         <v>886.7</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="17" spans="1:5" ht="17.25" customHeight="1">
       <c r="A17" s="28" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="22" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="54">
         <v>194.79</v>
       </c>
       <c r="D17" s="55">
         <v>291.79000000000002</v>
       </c>
       <c r="E17" s="155">
         <v>1940.21</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="18" spans="1:5" ht="17.25" customHeight="1">
       <c r="A18" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="54">
         <v>194.79</v>
       </c>
       <c r="D18" s="55">
         <v>291.79000000000002</v>
       </c>
       <c r="E18" s="155">
         <v>1940.21</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="19" spans="1:5" ht="17.25" customHeight="1">
       <c r="A19" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="29" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="56">
         <v>95.6</v>
       </c>
       <c r="D19" s="60">
         <v>143.01</v>
       </c>
       <c r="E19" s="155">
         <v>948.35</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="20" spans="1:5" ht="17.25" customHeight="1">
       <c r="A20" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="56">
         <v>139.94</v>
       </c>
       <c r="D20" s="60">
         <v>209.51</v>
       </c>
       <c r="E20" s="155">
         <v>1391.7</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="21" spans="1:5" ht="17.25" customHeight="1">
       <c r="A21" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="22" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="56">
         <v>190.44</v>
       </c>
       <c r="D21" s="60">
         <v>285.26</v>
       </c>
       <c r="E21" s="155">
         <v>1896.7</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="22" spans="1:5" ht="17.25" customHeight="1">
       <c r="A22" s="28" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="22" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="57">
         <v>245.29</v>
       </c>
       <c r="D22" s="60">
         <v>367.53999999999996</v>
       </c>
       <c r="E22" s="155">
         <v>2445.21</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1">
+    <row r="23" spans="1:5" ht="17.25" customHeight="1" thickBot="1">
       <c r="A23" s="30" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="58">
         <v>245.29</v>
       </c>
       <c r="D23" s="61">
         <v>367.53999999999996</v>
       </c>
       <c r="E23" s="156">
         <v>2445.21</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" customHeight="1">
       <c r="A24" s="76"/>
       <c r="C24" s="76"/>
       <c r="D24" s="62"/>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5" ht="15" customHeight="1">
-      <c r="A25" s="197"/>
-      <c r="B25" s="197"/>
+      <c r="A25" s="200"/>
+      <c r="B25" s="200"/>
       <c r="C25" s="148"/>
       <c r="D25" s="148"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5" ht="15" customHeight="1">
-      <c r="A26" s="197"/>
-      <c r="B26" s="197"/>
+      <c r="A26" s="200"/>
+      <c r="B26" s="200"/>
       <c r="C26" s="149"/>
       <c r="D26" s="150"/>
       <c r="E26"/>
     </row>
     <row r="27" spans="1:5" ht="9.75" customHeight="1" thickBot="1"/>
     <row r="28" spans="1:5" ht="15" customHeight="1">
       <c r="A28" s="36" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="188" t="s">
+      <c r="B28" s="191" t="s">
         <v>54</v>
       </c>
-      <c r="C28" s="189"/>
-      <c r="D28" s="190"/>
+      <c r="C28" s="192"/>
+      <c r="D28" s="193"/>
     </row>
     <row r="29" spans="1:5" ht="15" customHeight="1">
       <c r="A29" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="B29" s="191">
+      <c r="B29" s="194">
         <v>0.1</v>
       </c>
-      <c r="C29" s="192"/>
-      <c r="D29" s="193"/>
+      <c r="C29" s="195"/>
+      <c r="D29" s="196"/>
     </row>
     <row r="30" spans="1:5" ht="15" customHeight="1" thickBot="1">
       <c r="A30" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="B30" s="194">
+      <c r="B30" s="197">
         <v>0.15</v>
       </c>
-      <c r="C30" s="195"/>
-      <c r="D30" s="196"/>
+      <c r="C30" s="198"/>
+      <c r="D30" s="199"/>
     </row>
     <row r="31" spans="1:5" ht="5.25" customHeight="1"/>
     <row r="32" spans="1:5" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="A32" s="101" t="s">
         <v>37</v>
       </c>
       <c r="D32" s="147"/>
     </row>
     <row r="33" spans="4:4" s="101" customFormat="1" ht="4" customHeight="1">
       <c r="D33" s="147"/>
     </row>
     <row r="34" spans="4:4" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="D34" s="147"/>
     </row>
     <row r="35" spans="4:4" s="101" customFormat="1" ht="13" customHeight="1">
       <c r="D35" s="147"/>
     </row>
   </sheetData>
   <mergeCells count="12">
-    <mergeCell ref="B28:D28"/>
-[...3 lines deleted...]
-    <mergeCell ref="A26:B26"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A5:E5"/>
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A26:B26"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.4" right="0.3" top="0.35" bottom="0.35" header="0.5" footer="0.35"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="F11" sqref="F11"/>
+      <selection activeCell="A10" sqref="A10:E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="4" width="9.1640625" style="1"/>
+    <col min="5" max="5" width="8.5" style="1" customWidth="1"/>
+    <col min="6" max="11" width="14.5" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="16.5">
+    <row r="1" spans="1:11" ht="17">
       <c r="A1" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="24"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
     </row>
-    <row r="2" spans="1:11" ht="16.5">
+    <row r="2" spans="1:11" ht="17">
       <c r="A2" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="24"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="16.5">
+    <row r="3" spans="1:11" ht="17">
       <c r="A3" s="6" t="s">
         <v>73</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
     </row>
-    <row r="4" spans="1:11" ht="16.5">
+    <row r="4" spans="1:11" ht="17">
       <c r="A4" s="6" t="s">
         <v>65</v>
       </c>
       <c r="B4" s="24"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="16" thickBot="1">
+    <row r="5" spans="1:11" ht="17" thickBot="1">
       <c r="A5" s="53"/>
       <c r="B5" s="11"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
     </row>
-    <row r="6" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+    <row r="6" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="A6" s="9"/>
       <c r="E6" s="14"/>
       <c r="F6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="19"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="39" t="s">
         <v>53</v>
       </c>
       <c r="K6" s="38"/>
     </row>
-    <row r="7" spans="1:11" ht="25.4" customHeight="1">
+    <row r="7" spans="1:11" ht="25.5" customHeight="1">
       <c r="A7" s="9"/>
       <c r="E7" s="14"/>
-      <c r="F7" s="198" t="s">
+      <c r="F7" s="171" t="s">
         <v>47</v>
       </c>
-      <c r="G7" s="199"/>
-      <c r="H7" s="198" t="s">
+      <c r="G7" s="172"/>
+      <c r="H7" s="210" t="s">
         <v>47</v>
       </c>
-      <c r="I7" s="202"/>
+      <c r="I7" s="212"/>
       <c r="J7" s="18" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="19"/>
     </row>
-    <row r="8" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+    <row r="8" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="A8" s="18"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="19"/>
-      <c r="F8" s="200" t="s">
+      <c r="F8" s="34" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="201"/>
-      <c r="H8" s="200" t="s">
+      <c r="G8" s="173"/>
+      <c r="H8" s="211" t="s">
         <v>50</v>
       </c>
-      <c r="I8" s="203"/>
+      <c r="I8" s="213"/>
       <c r="J8" s="45" t="s">
         <v>7</v>
       </c>
       <c r="K8" s="46"/>
     </row>
-    <row r="9" spans="1:11" ht="25.4" customHeight="1">
+    <row r="9" spans="1:11" ht="25.5" customHeight="1">
       <c r="A9" s="18" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="19"/>
       <c r="F9" s="40" t="s">
         <v>32</v>
       </c>
       <c r="G9" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="40" t="s">
         <v>32</v>
       </c>
       <c r="I9" s="42" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="43" t="s">
         <v>32</v>
       </c>
       <c r="K9" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
-      <c r="A10" s="210" t="s">
+    <row r="10" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
+      <c r="A10" s="174" t="s">
         <v>56</v>
       </c>
-      <c r="B10" s="184"/>
-[...2 lines deleted...]
-      <c r="E10" s="211"/>
+      <c r="B10" s="20"/>
+      <c r="C10" s="20"/>
+      <c r="D10" s="20"/>
+      <c r="E10" s="175"/>
       <c r="F10" s="40" t="s">
         <v>33</v>
       </c>
       <c r="G10" s="41" t="s">
         <v>34</v>
       </c>
       <c r="H10" s="40" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="42" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="43" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="41" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="25.4" customHeight="1">
+    <row r="11" spans="1:11" ht="25.5" customHeight="1">
       <c r="A11" s="66" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="67"/>
       <c r="C11" s="67"/>
       <c r="D11" s="67"/>
       <c r="E11" s="68"/>
       <c r="F11" s="142">
         <v>37.04</v>
       </c>
       <c r="G11" s="143">
         <v>87.539999999999992</v>
       </c>
       <c r="H11" s="142">
         <v>55.169999999999995</v>
       </c>
       <c r="I11" s="143">
         <v>130.91999999999999</v>
       </c>
       <c r="J11" s="142">
         <v>362.75</v>
       </c>
       <c r="K11" s="143">
         <v>867.75</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="25.4" customHeight="1">
+    <row r="12" spans="1:11" ht="25.5" customHeight="1">
       <c r="A12" s="31" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="32"/>
       <c r="C12" s="32"/>
       <c r="D12" s="32"/>
       <c r="E12" s="33"/>
       <c r="F12" s="35">
         <v>44.239999999999995</v>
       </c>
       <c r="G12" s="69">
         <v>94.74</v>
       </c>
       <c r="H12" s="35">
         <v>65.98</v>
       </c>
       <c r="I12" s="69">
         <v>141.73000000000002</v>
       </c>
       <c r="J12" s="35">
         <v>434.83</v>
       </c>
       <c r="K12" s="69">
         <v>939.82999999999993</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+    <row r="13" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="A13" s="144" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="145"/>
       <c r="C13" s="145"/>
       <c r="D13" s="145"/>
       <c r="E13" s="146"/>
       <c r="F13" s="72">
         <v>44.51</v>
       </c>
       <c r="G13" s="73">
         <v>95.009999999999991</v>
       </c>
       <c r="H13" s="72">
         <v>66.38000000000001</v>
       </c>
       <c r="I13" s="73">
         <v>142.13</v>
       </c>
       <c r="J13" s="72">
         <v>437.48</v>
       </c>
       <c r="K13" s="73">
         <v>942.48</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="25.4" customHeight="1" thickBot="1">
+    <row r="14" spans="1:11" ht="25.5" customHeight="1" thickBot="1">
       <c r="F14" s="44"/>
       <c r="G14" s="44"/>
       <c r="H14" s="44"/>
       <c r="I14" s="44"/>
       <c r="J14" s="44"/>
       <c r="K14" s="44"/>
     </row>
     <row r="15" spans="1:11" ht="15" customHeight="1">
       <c r="A15" s="204" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="205"/>
       <c r="C15" s="205"/>
       <c r="D15" s="205"/>
       <c r="E15" s="205"/>
-      <c r="F15" s="188" t="s">
+      <c r="F15" s="191" t="s">
         <v>54</v>
       </c>
-      <c r="G15" s="189"/>
-[...1 lines deleted...]
-      <c r="I15" s="190"/>
+      <c r="G15" s="192"/>
+      <c r="H15" s="192"/>
+      <c r="I15" s="193"/>
       <c r="J15" s="44"/>
       <c r="K15" s="44"/>
     </row>
     <row r="16" spans="1:11" ht="15" customHeight="1">
       <c r="A16" s="206" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="207"/>
       <c r="C16" s="207"/>
       <c r="D16" s="207"/>
       <c r="E16" s="207"/>
-      <c r="F16" s="191">
+      <c r="F16" s="194">
         <v>0.1</v>
       </c>
-      <c r="G16" s="192"/>
-[...1 lines deleted...]
-      <c r="I16" s="193"/>
+      <c r="G16" s="195"/>
+      <c r="H16" s="195"/>
+      <c r="I16" s="196"/>
     </row>
     <row r="17" spans="1:9" ht="15" customHeight="1" thickBot="1">
       <c r="A17" s="208" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="209"/>
       <c r="C17" s="209"/>
       <c r="D17" s="209"/>
       <c r="E17" s="209"/>
-      <c r="F17" s="194">
+      <c r="F17" s="197">
         <v>0.15</v>
       </c>
-      <c r="G17" s="195"/>
-[...1 lines deleted...]
-      <c r="I17" s="196"/>
+      <c r="G17" s="198"/>
+      <c r="H17" s="198"/>
+      <c r="I17" s="199"/>
     </row>
     <row r="18" spans="1:9">
       <c r="B18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="8">
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="F15:I15"/>
     <mergeCell ref="F17:I17"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:E17"/>
-    <mergeCell ref="A10:E10"/>
     <mergeCell ref="F16:I16"/>
-    <mergeCell ref="F7:G7"/>
-[...3 lines deleted...]
-    <mergeCell ref="F15:I15"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.149999999999999" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17.25" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-    <col min="2" max="3" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="3" width="9.1640625" style="1"/>
     <col min="4" max="4" width="13" style="1" customWidth="1"/>
     <col min="5" max="5" width="33" style="1" customWidth="1"/>
-    <col min="6" max="7" width="14.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="1"/>
+    <col min="6" max="9" width="14.5" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="1" spans="1:9" ht="17.25" customHeight="1">
       <c r="A1" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B1" s="24"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
     </row>
-    <row r="2" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="2" spans="1:9" ht="17.25" customHeight="1">
       <c r="A2" s="74" t="s">
         <v>74</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
     </row>
-    <row r="3" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="3" spans="1:9" ht="17.25" customHeight="1">
       <c r="A3" s="74" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
     </row>
-    <row r="4" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="4" spans="1:9" ht="17.25" customHeight="1">
       <c r="A4" s="74" t="s">
         <v>36</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
     </row>
-    <row r="5" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="5" spans="1:9" ht="17.25" customHeight="1">
       <c r="A5" s="74" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
     </row>
     <row r="6" spans="1:9" ht="20.5" customHeight="1" thickBot="1">
       <c r="A6" s="11"/>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
     </row>
     <row r="7" spans="1:9" ht="19" customHeight="1">
       <c r="A7" s="9"/>
@@ -3814,118 +3822,127 @@
       </c>
     </row>
     <row r="14" spans="1:9" ht="27.5" customHeight="1" thickBot="1">
       <c r="A14" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="72">
         <v>43.75</v>
       </c>
       <c r="G14" s="73">
         <v>94.25</v>
       </c>
       <c r="H14" s="72">
         <v>437.48</v>
       </c>
       <c r="I14" s="73">
         <v>942.48</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="19" customHeight="1"/>
     <row r="16" spans="1:9" ht="10.5" customHeight="1"/>
-    <row r="17" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="17" spans="1:9" ht="17.25" customHeight="1">
       <c r="A17" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9" ht="8.25" customHeight="1">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
-    <row r="19" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="19" spans="1:9" ht="17.25" customHeight="1">
       <c r="A19" s="1" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="20" spans="1:9" ht="17.25" customHeight="1">
       <c r="A20" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="21" spans="1:9" ht="17.149999999999999" customHeight="1">
+    <row r="21" spans="1:9" ht="17.25" customHeight="1">
       <c r="A21" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="14.15" customHeight="1">
+    <row r="22" spans="1:9" ht="14.25" customHeight="1">
       <c r="B22"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
     </row>
     <row r="23" spans="1:9" ht="10.5" customHeight="1"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.55000000000000004" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E533A68BDE80F94084F00EA5690B8FBE" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d81e8b174c23b60a3e20e4390a28a504">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08218398-255d-4417-a386-ad589d921abe" xmlns:ns3="3f83906a-44c9-40a5-b57b-580814ca79c1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dd264ab5e00105931e1e71c14f432e60" ns2:_="" ns3:_="">
     <xsd:import namespace="08218398-255d-4417-a386-ad589d921abe"/>
     <xsd:import namespace="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4110,141 +4127,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaLengthInSeconds xmlns="08218398-255d-4417-a386-ad589d921abe" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="08218398-255d-4417-a386-ad589d921abe">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3f83906a-44c9-40a5-b57b-580814ca79c1" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FC01F9B-772E-4839-A5EB-BA6A23EBA700}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07B46FE6-84FC-4A99-85E4-166C3606FAE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{906DC67D-B789-4F7B-9AB4-779B3477B311}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
-      <vt:lpstr>chart1</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>chart2!Print_Area</vt:lpstr>
+      <vt:lpstr>chart 1 - Basic Life</vt:lpstr>
+      <vt:lpstr>chart 2 - Wellpoint RMTs</vt:lpstr>
+      <vt:lpstr>chart 3 - Basic Life RMTs</vt:lpstr>
+      <vt:lpstr>chart 4 - Basic Life RMTs</vt:lpstr>
+      <vt:lpstr>chart 5 - Wellpoint RMTs</vt:lpstr>
+      <vt:lpstr>'chart 1 - Basic Life'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 2 - Wellpoint RMTs'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 4 - Basic Life RMTs'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 5 - Wellpoint RMTs'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>GIC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E533A68BDE80F94084F00EA5690B8FBE</vt:lpwstr>
   </property>