--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -2,185 +2,185 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\agil\Commonwealth of Massachusetts\GIC-OperationsDepartment - Audit\audit\AGil\FY25 Rates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89391F8B-D87A-4EAA-9AC3-548CAAC2EFF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71C2A8C9-4702-AA4E-AA12-E0DB8884E214}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="chart 1" sheetId="1" r:id="rId1"/>
+    <sheet name="chart 1 - Monthly Rates" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'chart 1'!$A$3:$G$33</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'chart 1 - Monthly Rates'!$A$3:$G$33</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="34">
   <si>
     <t>Chart 1</t>
   </si>
   <si>
     <t>Monthly Insurance Rates For Active Employee</t>
   </si>
   <si>
     <t>Basic Life, Health Insurance Coverage (Non-Medicare Plans), and Dental/Vision Coverage</t>
   </si>
   <si>
     <t>Rates For Monthly Payroll Deduction, and Direct Payment Purposes</t>
   </si>
   <si>
     <t>Premium Amount To Be Deducted on Payroll</t>
   </si>
   <si>
     <t>Full Cost</t>
   </si>
   <si>
     <t>Type Of Coverage</t>
   </si>
   <si>
-    <t>Premium      For      Active       Employees</t>
-[...1 lines deleted...]
-  <si>
     <t>Premium</t>
   </si>
   <si>
     <t>Dental/Vision Coverage:</t>
   </si>
   <si>
-    <t>Individual Coverage</t>
-[...1 lines deleted...]
-  <si>
     <t>Family Coverage</t>
   </si>
   <si>
     <t>Individual</t>
   </si>
   <si>
     <t>Family</t>
   </si>
   <si>
     <t>Indemnity Plan</t>
   </si>
   <si>
     <t>PPO Plan</t>
   </si>
   <si>
-    <t>For Employees Hired</t>
-[...10 lines deleted...]
-  <si>
     <t>Basic Life $5,000 Coverage Only</t>
   </si>
   <si>
     <t>Health Plan Costs</t>
   </si>
   <si>
     <t>(Including Basic Life $5,000 Insurance)</t>
   </si>
   <si>
     <t>Coverage</t>
   </si>
   <si>
     <t>Health New England</t>
   </si>
   <si>
     <t>Harvard Pilgrim Access America</t>
   </si>
   <si>
     <t>Harvard Pilgrim Explorer</t>
   </si>
   <si>
     <t>Mass General Brigham Health Plan Complete</t>
   </si>
   <si>
     <t>Harvard Pilgrim Quality</t>
   </si>
   <si>
     <t xml:space="preserve">         </t>
   </si>
   <si>
     <t>Wellpoint Total Choice</t>
   </si>
   <si>
     <t>Wellpoint PLUS</t>
   </si>
   <si>
     <t>Wellpoint Community Choice</t>
   </si>
   <si>
     <t>Effective For The Premium Due July 1, 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                           On or before June 30, 2003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                          For Employees Hired</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                       After June 30, 2003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                      For Employees Hired </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                      Individual Coverage</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                     Premium      For      Active       Employees</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.00_);\(0.00\)"/>
     <numFmt numFmtId="165" formatCode="0.00_);[Red]\(0.00\)"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="11">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -599,51 +599,51 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="76">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
@@ -701,112 +701,121 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="5" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="5" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="7" fontId="5" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1150,536 +1159,536 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A3:O42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J26" sqref="J26"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.149999999999999" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17.25" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="49.54296875" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="49.5" style="1" customWidth="1"/>
+    <col min="2" max="5" width="13.5" style="1" customWidth="1"/>
+    <col min="6" max="6" width="13.6640625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="13.33203125" style="1" customWidth="1"/>
+    <col min="8" max="9" width="11.5" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:7" ht="16" customHeight="1">
-      <c r="A3" s="53" t="s">
+      <c r="A3" s="66" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="53"/>
-[...4 lines deleted...]
-      <c r="G3" s="53"/>
+      <c r="B3" s="66"/>
+      <c r="C3" s="66"/>
+      <c r="D3" s="66"/>
+      <c r="E3" s="66"/>
+      <c r="F3" s="66"/>
+      <c r="G3" s="66"/>
     </row>
     <row r="4" spans="1:7" ht="16" customHeight="1">
-      <c r="A4" s="53" t="s">
+      <c r="A4" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="53"/>
-[...4 lines deleted...]
-      <c r="G4" s="53"/>
+      <c r="B4" s="66"/>
+      <c r="C4" s="66"/>
+      <c r="D4" s="66"/>
+      <c r="E4" s="66"/>
+      <c r="F4" s="66"/>
+      <c r="G4" s="66"/>
     </row>
     <row r="5" spans="1:7" ht="16" customHeight="1">
-      <c r="A5" s="53" t="s">
+      <c r="A5" s="66" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="53"/>
-[...4 lines deleted...]
-      <c r="G5" s="53"/>
+      <c r="B5" s="66"/>
+      <c r="C5" s="66"/>
+      <c r="D5" s="66"/>
+      <c r="E5" s="66"/>
+      <c r="F5" s="66"/>
+      <c r="G5" s="66"/>
     </row>
     <row r="6" spans="1:7" ht="16" customHeight="1">
-      <c r="A6" s="53" t="s">
+      <c r="A6" s="66" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="53"/>
-[...4 lines deleted...]
-      <c r="G6" s="53"/>
+      <c r="B6" s="66"/>
+      <c r="C6" s="66"/>
+      <c r="D6" s="66"/>
+      <c r="E6" s="66"/>
+      <c r="F6" s="66"/>
+      <c r="G6" s="66"/>
     </row>
     <row r="7" spans="1:7" ht="16" customHeight="1">
-      <c r="A7" s="53" t="s">
-[...7 lines deleted...]
-      <c r="G7" s="53"/>
+      <c r="A7" s="66" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="66"/>
+      <c r="C7" s="66"/>
+      <c r="D7" s="66"/>
+      <c r="E7" s="66"/>
+      <c r="F7" s="66"/>
+      <c r="G7" s="66"/>
     </row>
     <row r="8" spans="1:7" ht="16" customHeight="1">
       <c r="A8" s="43"/>
       <c r="B8" s="43"/>
       <c r="C8" s="43"/>
       <c r="D8" s="43"/>
       <c r="E8" s="43"/>
       <c r="F8" s="43"/>
       <c r="G8" s="43"/>
     </row>
     <row r="9" spans="1:7" ht="16" customHeight="1">
       <c r="A9" s="43"/>
       <c r="B9" s="43"/>
       <c r="C9" s="43"/>
       <c r="D9" s="43"/>
       <c r="E9" s="43"/>
       <c r="F9" s="43"/>
       <c r="G9" s="43"/>
     </row>
     <row r="10" spans="1:7" ht="16" customHeight="1">
       <c r="A10" s="43"/>
       <c r="B10" s="43"/>
       <c r="C10" s="43"/>
       <c r="D10" s="43"/>
       <c r="E10" s="43"/>
       <c r="F10" s="43"/>
       <c r="G10" s="43"/>
     </row>
     <row r="11" spans="1:7" ht="6.75" customHeight="1" thickBot="1">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
     </row>
-    <row r="12" spans="1:7" ht="17.149999999999999" customHeight="1" thickBot="1">
+    <row r="12" spans="1:7" ht="17.25" customHeight="1" thickBot="1">
       <c r="A12" s="3"/>
       <c r="B12" s="44" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="45"/>
       <c r="D12" s="45"/>
       <c r="E12" s="46"/>
-      <c r="F12" s="59" t="s">
+      <c r="F12" s="69" t="s">
         <v>5</v>
       </c>
-      <c r="G12" s="60"/>
+      <c r="G12" s="70"/>
     </row>
     <row r="13" spans="1:7" ht="16" customHeight="1" thickBot="1">
       <c r="A13" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="54" t="s">
+      <c r="B13" s="44" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="45"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="71" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="55"/>
-[...5 lines deleted...]
-      <c r="G13" s="62"/>
+      <c r="G13" s="72"/>
     </row>
     <row r="14" spans="1:7" ht="16" customHeight="1" thickBot="1">
       <c r="A14" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="53"/>
+      <c r="D14" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="57" t="s">
+      <c r="E14" s="68"/>
+      <c r="F14" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C14" s="58"/>
-      <c r="D14" s="57" t="s">
+      <c r="G14" s="49" t="s">
         <v>11</v>
-      </c>
-[...5 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="24" customHeight="1">
       <c r="A15" s="5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B15" s="16"/>
       <c r="C15" s="10">
         <v>6.64</v>
       </c>
       <c r="D15" s="9"/>
       <c r="E15" s="10">
         <v>20.52</v>
       </c>
       <c r="F15" s="12">
         <v>44.27</v>
       </c>
       <c r="G15" s="10">
         <v>136.83000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="24" customHeight="1" thickBot="1">
       <c r="A16" s="6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B16" s="15"/>
       <c r="C16" s="11">
         <v>4.91</v>
       </c>
       <c r="D16" s="8"/>
       <c r="E16" s="11">
         <v>15.16</v>
       </c>
       <c r="F16" s="13">
         <v>32.729999999999997</v>
       </c>
       <c r="G16" s="11">
         <v>101.04</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="16" customHeight="1">
       <c r="A17" s="26"/>
-      <c r="B17" s="65" t="s">
-[...7 lines deleted...]
-      <c r="F17" s="59" t="s">
+      <c r="B17" s="73" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="59"/>
+      <c r="D17" s="73" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="59"/>
+      <c r="F17" s="54" t="s">
         <v>5</v>
       </c>
-      <c r="G17" s="60"/>
+      <c r="G17" s="55"/>
     </row>
     <row r="18" spans="1:11" ht="16" customHeight="1" thickBot="1">
       <c r="A18" s="27"/>
-      <c r="B18" s="67" t="s">
-[...10 lines deleted...]
-      <c r="G18" s="62"/>
+      <c r="B18" s="60" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="61"/>
+      <c r="D18" s="60" t="s">
+        <v>30</v>
+      </c>
+      <c r="E18" s="61"/>
+      <c r="F18" s="56" t="s">
+        <v>7</v>
+      </c>
+      <c r="G18" s="57"/>
     </row>
     <row r="19" spans="1:11" ht="16" customHeight="1" thickBot="1">
       <c r="A19" s="28"/>
-      <c r="B19" s="63">
+      <c r="B19" s="74">
         <v>0.2</v>
       </c>
-      <c r="C19" s="64"/>
-      <c r="D19" s="63">
+      <c r="C19" s="58"/>
+      <c r="D19" s="74">
         <v>0.25</v>
       </c>
-      <c r="E19" s="64"/>
-      <c r="F19" s="63">
+      <c r="E19" s="58"/>
+      <c r="F19" s="74">
         <v>1</v>
       </c>
-      <c r="G19" s="64"/>
+      <c r="G19" s="58"/>
     </row>
     <row r="20" spans="1:11" ht="16" customHeight="1" thickBot="1">
       <c r="A20" s="21" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="B20" s="51">
+        <v>14</v>
+      </c>
+      <c r="B20" s="75">
         <v>1.27</v>
       </c>
-      <c r="C20" s="52"/>
-      <c r="D20" s="51">
+      <c r="C20" s="51"/>
+      <c r="D20" s="75">
         <v>1.59</v>
       </c>
-      <c r="E20" s="52"/>
-      <c r="F20" s="51">
+      <c r="E20" s="51"/>
+      <c r="F20" s="75">
         <v>6.35</v>
       </c>
-      <c r="G20" s="52"/>
+      <c r="G20" s="51"/>
     </row>
     <row r="21" spans="1:11" ht="16" customHeight="1">
       <c r="A21" s="17" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B21" s="40" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C21" s="41" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D21" s="40" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E21" s="41" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F21" s="40" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G21" s="41" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="16" customHeight="1">
       <c r="A22" s="30" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B22" s="40" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C22" s="41" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D22" s="42" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E22" s="41" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F22" s="42" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G22" s="41" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="25" customHeight="1">
       <c r="A23" s="18" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B23" s="69">
+        <v>19</v>
+      </c>
+      <c r="B23" s="62">
         <v>252.39000000000001</v>
       </c>
-      <c r="C23" s="70">
+      <c r="C23" s="63">
         <v>561.43999999999994</v>
       </c>
-      <c r="D23" s="69">
+      <c r="D23" s="62">
         <v>315.5</v>
       </c>
-      <c r="E23" s="70">
+      <c r="E23" s="63">
         <v>701.81000000000006</v>
       </c>
-      <c r="F23" s="71">
+      <c r="F23" s="64">
         <v>1261.9699999999998</v>
       </c>
-      <c r="G23" s="72">
+      <c r="G23" s="65">
         <v>2807.21</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="25" customHeight="1">
       <c r="A24" s="18" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B24" s="32">
         <v>300.64</v>
       </c>
       <c r="C24" s="33">
         <v>665.62</v>
       </c>
       <c r="D24" s="32">
         <v>375.81</v>
       </c>
       <c r="E24" s="33">
         <v>832.03000000000009</v>
       </c>
       <c r="F24" s="34">
         <v>1503.2099999999998</v>
       </c>
       <c r="G24" s="35">
         <v>3328.1</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="25" customHeight="1">
       <c r="A25" s="18" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B25" s="32">
         <v>192.42000000000002</v>
       </c>
       <c r="C25" s="33">
         <v>456.71</v>
       </c>
       <c r="D25" s="32">
         <v>240.53</v>
       </c>
       <c r="E25" s="33">
         <v>570.9</v>
       </c>
       <c r="F25" s="34">
         <v>962.1</v>
       </c>
       <c r="G25" s="35">
         <v>2283.5699999999997</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="25" customHeight="1">
       <c r="A26" s="18" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B26" s="32">
         <v>214.21</v>
       </c>
       <c r="C26" s="33">
         <v>528.87</v>
       </c>
       <c r="D26" s="32">
         <v>267.76</v>
       </c>
       <c r="E26" s="33">
         <v>661.09</v>
       </c>
       <c r="F26" s="34">
         <v>1071.03</v>
       </c>
       <c r="G26" s="35">
         <v>2644.3399999999997</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="25" customHeight="1">
       <c r="A27" s="18" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B27" s="32">
         <v>196.22</v>
       </c>
       <c r="C27" s="33">
         <v>516.80999999999995</v>
       </c>
       <c r="D27" s="32">
         <v>245.28</v>
       </c>
       <c r="E27" s="33">
         <v>646.01</v>
       </c>
       <c r="F27" s="34">
         <v>981.09</v>
       </c>
       <c r="G27" s="35">
         <v>2584.04</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="25" customHeight="1">
       <c r="A28" s="18" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B28" s="32">
         <v>158.41</v>
       </c>
       <c r="C28" s="33">
         <v>401.22999999999996</v>
       </c>
       <c r="D28" s="32">
         <v>198.01</v>
       </c>
       <c r="E28" s="33">
         <v>501.53999999999996</v>
       </c>
       <c r="F28" s="34">
         <v>792.03</v>
       </c>
       <c r="G28" s="35">
         <v>2006.1599999999999</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="25" customHeight="1">
       <c r="A29" s="18" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B29" s="32">
         <v>149.82000000000002</v>
       </c>
       <c r="C29" s="33">
         <v>369.97999999999996</v>
       </c>
       <c r="D29" s="32">
         <v>187.28</v>
       </c>
       <c r="E29" s="33">
         <v>462.47999999999996</v>
       </c>
       <c r="F29" s="34">
         <v>749.09</v>
       </c>
       <c r="G29" s="35">
         <v>1849.9099999999999</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="25" customHeight="1" thickBot="1">
       <c r="A30" s="31" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B30" s="36">
         <v>156.45000000000002</v>
       </c>
       <c r="C30" s="37">
         <v>373.54999999999995</v>
       </c>
       <c r="D30" s="36">
         <v>195.57</v>
       </c>
       <c r="E30" s="37">
         <v>466.94</v>
       </c>
       <c r="F30" s="38">
         <v>782.27</v>
       </c>
       <c r="G30" s="39">
         <v>1867.73</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="5.5" customHeight="1"/>
-    <row r="32" spans="1:11" ht="17.149999999999999" customHeight="1">
+    <row r="32" spans="1:11" ht="17.25" customHeight="1">
       <c r="A32" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="25"/>
       <c r="I32" s="25"/>
       <c r="J32" s="25"/>
       <c r="K32" s="25"/>
     </row>
     <row r="33" spans="1:15" ht="4" customHeight="1">
       <c r="A33" s="19"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
@@ -1751,115 +1760,122 @@
       <c r="B38" s="20"/>
       <c r="C38" s="20"/>
       <c r="D38" s="48"/>
       <c r="E38" s="48"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
     </row>
     <row r="39" spans="1:15" ht="15" customHeight="1">
       <c r="A39" s="4"/>
       <c r="B39" s="20"/>
       <c r="C39" s="20"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
     </row>
     <row r="40" spans="1:15" ht="15" customHeight="1">
       <c r="A40" s="4"/>
       <c r="B40" s="20"/>
       <c r="C40" s="20"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
     </row>
-    <row r="41" spans="1:15" ht="17.149999999999999" customHeight="1">
+    <row r="41" spans="1:15" ht="17.25" customHeight="1">
       <c r="A41" s="4"/>
       <c r="B41" s="4"/>
       <c r="C41" s="4"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
     </row>
-    <row r="42" spans="1:15" ht="17.149999999999999" customHeight="1">
+    <row r="42" spans="1:15" ht="17.25" customHeight="1">
       <c r="A42" s="4"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="22">
-[...6 lines deleted...]
-    <mergeCell ref="F20:G20"/>
+  <mergeCells count="8">
     <mergeCell ref="A3:G3"/>
-    <mergeCell ref="B13:E13"/>
-    <mergeCell ref="B14:C14"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A7:G7"/>
-    <mergeCell ref="F17:G17"/>
-[...1 lines deleted...]
-    <mergeCell ref="F19:G19"/>
     <mergeCell ref="F13:G13"/>
-    <mergeCell ref="B17:C17"/>
-    <mergeCell ref="B18:C18"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.25" bottom="0.25" header="0.5" footer="0.4"/>
   <pageSetup scale="99" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaLengthInSeconds xmlns="08218398-255d-4417-a386-ad589d921abe" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08218398-255d-4417-a386-ad589d921abe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3f83906a-44c9-40a5-b57b-580814ca79c1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E533A68BDE80F94084F00EA5690B8FBE" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0d86fadbe7c7011d3b69682bbb456cc5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08218398-255d-4417-a386-ad589d921abe" xmlns:ns3="3f83906a-44c9-40a5-b57b-580814ca79c1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2bdd5016b8e48e7dd764bca7ec883dd0" ns2:_="" ns3:_="">
     <xsd:import namespace="08218398-255d-4417-a386-ad589d921abe"/>
     <xsd:import namespace="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2056,140 +2072,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0126367-8E5E-4184-8B18-3FB10D66B6A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E08115-34E5-4DFE-8340-8E3A99204B35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93858E87-9CD5-4A6A-8325-144E32B445D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>chart 1</vt:lpstr>
-      <vt:lpstr>'chart 1'!Print_Area</vt:lpstr>
+      <vt:lpstr>chart 1 - Monthly Rates</vt:lpstr>
+      <vt:lpstr>'chart 1 - Monthly Rates'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>GIC</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>