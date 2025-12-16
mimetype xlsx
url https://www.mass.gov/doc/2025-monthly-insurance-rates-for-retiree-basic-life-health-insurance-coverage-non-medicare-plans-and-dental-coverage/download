--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\agil\Commonwealth of Massachusetts\GIC-OperationsDepartment - Audit\audit\AGil\FY25 Rates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F8D3FDD9-4BCD-4B51-8D8E-60907907118B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C54AAFE6-651F-DA42-BA74-0F9649EF3C2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="chart 2" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'chart 2'!$A$3:$K$38</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="43">
   <si>
@@ -630,51 +630,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="93">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -767,127 +767,133 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="5" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="7" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="5" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="5" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="9" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="5" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="5" fillId="0" borderId="16" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="5" fillId="0" borderId="16" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="5" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="7" fontId="5" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1230,61 +1236,61 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A3:K53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A24" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="M34" sqref="M34"/>
+    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
+      <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17"/>
   <cols>
-    <col min="1" max="1" width="40.1796875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="40.1640625" style="1" customWidth="1"/>
+    <col min="2" max="9" width="8.5" style="1" customWidth="1"/>
+    <col min="10" max="10" width="9.5" style="1" customWidth="1"/>
+    <col min="11" max="11" width="9.5" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:11" ht="15" customHeight="1">
       <c r="A3" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="9"/>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="9"/>
       <c r="I3" s="9"/>
       <c r="J3" s="9"/>
       <c r="K3" s="9"/>
     </row>
     <row r="4" spans="1:11" ht="13.5" customHeight="1">
       <c r="A4" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="9"/>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
@@ -1359,257 +1365,257 @@
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="1:11" ht="4" customHeight="1" thickBot="1">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
     </row>
     <row r="11" spans="1:11" ht="15" customHeight="1" thickBot="1">
       <c r="A11" s="10"/>
-      <c r="B11" s="71" t="s">
+      <c r="B11" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="C11" s="72"/>
-[...5 lines deleted...]
-      <c r="I11" s="73"/>
+      <c r="C11" s="81"/>
+      <c r="D11" s="81"/>
+      <c r="E11" s="81"/>
+      <c r="F11" s="81"/>
+      <c r="G11" s="81"/>
+      <c r="H11" s="81"/>
+      <c r="I11" s="82"/>
       <c r="J11" s="11"/>
       <c r="K11" s="12"/>
     </row>
-    <row r="12" spans="1:11" ht="5.15" customHeight="1">
+    <row r="12" spans="1:11" ht="5.25" customHeight="1">
       <c r="A12" s="13"/>
       <c r="B12" s="54"/>
       <c r="C12" s="55"/>
       <c r="D12" s="54"/>
       <c r="E12" s="56"/>
       <c r="F12" s="54"/>
       <c r="G12" s="56"/>
       <c r="H12" s="55"/>
       <c r="I12" s="56"/>
       <c r="J12" s="14"/>
       <c r="K12" s="15"/>
     </row>
-    <row r="13" spans="1:11" ht="11.15" customHeight="1">
+    <row r="13" spans="1:11" ht="11.25" customHeight="1">
       <c r="A13" s="16"/>
       <c r="B13" s="16" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="16" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="17"/>
-      <c r="F13" s="82" t="s">
+      <c r="F13" s="89" t="s">
         <v>14</v>
       </c>
-      <c r="G13" s="75"/>
-      <c r="H13" s="78" t="s">
+      <c r="G13" s="84"/>
+      <c r="H13" s="87" t="s">
         <v>15</v>
       </c>
-      <c r="I13" s="75"/>
+      <c r="I13" s="84"/>
       <c r="J13" s="17" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="18"/>
     </row>
-    <row r="14" spans="1:11" ht="11.15" customHeight="1">
+    <row r="14" spans="1:11" ht="11.25" customHeight="1">
       <c r="A14" s="16"/>
       <c r="B14" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E14" s="17"/>
-      <c r="F14" s="82" t="s">
+      <c r="F14" s="89" t="s">
         <v>19</v>
       </c>
-      <c r="G14" s="75"/>
-      <c r="H14" s="78" t="s">
+      <c r="G14" s="84"/>
+      <c r="H14" s="87" t="s">
         <v>20</v>
       </c>
-      <c r="I14" s="75"/>
+      <c r="I14" s="84"/>
       <c r="J14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="K14" s="18"/>
     </row>
-    <row r="15" spans="1:11" ht="11.15" customHeight="1">
+    <row r="15" spans="1:11" ht="11.25" customHeight="1">
       <c r="A15" s="19"/>
-      <c r="B15" s="81" t="s">
+      <c r="B15" s="69" t="s">
         <v>21</v>
       </c>
-      <c r="C15" s="79"/>
+      <c r="C15" s="68"/>
       <c r="D15" s="16" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="17"/>
-      <c r="F15" s="82" t="s">
+      <c r="F15" s="89" t="s">
         <v>23</v>
       </c>
-      <c r="G15" s="75"/>
-      <c r="H15" s="78" t="s">
+      <c r="G15" s="84"/>
+      <c r="H15" s="87" t="s">
         <v>24</v>
       </c>
-      <c r="I15" s="75"/>
+      <c r="I15" s="84"/>
       <c r="J15" s="17"/>
       <c r="K15" s="18"/>
     </row>
-    <row r="16" spans="1:11" ht="12.65" customHeight="1">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1">
       <c r="A16" s="60" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="16"/>
       <c r="C16" s="17"/>
       <c r="D16" s="16" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="17"/>
-      <c r="F16" s="82" t="s">
+      <c r="F16" s="89" t="s">
         <v>27</v>
       </c>
-      <c r="G16" s="75"/>
+      <c r="G16" s="84"/>
       <c r="H16" s="79" t="s">
         <v>28</v>
       </c>
-      <c r="I16" s="80"/>
+      <c r="I16" s="88"/>
       <c r="J16" s="17"/>
       <c r="K16" s="18"/>
     </row>
-    <row r="17" spans="1:11" ht="11.15" customHeight="1">
+    <row r="17" spans="1:11" ht="11.25" customHeight="1">
       <c r="A17" s="16"/>
       <c r="B17" s="16"/>
       <c r="C17" s="17"/>
       <c r="D17" s="20" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="17"/>
-      <c r="F17" s="81" t="s">
+      <c r="F17" s="78" t="s">
         <v>29</v>
       </c>
-      <c r="G17" s="80"/>
+      <c r="G17" s="88"/>
       <c r="H17" s="7"/>
       <c r="I17" s="21"/>
       <c r="J17" s="17"/>
       <c r="K17" s="18"/>
     </row>
-    <row r="18" spans="1:11" ht="11.15" customHeight="1">
+    <row r="18" spans="1:11" ht="11.25" customHeight="1">
       <c r="A18" s="16"/>
       <c r="B18" s="16"/>
       <c r="C18" s="17"/>
       <c r="D18" s="16"/>
       <c r="E18" s="17"/>
-      <c r="F18" s="76" t="s">
+      <c r="F18" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="G18" s="77"/>
+      <c r="G18" s="86"/>
       <c r="H18" s="7"/>
       <c r="I18" s="21"/>
       <c r="J18" s="17"/>
       <c r="K18" s="18"/>
     </row>
-    <row r="19" spans="1:11" ht="11.15" customHeight="1">
+    <row r="19" spans="1:11" ht="11.25" customHeight="1">
       <c r="A19" s="16"/>
       <c r="B19" s="16"/>
       <c r="C19" s="17"/>
       <c r="D19" s="16"/>
       <c r="E19" s="17"/>
-      <c r="F19" s="81" t="s">
+      <c r="F19" s="78" t="s">
         <v>28</v>
       </c>
-      <c r="G19" s="80"/>
+      <c r="G19" s="88"/>
       <c r="H19" s="7"/>
       <c r="I19" s="21"/>
       <c r="J19" s="17"/>
       <c r="K19" s="18"/>
     </row>
-    <row r="20" spans="1:11" ht="11.15" customHeight="1">
+    <row r="20" spans="1:11" ht="11.25" customHeight="1">
       <c r="A20" s="16"/>
       <c r="B20" s="16"/>
       <c r="C20" s="17"/>
       <c r="D20" s="16"/>
       <c r="E20" s="17"/>
-      <c r="F20" s="76" t="s">
+      <c r="F20" s="85" t="s">
         <v>31</v>
       </c>
-      <c r="G20" s="77"/>
+      <c r="G20" s="86"/>
       <c r="H20" s="7"/>
       <c r="I20" s="21"/>
       <c r="J20" s="17"/>
       <c r="K20" s="18"/>
     </row>
-    <row r="21" spans="1:11" ht="11.15" customHeight="1">
+    <row r="21" spans="1:11" ht="11.25" customHeight="1">
       <c r="A21" s="16"/>
       <c r="B21" s="16"/>
       <c r="C21" s="17"/>
       <c r="D21" s="16"/>
       <c r="E21" s="17"/>
-      <c r="F21" s="76" t="s">
+      <c r="F21" s="85" t="s">
         <v>17</v>
       </c>
-      <c r="G21" s="77"/>
+      <c r="G21" s="86"/>
       <c r="H21" s="7"/>
       <c r="I21" s="21"/>
       <c r="J21" s="17"/>
       <c r="K21" s="18"/>
     </row>
-    <row r="22" spans="1:11" ht="11.15" customHeight="1">
+    <row r="22" spans="1:11" ht="11.25" customHeight="1">
       <c r="A22" s="16"/>
       <c r="B22" s="16"/>
       <c r="C22" s="17"/>
       <c r="D22" s="16"/>
       <c r="E22" s="17"/>
-      <c r="F22" s="74" t="s">
+      <c r="F22" s="83" t="s">
         <v>32</v>
       </c>
-      <c r="G22" s="75"/>
+      <c r="G22" s="84"/>
       <c r="H22" s="7"/>
       <c r="I22" s="21"/>
       <c r="J22" s="17"/>
       <c r="K22" s="18"/>
     </row>
-    <row r="23" spans="1:11" ht="5.15" customHeight="1" thickBot="1">
+    <row r="23" spans="1:11" ht="5.25" customHeight="1" thickBot="1">
       <c r="A23" s="22"/>
       <c r="B23" s="22"/>
       <c r="C23" s="23"/>
       <c r="D23" s="22"/>
       <c r="E23" s="23"/>
       <c r="F23" s="24"/>
       <c r="G23" s="25"/>
       <c r="H23" s="8"/>
       <c r="I23" s="26"/>
       <c r="J23" s="23"/>
       <c r="K23" s="27"/>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1">
       <c r="A24" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="29" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="30" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="29" t="s">
         <v>3</v>
       </c>
@@ -1650,91 +1656,91 @@
         <v>70.540000000000006</v>
       </c>
       <c r="F25" s="32">
         <v>29.27</v>
       </c>
       <c r="G25" s="33">
         <v>70.540000000000006</v>
       </c>
       <c r="H25" s="32">
         <v>29.27</v>
       </c>
       <c r="I25" s="33">
         <v>70.540000000000006</v>
       </c>
       <c r="J25" s="32">
         <v>29.27</v>
       </c>
       <c r="K25" s="33">
         <v>70.540000000000006</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="15" customHeight="1" thickBot="1">
       <c r="A26" s="22" t="s">
         <v>34</v>
       </c>
-      <c r="B26" s="69">
+      <c r="B26" s="91">
         <v>0.1</v>
       </c>
-      <c r="C26" s="70"/>
-      <c r="D26" s="69">
+      <c r="C26" s="67"/>
+      <c r="D26" s="91">
         <v>0.15</v>
       </c>
-      <c r="E26" s="70"/>
-      <c r="F26" s="69">
+      <c r="E26" s="67"/>
+      <c r="F26" s="91">
         <v>0.15</v>
       </c>
-      <c r="G26" s="70"/>
-      <c r="H26" s="69">
+      <c r="G26" s="67"/>
+      <c r="H26" s="91">
         <v>0.2</v>
       </c>
-      <c r="I26" s="70"/>
-      <c r="J26" s="64">
+      <c r="I26" s="67"/>
+      <c r="J26" s="90">
         <v>1</v>
       </c>
-      <c r="K26" s="65"/>
+      <c r="K26" s="64"/>
     </row>
     <row r="27" spans="1:11" ht="15" customHeight="1" thickBot="1">
       <c r="A27" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B27" s="61">
         <v>0.64</v>
       </c>
       <c r="C27" s="62"/>
       <c r="D27" s="63">
         <v>0.95</v>
       </c>
       <c r="E27" s="62"/>
-      <c r="F27" s="66">
+      <c r="F27" s="92">
         <v>0.95</v>
       </c>
-      <c r="G27" s="68"/>
-      <c r="H27" s="66">
+      <c r="G27" s="66"/>
+      <c r="H27" s="92">
         <v>1.27</v>
       </c>
-      <c r="I27" s="67"/>
+      <c r="I27" s="65"/>
       <c r="J27" s="63">
         <v>6.35</v>
       </c>
       <c r="K27" s="62"/>
     </row>
     <row r="28" spans="1:11" ht="15" customHeight="1">
       <c r="A28" s="35" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="18" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="37" t="s">
         <v>3</v>
       </c>
       <c r="E28" s="18" t="s">
         <v>4</v>
       </c>
       <c r="F28" s="37" t="s">
         <v>3</v>
       </c>
       <c r="G28" s="17" t="s">
@@ -1770,78 +1776,78 @@
         <v>8</v>
       </c>
       <c r="F29" s="37" t="s">
         <v>8</v>
       </c>
       <c r="G29" s="17" t="s">
         <v>8</v>
       </c>
       <c r="H29" s="36" t="s">
         <v>8</v>
       </c>
       <c r="I29" s="18" t="s">
         <v>8</v>
       </c>
       <c r="J29" s="37" t="s">
         <v>8</v>
       </c>
       <c r="K29" s="18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="24" customHeight="1">
       <c r="A30" s="38" t="s">
         <v>35</v>
       </c>
-      <c r="B30" s="85">
+      <c r="B30" s="70">
         <v>126.2</v>
       </c>
-      <c r="C30" s="86">
+      <c r="C30" s="71">
         <v>280.72999999999996</v>
       </c>
-      <c r="D30" s="85">
+      <c r="D30" s="70">
         <v>189.29</v>
       </c>
-      <c r="E30" s="87">
+      <c r="E30" s="72">
         <v>421.08</v>
       </c>
-      <c r="F30" s="88">
+      <c r="F30" s="73">
         <v>189.29</v>
       </c>
-      <c r="G30" s="86">
+      <c r="G30" s="71">
         <v>421.08</v>
       </c>
-      <c r="H30" s="85">
+      <c r="H30" s="70">
         <v>252.39000000000001</v>
       </c>
-      <c r="I30" s="87">
+      <c r="I30" s="72">
         <v>561.43999999999994</v>
       </c>
-      <c r="J30" s="89">
+      <c r="J30" s="74">
         <v>1261.9699999999998</v>
       </c>
-      <c r="K30" s="90">
+      <c r="K30" s="75">
         <v>2807.21</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="24" customHeight="1">
       <c r="A31" s="38" t="s">
         <v>39</v>
       </c>
       <c r="B31" s="42">
         <v>150.32999999999998</v>
       </c>
       <c r="C31" s="43">
         <v>332.82</v>
       </c>
       <c r="D31" s="42">
         <v>225.48</v>
       </c>
       <c r="E31" s="44">
         <v>499.21</v>
       </c>
       <c r="F31" s="45">
         <v>225.48</v>
       </c>
       <c r="G31" s="43">
         <v>499.21</v>
       </c>
@@ -2064,138 +2070,138 @@
       <c r="J37" s="52">
         <v>782.27</v>
       </c>
       <c r="K37" s="53">
         <v>1867.73</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="6" customHeight="1"/>
     <row r="39" spans="1:11" ht="9" customHeight="1">
       <c r="A39" s="40"/>
       <c r="B39" s="57"/>
       <c r="C39" s="57"/>
       <c r="D39" s="57"/>
       <c r="E39" s="57"/>
       <c r="F39" s="57"/>
       <c r="G39" s="57"/>
       <c r="H39" s="57"/>
       <c r="I39" s="57"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
     </row>
     <row r="40" spans="1:11" ht="9" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="59"/>
       <c r="C40" s="59"/>
-      <c r="D40" s="83"/>
-      <c r="E40" s="83"/>
+      <c r="D40" s="76"/>
+      <c r="E40" s="76"/>
       <c r="F40" s="57"/>
       <c r="G40" s="57"/>
       <c r="H40" s="57"/>
       <c r="I40" s="57"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
     </row>
     <row r="41" spans="1:11" ht="9" customHeight="1">
       <c r="A41" s="3"/>
       <c r="B41" s="6"/>
       <c r="C41" s="6"/>
       <c r="D41" s="5"/>
       <c r="E41" s="41"/>
       <c r="F41" s="41"/>
       <c r="G41" s="41"/>
       <c r="H41" s="41"/>
       <c r="I41" s="41"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
     </row>
-    <row r="42" spans="1:11" ht="14.9" customHeight="1">
+    <row r="42" spans="1:11" ht="15" customHeight="1">
       <c r="A42" s="3"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
-      <c r="D42" s="84"/>
-      <c r="E42" s="84"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
       <c r="F42" s="58"/>
       <c r="G42" s="58"/>
       <c r="H42" s="58"/>
       <c r="I42" s="58"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
     </row>
-    <row r="43" spans="1:11" ht="14.9" customHeight="1">
+    <row r="43" spans="1:11" ht="15" customHeight="1">
       <c r="A43" s="3"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
-      <c r="D43" s="84"/>
-      <c r="E43" s="84"/>
+      <c r="D43" s="77"/>
+      <c r="E43" s="77"/>
       <c r="F43" s="58"/>
       <c r="G43" s="58"/>
       <c r="H43" s="58"/>
       <c r="I43" s="58"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
     </row>
-    <row r="44" spans="1:11" ht="14.9" customHeight="1">
+    <row r="44" spans="1:11" ht="15" customHeight="1">
       <c r="A44" s="3"/>
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
     </row>
-    <row r="45" spans="1:11" ht="14.9" customHeight="1">
+    <row r="45" spans="1:11" ht="15" customHeight="1">
       <c r="A45" s="3"/>
       <c r="B45" s="4"/>
       <c r="C45" s="4"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
       <c r="K45" s="2"/>
     </row>
-    <row r="46" spans="1:11" ht="14.9" customHeight="1">
+    <row r="46" spans="1:11" ht="15" customHeight="1">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
       <c r="J46" s="2"/>
       <c r="K46" s="2"/>
     </row>
-    <row r="47" spans="1:11" ht="14.9" customHeight="1">
+    <row r="47" spans="1:11" ht="15" customHeight="1">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
       <c r="J48" s="2"/>
       <c r="K48" s="2"/>
     </row>
@@ -2243,100 +2249,113 @@
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
       <c r="J53" s="2"/>
       <c r="K53" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="26">
-[...5 lines deleted...]
-    <mergeCell ref="D26:E26"/>
+  <mergeCells count="18">
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="F21:G21"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="H16:I16"/>
     <mergeCell ref="F19:G19"/>
     <mergeCell ref="F20:G20"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="F15:G15"/>
     <mergeCell ref="F16:G16"/>
     <mergeCell ref="F17:G17"/>
     <mergeCell ref="F18:G18"/>
-    <mergeCell ref="J26:K26"/>
-[...3 lines deleted...]
-    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="D43:E43"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.25" bottom="0.25" header="0.5" footer="0.4"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaLengthInSeconds xmlns="08218398-255d-4417-a386-ad589d921abe" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="08218398-255d-4417-a386-ad589d921abe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3f83906a-44c9-40a5-b57b-580814ca79c1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E533A68BDE80F94084F00EA5690B8FBE" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0d86fadbe7c7011d3b69682bbb456cc5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08218398-255d-4417-a386-ad589d921abe" xmlns:ns3="3f83906a-44c9-40a5-b57b-580814ca79c1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2bdd5016b8e48e7dd764bca7ec883dd0" ns2:_="" ns3:_="">
     <xsd:import namespace="08218398-255d-4417-a386-ad589d921abe"/>
     <xsd:import namespace="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2533,118 +2552,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0126367-8E5E-4184-8B18-3FB10D66B6A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E08115-34E5-4DFE-8340-8E3A99204B35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93858E87-9CD5-4A6A-8325-144E32B445D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>chart 2</vt:lpstr>
       <vt:lpstr>'chart 2'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>