--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\agil\Commonwealth of Massachusetts\GIC-OperationsDepartment - Audit\audit\AGil\FY25 Rates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA04BB11-6570-40A2-8AF0-17B484E1A4E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4171E8ED-BFFC-1442-BE8A-E5B8F28DABCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="chart 6" sheetId="28" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="39">
   <si>
     <t>Premium</t>
   </si>
   <si>
@@ -67,53 +67,50 @@
   <si>
     <t>Monthly Insurance Rates For Retiree</t>
   </si>
   <si>
     <t>Retirees Retired</t>
   </si>
   <si>
     <t>Retirees Retired after</t>
   </si>
   <si>
     <t>Retirees</t>
   </si>
   <si>
     <t>on or before</t>
   </si>
   <si>
     <t>after July 1, 1994</t>
   </si>
   <si>
     <t>July 1, 1994 and who</t>
   </si>
   <si>
     <t>who filed for</t>
   </si>
   <si>
-    <t>July 1, 1994</t>
-[...1 lines deleted...]
-  <si>
     <t>and who filed for</t>
   </si>
   <si>
     <t>filed for retirement</t>
   </si>
   <si>
     <t>retirement after</t>
   </si>
   <si>
     <t>retirement before</t>
   </si>
   <si>
     <t>on or after</t>
   </si>
   <si>
     <t>October 1, 2009</t>
   </si>
   <si>
     <t>August 10, 2009</t>
   </si>
   <si>
     <t>and on or before</t>
   </si>
   <si>
     <t>with a retirement date</t>
@@ -149,58 +146,61 @@
     <t>Plan</t>
   </si>
   <si>
     <t>Part B</t>
   </si>
   <si>
     <t>Part A&amp;B</t>
   </si>
   <si>
     <t>Tufts Health Plan Medicare Preferred</t>
   </si>
   <si>
     <t>Harvard Pilgrim Medicare Enhance</t>
   </si>
   <si>
     <t>Health N E Medicare Supplement Plus</t>
   </si>
   <si>
     <t>Medicare Plan-Basic Life And Health Rates</t>
   </si>
   <si>
     <t>For Retirees Insured For The HMO and Indemnity Medicare Plan-Part A &amp; B</t>
   </si>
   <si>
     <t>Effective For The Premium Due July 1, 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       'July 1, 1994</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
@@ -593,51 +593,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="90">
+  <cellXfs count="92">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -695,141 +695,145 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="12" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="12" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
@@ -1173,747 +1177,737 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A3:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F26" sqref="F26"/>
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="8.81640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="4" width="9.1640625" style="1"/>
+    <col min="5" max="5" width="1.5" style="1" customWidth="1"/>
+    <col min="6" max="6" width="8.83203125" style="1" customWidth="1"/>
     <col min="7" max="8" width="9" style="1" customWidth="1"/>
     <col min="9" max="9" width="10" style="1" customWidth="1"/>
-    <col min="10" max="10" width="9.453125" style="1" customWidth="1"/>
-    <col min="11" max="11" width="10.453125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="9.5" style="1" customWidth="1"/>
+    <col min="11" max="11" width="10.5" style="1" customWidth="1"/>
     <col min="12" max="12" width="9" style="1" customWidth="1"/>
-    <col min="13" max="13" width="10.1796875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="16" max="16384" width="9.1796875" style="1"/>
+    <col min="13" max="13" width="10.1640625" style="1" customWidth="1"/>
+    <col min="14" max="14" width="10.5" style="1" customWidth="1"/>
+    <col min="15" max="15" width="10.1640625" style="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
     </row>
-    <row r="8" spans="1:15" ht="16" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="9" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:15" ht="17" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="19"/>
       <c r="B9" s="20"/>
       <c r="C9" s="20"/>
       <c r="D9" s="20"/>
       <c r="E9" s="21"/>
-      <c r="F9" s="86" t="s">
-[...8 lines deleted...]
-      <c r="M9" s="88"/>
+      <c r="F9" s="69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="70"/>
+      <c r="H9" s="70"/>
+      <c r="I9" s="70"/>
+      <c r="J9" s="70"/>
+      <c r="K9" s="70"/>
+      <c r="L9" s="70"/>
+      <c r="M9" s="71"/>
       <c r="N9" s="22"/>
       <c r="O9" s="23"/>
     </row>
-    <row r="10" spans="1:15" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="24"/>
       <c r="E10" s="25"/>
       <c r="F10" s="14"/>
       <c r="G10" s="15"/>
       <c r="H10" s="14"/>
       <c r="I10" s="16"/>
       <c r="J10" s="14"/>
       <c r="K10" s="15"/>
       <c r="L10" s="14"/>
       <c r="M10" s="16"/>
       <c r="N10" s="26"/>
       <c r="O10" s="27"/>
     </row>
-    <row r="11" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="24"/>
       <c r="E11" s="25"/>
       <c r="F11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="7"/>
       <c r="H11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I11" s="8"/>
-      <c r="J11" s="67" t="s">
+      <c r="J11" s="72" t="s">
         <v>5</v>
       </c>
-      <c r="K11" s="69"/>
-      <c r="L11" s="67" t="s">
+      <c r="K11" s="73"/>
+      <c r="L11" s="72" t="s">
         <v>6</v>
       </c>
-      <c r="M11" s="68"/>
+      <c r="M11" s="74"/>
       <c r="N11" s="26"/>
       <c r="O11" s="27"/>
     </row>
-    <row r="12" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24"/>
       <c r="E12" s="25"/>
       <c r="F12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G12" s="7"/>
       <c r="H12" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I12" s="8"/>
-      <c r="J12" s="67" t="s">
+      <c r="J12" s="72" t="s">
         <v>9</v>
       </c>
-      <c r="K12" s="69"/>
-      <c r="L12" s="67" t="s">
+      <c r="K12" s="73"/>
+      <c r="L12" s="72" t="s">
         <v>10</v>
       </c>
-      <c r="M12" s="68"/>
+      <c r="M12" s="74"/>
       <c r="N12" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="O12" s="7"/>
     </row>
-    <row r="13" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="24"/>
       <c r="E13" s="25"/>
-      <c r="F13" s="73" t="s">
+      <c r="F13" s="91" t="s">
+        <v>38</v>
+      </c>
+      <c r="G13" s="66"/>
+      <c r="H13" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G13" s="74"/>
-      <c r="H13" s="6" t="s">
+      <c r="I13" s="8"/>
+      <c r="J13" s="72" t="s">
         <v>12</v>
       </c>
-      <c r="I13" s="8"/>
-      <c r="J13" s="67" t="s">
+      <c r="K13" s="73"/>
+      <c r="L13" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="K13" s="69"/>
-[...3 lines deleted...]
-      <c r="M13" s="68"/>
+      <c r="M13" s="74"/>
       <c r="N13" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="O13" s="7"/>
     </row>
-    <row r="14" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="24"/>
       <c r="E14" s="25"/>
       <c r="F14" s="6"/>
       <c r="G14" s="7"/>
       <c r="H14" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I14" s="8"/>
+      <c r="J14" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="I14" s="8"/>
-      <c r="J14" s="67" t="s">
+      <c r="K14" s="73"/>
+      <c r="L14" s="75" t="s">
         <v>16</v>
       </c>
-      <c r="K14" s="69"/>
-[...3 lines deleted...]
-      <c r="M14" s="89"/>
+      <c r="M14" s="77"/>
       <c r="N14" s="6" t="s">
         <v>0</v>
       </c>
       <c r="O14" s="7"/>
     </row>
-    <row r="15" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="24"/>
       <c r="E15" s="25"/>
       <c r="F15" s="6"/>
       <c r="G15" s="7"/>
       <c r="H15" s="12" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I15" s="8"/>
-      <c r="J15" s="73" t="s">
-[...2 lines deleted...]
-      <c r="K15" s="74"/>
+      <c r="J15" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="76"/>
       <c r="L15" s="57"/>
       <c r="M15" s="11"/>
       <c r="N15" s="26"/>
       <c r="O15" s="27"/>
     </row>
-    <row r="16" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="24"/>
       <c r="E16" s="25"/>
       <c r="F16" s="6"/>
       <c r="G16" s="7"/>
       <c r="H16" s="6"/>
       <c r="I16" s="8"/>
-      <c r="J16" s="79" t="s">
-[...2 lines deleted...]
-      <c r="K16" s="80"/>
+      <c r="J16" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" s="79"/>
       <c r="L16" s="57"/>
       <c r="M16" s="11"/>
       <c r="N16" s="26"/>
       <c r="O16" s="27"/>
     </row>
-    <row r="17" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="E17" s="72"/>
+    <row r="17" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="80" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="81"/>
+      <c r="C17" s="81"/>
+      <c r="D17" s="81"/>
+      <c r="E17" s="82"/>
       <c r="F17" s="6"/>
       <c r="G17" s="7"/>
       <c r="H17" s="6"/>
       <c r="I17" s="8"/>
-      <c r="J17" s="73" t="s">
-[...2 lines deleted...]
-      <c r="K17" s="74"/>
+      <c r="J17" s="75" t="s">
+        <v>16</v>
+      </c>
+      <c r="K17" s="76"/>
       <c r="L17" s="57"/>
       <c r="M17" s="11"/>
       <c r="N17" s="26"/>
       <c r="O17" s="27"/>
     </row>
-    <row r="18" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="24"/>
       <c r="E18" s="25"/>
       <c r="F18" s="6"/>
       <c r="G18" s="7"/>
       <c r="H18" s="6"/>
       <c r="I18" s="8"/>
-      <c r="J18" s="79" t="s">
-[...2 lines deleted...]
-      <c r="K18" s="80"/>
+      <c r="J18" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="K18" s="79"/>
       <c r="L18" s="57"/>
       <c r="M18" s="11"/>
       <c r="N18" s="26"/>
       <c r="O18" s="27"/>
     </row>
-    <row r="19" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="24"/>
       <c r="E19" s="25"/>
       <c r="F19" s="6"/>
       <c r="G19" s="7"/>
       <c r="H19" s="6"/>
       <c r="I19" s="8"/>
-      <c r="J19" s="79" t="s">
+      <c r="J19" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="K19" s="80"/>
+      <c r="K19" s="79"/>
       <c r="L19" s="57"/>
       <c r="M19" s="11"/>
       <c r="N19" s="26"/>
       <c r="O19" s="27"/>
     </row>
-    <row r="20" spans="1:15" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="28"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="29"/>
       <c r="F20" s="6"/>
       <c r="G20" s="7"/>
       <c r="H20" s="6"/>
       <c r="I20" s="8"/>
-      <c r="J20" s="81" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="69"/>
+      <c r="J20" s="86" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="73"/>
       <c r="L20" s="57"/>
       <c r="M20" s="11"/>
       <c r="N20" s="30"/>
       <c r="O20" s="31"/>
     </row>
-    <row r="21" spans="1:15" ht="5.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:15" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="28"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="29"/>
       <c r="F21" s="9"/>
       <c r="G21" s="10"/>
       <c r="H21" s="9"/>
       <c r="I21" s="13"/>
       <c r="J21" s="64"/>
       <c r="K21" s="65"/>
       <c r="L21" s="17"/>
       <c r="M21" s="18"/>
       <c r="N21" s="32"/>
       <c r="O21" s="33"/>
     </row>
-    <row r="22" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:15" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="28"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="29"/>
-      <c r="F22" s="82">
+      <c r="F22" s="87">
         <v>0.1</v>
       </c>
-      <c r="G22" s="83"/>
+      <c r="G22" s="88"/>
       <c r="H22" s="34">
         <v>0.15</v>
       </c>
       <c r="I22" s="13"/>
-      <c r="J22" s="84">
+      <c r="J22" s="89">
         <v>0.15</v>
       </c>
-      <c r="K22" s="85"/>
-      <c r="L22" s="75">
+      <c r="K22" s="90"/>
+      <c r="L22" s="67">
         <v>0.2</v>
       </c>
-      <c r="M22" s="76"/>
-      <c r="N22" s="75">
+      <c r="M22" s="68"/>
+      <c r="N22" s="67">
         <v>1</v>
       </c>
-      <c r="O22" s="76"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="O22" s="68"/>
+    </row>
+    <row r="23" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="35"/>
       <c r="B23" s="36"/>
       <c r="C23" s="36"/>
       <c r="D23" s="36"/>
       <c r="E23" s="3"/>
       <c r="F23" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="G23" s="37" t="s">
+      <c r="H23" s="63" t="s">
+        <v>27</v>
+      </c>
+      <c r="I23" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="J23" s="63" t="s">
+        <v>27</v>
+      </c>
+      <c r="K23" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="L23" s="63" t="s">
+        <v>27</v>
+      </c>
+      <c r="M23" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="N23" s="63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" s="38" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="83" t="s">
+        <v>1</v>
+      </c>
+      <c r="B24" s="84"/>
+      <c r="C24" s="84"/>
+      <c r="D24" s="84"/>
+      <c r="E24" s="85"/>
+      <c r="F24" s="39" t="s">
         <v>29</v>
       </c>
-      <c r="H23" s="63" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="38" t="s">
+      <c r="G24" s="43" t="s">
         <v>29</v>
       </c>
-      <c r="J23" s="63" t="s">
-[...2 lines deleted...]
-      <c r="K23" s="38" t="s">
+      <c r="H24" s="40" t="s">
         <v>29</v>
       </c>
-      <c r="L23" s="63" t="s">
-[...2 lines deleted...]
-      <c r="M23" s="38" t="s">
+      <c r="I24" s="43" t="s">
         <v>29</v>
       </c>
-      <c r="N23" s="63" t="s">
-[...2 lines deleted...]
-      <c r="O23" s="38" t="s">
+      <c r="J24" s="40" t="s">
         <v>29</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="F24" s="39" t="s">
+      <c r="K24" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="L24" s="40" t="s">
+        <v>29</v>
+      </c>
+      <c r="M24" s="43" t="s">
+        <v>29</v>
+      </c>
+      <c r="N24" s="40" t="s">
+        <v>29</v>
+      </c>
+      <c r="O24" s="43" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="83" t="s">
+        <v>2</v>
+      </c>
+      <c r="B25" s="84"/>
+      <c r="C25" s="84"/>
+      <c r="D25" s="84"/>
+      <c r="E25" s="85"/>
+      <c r="F25" s="39" t="s">
         <v>30</v>
       </c>
-      <c r="G24" s="43" t="s">
+      <c r="G25" s="42" t="s">
+        <v>31</v>
+      </c>
+      <c r="H25" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="H24" s="40" t="s">
+      <c r="I25" s="43" t="s">
+        <v>31</v>
+      </c>
+      <c r="J25" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="I24" s="43" t="s">
+      <c r="K25" s="43" t="s">
+        <v>31</v>
+      </c>
+      <c r="L25" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="J24" s="40" t="s">
+      <c r="M25" s="43" t="s">
+        <v>31</v>
+      </c>
+      <c r="N25" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="K24" s="43" t="s">
-[...23 lines deleted...]
-      <c r="F25" s="39" t="s">
+      <c r="O25" s="43" t="s">
         <v>31</v>
       </c>
-      <c r="G25" s="42" t="s">
+    </row>
+    <row r="26" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="58" t="s">
         <v>32</v>
-      </c>
-[...27 lines deleted...]
-        <v>33</v>
       </c>
       <c r="B26" s="59"/>
       <c r="C26" s="59"/>
       <c r="D26" s="59"/>
       <c r="E26" s="59"/>
       <c r="F26" s="53">
         <v>36.92</v>
       </c>
       <c r="G26" s="54">
         <v>87.42</v>
       </c>
       <c r="H26" s="53">
         <v>55.36</v>
       </c>
       <c r="I26" s="55">
         <v>131.11000000000001</v>
       </c>
       <c r="J26" s="56">
         <v>55.36</v>
       </c>
       <c r="K26" s="54">
         <v>131.11000000000001</v>
       </c>
       <c r="L26" s="53">
         <v>73.819999999999993</v>
       </c>
       <c r="M26" s="55">
         <v>174.82</v>
       </c>
       <c r="N26" s="56">
         <v>369.1</v>
       </c>
       <c r="O26" s="55">
         <v>874.1</v>
       </c>
     </row>
-    <row r="27" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="60" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B27" s="61"/>
       <c r="C27" s="61"/>
       <c r="D27" s="61"/>
       <c r="E27" s="61"/>
       <c r="F27" s="45">
         <v>44.12</v>
       </c>
       <c r="G27" s="46">
         <v>94.62</v>
       </c>
       <c r="H27" s="45">
         <v>66.17</v>
       </c>
       <c r="I27" s="47">
         <v>141.92000000000002</v>
       </c>
       <c r="J27" s="48">
         <v>66.17</v>
       </c>
       <c r="K27" s="46">
         <v>141.92000000000002</v>
       </c>
       <c r="L27" s="45">
         <v>88.24</v>
       </c>
       <c r="M27" s="47">
         <v>189.24</v>
       </c>
       <c r="N27" s="48">
         <v>441.18</v>
       </c>
       <c r="O27" s="47">
         <v>946.18000000000006</v>
       </c>
     </row>
-    <row r="28" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="28" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="44" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B28" s="62"/>
       <c r="C28" s="62"/>
       <c r="D28" s="62"/>
       <c r="E28" s="62"/>
       <c r="F28" s="49">
         <v>44.39</v>
       </c>
       <c r="G28" s="50">
         <v>94.89</v>
       </c>
       <c r="H28" s="49">
         <v>66.570000000000007</v>
       </c>
       <c r="I28" s="51">
         <v>142.32</v>
       </c>
       <c r="J28" s="52">
         <v>66.570000000000007</v>
       </c>
       <c r="K28" s="50">
         <v>142.32</v>
       </c>
       <c r="L28" s="49">
         <v>88.77</v>
       </c>
       <c r="M28" s="51">
         <v>189.76999999999998</v>
       </c>
       <c r="N28" s="52">
         <v>443.83000000000004</v>
       </c>
       <c r="O28" s="51">
         <v>948.83</v>
       </c>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:15" ht="16.5" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="17" x14ac:dyDescent="0.2">
       <c r="B32" s="41"/>
       <c r="C32" s="5"/>
       <c r="D32" s="5"/>
       <c r="E32" s="5"/>
     </row>
-    <row r="33" spans="2:5" x14ac:dyDescent="0.35">
+    <row r="33" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B33" s="5"/>
       <c r="C33" s="5"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5"/>
     </row>
   </sheetData>
-  <mergeCells count="23">
-[...12 lines deleted...]
-    <mergeCell ref="J16:K16"/>
+  <mergeCells count="22">
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="L22:M22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:E25"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J19:K19"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="J22:K22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="F9:M9"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="J16:K16"/>
   </mergeCells>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.25" bottom="0.25" header="0.5" footer="0.4"/>
   <pageSetup scale="99" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E533A68BDE80F94084F00EA5690B8FBE" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0d86fadbe7c7011d3b69682bbb456cc5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08218398-255d-4417-a386-ad589d921abe" xmlns:ns3="3f83906a-44c9-40a5-b57b-580814ca79c1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2bdd5016b8e48e7dd764bca7ec883dd0" ns2:_="" ns3:_="">
     <xsd:import namespace="08218398-255d-4417-a386-ad589d921abe"/>
     <xsd:import namespace="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2110,109 +2104,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaLengthInSeconds xmlns="08218398-255d-4417-a386-ad589d921abe" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="08218398-255d-4417-a386-ad589d921abe">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3f83906a-44c9-40a5-b57b-580814ca79c1" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E08115-34E5-4DFE-8340-8E3A99204B35}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93858E87-9CD5-4A6A-8325-144E32B445D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E08115-34E5-4DFE-8340-8E3A99204B35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0126367-8E5E-4184-8B18-3FB10D66B6A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>chart 6</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>