--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -1417,74 +1417,84 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7E6D">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>这些表格可以</w:t>
       </w:r>
       <w:r w:rsidR="00B5207A" w:rsidRPr="00D40F43">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-[...22 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00936DB2">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00936DB2">
+        <w:instrText>HYPERLINK "https://massgov.sharepoint.com/sites/EOL-DFML-Teams/Shared%20Documents/PFML/Stakeholder%20Engagement/Content_Forms%20Repository/Workplace%20Posters%20and%20Notifications/2024/Notifications_Rate%20Sheets/mass.gov/dfml"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00936DB2">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00936DB2" w:rsidRPr="00936DB2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>mass.gov/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00936DB2" w:rsidRPr="00936DB2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>dfml</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00936DB2">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="002A708D">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D40F43">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>网站</w:t>
       </w:r>
       <w:r w:rsidR="00B5207A" w:rsidRPr="006D7E6D">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei" w:eastAsia="Microsoft YaHei" w:hAnsi="Microsoft YaHei" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
@@ -2437,161 +2447,77 @@
     </w:p>
     <w:p w14:paraId="520D937E" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="00BB631C" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7A3442" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="00BB631C" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D63C8F2" w14:textId="4B7FA34A" w:rsidR="00A211E2" w:rsidRDefault="003D4B4F" w:rsidP="00E5212D">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6D63C8F2" w14:textId="4B7FA34A" w:rsidR="00A211E2" w:rsidRPr="001C78BF" w:rsidRDefault="003D4B4F" w:rsidP="001C78BF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C78BF">
         <w:lastRenderedPageBreak/>
-        <w:t>通</w:t>
-[...19 lines deleted...]
-        </w:rPr>
+        <w:t>通知</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4850" w:rsidRPr="001C78BF">
         <w:t>带薪</w:t>
       </w:r>
-      <w:r w:rsidR="009A0C8D" w:rsidRPr="00B5207A">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009A0C8D" w:rsidRPr="001C78BF">
         <w:t>家庭</w:t>
       </w:r>
-      <w:r w:rsidR="000A4850" w:rsidRPr="00B5207A">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000A4850" w:rsidRPr="001C78BF">
         <w:t>假和病假</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4B4F">
-[...26 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C78BF">
+        <w:t>给员工 (</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4850" w:rsidRPr="001C78BF">
         <w:t>25 名或</w:t>
       </w:r>
-      <w:r w:rsidR="009A0C8D" w:rsidRPr="00B5207A">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009A0C8D" w:rsidRPr="001C78BF">
         <w:t>超过25名员工以上</w:t>
       </w:r>
-      <w:r w:rsidR="000A4850" w:rsidRPr="00B5207A">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000A4850" w:rsidRPr="001C78BF">
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3851E2CA" w14:textId="77777777" w:rsidR="000942FC" w:rsidRPr="00F03FF0" w:rsidRDefault="000942FC" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F95A868" w14:textId="2CC89B88" w:rsidR="00A400C3" w:rsidRDefault="009A0C8D" w:rsidP="00A400C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -14886,51 +14812,51 @@
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>可以通过该部</w:t>
       </w:r>
       <w:r w:rsidR="009A610A">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
       <w:r w:rsidRPr="00B53462">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>的申请网站创建一个帐户以在线申请：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="007C49B8" w:rsidRPr="00B53462">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>paidleave.mass.gov/login/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7E3380BB" w14:textId="5FD4F40B" w:rsidR="00A46351" w:rsidRPr="00B53462" w:rsidRDefault="008C0A6E" w:rsidP="00687BF0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
@@ -15205,51 +15131,51 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
       <w:r w:rsidRPr="005450FB">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>的网页</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00FA4110" w:rsidRPr="005450FB">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidR="005567C2" w:rsidRPr="005450FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>www.mass.gov/DFML</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA4110" w:rsidRPr="005450FB">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BC1E39" w:rsidRPr="005450FB">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -15914,85 +15840,85 @@
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>请您保留一份副本</w:t>
       </w:r>
       <w:r w:rsidR="005450FB" w:rsidRPr="000866E5">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>作为参考</w:t>
       </w:r>
       <w:r w:rsidR="001277E6" w:rsidRPr="005450FB">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="005450FB" w:rsidSect="000942FC">
-      <w:footerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F009295" w14:textId="77777777" w:rsidR="00850740" w:rsidRDefault="00850740" w:rsidP="00816C47">
+    <w:p w14:paraId="7F6CFEF8" w14:textId="77777777" w:rsidR="00A376DA" w:rsidRDefault="00A376DA" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44704DF9" w14:textId="77777777" w:rsidR="00850740" w:rsidRDefault="00850740" w:rsidP="00816C47">
+    <w:p w14:paraId="73427564" w14:textId="77777777" w:rsidR="00A376DA" w:rsidRDefault="00A376DA" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="07DD7D6A" w14:textId="77777777" w:rsidR="00850740" w:rsidRDefault="00850740">
+    <w:p w14:paraId="73545DFB" w14:textId="77777777" w:rsidR="00A376DA" w:rsidRDefault="00A376DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16323,71 +16249,71 @@
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AE4AFB7" w14:textId="77777777" w:rsidR="00850740" w:rsidRDefault="00850740" w:rsidP="00816C47">
+    <w:p w14:paraId="5C2FB0BC" w14:textId="77777777" w:rsidR="00A376DA" w:rsidRDefault="00A376DA" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25973F35" w14:textId="77777777" w:rsidR="00850740" w:rsidRDefault="00850740" w:rsidP="00816C47">
+    <w:p w14:paraId="79634A2C" w14:textId="77777777" w:rsidR="00A376DA" w:rsidRDefault="00A376DA" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="319CD316" w14:textId="77777777" w:rsidR="00850740" w:rsidRDefault="00850740">
+    <w:p w14:paraId="2BD51B23" w14:textId="77777777" w:rsidR="00A376DA" w:rsidRDefault="00A376DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FD31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C062F1C"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -19151,85 +19077,87 @@
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00011C84"/>
     <w:rsid w:val="0001220E"/>
     <w:rsid w:val="000160AF"/>
     <w:rsid w:val="00021F6F"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="0006321D"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="00075E40"/>
     <w:rsid w:val="00077EE1"/>
     <w:rsid w:val="00082B16"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="0008574B"/>
     <w:rsid w:val="00086784"/>
     <w:rsid w:val="0009189A"/>
     <w:rsid w:val="00092E3D"/>
     <w:rsid w:val="000942FC"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A1EFC"/>
     <w:rsid w:val="000A4850"/>
     <w:rsid w:val="000B3139"/>
     <w:rsid w:val="000B41D5"/>
     <w:rsid w:val="000C65C3"/>
     <w:rsid w:val="000D1A6F"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="000D7FE7"/>
     <w:rsid w:val="000E61B9"/>
     <w:rsid w:val="000E6E9A"/>
     <w:rsid w:val="000F7976"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="00107200"/>
     <w:rsid w:val="00110E17"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="0013416A"/>
     <w:rsid w:val="00141DD5"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="0016590B"/>
     <w:rsid w:val="00172F3A"/>
     <w:rsid w:val="00175BE9"/>
     <w:rsid w:val="00191898"/>
     <w:rsid w:val="001932C0"/>
     <w:rsid w:val="00196D32"/>
     <w:rsid w:val="001A4892"/>
     <w:rsid w:val="001B2CD6"/>
     <w:rsid w:val="001B4F65"/>
     <w:rsid w:val="001B4F71"/>
     <w:rsid w:val="001C012D"/>
+    <w:rsid w:val="001C78BF"/>
     <w:rsid w:val="001D2051"/>
     <w:rsid w:val="001D65BD"/>
     <w:rsid w:val="001E1DC3"/>
     <w:rsid w:val="001E3CD1"/>
     <w:rsid w:val="001E47BB"/>
     <w:rsid w:val="001E57F5"/>
     <w:rsid w:val="001E6176"/>
     <w:rsid w:val="00200493"/>
     <w:rsid w:val="002252AE"/>
     <w:rsid w:val="0023140A"/>
     <w:rsid w:val="00236330"/>
     <w:rsid w:val="0024090E"/>
     <w:rsid w:val="00241815"/>
     <w:rsid w:val="00247B01"/>
     <w:rsid w:val="00253D7C"/>
     <w:rsid w:val="0025579A"/>
     <w:rsid w:val="00267C89"/>
     <w:rsid w:val="00280942"/>
     <w:rsid w:val="00280EBA"/>
     <w:rsid w:val="002834F4"/>
     <w:rsid w:val="002854A1"/>
     <w:rsid w:val="00290309"/>
     <w:rsid w:val="00293C9C"/>
     <w:rsid w:val="00295939"/>
     <w:rsid w:val="002A42F3"/>
@@ -19436,50 +19364,51 @@
     <w:rsid w:val="00960817"/>
     <w:rsid w:val="00963E9E"/>
     <w:rsid w:val="00993FD1"/>
     <w:rsid w:val="0099696B"/>
     <w:rsid w:val="009A0C8D"/>
     <w:rsid w:val="009A533C"/>
     <w:rsid w:val="009A610A"/>
     <w:rsid w:val="009B6F03"/>
     <w:rsid w:val="009B7034"/>
     <w:rsid w:val="009C26E8"/>
     <w:rsid w:val="009C4337"/>
     <w:rsid w:val="009C49FA"/>
     <w:rsid w:val="009D58E8"/>
     <w:rsid w:val="009E16E2"/>
     <w:rsid w:val="009E3176"/>
     <w:rsid w:val="009E365C"/>
     <w:rsid w:val="009E5F25"/>
     <w:rsid w:val="00A03118"/>
     <w:rsid w:val="00A03F20"/>
     <w:rsid w:val="00A211E2"/>
     <w:rsid w:val="00A23E14"/>
     <w:rsid w:val="00A26A28"/>
     <w:rsid w:val="00A26D0E"/>
     <w:rsid w:val="00A27D65"/>
     <w:rsid w:val="00A358D4"/>
+    <w:rsid w:val="00A376DA"/>
     <w:rsid w:val="00A400C3"/>
     <w:rsid w:val="00A421EA"/>
     <w:rsid w:val="00A438ED"/>
     <w:rsid w:val="00A44A95"/>
     <w:rsid w:val="00A46351"/>
     <w:rsid w:val="00A46784"/>
     <w:rsid w:val="00A5290A"/>
     <w:rsid w:val="00A67C76"/>
     <w:rsid w:val="00A75064"/>
     <w:rsid w:val="00A83379"/>
     <w:rsid w:val="00A85E17"/>
     <w:rsid w:val="00AA23FF"/>
     <w:rsid w:val="00AA3033"/>
     <w:rsid w:val="00AA3C3E"/>
     <w:rsid w:val="00AA580C"/>
     <w:rsid w:val="00AB1819"/>
     <w:rsid w:val="00AB5FB1"/>
     <w:rsid w:val="00AC04D7"/>
     <w:rsid w:val="00AC3BE7"/>
     <w:rsid w:val="00AC6923"/>
     <w:rsid w:val="00AD06B5"/>
     <w:rsid w:val="00AD3738"/>
     <w:rsid w:val="00AD7B30"/>
     <w:rsid w:val="00AD7B9F"/>
     <w:rsid w:val="00AE0FAD"/>
@@ -20070,50 +19999,70 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C78BF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -20365,50 +20314,64 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB6AC0"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A74DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A74DA"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001C78BF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft YaHei Light" w:eastAsia="Microsoft YaHei Light" w:hAnsi="Microsoft YaHei Light" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1802190716">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="471143088">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -20430,51 +20393,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1463231678">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/DFML" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paidleave.mass.gov/login/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EOL-DFML-Teams/Shared%20Documents/PFML/Stakeholder%20Engagement/Content_Forms%20Repository/Workplace%20Posters%20and%20Notifications/2024/Notifications_Rate%20Sheets/mass.gov/dfml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/DFML" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paidleave.mass.gov/login/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20745,59 +20708,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -21019,135 +20973,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
     <SharedWithUsers xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7">
       <UserInfo>
         <DisplayName>Tibma, Mary B. (DFML)</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Shepard, Lisa F (DFML)</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Aldred, Paige E. (DFML)</DisplayName>
         <AccountId>130</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Alpine, William (DFML)</DisplayName>
         <AccountId>18</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{742D91B8-CE1D-4BB3-9282-376EA1E8722A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37A4782C-BC8F-423B-99C6-19D17D2A3D0C}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37A4782C-BC8F-423B-99C6-19D17D2A3D0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>825</Words>
   <Characters>4707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>