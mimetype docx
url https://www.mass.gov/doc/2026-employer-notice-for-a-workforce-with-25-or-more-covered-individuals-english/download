--- v0 (2025-11-14)
+++ v1 (2026-02-08)
@@ -953,85 +953,85 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520D937E" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="001310E6" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7A3442" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="001310E6" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21E782D8" w14:textId="2E0A84A4" w:rsidR="00362B42" w:rsidRPr="001310E6" w:rsidRDefault="00CC2ADF" w:rsidP="00E5212D">
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="21E782D8" w14:textId="2E0A84A4" w:rsidR="00362B42" w:rsidRPr="00267BBA" w:rsidRDefault="00CC2ADF" w:rsidP="002E2246">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PAID FAMILY AND MEDICAL LEAVE NOTICE TO EMPLOYEES (25 </w:t>
       </w:r>
-      <w:r w:rsidR="00370B8D" w:rsidRPr="001310E6">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00370B8D" w:rsidRPr="00267BBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">or more </w:t>
       </w:r>
-      <w:r w:rsidRPr="001310E6">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00267BBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Workers)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D63C8F2" w14:textId="77777777" w:rsidR="00A211E2" w:rsidRPr="001310E6" w:rsidRDefault="00A211E2" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28CC885F" w14:textId="35BEE43D" w:rsidR="00362B42" w:rsidRPr="001310E6" w:rsidRDefault="00362B42" w:rsidP="00A400C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
@@ -7564,71 +7564,71 @@
       <w:r w:rsidRPr="00BB631C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="00BB631C" w:rsidSect="00A421EA">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D647060" w14:textId="77777777" w:rsidR="009532D2" w:rsidRDefault="009532D2" w:rsidP="00816C47">
+    <w:p w14:paraId="27C99356" w14:textId="77777777" w:rsidR="00962EFD" w:rsidRDefault="00962EFD" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56F75761" w14:textId="77777777" w:rsidR="009532D2" w:rsidRDefault="009532D2" w:rsidP="00816C47">
+    <w:p w14:paraId="7FE73AF2" w14:textId="77777777" w:rsidR="00962EFD" w:rsidRDefault="00962EFD" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52AA10D0" w14:textId="77777777" w:rsidR="009532D2" w:rsidRDefault="009532D2">
+    <w:p w14:paraId="345C4F6C" w14:textId="77777777" w:rsidR="00962EFD" w:rsidRDefault="00962EFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7637,78 +7637,78 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1017079842"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="125B3409" w14:textId="77777777" w:rsidR="00E07CBC" w:rsidRPr="001310E6" w:rsidRDefault="00E0452D">
         <w:pPr>
@@ -7854,71 +7854,71 @@
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54FEC8DA" w14:textId="77777777" w:rsidR="009532D2" w:rsidRDefault="009532D2" w:rsidP="00816C47">
+    <w:p w14:paraId="5CB5931B" w14:textId="77777777" w:rsidR="00962EFD" w:rsidRDefault="00962EFD" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C306B1C" w14:textId="77777777" w:rsidR="009532D2" w:rsidRDefault="009532D2" w:rsidP="00816C47">
+    <w:p w14:paraId="7A2CEDA4" w14:textId="77777777" w:rsidR="00962EFD" w:rsidRDefault="00962EFD" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="60204BB5" w14:textId="77777777" w:rsidR="009532D2" w:rsidRDefault="009532D2">
+    <w:p w14:paraId="77A5BD9B" w14:textId="77777777" w:rsidR="00962EFD" w:rsidRDefault="00962EFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="55633F7B" w14:paraId="3D27BA45" w14:textId="77777777" w:rsidTr="55633F7B">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -10196,73 +10196,76 @@
     <w:rsid w:val="00155DE2"/>
     <w:rsid w:val="00161605"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="0016590B"/>
     <w:rsid w:val="00170F97"/>
     <w:rsid w:val="00183F1B"/>
     <w:rsid w:val="00191898"/>
     <w:rsid w:val="001932C0"/>
     <w:rsid w:val="00196D32"/>
     <w:rsid w:val="001A1B1C"/>
     <w:rsid w:val="001A4892"/>
     <w:rsid w:val="001B2CD6"/>
     <w:rsid w:val="001B4F65"/>
     <w:rsid w:val="001B5C49"/>
     <w:rsid w:val="001D2051"/>
     <w:rsid w:val="001D65BD"/>
     <w:rsid w:val="001E1DC3"/>
     <w:rsid w:val="001E3CD1"/>
     <w:rsid w:val="001E47BB"/>
     <w:rsid w:val="001E6176"/>
     <w:rsid w:val="001F0EFD"/>
     <w:rsid w:val="001F4BDB"/>
     <w:rsid w:val="001F6562"/>
     <w:rsid w:val="002136DD"/>
+    <w:rsid w:val="0022430B"/>
     <w:rsid w:val="00224B71"/>
     <w:rsid w:val="002252AE"/>
     <w:rsid w:val="0023140A"/>
     <w:rsid w:val="00231C20"/>
     <w:rsid w:val="00236330"/>
     <w:rsid w:val="002371C6"/>
     <w:rsid w:val="0024090E"/>
     <w:rsid w:val="00241815"/>
     <w:rsid w:val="00247B01"/>
     <w:rsid w:val="00253D7C"/>
     <w:rsid w:val="0025579A"/>
     <w:rsid w:val="00260151"/>
+    <w:rsid w:val="00267BBA"/>
     <w:rsid w:val="00267C89"/>
     <w:rsid w:val="00280942"/>
     <w:rsid w:val="00280EBA"/>
     <w:rsid w:val="002834F4"/>
     <w:rsid w:val="00290309"/>
     <w:rsid w:val="00293C9C"/>
     <w:rsid w:val="0029589E"/>
     <w:rsid w:val="00295939"/>
     <w:rsid w:val="002A42F3"/>
     <w:rsid w:val="002B5A9F"/>
     <w:rsid w:val="002E156B"/>
+    <w:rsid w:val="002E2246"/>
     <w:rsid w:val="002E38AA"/>
     <w:rsid w:val="002E3B24"/>
     <w:rsid w:val="002E59A8"/>
     <w:rsid w:val="003037AB"/>
     <w:rsid w:val="0030472A"/>
     <w:rsid w:val="00305168"/>
     <w:rsid w:val="00306FAE"/>
     <w:rsid w:val="003132FD"/>
     <w:rsid w:val="00317F8F"/>
     <w:rsid w:val="0032069A"/>
     <w:rsid w:val="0033276C"/>
     <w:rsid w:val="0033766B"/>
     <w:rsid w:val="00340119"/>
     <w:rsid w:val="0034189C"/>
     <w:rsid w:val="00346D02"/>
     <w:rsid w:val="00362B42"/>
     <w:rsid w:val="0036787C"/>
     <w:rsid w:val="00370B8D"/>
     <w:rsid w:val="0037140C"/>
     <w:rsid w:val="0037372D"/>
     <w:rsid w:val="003813B8"/>
     <w:rsid w:val="003813CD"/>
     <w:rsid w:val="003826EC"/>
     <w:rsid w:val="00384920"/>
     <w:rsid w:val="00384DC4"/>
@@ -10422,50 +10425,51 @@
     <w:rsid w:val="008638F9"/>
     <w:rsid w:val="00865AEB"/>
     <w:rsid w:val="0087289C"/>
     <w:rsid w:val="0087439C"/>
     <w:rsid w:val="0088117D"/>
     <w:rsid w:val="00882E8D"/>
     <w:rsid w:val="008849C5"/>
     <w:rsid w:val="008926D5"/>
     <w:rsid w:val="008A7709"/>
     <w:rsid w:val="008B02BE"/>
     <w:rsid w:val="008B76BA"/>
     <w:rsid w:val="008C2256"/>
     <w:rsid w:val="008C3A09"/>
     <w:rsid w:val="008D05AE"/>
     <w:rsid w:val="008D3FA0"/>
     <w:rsid w:val="008D6927"/>
     <w:rsid w:val="008E4817"/>
     <w:rsid w:val="008E58DE"/>
     <w:rsid w:val="008E5C07"/>
     <w:rsid w:val="00906CD0"/>
     <w:rsid w:val="00920A04"/>
     <w:rsid w:val="009269C5"/>
     <w:rsid w:val="00936DB2"/>
     <w:rsid w:val="009532D2"/>
     <w:rsid w:val="00960817"/>
+    <w:rsid w:val="00962EFD"/>
     <w:rsid w:val="00963E9E"/>
     <w:rsid w:val="00981AC7"/>
     <w:rsid w:val="00993FD1"/>
     <w:rsid w:val="0099696B"/>
     <w:rsid w:val="00997C58"/>
     <w:rsid w:val="009A533C"/>
     <w:rsid w:val="009B6F03"/>
     <w:rsid w:val="009B7034"/>
     <w:rsid w:val="009C4337"/>
     <w:rsid w:val="009C49FA"/>
     <w:rsid w:val="009C5909"/>
     <w:rsid w:val="009D58E8"/>
     <w:rsid w:val="009E16E2"/>
     <w:rsid w:val="009E3176"/>
     <w:rsid w:val="009E5F25"/>
     <w:rsid w:val="009F7A2A"/>
     <w:rsid w:val="00A03118"/>
     <w:rsid w:val="00A03F20"/>
     <w:rsid w:val="00A15A74"/>
     <w:rsid w:val="00A20472"/>
     <w:rsid w:val="00A211E2"/>
     <w:rsid w:val="00A26D0E"/>
     <w:rsid w:val="00A27053"/>
     <w:rsid w:val="00A27D65"/>
     <w:rsid w:val="00A32D6A"/>
@@ -10573,71 +10577,73 @@
     <w:rsid w:val="00D13684"/>
     <w:rsid w:val="00D179CA"/>
     <w:rsid w:val="00D30870"/>
     <w:rsid w:val="00D31399"/>
     <w:rsid w:val="00D35272"/>
     <w:rsid w:val="00D4013B"/>
     <w:rsid w:val="00D46A7D"/>
     <w:rsid w:val="00D51526"/>
     <w:rsid w:val="00D521D5"/>
     <w:rsid w:val="00D5282F"/>
     <w:rsid w:val="00D53B03"/>
     <w:rsid w:val="00D7086F"/>
     <w:rsid w:val="00D73D19"/>
     <w:rsid w:val="00D844BF"/>
     <w:rsid w:val="00D84C25"/>
     <w:rsid w:val="00D87B5D"/>
     <w:rsid w:val="00D911F8"/>
     <w:rsid w:val="00DB206A"/>
     <w:rsid w:val="00DC5E23"/>
     <w:rsid w:val="00DD56D1"/>
     <w:rsid w:val="00DE32E1"/>
     <w:rsid w:val="00DE334A"/>
     <w:rsid w:val="00DE48A1"/>
     <w:rsid w:val="00DF5BE5"/>
     <w:rsid w:val="00E00006"/>
+    <w:rsid w:val="00E002D2"/>
     <w:rsid w:val="00E00FA1"/>
     <w:rsid w:val="00E010FD"/>
     <w:rsid w:val="00E02617"/>
     <w:rsid w:val="00E0452D"/>
     <w:rsid w:val="00E07CBC"/>
     <w:rsid w:val="00E13F5F"/>
     <w:rsid w:val="00E15E54"/>
     <w:rsid w:val="00E4651E"/>
     <w:rsid w:val="00E513D2"/>
     <w:rsid w:val="00E520A7"/>
     <w:rsid w:val="00E5212D"/>
     <w:rsid w:val="00E55192"/>
     <w:rsid w:val="00E604DB"/>
     <w:rsid w:val="00E62264"/>
     <w:rsid w:val="00E64A2F"/>
     <w:rsid w:val="00E671A8"/>
     <w:rsid w:val="00E67A70"/>
     <w:rsid w:val="00E7386B"/>
     <w:rsid w:val="00E74276"/>
     <w:rsid w:val="00E74998"/>
     <w:rsid w:val="00E902B5"/>
+    <w:rsid w:val="00E97C17"/>
     <w:rsid w:val="00EA3A9A"/>
     <w:rsid w:val="00EC02E7"/>
     <w:rsid w:val="00EC0D6F"/>
     <w:rsid w:val="00EC1C1C"/>
     <w:rsid w:val="00EC7F64"/>
     <w:rsid w:val="00ED077B"/>
     <w:rsid w:val="00EE00EC"/>
     <w:rsid w:val="00EE562D"/>
     <w:rsid w:val="00EE7377"/>
     <w:rsid w:val="00EF15E1"/>
     <w:rsid w:val="00F064DB"/>
     <w:rsid w:val="00F211D3"/>
     <w:rsid w:val="00F33A92"/>
     <w:rsid w:val="00F378FF"/>
     <w:rsid w:val="00F41930"/>
     <w:rsid w:val="00F41B99"/>
     <w:rsid w:val="00F51473"/>
     <w:rsid w:val="00F53112"/>
     <w:rsid w:val="00F54219"/>
     <w:rsid w:val="00F56EC8"/>
     <w:rsid w:val="00F63212"/>
     <w:rsid w:val="00F7336F"/>
     <w:rsid w:val="00F7367C"/>
     <w:rsid w:val="00F8397C"/>
     <w:rsid w:val="00F83A66"/>
@@ -11117,50 +11123,71 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002E2246"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -11421,50 +11448,63 @@
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A74DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A74DA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00725AE6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002E2246"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1802190716">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="471143088">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>