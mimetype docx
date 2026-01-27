--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -1277,63 +1277,66 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A580F11" w14:textId="77777777" w:rsidR="007724F1" w:rsidRPr="00FF0FD0" w:rsidRDefault="007724F1">
       <w:pPr>
         <w:spacing w:after="19" w:line="220" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="608F4B9E" w14:textId="77777777" w:rsidR="007724F1" w:rsidRPr="00FF0FD0" w:rsidRDefault="007724F1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:sectPr w:rsidR="007724F1" w:rsidRPr="00FF0FD0">
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="965" w:left="1439" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="289DEC00" w14:textId="7F324049" w:rsidR="007724F1" w:rsidRPr="00607F68" w:rsidRDefault="00810B2E" w:rsidP="00607F68">
-[...11 lines deleted...]
-          <w:noProof/>
+    <w:p w14:paraId="289DEC00" w14:textId="7F324049" w:rsidR="007724F1" w:rsidRPr="007B7418" w:rsidRDefault="00810B2E" w:rsidP="003D3A7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7418">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1729" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="60F267DF" wp14:editId="4E87B8C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>891539</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>6483096</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2572512" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="drawingObject2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -1359,1142 +1362,831 @@
                         <a:noFill/>
                         <a:ln w="18288" cap="flat">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr vertOverflow="overflow" horzOverflow="overflow" vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="10536759" id="drawingObject2" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:510.5pt;width:202.55pt;height:0;z-index:-503314751;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="2572512,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDETR/57gEAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG8dWtk2t2HtotFWl&#10;qrvSbn8AwRBbwgwaWDvpr+9APuxuqz2s6gMeeMPjvWHY3B56wwaFvgNb8Xyx5ExZCU1n9xX/+XT3&#10;Yc2ZD8I2woBVFT8qz2/r9+82oytVAS2YRiEjEuvL0VW8DcGVWeZlq3rhF+CUJVAD9iLQFPdZg2Ik&#10;9t5kxXL5MRsBG4cglfe0uj2BvE78WisZ7rX2KjBTcdIW0ohp3MUxqzei3KNwbSfPMsQbVPSis3To&#10;lWorgmDP2P1F1XcSwYMOCwl9Blp3UiUP5CZfvnDz2AqnkhcqjnfXMvn/Ryt/DI/uAakMo/OlpzC6&#10;OGjs45/0sUMq1vFaLHUITNJicfOpuMkLzuQFy6aN8tmHrwoSiRi++3Cqc3OJRHuJ5MFeQqTbevWe&#10;nAhxX1QWQzZOKuJaD4N6goSGF7JJ2oQaO8+6+pjZOGXQpnhMvTkH6WiK5+Ys3HXGJHfGRkH5ulhT&#10;z0tBzayNCKkrPJiuiYlRnMf97otBNojYk+mLbUjEf6Q59GErfHuCjKWM6YpitIPm+EA0CsM9DdoA&#10;HU8lSBFnLeCvf63HfOofQjkz3yz10ud8tYpvI01WdK00wTmymyPCStpc8ZBERyHUmkn++RnF3p/P&#10;k/Dpsde/AQAA//8DAFBLAwQUAAYACAAAACEAksRQIt8AAAANAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvDQBCF74L/YRnBm91tSEqJ2RQVBA+C2FbxuM1Ok2B2Nu5u2+ivdzyI3ubNPN58r1pNbhBH&#10;DLH3pGE+UyCQGm97ajVsN/dXSxAxGbJm8IQaPjHCqj4/q0xp/Yme8bhOreAQiqXR0KU0llLGpkNn&#10;4syPSHzb++BMYhlaaYM5cbgbZKbUQjrTE3/ozIh3HTbv64PToLKv7OVjOcZFwLfX23b79PCIe60v&#10;L6abaxAJp/Rnhh98RoeamXb+QDaKgXWucrbyoLI5t2JLkRcFiN3vStaV/N+i/gYAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDETR/57gEAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCSxFAi3wAAAA0BAAAPAAAAAAAAAAAAAAAAAEgEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" o:allowincell="f" path="m,l2572512,e" filled="f" strokeweight="1.44pt">
                 <v:path arrowok="t" textboxrect="0,0,2572512,0"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="007B7418">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EC5E40">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>AVIS DE CONGÉS RÉMUNÉRÉS POUR RAISONS FAMILIALES ET MÉDICALES AUX EMPLOYÉS (au moins 25 travailleurs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D737FCF" w14:textId="77777777" w:rsidR="007724F1" w:rsidRPr="00FF0FD0" w:rsidRDefault="007724F1">
+      <w:pPr>
+        <w:spacing w:after="18" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62FB10CC" w14:textId="25ED4BDE" w:rsidR="007724F1" w:rsidRPr="00E04BB2" w:rsidRDefault="00810B2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Veuillez</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>lire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>attentivement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>cet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>avis.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Il</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>comporte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>renseignements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>importants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>sur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>vos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5E40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-        <w:ind w:right="536"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>droits,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>vos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Veuillez</w:t>
+        <w:t>obligations</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>lire</w:t>
+        <w:t>et</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>attentivement</w:t>
+        <w:t>votre</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>cet</w:t>
+        <w:t>admissibilité</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>avis.</w:t>
+        <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Il</w:t>
+        <w:t>vertu</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>comporte</w:t>
+        <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>des</w:t>
+        <w:t>la</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>renseignements</w:t>
+        <w:t>loi</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>importants</w:t>
+        <w:t>du</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>sur</w:t>
+        <w:t>Massachusetts</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>vos</w:t>
+        <w:t>sur</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>droits,</w:t>
+        <w:t>les</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>vos</w:t>
+        <w:t>congés</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>obligations</w:t>
+        <w:t>rémunérés</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>et</w:t>
+        <w:t>pour</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>votre</w:t>
+        <w:t>raisons</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>admissibilité</w:t>
+        <w:t>familiales</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>en</w:t>
+        <w:t>et</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>vertu</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00E04BB2">
+        <w:t>médicales</w:t>
+      </w:r>
+      <w:r w:rsidR="002D561C" w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (PFML)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>la</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>loi</w:t>
+        <w:t>Veuillez</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>du</w:t>
+        <w:t>conserver</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Massachusetts</w:t>
+        <w:t>cet</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>sur</w:t>
+        <w:t>avis</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>les</w:t>
+        <w:t>pour</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>congés</w:t>
+        <w:t>vos</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>rémunérés</w:t>
-[...234 lines deleted...]
-        </w:rPr>
         <w:t>dossiers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C051D4" w14:textId="77777777" w:rsidR="007724F1" w:rsidRPr="00E04BB2" w:rsidRDefault="007724F1">
       <w:pPr>
         <w:spacing w:after="51" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7110052F" w14:textId="290B8F46" w:rsidR="007724F1" w:rsidRPr="00E04BB2" w:rsidRDefault="00810B2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
         <w:ind w:right="765"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2591,52 +2283,62 @@
         </w:rPr>
         <w:t>a procédure</w:t>
       </w:r>
       <w:r w:rsidR="008C30B2" w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> de demande. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Votre employeur a fourni</w:t>
       </w:r>
       <w:r w:rsidR="008C30B2" w:rsidRPr="00E04BB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> les renseignements suivants:</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> les renseignements </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C30B2" w:rsidRPr="00E04BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>suivants:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="39F4710B" w14:textId="77777777" w:rsidR="00E3620B" w:rsidRDefault="00E3620B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="624"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F6752C2" w14:textId="414787CC" w:rsidR="00E3620B" w:rsidRDefault="00E3620B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="624"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Wingdings" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E3620B">
@@ -6255,59 +5957,71 @@
         <w:t>46</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0FD0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> % du salaire. Votre employeur ne peut pas déduire plus que ces pourcentages de votre </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783FC8FC" w14:textId="04EF099E" w:rsidR="00A517E1" w:rsidRDefault="00810B2E" w:rsidP="00A517E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="372" w:right="677"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FF0FD0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">salaire, que votre employeur </w:t>
+        <w:t>salaire</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF0FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, que votre employeur </w:t>
       </w:r>
       <w:r w:rsidR="000D35E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>dispose d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0FD0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>un régime privé ou qu’il cotise à la caisse centrale de l’État.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D8EBDFF" w14:textId="77777777" w:rsidR="005C28CC" w:rsidRPr="00A517E1" w:rsidRDefault="005C28CC" w:rsidP="00A517E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6319,52 +6033,64 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A110DA7" w14:textId="1CAEC8E5" w:rsidR="005C1FA7" w:rsidRPr="0079654E" w:rsidRDefault="00810B2E" w:rsidP="0079654E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="372" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0FD0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Votre employeur a décidé d’allouer le montant de cotisation comme suit:</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Votre employeur a décidé d’allouer le montant de cotisation comme </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF0FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>suit:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpY="-480"/>
         <w:tblW w:w="10021" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="397"/>
         <w:gridCol w:w="5686"/>
         <w:gridCol w:w="1075"/>
         <w:gridCol w:w="2863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A517E1" w14:paraId="620023BA" w14:textId="77777777" w:rsidTr="00C87E07">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6448,62 +6174,64 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>raisons</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4E4B1A" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00A01625" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:before="5" w:after="0" w:line="144" w:lineRule="exact"/>
               <w:ind w:left="584" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A01625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>médicales</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9624" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="0" w:space="0" w:color="D9E1F3"/>
               <w:left w:val="single" w:sz="0" w:space="0" w:color="13548F"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39A3EABB" w14:textId="54888E8D" w:rsidR="00A517E1" w:rsidRPr="00A01625" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:after="6" w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6649,98 +6377,118 @@
                                 <a:schemeClr val="dk1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="3BB99639" id="Straight Connector 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="12.4pt,7.15pt" to="178.15pt,7.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxhH0dowEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvVfiP1i+s05WKqLRZntoBRcE&#10;FbQ/wHXGG6u2x7LNJvvvGXt3swgQQqgXxx/z3sx7M9nczs6yPcRk0Pe8XTWcgVc4GL/r+dPjh7fv&#10;OUtZ+kFa9NDzAyR+u31ztZlCB2sc0Q4QGZH41E2h52POoRMiqRGcTCsM4OlRY3Qy0zHuxBDlROzO&#10;inXTvBMTxiFEVJAS3d4fH/m28msNKn/ROkFmtudUW65rrOtzWcV2I7tdlGE06lSG/I8qnDSeki5U&#10;9zJL9j2a36icURET6rxS6ARqbRRUDaSmbX5R822UAaoWMieFxab0erTq8/7OP0SyYQqpS+EhFhWz&#10;jq58qT42V7MOi1kwZ6boct021836mjN1fhMXYIgpfwR0rGx6bo0vOmQn959SpmQUeg4p19aziabn&#10;hhhLR8SllrrLBwvHsK+gmRkoe1vp6pjAnY1sL6nBw0tb4YWQIgtEG2sXUPN30Cm2wKCOzr8Cl+ia&#10;EX1egM54jH/KmudzqfoYf1Z91FpkP+NwqJ2pdlD/q22nWS0D9vO5wi9/1PYHAAAA//8DAFBLAwQU&#10;AAYACAAAACEAQGTcit0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9iN&#10;bdJKzKaI4CGCBVvpeZpMk2h2NmS3afz3jnjQ28x7w5vvZevJdmqkwbeODdzNIlDEpatarg28755v&#10;70H5gFxh55gMfJGHdX55kWFauTO/0bgNtZIQ9ikaaELoU6192ZBFP3M9sXhHN1gMsg61rgY8S7jt&#10;9DyKltpiy/KhwZ6eGio/tydr4KPYF3Vys2qPmzh5wd2YvPJYGHN9NT0+gAo0hb9j+MEXdMiF6eBO&#10;XHnVGZjHQh5EjxegxF8kSxkOv4LOM/2/QP4NAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;cYR9HaMBAACZAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAQGTcit0AAAAIAQAADwAAAAAAAAAAAAAAAAD9AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A517E1" w:rsidRPr="00A01625">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>cotisera (Nom de l’employeur)</w:t>
+              <w:t>cotisera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A517E1" w:rsidRPr="00A01625">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Nom de l’employeur)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5737450F" w14:textId="2FCDA45C" w:rsidR="00A517E1" w:rsidRPr="00A01625" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E614376" w14:textId="13F2AC87" w:rsidR="00A517E1" w:rsidRPr="00A01625" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:after="6" w:line="140" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7465FF19" w14:textId="5E65EF03" w:rsidR="00A517E1" w:rsidRPr="00A01625" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="3829" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A01625">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>et le solde de</w:t>
+              <w:t>et</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A01625">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le solde de</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07F85E64" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:before="29" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6764,57 +6512,67 @@
           <w:tcPr>
             <w:tcW w:w="2863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E49E2FD" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:before="29" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="393"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FF0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>de la cotisation de congés pour raisons médicales</w:t>
+              <w:t>de</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FF0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la cotisation de congés pour raisons médicales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A517E1" w:rsidRPr="00E210C0" w14:paraId="65DA483D" w14:textId="77777777" w:rsidTr="00C87E07">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="001F5F"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="001F5F"/>
               <w:right w:val="single" w:sz="0" w:space="0" w:color="13548F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="13548F"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
@@ -6947,57 +6705,67 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1318CC30" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:after="12" w:line="220" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="395DFDB1" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="00C87E07">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FF0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>sera déduit de vos salaires</w:t>
+              <w:t>sera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FF0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> déduit de vos salaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02123D4E" w14:textId="7204BEBD" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="00A517E1">
       <w:pPr>
         <w:spacing w:after="29" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -7366,87 +7134,107 @@
                               <a:noFill/>
                               <a:ln w="18287" cap="flat">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr vertOverflow="overflow" horzOverflow="overflow" vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shape w14:anchorId="7BE80FF7" id="drawingObject34" o:spid="_x0000_s1026" style="position:absolute;margin-left:12.9pt;margin-top:38.8pt;width:159pt;height:0;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="2019300,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCg5Syh7gEAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJS2G7UZA9Ui5AQ&#10;u9IuP2Dq2E0kx2PZ3iTl1zN2PxIWxAGRgzP2jJ/fex5v78ZOs14636Ip+XKRcyaNwLo1h5J/f75/&#10;t+HMBzA1aDSy5Efp+V319s12sIVcYYO6lo4RiPHFYEvehGCLLPOikR34BVppKKnQdRBo6g5Z7WAg&#10;9E5nqzz/mA3oautQSO9pdXdK8irhKyVFeFDKy8B0yYlbSKNL4z6OWbWF4uDANq0404B/YNFBa+jQ&#10;K9QOArAX1/4G1bXCoUcVFgK7DJVqhUwaSM0yf6XmqQErkxYyx9urTf7/wYpv/ZN9dGTDYH3hKYwq&#10;RuW6+Cd+bExmHa9myTEwQYvE9/Z9Tp6KSy6bNooXHz5LTCDQf/Xh5HN9iaC5RGI0l9DRbf31niyE&#10;uC8yiyEbJhZxrcNePmPKhle0idqU1WZeddUxk3GqoE3xmGp7DtLRFM/FGbxvtU7qtImElpvV5oZM&#10;AWpmpSGkrvCo2zoWRnLeHfaftGM9xJ5MX2xDAv6lzDofduCbU0obqpiuKEZ7rI+PBCNdeKBBaaTj&#10;yYIUcdag+/Gn9VhP/UNZzvQXQ710u1yv49tIk/WHmxVN3Dyzn2fACNpc8pBIRyLUmon++RnF3p/P&#10;E/HpsVc/AQAA//8DAFBLAwQUAAYACAAAACEANYr58t4AAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPS0/DMBCE70j8B2uRuCDq0NImCnGqiscNVaKPQ29OssQBex1l3Tb8e4w4wHFmVjPfFsvRWXHC&#10;gTtPCu4mCQik2jcdtQp225fbDAQHTY22nlDBFzIsy8uLQueNP9MbnjahFbGEONcKTAh9LiXXBp3m&#10;ie+RYvbuB6dDlEMrm0GfY7mzcpokC+l0R3HB6B4fDdafm6NTsL15Phiu5qtsvePswzzxPrWvSl1f&#10;jasHEAHH8HcMP/gRHcrIVPkjNSysguk8kgcFaboAEfPZ/Swa1a8hy0L+f6D8BgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAKDlLKHuAQAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhADWK+fLeAAAACAEAAA8AAAAAAAAAAAAAAAAASAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" o:allowincell="f" path="m,l2019300,e" filled="f" strokeweight=".50797mm">
                       <v:path arrowok="t" textboxrect="0,0,2019300,0"/>
                       <w10:wrap anchorx="page" anchory="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A517E1" w:rsidRPr="00A01625">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>cotisera (Nom de l’employeur)</w:t>
+              <w:t>cotisera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A517E1" w:rsidRPr="00A01625">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Nom de l’employeur)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23546124" w14:textId="7A6DBFCE" w:rsidR="00A517E1" w:rsidRPr="00A01625" w:rsidRDefault="00A517E1" w:rsidP="0064581C">
             <w:pPr>
               <w:spacing w:after="21" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="771F6EF4" w14:textId="176C6D45" w:rsidR="00A517E1" w:rsidRPr="00A01625" w:rsidRDefault="00A517E1" w:rsidP="0064581C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="3871" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A01625">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>et le solde de</w:t>
+              <w:t>et</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A01625">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le solde de</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0BF06E6B" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="0064581C">
             <w:pPr>
               <w:spacing w:after="79" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -7492,57 +7280,67 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2EBBEBFC" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="0064581C">
             <w:pPr>
               <w:spacing w:after="79" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A58E59B" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="0064581C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="412"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FF0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>de la cotisation de congés pour raisons familiales</w:t>
+              <w:t>de</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FF0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la cotisation de congés pour raisons familiales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A517E1" w:rsidRPr="00E210C0" w14:paraId="76AAB9B4" w14:textId="77777777" w:rsidTr="0064581C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="855"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="388" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="385522"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="385522"/>
               <w:right w:val="single" w:sz="0" w:space="0" w:color="388556"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="388556"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
@@ -7655,57 +7453,67 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4215059B" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="0064581C">
             <w:pPr>
               <w:spacing w:after="107" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B84F4A9" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1" w:rsidP="0064581C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FF0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>sera déduit de vos salaires</w:t>
+              <w:t>sera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FF0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> déduit de vos salaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="357E6EF5" w14:textId="79ABC56C" w:rsidR="00A517E1" w:rsidRDefault="00A517E1">
       <w:pPr>
         <w:spacing w:after="29" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F84CF9A" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRDefault="00A517E1">
       <w:pPr>
         <w:spacing w:after="29" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -10346,61 +10154,61 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53F7FB0C" w14:textId="77777777" w:rsidR="00A517E1" w:rsidRPr="00FF0FD0" w:rsidRDefault="00A517E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A517E1" w:rsidRPr="00FF0FD0">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="965" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CD4E430" w14:textId="77777777" w:rsidR="00DE1141" w:rsidRDefault="00DE1141" w:rsidP="00D11B1B">
+    <w:p w14:paraId="54527107" w14:textId="77777777" w:rsidR="00383A49" w:rsidRDefault="00383A49" w:rsidP="00D11B1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BC65BB4" w14:textId="77777777" w:rsidR="00DE1141" w:rsidRDefault="00DE1141" w:rsidP="00D11B1B">
+    <w:p w14:paraId="61E0D7D9" w14:textId="77777777" w:rsidR="00383A49" w:rsidRDefault="00383A49" w:rsidP="00D11B1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -10491,61 +10299,61 @@
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>Mis à jour 1/11/2</w:t>
     </w:r>
     <w:r w:rsidR="00231E18">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="006A32DB">
       <w:t xml:space="preserve"> French</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1843A8F7" w14:textId="77777777" w:rsidR="00D11B1B" w:rsidRDefault="00D11B1B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AAC69F4" w14:textId="77777777" w:rsidR="00DE1141" w:rsidRDefault="00DE1141" w:rsidP="00D11B1B">
+    <w:p w14:paraId="541B2B8D" w14:textId="77777777" w:rsidR="00383A49" w:rsidRDefault="00383A49" w:rsidP="00D11B1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6136EFEF" w14:textId="77777777" w:rsidR="00DE1141" w:rsidRDefault="00DE1141" w:rsidP="00D11B1B">
+    <w:p w14:paraId="32749EAE" w14:textId="77777777" w:rsidR="00383A49" w:rsidRDefault="00383A49" w:rsidP="00D11B1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="090129DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1D69FBE"/>
     <w:lvl w:ilvl="0" w:tplc="FCC0E2DC">
       <w:start w:val="20"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
@@ -12147,109 +11955,113 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="847671801">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1331761660">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1971668508">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="988748205">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="630669886">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2010592196">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007724F1"/>
     <w:rsid w:val="00010C7B"/>
     <w:rsid w:val="00070130"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A4A48"/>
     <w:rsid w:val="000D35E8"/>
     <w:rsid w:val="000F2D38"/>
     <w:rsid w:val="000F4931"/>
     <w:rsid w:val="001467CE"/>
     <w:rsid w:val="001643B6"/>
     <w:rsid w:val="001934A6"/>
     <w:rsid w:val="001F0296"/>
     <w:rsid w:val="00200A56"/>
     <w:rsid w:val="0020155E"/>
     <w:rsid w:val="00216B0C"/>
     <w:rsid w:val="00231E18"/>
     <w:rsid w:val="002D561C"/>
     <w:rsid w:val="002F185C"/>
     <w:rsid w:val="0035025C"/>
     <w:rsid w:val="00370616"/>
     <w:rsid w:val="003751B5"/>
+    <w:rsid w:val="00383A49"/>
     <w:rsid w:val="003C201F"/>
+    <w:rsid w:val="003D3A7B"/>
     <w:rsid w:val="00487990"/>
     <w:rsid w:val="004E4EEB"/>
     <w:rsid w:val="004E566B"/>
     <w:rsid w:val="00557046"/>
     <w:rsid w:val="0056787A"/>
     <w:rsid w:val="00594680"/>
     <w:rsid w:val="005C1FA7"/>
     <w:rsid w:val="005C28CC"/>
     <w:rsid w:val="006075CC"/>
     <w:rsid w:val="00607F68"/>
     <w:rsid w:val="006313AF"/>
     <w:rsid w:val="00674667"/>
     <w:rsid w:val="0068712E"/>
     <w:rsid w:val="006A32DB"/>
     <w:rsid w:val="007724F1"/>
     <w:rsid w:val="0078755B"/>
     <w:rsid w:val="0079654E"/>
+    <w:rsid w:val="007B7418"/>
     <w:rsid w:val="007F410F"/>
     <w:rsid w:val="0080488D"/>
     <w:rsid w:val="00804DA4"/>
     <w:rsid w:val="00810B2E"/>
     <w:rsid w:val="00824A92"/>
     <w:rsid w:val="008C30B2"/>
     <w:rsid w:val="009059C8"/>
     <w:rsid w:val="00920799"/>
     <w:rsid w:val="0092324C"/>
     <w:rsid w:val="00934B6F"/>
     <w:rsid w:val="009C14D5"/>
     <w:rsid w:val="00A01625"/>
     <w:rsid w:val="00A517E1"/>
     <w:rsid w:val="00A76AB1"/>
     <w:rsid w:val="00AD3B7B"/>
     <w:rsid w:val="00AF28A5"/>
     <w:rsid w:val="00B53B74"/>
     <w:rsid w:val="00B56EB7"/>
     <w:rsid w:val="00BC30E4"/>
     <w:rsid w:val="00BE30DC"/>
     <w:rsid w:val="00C47D30"/>
     <w:rsid w:val="00C87E07"/>
     <w:rsid w:val="00CB6191"/>
     <w:rsid w:val="00D11B1B"/>
     <w:rsid w:val="00DE1141"/>
@@ -12674,50 +12486,66 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D3A7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -12834,50 +12662,60 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D11B1B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D11B1B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BC30E4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003D3A7B"/>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="70347641">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="662858606">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>