--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -1082,210 +1082,151 @@
         </w:rPr>
         <w:t>konfòm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D844BF" w:rsidRPr="000439D7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E25298" w14:textId="77777777" w:rsidR="00D844BF" w:rsidRPr="00FE7477" w:rsidRDefault="00D844BF" w:rsidP="00D844BF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70C93B37" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="00FE7477" w:rsidRDefault="00821852" w:rsidP="00821852">
+    <w:p w14:paraId="70C93B37" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="00FE7477" w:rsidRDefault="00821852" w:rsidP="0050438E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="0"/>
-[...9 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>Avi</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>Anplaye</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>Plis</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>Enstriksyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7477">
         <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Itilizasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="29E92C33" w14:textId="6118001D" w:rsidR="00D844BF" w:rsidRPr="00FE7477" w:rsidRDefault="00D844BF" w:rsidP="736D881E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0154569B" w14:textId="032D3DAA" w:rsidR="008D6927" w:rsidRPr="000439D7" w:rsidRDefault="00821852" w:rsidP="00E55192">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
@@ -2004,67 +1945,51 @@
         </w:rPr>
         <w:t>itilize</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> yon </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lòt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> avi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>chwazi</w:t>
       </w:r>
@@ -2084,67 +2009,51 @@
         </w:rPr>
         <w:t>tou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>depi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> avi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>itilize</w:t>
       </w:r>
@@ -4000,60 +3909,58 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="54EDB70E" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="000439D7" w:rsidRDefault="00821852" w:rsidP="00821852">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1217"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1217" w:hanging="358"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tablo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
@@ -4298,60 +4205,58 @@
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3E9479EA" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="000439D7" w:rsidRDefault="00821852" w:rsidP="00821852">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1217"/>
           <w:tab w:val="left" w:pos="1220"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1369"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tablo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
@@ -4894,67 +4799,57 @@
         <w:t xml:space="preserve"> 6;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5C0377" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="000439D7" w:rsidRDefault="00821852" w:rsidP="00821852">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1217"/>
           <w:tab w:val="left" w:pos="1220"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="949"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t>Kare</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Kare </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000439D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5978,275 +5873,103 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66B5CDB9" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="00FE7477" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5219421F" w14:textId="77777777" w:rsidR="00551B90" w:rsidRPr="00FE7477" w:rsidRDefault="00551B90" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71DF0F91" w14:textId="7F4BD753" w:rsidR="00674D33" w:rsidRPr="00FE7477" w:rsidRDefault="00674D33" w:rsidP="00674D33">
+    <w:p w14:paraId="71DF0F91" w14:textId="7F4BD753" w:rsidR="00674D33" w:rsidRPr="00D13E5F" w:rsidRDefault="00674D33" w:rsidP="0050438E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="365" w:lineRule="exact"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D13E5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>AVI</w:t>
-[...157 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">AVI KONJE FANMI AK KONJE MALADI YO PEYE POU ANPLWAYE (25 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D13E5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>travayè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FE7477">
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00D13E5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D13E5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FE7477">
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00D13E5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D13E5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>plis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FE7477">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00D13E5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E782D8" w14:textId="1F2FE0FE" w:rsidR="00362B42" w:rsidRPr="00FE7477" w:rsidRDefault="00362B42" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28CC885F" w14:textId="27983D1E" w:rsidR="00362B42" w:rsidRPr="00DE4FE7" w:rsidRDefault="00674D33" w:rsidP="00A400C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -8254,58 +7977,56 @@
           </w:p>
           <w:p w14:paraId="3F1D41A8" w14:textId="77777777" w:rsidR="00744DE6" w:rsidRPr="00FE7477" w:rsidRDefault="00744DE6" w:rsidP="009269C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="606C9149" w14:textId="491EAEE4" w:rsidR="00744DE6" w:rsidRPr="00FE7477" w:rsidRDefault="005424FC" w:rsidP="009269C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Gen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>yon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -8737,58 +8458,56 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76842D3E" w14:textId="2C0D0976" w:rsidR="00744DE6" w:rsidRPr="00FE7477" w:rsidRDefault="005424FC" w:rsidP="009269C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="160"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Gen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>yon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -9130,51 +8849,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 7" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="2B08F696" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>Non Plan Prive a</w:t>
@@ -9255,51 +8974,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 1" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="71D110A7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Nimewo</w:t>
             </w:r>
@@ -9403,51 +9122,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 2" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="7DBAF110" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Adrès</w:t>
             </w:r>
@@ -9533,51 +9252,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 3" style="position:absolute;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="04690F47" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Wèbsayt</w:t>
             </w:r>
@@ -9749,51 +9468,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B523CBF" w14:textId="30538212" w:rsidR="00906CD0" w:rsidRPr="00FE7477" w:rsidRDefault="00CC2ADF" w:rsidP="00551B90">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00DF1A7D" w:rsidRPr="00FE7477">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>splikasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF1A7D" w:rsidRPr="00FE7477">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> sou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF1A7D" w:rsidRPr="00FE7477">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -11291,71 +11009,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="495470B2" w14:textId="77777777" w:rsidR="0025579A" w:rsidRPr="00FE7477" w:rsidRDefault="0025579A" w:rsidP="0025579A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="203AAC38" w14:textId="131F36C6" w:rsidR="003C552D" w:rsidRPr="00F1341A" w:rsidRDefault="003C552D" w:rsidP="003C552D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F1341A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Yon</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> “</w:t>
+        <w:t>Yon “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F1341A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ane</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F1341A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F1341A">
@@ -13847,91 +13553,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A4337B" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Mwayen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A4337B" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Eta a</w:t>
+        <w:t xml:space="preserve"> Chak Semèn Eta a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77710A7E" w14:textId="4BB54E97" w:rsidR="000D5AE9" w:rsidRPr="00215E47" w:rsidRDefault="000D5AE9" w:rsidP="000D5AE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">50% </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A4337B" w:rsidRPr="00215E47">
@@ -14429,91 +14095,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Mwayen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Eta a</w:t>
+        <w:t xml:space="preserve"> Chak Semèn Eta a</w:t>
       </w:r>
       <w:r w:rsidR="00C726B7" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A2F9A7" w14:textId="17520ED2" w:rsidR="00F54219" w:rsidRPr="00215E47" w:rsidRDefault="00A4337B" w:rsidP="00362B42">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -14761,77 +14387,62 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67995942" w14:textId="77777777" w:rsidR="00856D36" w:rsidRPr="00FE7477" w:rsidRDefault="00856D36" w:rsidP="00362B42">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14CA37CA" w14:textId="5BBEF905" w:rsidR="00F83A66" w:rsidRPr="00215E47" w:rsidRDefault="00A4337B" w:rsidP="00F83A66">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Peman</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Peman </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>plizy</w:t>
       </w:r>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>è</w:t>
@@ -15706,68 +15317,57 @@
         <w:t>enkli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F83A66" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CCB04DE" w14:textId="0134ECE2" w:rsidR="00F83A66" w:rsidRPr="00215E47" w:rsidRDefault="00A4337B" w:rsidP="00F83A66">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00215E47">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konpansasyon </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Travayè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0386933E" w14:textId="37E6F90B" w:rsidR="00F83A66" w:rsidRPr="00215E47" w:rsidRDefault="00A4337B" w:rsidP="00F83A66">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -15798,96 +15398,79 @@
         </w:rPr>
         <w:t>Chomaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5CCB55CA" w14:textId="5A13D8C4" w:rsidR="00F83A66" w:rsidRPr="00215E47" w:rsidRDefault="00A4337B" w:rsidP="00F83A66">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Règleman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Pwogram </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -16545,59 +16128,57 @@
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pwogram</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Andikap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -16843,59 +16424,57 @@
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pwogram</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Konje</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -19971,59 +19550,57 @@
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>asirans</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00215E47">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21924,62 +21501,52 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00660763" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00660763" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>anpwlayè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00660763" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> w </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> w lan</w:t>
+      </w:r>
       <w:r w:rsidR="00CB5697" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001551E4" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00660763" w:rsidRPr="00215E47">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yo</w:t>
       </w:r>
       <w:r w:rsidR="36447FCF" w:rsidRPr="00215E47">
@@ -22192,51 +21759,50 @@
         <w:gridCol w:w="3116"/>
         <w:gridCol w:w="3117"/>
         <w:gridCol w:w="3117"/>
       </w:tblGrid>
       <w:tr w:rsidR="00660763" w:rsidRPr="00FE7477" w14:paraId="2C19DF2D" w14:textId="77777777" w:rsidTr="00365888">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="501B156B" w14:textId="6573A299" w:rsidR="00660763" w:rsidRPr="00FE7477" w:rsidRDefault="00660763" w:rsidP="00660763">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Kontribisyon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Konje</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE7477">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
@@ -28339,51 +27905,50 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1939"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1219" w:right="742" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Si</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -31847,50 +31412,51 @@
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F05E421" w14:textId="1CE8BB2D" w:rsidR="003B3E2A" w:rsidRPr="00FE7477" w:rsidRDefault="003B3E2A" w:rsidP="003B3E2A">
       <w:pPr>
         <w:spacing w:before="51"/>
         <w:ind w:left="4402" w:right="4400"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>KONFIMASYON</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="100D8D2C" w14:textId="77777777" w:rsidR="003B3E2A" w:rsidRPr="00FE7477" w:rsidRDefault="003B3E2A" w:rsidP="003B3E2A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="500" w:right="557"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE7477">
         <w:t>Siyati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE7477">
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE7477">
@@ -32659,71 +32225,71 @@
     <w:p w14:paraId="24CAB54B" w14:textId="1EC75C3C" w:rsidR="001277E6" w:rsidRPr="00FE7477" w:rsidRDefault="001277E6" w:rsidP="003B3E2A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="00FE7477" w:rsidSect="00596C41">
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="500145F8" w14:textId="77777777" w:rsidR="00162C97" w:rsidRDefault="00162C97" w:rsidP="00816C47">
+    <w:p w14:paraId="7F7BA9A4" w14:textId="77777777" w:rsidR="00CD0006" w:rsidRDefault="00CD0006" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="239E736E" w14:textId="77777777" w:rsidR="00162C97" w:rsidRDefault="00162C97" w:rsidP="00816C47">
+    <w:p w14:paraId="070CBBFF" w14:textId="77777777" w:rsidR="00CD0006" w:rsidRDefault="00CD0006" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D3407FF" w14:textId="77777777" w:rsidR="00162C97" w:rsidRDefault="00162C97">
+    <w:p w14:paraId="7DC4B170" w14:textId="77777777" w:rsidR="00CD0006" w:rsidRDefault="00CD0006">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -32977,71 +32543,71 @@
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1CDB593D" w14:textId="77777777" w:rsidR="00481DAA" w:rsidRDefault="00481DAA"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5045DCB0" w14:textId="77777777" w:rsidR="00162C97" w:rsidRDefault="00162C97" w:rsidP="00816C47">
+    <w:p w14:paraId="09F64F6C" w14:textId="77777777" w:rsidR="00CD0006" w:rsidRDefault="00CD0006" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BD23630" w14:textId="77777777" w:rsidR="00162C97" w:rsidRDefault="00162C97" w:rsidP="00816C47">
+    <w:p w14:paraId="5A9B7E6D" w14:textId="77777777" w:rsidR="00CD0006" w:rsidRDefault="00CD0006" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2B9900BF" w14:textId="77777777" w:rsidR="00162C97" w:rsidRDefault="00162C97">
+    <w:p w14:paraId="3CD8EF55" w14:textId="77777777" w:rsidR="00CD0006" w:rsidRDefault="00CD0006">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FD31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA640588"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -35712,50 +35278,51 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00011C84"/>
     <w:rsid w:val="0001220E"/>
     <w:rsid w:val="000160AF"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="00031489"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="000439D7"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="0006321D"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="00075E40"/>
     <w:rsid w:val="00077EA4"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="0008574B"/>
     <w:rsid w:val="00086784"/>
     <w:rsid w:val="0009189A"/>
     <w:rsid w:val="00092E3D"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A1EFC"/>
     <w:rsid w:val="000A4CD8"/>
     <w:rsid w:val="000B41D5"/>
     <w:rsid w:val="000C65C3"/>
     <w:rsid w:val="000D1A6F"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="000E61B9"/>
     <w:rsid w:val="000E6E9A"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="00107200"/>
     <w:rsid w:val="00110E17"/>
     <w:rsid w:val="00112CB9"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="0013416A"/>
     <w:rsid w:val="00141DD5"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="00162C97"/>
     <w:rsid w:val="0016590B"/>
     <w:rsid w:val="00191898"/>
@@ -35841,50 +35408,51 @@
     <w:rsid w:val="00447D80"/>
     <w:rsid w:val="00450FC2"/>
     <w:rsid w:val="00455544"/>
     <w:rsid w:val="004658F0"/>
     <w:rsid w:val="00467AB3"/>
     <w:rsid w:val="00467C50"/>
     <w:rsid w:val="00481B07"/>
     <w:rsid w:val="00481DAA"/>
     <w:rsid w:val="00483B61"/>
     <w:rsid w:val="0049002F"/>
     <w:rsid w:val="00492FB5"/>
     <w:rsid w:val="00494BA5"/>
     <w:rsid w:val="00496E44"/>
     <w:rsid w:val="004A1D5A"/>
     <w:rsid w:val="004B7BAA"/>
     <w:rsid w:val="004C62FF"/>
     <w:rsid w:val="004D4669"/>
     <w:rsid w:val="004D4EF9"/>
     <w:rsid w:val="004D7BEC"/>
     <w:rsid w:val="004E42E3"/>
     <w:rsid w:val="004E4A7A"/>
     <w:rsid w:val="004F2130"/>
     <w:rsid w:val="00500092"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="0050303D"/>
+    <w:rsid w:val="0050438E"/>
     <w:rsid w:val="00504DD7"/>
     <w:rsid w:val="0050578D"/>
     <w:rsid w:val="0051749D"/>
     <w:rsid w:val="005232FC"/>
     <w:rsid w:val="005260BB"/>
     <w:rsid w:val="00540594"/>
     <w:rsid w:val="005424FC"/>
     <w:rsid w:val="00551B90"/>
     <w:rsid w:val="00552353"/>
     <w:rsid w:val="005567C2"/>
     <w:rsid w:val="0055764C"/>
     <w:rsid w:val="005600FF"/>
     <w:rsid w:val="005644A1"/>
     <w:rsid w:val="0058217B"/>
     <w:rsid w:val="0059236E"/>
     <w:rsid w:val="00595B8A"/>
     <w:rsid w:val="00596C41"/>
     <w:rsid w:val="005A74DA"/>
     <w:rsid w:val="005B5485"/>
     <w:rsid w:val="005C5650"/>
     <w:rsid w:val="005D3288"/>
     <w:rsid w:val="005E124A"/>
     <w:rsid w:val="005E1B83"/>
     <w:rsid w:val="006023AA"/>
     <w:rsid w:val="00603F26"/>
@@ -36083,57 +35651,59 @@
     <w:rsid w:val="00BE5AFE"/>
     <w:rsid w:val="00BE7812"/>
     <w:rsid w:val="00BF34B7"/>
     <w:rsid w:val="00BF651C"/>
     <w:rsid w:val="00C075C8"/>
     <w:rsid w:val="00C20BE7"/>
     <w:rsid w:val="00C27AA5"/>
     <w:rsid w:val="00C304B7"/>
     <w:rsid w:val="00C37827"/>
     <w:rsid w:val="00C54089"/>
     <w:rsid w:val="00C625CE"/>
     <w:rsid w:val="00C70DB2"/>
     <w:rsid w:val="00C726B7"/>
     <w:rsid w:val="00C72BD9"/>
     <w:rsid w:val="00C7365A"/>
     <w:rsid w:val="00C75996"/>
     <w:rsid w:val="00C81C79"/>
     <w:rsid w:val="00C829CE"/>
     <w:rsid w:val="00CA5BBE"/>
     <w:rsid w:val="00CA7033"/>
     <w:rsid w:val="00CB0588"/>
     <w:rsid w:val="00CB0A58"/>
     <w:rsid w:val="00CB5697"/>
     <w:rsid w:val="00CB6AC0"/>
     <w:rsid w:val="00CC2ADF"/>
+    <w:rsid w:val="00CD0006"/>
     <w:rsid w:val="00CD735D"/>
     <w:rsid w:val="00CE1B05"/>
     <w:rsid w:val="00CF0897"/>
     <w:rsid w:val="00CF19FB"/>
     <w:rsid w:val="00D05D46"/>
     <w:rsid w:val="00D068E8"/>
     <w:rsid w:val="00D13684"/>
+    <w:rsid w:val="00D13E5F"/>
     <w:rsid w:val="00D179CA"/>
     <w:rsid w:val="00D30870"/>
     <w:rsid w:val="00D35272"/>
     <w:rsid w:val="00D4013B"/>
     <w:rsid w:val="00D46A7D"/>
     <w:rsid w:val="00D51526"/>
     <w:rsid w:val="00D521D5"/>
     <w:rsid w:val="00D5282F"/>
     <w:rsid w:val="00D53B03"/>
     <w:rsid w:val="00D73D19"/>
     <w:rsid w:val="00D844BF"/>
     <w:rsid w:val="00D84C25"/>
     <w:rsid w:val="00D911F8"/>
     <w:rsid w:val="00DB206A"/>
     <w:rsid w:val="00DC5E23"/>
     <w:rsid w:val="00DD56D1"/>
     <w:rsid w:val="00DE32E1"/>
     <w:rsid w:val="00DE334A"/>
     <w:rsid w:val="00DE48A1"/>
     <w:rsid w:val="00DE4FE7"/>
     <w:rsid w:val="00DF1A7D"/>
     <w:rsid w:val="00DF5BE5"/>
     <w:rsid w:val="00E00006"/>
     <w:rsid w:val="00E00FA1"/>
     <w:rsid w:val="00E02617"/>
@@ -36631,65 +36201,64 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00821852"/>
+    <w:rsid w:val="0050438E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="500"/>
+      <w:spacing w:after="0" w:line="365" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003B3E2A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
@@ -36971,57 +36540,57 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A74DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A74DA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00821852"/>
+    <w:rsid w:val="0050438E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00821852"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
@@ -37739,143 +37308,143 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
     <SharedWithUsers xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7">
       <UserInfo>
         <DisplayName>Tibma, Mary B. (DFML)</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Shepard, Lisa F (DFML)</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Aldred, Paige E. (DFML)</DisplayName>
         <AccountId>130</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Alpine, William (DFML)</DisplayName>
         <AccountId>18</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{742D91B8-CE1D-4BB3-9282-376EA1E8722A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3F91766-77A9-4BEA-BAED-5CBA131485F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3F91766-77A9-4BEA-BAED-5CBA131485F5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2272</Words>
   <Characters>12952</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>