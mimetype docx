--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -1167,85 +1167,66 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B3EC389" w14:textId="77777777" w:rsidR="00D62100" w:rsidRPr="000F5D1A" w:rsidRDefault="00D62100" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5219421F" w14:textId="77777777" w:rsidR="00551B90" w:rsidRPr="000F5D1A" w:rsidRDefault="00551B90" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21E782D8" w14:textId="4EA88402" w:rsidR="00362B42" w:rsidRPr="000F5D1A" w:rsidRDefault="00CC2ADF" w:rsidP="00E5212D">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="21E782D8" w14:textId="4EA88402" w:rsidR="00362B42" w:rsidRPr="00492CBA" w:rsidRDefault="00CC2ADF" w:rsidP="00492CBA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00492CBA">
         <w:lastRenderedPageBreak/>
         <w:t>ការឈប់សម្រាកសម្រាប់គ្រួសារ​និងការព្យាបាលទទួលប្រាក់ឈ្នួល (មាននិយោជិតចំនួន 25 នាក់ឬ</w:t>
       </w:r>
-      <w:r w:rsidR="008A0C3B" w:rsidRPr="000F5D1A">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="008A0C3B" w:rsidRPr="00492CBA">
+        <w:rPr>
           <w:cs/>
           <w:lang w:bidi="km-KH"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F5D1A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00492CBA">
         <w:t>ច្រើនជាង)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D63C8F2" w14:textId="77777777" w:rsidR="00A211E2" w:rsidRPr="000F5D1A" w:rsidRDefault="00A211E2" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28CC885F" w14:textId="43F7F618" w:rsidR="00362B42" w:rsidRPr="000F5D1A" w:rsidRDefault="00362B42" w:rsidP="00A400C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -2350,51 +2331,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 7" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="2B08F696" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="000F5D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>(ឈ្មោះគម្រោងឯកជន)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5396FC5D" w14:textId="77777777" w:rsidR="00744DE6" w:rsidRPr="000F5D1A" w:rsidRDefault="00744DE6" w:rsidP="009269C5">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -2452,51 +2433,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 1" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="71D110A7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="000F5D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>(លេខទូរស័ព្ទគម្រោងឯកជន)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74A13691" w14:textId="77777777" w:rsidR="00744DE6" w:rsidRPr="000F5D1A" w:rsidRDefault="00744DE6" w:rsidP="009269C5">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -2554,51 +2535,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 2" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="7DBAF110" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="000F5D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>(អាសយដ្ឋានគម្រោងឯកជន)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="098C50CD" w14:textId="77777777" w:rsidR="00744DE6" w:rsidRPr="000F5D1A" w:rsidRDefault="00744DE6" w:rsidP="009269C5">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -2656,51 +2637,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 3" style="position:absolute;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="04690F47" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="000F5D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
               </w:rPr>
               <w:t>(វ៉ិបសៃគម្រោងឯកជន)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66451BBC" w14:textId="77777777" w:rsidR="00744DE6" w:rsidRPr="000F5D1A" w:rsidRDefault="00744DE6" w:rsidP="009269C5">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -8108,71 +8089,71 @@
         <w:t>មួយ សម្រាប់</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03546">
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">សេចក្តីយោងរបស់អ្នកផ្ទាល។ </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="00B03546" w:rsidSect="00A421EA">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="542BF68F" w14:textId="77777777" w:rsidR="003C2F77" w:rsidRDefault="003C2F77" w:rsidP="00816C47">
+    <w:p w14:paraId="5A2EF0E7" w14:textId="77777777" w:rsidR="00A211F0" w:rsidRDefault="00A211F0" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25C8FFD6" w14:textId="77777777" w:rsidR="003C2F77" w:rsidRDefault="003C2F77" w:rsidP="00816C47">
+    <w:p w14:paraId="0C72F6C8" w14:textId="77777777" w:rsidR="00A211F0" w:rsidRDefault="00A211F0" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72FFB79A" w14:textId="77777777" w:rsidR="003C2F77" w:rsidRDefault="003C2F77">
+    <w:p w14:paraId="00DB966E" w14:textId="77777777" w:rsidR="00A211F0" w:rsidRDefault="00A211F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8383,51 +8364,54 @@
           <w:rPr>
             <w:rFonts w:ascii="Khmer OS Content" w:hAnsi="Khmer OS Content" w:cs="Khmer OS Content"/>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0E59D466" w14:textId="77777777" w:rsidR="00E0452D" w:rsidRDefault="00E0452D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66AF680B" w14:textId="12C3706B" w:rsidR="003813CD" w:rsidRDefault="003813CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>ខែតុលា ឆ្នាំ 2021</w:t>
+      <w:t xml:space="preserve">ខែតុលា </w:t>
+    </w:r>
+    <w:r>
+      <w:t>ឆ្នាំ 2021</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:id w:val="861397129"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -8455,71 +8439,71 @@
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="237DEF63" w14:textId="77777777" w:rsidR="003C2F77" w:rsidRDefault="003C2F77" w:rsidP="00816C47">
+    <w:p w14:paraId="44F43C6C" w14:textId="77777777" w:rsidR="00A211F0" w:rsidRDefault="00A211F0" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34F2F3C4" w14:textId="77777777" w:rsidR="003C2F77" w:rsidRDefault="003C2F77" w:rsidP="00816C47">
+    <w:p w14:paraId="7BB36F10" w14:textId="77777777" w:rsidR="00A211F0" w:rsidRDefault="00A211F0" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="76BBC8F0" w14:textId="77777777" w:rsidR="003C2F77" w:rsidRDefault="003C2F77">
+    <w:p w14:paraId="21FAC7A6" w14:textId="77777777" w:rsidR="00A211F0" w:rsidRDefault="00A211F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FD31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA640588"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -10639,94 +10623,95 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="207645642">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="609439032">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1495686592">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1119491035">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1218781457">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="707604721">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00011C84"/>
     <w:rsid w:val="0001220E"/>
     <w:rsid w:val="000160AF"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="0006321D"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="00075E40"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="0008574B"/>
     <w:rsid w:val="00086784"/>
     <w:rsid w:val="0009189A"/>
     <w:rsid w:val="00092E3D"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A1EFC"/>
     <w:rsid w:val="000B41D5"/>
     <w:rsid w:val="000C65C3"/>
     <w:rsid w:val="000D1A6F"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="000E61B9"/>
     <w:rsid w:val="000E6E9A"/>
     <w:rsid w:val="000F5D1A"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="00107200"/>
     <w:rsid w:val="00110E17"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="0013416A"/>
     <w:rsid w:val="00141DD5"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="0016590B"/>
     <w:rsid w:val="00191898"/>
     <w:rsid w:val="00191F65"/>
     <w:rsid w:val="001932C0"/>
@@ -10782,50 +10767,51 @@
     <w:rsid w:val="003A23A9"/>
     <w:rsid w:val="003A2E04"/>
     <w:rsid w:val="003B025C"/>
     <w:rsid w:val="003C2F77"/>
     <w:rsid w:val="003C7FB6"/>
     <w:rsid w:val="003D202A"/>
     <w:rsid w:val="003D2264"/>
     <w:rsid w:val="003D63EB"/>
     <w:rsid w:val="003E0163"/>
     <w:rsid w:val="003E5447"/>
     <w:rsid w:val="003E722A"/>
     <w:rsid w:val="003E7BCB"/>
     <w:rsid w:val="003F348A"/>
     <w:rsid w:val="00406210"/>
     <w:rsid w:val="00430ADB"/>
     <w:rsid w:val="00442CC4"/>
     <w:rsid w:val="00444B05"/>
     <w:rsid w:val="00450FC2"/>
     <w:rsid w:val="00455544"/>
     <w:rsid w:val="004658F0"/>
     <w:rsid w:val="00467AB3"/>
     <w:rsid w:val="00467C50"/>
     <w:rsid w:val="00481B07"/>
     <w:rsid w:val="00483B61"/>
     <w:rsid w:val="0049002F"/>
+    <w:rsid w:val="00492CBA"/>
     <w:rsid w:val="00492FB5"/>
     <w:rsid w:val="00496E44"/>
     <w:rsid w:val="004A1D5A"/>
     <w:rsid w:val="004C62FF"/>
     <w:rsid w:val="004D4669"/>
     <w:rsid w:val="004D4EF9"/>
     <w:rsid w:val="004D7BEC"/>
     <w:rsid w:val="004E42E3"/>
     <w:rsid w:val="004E48D2"/>
     <w:rsid w:val="004E4A7A"/>
     <w:rsid w:val="004F2130"/>
     <w:rsid w:val="00500092"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00504DD7"/>
     <w:rsid w:val="0050578D"/>
     <w:rsid w:val="0051749D"/>
     <w:rsid w:val="005232FC"/>
     <w:rsid w:val="005260BB"/>
     <w:rsid w:val="00540594"/>
     <w:rsid w:val="00551B90"/>
     <w:rsid w:val="00552353"/>
     <w:rsid w:val="005567C2"/>
     <w:rsid w:val="0055764C"/>
     <w:rsid w:val="005600FF"/>
     <w:rsid w:val="005644A1"/>
@@ -10935,50 +10921,51 @@
     <w:rsid w:val="008E58DE"/>
     <w:rsid w:val="008E5C07"/>
     <w:rsid w:val="008F3FBF"/>
     <w:rsid w:val="00906CD0"/>
     <w:rsid w:val="00913676"/>
     <w:rsid w:val="00920A04"/>
     <w:rsid w:val="009269C5"/>
     <w:rsid w:val="00936DB2"/>
     <w:rsid w:val="00960817"/>
     <w:rsid w:val="00963E9E"/>
     <w:rsid w:val="00993FD1"/>
     <w:rsid w:val="0099696B"/>
     <w:rsid w:val="009A533C"/>
     <w:rsid w:val="009B6F03"/>
     <w:rsid w:val="009B7034"/>
     <w:rsid w:val="009C4337"/>
     <w:rsid w:val="009C49FA"/>
     <w:rsid w:val="009D58E8"/>
     <w:rsid w:val="009E16E2"/>
     <w:rsid w:val="009E3176"/>
     <w:rsid w:val="009E5F25"/>
     <w:rsid w:val="00A03118"/>
     <w:rsid w:val="00A03F20"/>
     <w:rsid w:val="00A13875"/>
     <w:rsid w:val="00A211E2"/>
+    <w:rsid w:val="00A211F0"/>
     <w:rsid w:val="00A26D0E"/>
     <w:rsid w:val="00A27D65"/>
     <w:rsid w:val="00A358D4"/>
     <w:rsid w:val="00A400C3"/>
     <w:rsid w:val="00A421EA"/>
     <w:rsid w:val="00A438ED"/>
     <w:rsid w:val="00A44A95"/>
     <w:rsid w:val="00A46351"/>
     <w:rsid w:val="00A46784"/>
     <w:rsid w:val="00A5290A"/>
     <w:rsid w:val="00A67C76"/>
     <w:rsid w:val="00A83379"/>
     <w:rsid w:val="00A85E17"/>
     <w:rsid w:val="00AA23FF"/>
     <w:rsid w:val="00AA3C3E"/>
     <w:rsid w:val="00AA580C"/>
     <w:rsid w:val="00AA5D8D"/>
     <w:rsid w:val="00AB1819"/>
     <w:rsid w:val="00AB5FB1"/>
     <w:rsid w:val="00AC3BE7"/>
     <w:rsid w:val="00AC6923"/>
     <w:rsid w:val="00AD3738"/>
     <w:rsid w:val="00AD7B30"/>
     <w:rsid w:val="00AE0FAD"/>
     <w:rsid w:val="00AF053F"/>
@@ -11558,53 +11545,72 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00492CBA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -11867,50 +11873,62 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A74DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="004E48D2"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00492CBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
+      <w:b/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1802190716">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="471143088">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -12249,97 +12267,97 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
     <SharedWithUsers xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7">
       <UserInfo>
         <DisplayName>Tibma, Mary B. (DFML)</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Shepard, Lisa F (DFML)</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Aldred, Paige E. (DFML)</DisplayName>
         <AccountId>130</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Alpine, William (DFML)</DisplayName>
         <AccountId>18</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
-</file>
-[...11 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -12565,73 +12583,73 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD50219C-64EC-45BF-BF0A-1ED1A2670E59}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD50219C-64EC-45BF-BF0A-1ED1A2670E59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{742D91B8-CE1D-4BB3-9282-376EA1E8722A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>