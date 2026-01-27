--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -707,69 +707,55 @@
     </w:p>
     <w:p w14:paraId="66B5CDB9" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="0042306F" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520D937E" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="0042306F" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4650AA2B" w14:textId="552F0D50" w:rsidR="00356EA7" w:rsidRPr="0042306F" w:rsidRDefault="00356EA7" w:rsidP="00356EA7">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4650AA2B" w14:textId="552F0D50" w:rsidR="00356EA7" w:rsidRPr="00CD461A" w:rsidRDefault="00356EA7" w:rsidP="00CD461A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD461A">
         <w:t>NOTIFICAÇÃO DE LICENÇA MÉDICA E FAMILIAR REMUNERADA AOS EMPREGADOS (25 ou mais trabalhadores)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CC885F" w14:textId="3716AD8A" w:rsidR="00362B42" w:rsidRPr="0042306F" w:rsidRDefault="00356EA7" w:rsidP="00A400C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0042306F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -1614,51 +1600,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 7" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="2B08F696" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="003E4061" w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Nome do Plano Privado</w:t>
@@ -1741,51 +1727,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 1" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="71D110A7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="003E4061" w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Telefone do Plano Privado</w:t>
@@ -1868,51 +1854,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 2" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="7DBAF110" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="003E4061" w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Endereço do Plano Privado</w:t>
@@ -1995,51 +1981,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line id="Straight Connector 3" style="position:absolute;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="04690F47" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>(Website</w:t>
             </w:r>
             <w:r w:rsidR="003E4061" w:rsidRPr="0042306F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>/p</w:t>
@@ -7840,71 +7826,71 @@
       <w:r w:rsidRPr="0042306F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>uarde uma cópia para sua própria referência</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00084FCD" w:rsidRPr="00084FCD" w:rsidSect="00A421EA">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65580104" w14:textId="77777777" w:rsidR="007A1998" w:rsidRDefault="007A1998" w:rsidP="00816C47">
+    <w:p w14:paraId="4AE50FD9" w14:textId="77777777" w:rsidR="00C16D7E" w:rsidRDefault="00C16D7E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A0A8617" w14:textId="77777777" w:rsidR="007A1998" w:rsidRDefault="007A1998" w:rsidP="00816C47">
+    <w:p w14:paraId="536FEEE9" w14:textId="77777777" w:rsidR="00C16D7E" w:rsidRDefault="00C16D7E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="28D5CBBD" w14:textId="77777777" w:rsidR="007A1998" w:rsidRDefault="007A1998">
+    <w:p w14:paraId="4D1A96D6" w14:textId="77777777" w:rsidR="00C16D7E" w:rsidRDefault="00C16D7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8200,71 +8186,71 @@
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EFA4A0C" w14:textId="77777777" w:rsidR="007A1998" w:rsidRDefault="007A1998" w:rsidP="00816C47">
+    <w:p w14:paraId="49F28D43" w14:textId="77777777" w:rsidR="00C16D7E" w:rsidRDefault="00C16D7E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6706C532" w14:textId="77777777" w:rsidR="007A1998" w:rsidRDefault="007A1998" w:rsidP="00816C47">
+    <w:p w14:paraId="2B78CE63" w14:textId="77777777" w:rsidR="00C16D7E" w:rsidRDefault="00C16D7E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5ACBD447" w14:textId="77777777" w:rsidR="007A1998" w:rsidRDefault="007A1998">
+    <w:p w14:paraId="10FF25B9" w14:textId="77777777" w:rsidR="00C16D7E" w:rsidRDefault="00C16D7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FD31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA640588"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -10522,50 +10508,51 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00011C84"/>
     <w:rsid w:val="0001220E"/>
     <w:rsid w:val="000160AF"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="000566AF"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="0006321D"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="00075E40"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="00084FCD"/>
     <w:rsid w:val="0008574B"/>
     <w:rsid w:val="00086784"/>
     <w:rsid w:val="0009189A"/>
     <w:rsid w:val="00092E3D"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A1EFC"/>
     <w:rsid w:val="000B41D5"/>
     <w:rsid w:val="000C65C3"/>
     <w:rsid w:val="000D1A6F"/>
     <w:rsid w:val="000D2041"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="000E61B9"/>
     <w:rsid w:val="000E6E9A"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="00107200"/>
     <w:rsid w:val="00110E17"/>
     <w:rsid w:val="00112ECF"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="00132106"/>
     <w:rsid w:val="0013416A"/>
     <w:rsid w:val="0013733D"/>
     <w:rsid w:val="00141DD5"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="0016590B"/>
@@ -10887,79 +10874,81 @@
     <w:rsid w:val="00B72F77"/>
     <w:rsid w:val="00B76A01"/>
     <w:rsid w:val="00B830EB"/>
     <w:rsid w:val="00B8616D"/>
     <w:rsid w:val="00B86C1D"/>
     <w:rsid w:val="00B87840"/>
     <w:rsid w:val="00B96605"/>
     <w:rsid w:val="00BA4769"/>
     <w:rsid w:val="00BA5379"/>
     <w:rsid w:val="00BA5D3B"/>
     <w:rsid w:val="00BB2EA7"/>
     <w:rsid w:val="00BB32F2"/>
     <w:rsid w:val="00BB631C"/>
     <w:rsid w:val="00BB726F"/>
     <w:rsid w:val="00BC109B"/>
     <w:rsid w:val="00BC1E39"/>
     <w:rsid w:val="00BC28C3"/>
     <w:rsid w:val="00BC6D95"/>
     <w:rsid w:val="00BE0B9A"/>
     <w:rsid w:val="00BE4656"/>
     <w:rsid w:val="00BE5AFE"/>
     <w:rsid w:val="00BE7812"/>
     <w:rsid w:val="00BF34B7"/>
     <w:rsid w:val="00BF651C"/>
     <w:rsid w:val="00C075C8"/>
+    <w:rsid w:val="00C16D7E"/>
     <w:rsid w:val="00C20BE7"/>
     <w:rsid w:val="00C27AA5"/>
     <w:rsid w:val="00C304B7"/>
     <w:rsid w:val="00C3085F"/>
     <w:rsid w:val="00C41220"/>
     <w:rsid w:val="00C43EDD"/>
     <w:rsid w:val="00C46218"/>
     <w:rsid w:val="00C54089"/>
     <w:rsid w:val="00C61DCB"/>
     <w:rsid w:val="00C625CE"/>
     <w:rsid w:val="00C70DB2"/>
     <w:rsid w:val="00C726B7"/>
     <w:rsid w:val="00C7365A"/>
     <w:rsid w:val="00C75996"/>
     <w:rsid w:val="00C81C79"/>
     <w:rsid w:val="00C829CE"/>
     <w:rsid w:val="00C87AE6"/>
     <w:rsid w:val="00C9082B"/>
     <w:rsid w:val="00C97622"/>
     <w:rsid w:val="00CA52DE"/>
     <w:rsid w:val="00CA5BBE"/>
     <w:rsid w:val="00CA7033"/>
     <w:rsid w:val="00CB0588"/>
     <w:rsid w:val="00CB0A58"/>
     <w:rsid w:val="00CB3F5F"/>
     <w:rsid w:val="00CB5697"/>
     <w:rsid w:val="00CB6AC0"/>
     <w:rsid w:val="00CC2ADF"/>
     <w:rsid w:val="00CD4566"/>
+    <w:rsid w:val="00CD461A"/>
     <w:rsid w:val="00CD735D"/>
     <w:rsid w:val="00CE1293"/>
     <w:rsid w:val="00CE1B05"/>
     <w:rsid w:val="00CE597E"/>
     <w:rsid w:val="00CF04D4"/>
     <w:rsid w:val="00CF0693"/>
     <w:rsid w:val="00CF0897"/>
     <w:rsid w:val="00CF19FB"/>
     <w:rsid w:val="00D05D46"/>
     <w:rsid w:val="00D068E8"/>
     <w:rsid w:val="00D13684"/>
     <w:rsid w:val="00D15851"/>
     <w:rsid w:val="00D179CA"/>
     <w:rsid w:val="00D25B9F"/>
     <w:rsid w:val="00D30870"/>
     <w:rsid w:val="00D35272"/>
     <w:rsid w:val="00D4013B"/>
     <w:rsid w:val="00D46A7D"/>
     <w:rsid w:val="00D505A0"/>
     <w:rsid w:val="00D51526"/>
     <w:rsid w:val="00D521D5"/>
     <w:rsid w:val="00D5282F"/>
     <w:rsid w:val="00D53B03"/>
     <w:rsid w:val="00D73D19"/>
     <w:rsid w:val="00D844BF"/>
@@ -11470,50 +11459,70 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD461A"/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -11764,50 +11773,64 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB6AC0"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A74DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A74DA"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CD461A"/>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="204102518">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="354040633">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -12197,63 +12220,87 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
+    <SharedWithUsers xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7">
+      <UserInfo>
+        <DisplayName>Tibma, Mary B. (DFML)</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shepard, Lisa F (DFML)</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Aldred, Paige E. (DFML)</DisplayName>
+        <AccountId>130</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Alpine, William (DFML)</DisplayName>
+        <AccountId>18</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -12475,131 +12522,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...32 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE50EDB-48A3-47C7-BEAB-74E4172FD81E}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{742D91B8-CE1D-4BB3-9282-376EA1E8722A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCE50EDB-48A3-47C7-BEAB-74E4172FD81E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2737</Words>
   <Characters>15602</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>130</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>