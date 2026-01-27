--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -429,101 +429,111 @@
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>Форму уведомления работодателей в отношении самозанятых лиц, имеющих менее 25 застрахованных работников</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD4D09">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>, чтобы уведомить их о возможности выбрать для себя страховое покрытие.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эти формы можно скачать по адресу </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-[...49 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://massgov.sharepoint.com/sites/EOL-DFML-Teams/Shared%20Documents/PFML/Stakeholder%20Engagement/Content_Forms%20Repository/Workplace%20Posters%20and%20Notifications/2024/Notifications_Rate%20Sheets/mass.gov/dfml"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00936DB2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>mass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6426">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936DB2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6426">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00936DB2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>dfml</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="008E6426">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69C4924F" w14:textId="77777777" w:rsidR="00BD4D09" w:rsidRPr="00BD4D09" w:rsidRDefault="00BD4D09" w:rsidP="00E55192">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52C94FD1" w14:textId="77777777" w:rsidR="008E6426" w:rsidRDefault="00BD4D09" w:rsidP="00145E8B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
@@ -684,69 +694,55 @@
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>работник</w:t>
       </w:r>
       <w:r w:rsidRPr="008E6426">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ам и застрахованным контрактным работникам для ознакомления и подписания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C08958" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="008E6426" w:rsidRDefault="0023140A" w:rsidP="0023140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="615855D7" w14:textId="7CBAD05B" w:rsidR="008E6426" w:rsidRPr="008E6426" w:rsidRDefault="008E6426" w:rsidP="00E5212D">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="615855D7" w14:textId="7CBAD05B" w:rsidR="008E6426" w:rsidRPr="007E009E" w:rsidRDefault="008E6426" w:rsidP="007E009E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E009E">
         <w:t>ОПЛАЧИВАЕМЫЙ ОТПУСК ПО СЕМЕЙНЫМ ОБСТОЯТЕЛЬСТВАМ И СОСТОЯНИЮ ЗДОРОВЬЯ, УВЕДОМЛЕНИЕ ДЛЯ РАБОТНИКОВ (25 или более работников)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D63C8F2" w14:textId="77777777" w:rsidR="00A211E2" w:rsidRPr="008E6426" w:rsidRDefault="00A211E2" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72478916" w14:textId="6A71FD6B" w:rsidR="008E6426" w:rsidRPr="008E6426" w:rsidRDefault="008E6426" w:rsidP="00A400C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
@@ -2679,51 +2675,51 @@
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Правомочность</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70EE2">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. Вы будете иметь право на отпуск и пособия в счёт заработной платы, если вы будете отвечать требованиям к заработку. Вы должны </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>заработать не менее чем в 30 раз больше ожидаемой суммы пособия и</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70EE2">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor=":~:text=Have%20earned%20at%20least%3A,would%20be%20eligible%20to%20collect" w:history="1">
+      <w:hyperlink r:id="rId13" w:anchor=":~:text=Have%20earned%20at%20least%3A,would%20be%20eligible%20to%20collect" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>соответствовать требованию к минимальной сумме заработка, ежегодно определяемой Департаментом помощи безработным (</w:t>
         </w:r>
         <w:r w:rsidRPr="1DBFD476">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Department</w:t>
         </w:r>
         <w:r w:rsidRPr="00F70EE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-1"/>
@@ -9692,130 +9688,140 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004204FD" w:rsidRPr="004204FD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E6277">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Департамента</w:t>
       </w:r>
       <w:r w:rsidRPr="0014482F">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по адресу </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-[...78 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00BE0C67">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00BE0C67">
+        <w:instrText>HYPERLINK "https://paidleave.mass.gov/login/"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BE0C67">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>paidleave</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE0C67" w:rsidRPr="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>mass</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0C67" w:rsidRPr="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0C67" w:rsidRPr="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>login</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0C67" w:rsidRPr="00BE0C67">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0C67">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="22952ED4" w14:textId="321368A1" w:rsidR="0014482F" w:rsidRPr="0014482F" w:rsidRDefault="0014482F" w:rsidP="00064207">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014482F">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2. Позвонить в информационный центр Департамента по телефону (833) 344-7365 и заполнить заявление по телефону.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D92E494" w14:textId="77777777" w:rsidR="0014482F" w:rsidRPr="0014482F" w:rsidRDefault="0014482F" w:rsidP="00362B42">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -9825,51 +9831,51 @@
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E427D5">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Формы и инструкции по подаче заявлений доступны на веб-сайте Департамента по адресу</w:t>
       </w:r>
       <w:r w:rsidR="00687BF0" w:rsidRPr="00E427D5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="007C49B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
           </w:rPr>
           <w:t>www</w:t>
         </w:r>
         <w:r w:rsidR="007C49B8" w:rsidRPr="00E427D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidR="007C49B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
@@ -10807,85 +10813,85 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC4547">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>целей</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC4547">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="00DC4547" w:rsidSect="00A421EA">
-      <w:footerReference w:type="default" r:id="rId17"/>
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27629A90" w14:textId="77777777" w:rsidR="00421595" w:rsidRDefault="00421595" w:rsidP="00816C47">
+    <w:p w14:paraId="0D53A46B" w14:textId="77777777" w:rsidR="0070649E" w:rsidRDefault="0070649E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D1D36D9" w14:textId="77777777" w:rsidR="00421595" w:rsidRDefault="00421595" w:rsidP="00816C47">
+    <w:p w14:paraId="4E0F3706" w14:textId="77777777" w:rsidR="0070649E" w:rsidRDefault="0070649E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79C58DCC" w14:textId="77777777" w:rsidR="00421595" w:rsidRDefault="00421595">
+    <w:p w14:paraId="0B86390C" w14:textId="77777777" w:rsidR="0070649E" w:rsidRDefault="0070649E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11190,71 +11196,71 @@
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C4AD525" w14:textId="77777777" w:rsidR="00421595" w:rsidRDefault="00421595" w:rsidP="00816C47">
+    <w:p w14:paraId="4E7E5E4F" w14:textId="77777777" w:rsidR="0070649E" w:rsidRDefault="0070649E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A81E3F5" w14:textId="77777777" w:rsidR="00421595" w:rsidRDefault="00421595" w:rsidP="00816C47">
+    <w:p w14:paraId="2D4CECFE" w14:textId="77777777" w:rsidR="0070649E" w:rsidRDefault="0070649E" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5195120C" w14:textId="77777777" w:rsidR="00421595" w:rsidRDefault="00421595">
+    <w:p w14:paraId="7B0FF6A7" w14:textId="77777777" w:rsidR="0070649E" w:rsidRDefault="0070649E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FD31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA640588"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -13420,50 +13426,51 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00011C84"/>
     <w:rsid w:val="0001220E"/>
     <w:rsid w:val="000160AF"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="00046B33"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="0006321D"/>
     <w:rsid w:val="00064207"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="00075E40"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="0008574B"/>
     <w:rsid w:val="00086784"/>
     <w:rsid w:val="0009189A"/>
     <w:rsid w:val="00092E3D"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A1EFC"/>
     <w:rsid w:val="000A7E7B"/>
     <w:rsid w:val="000B41D5"/>
     <w:rsid w:val="000C65C3"/>
     <w:rsid w:val="000D1A6F"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="000E61B9"/>
     <w:rsid w:val="000E6E9A"/>
     <w:rsid w:val="000F0EFD"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="00107200"/>
     <w:rsid w:val="00110E17"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="0013416A"/>
     <w:rsid w:val="001342A2"/>
     <w:rsid w:val="00135439"/>
     <w:rsid w:val="00141DD5"/>
     <w:rsid w:val="0014482F"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="00147834"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
@@ -13592,79 +13599,81 @@
     <w:rsid w:val="00632E37"/>
     <w:rsid w:val="0063337E"/>
     <w:rsid w:val="0064118B"/>
     <w:rsid w:val="00642F54"/>
     <w:rsid w:val="00647279"/>
     <w:rsid w:val="006522C3"/>
     <w:rsid w:val="00652DAC"/>
     <w:rsid w:val="00656AC9"/>
     <w:rsid w:val="006570AC"/>
     <w:rsid w:val="006651A6"/>
     <w:rsid w:val="0068506D"/>
     <w:rsid w:val="00687BF0"/>
     <w:rsid w:val="00696DF2"/>
     <w:rsid w:val="006A06AC"/>
     <w:rsid w:val="006B4834"/>
     <w:rsid w:val="006B6D03"/>
     <w:rsid w:val="006B790C"/>
     <w:rsid w:val="006C2153"/>
     <w:rsid w:val="006D1D5A"/>
     <w:rsid w:val="006E1C95"/>
     <w:rsid w:val="006E4633"/>
     <w:rsid w:val="006E6277"/>
     <w:rsid w:val="006F3951"/>
     <w:rsid w:val="006F7AC0"/>
     <w:rsid w:val="00704625"/>
+    <w:rsid w:val="0070649E"/>
     <w:rsid w:val="00733A50"/>
     <w:rsid w:val="00736E9D"/>
     <w:rsid w:val="00740501"/>
     <w:rsid w:val="007411BB"/>
     <w:rsid w:val="007439D8"/>
     <w:rsid w:val="00744DE6"/>
     <w:rsid w:val="00750143"/>
     <w:rsid w:val="00753677"/>
     <w:rsid w:val="00753919"/>
     <w:rsid w:val="00753C4F"/>
     <w:rsid w:val="007561A8"/>
     <w:rsid w:val="00762687"/>
     <w:rsid w:val="00763658"/>
     <w:rsid w:val="00764139"/>
     <w:rsid w:val="007731E4"/>
     <w:rsid w:val="00776A60"/>
     <w:rsid w:val="00785A4D"/>
     <w:rsid w:val="00796312"/>
     <w:rsid w:val="007A5063"/>
     <w:rsid w:val="007A72DB"/>
     <w:rsid w:val="007B50FC"/>
     <w:rsid w:val="007B6467"/>
     <w:rsid w:val="007C42FD"/>
     <w:rsid w:val="007C49B8"/>
     <w:rsid w:val="007C4D66"/>
     <w:rsid w:val="007C6513"/>
     <w:rsid w:val="007D3749"/>
     <w:rsid w:val="007D43B6"/>
     <w:rsid w:val="007D6E0F"/>
+    <w:rsid w:val="007E009E"/>
     <w:rsid w:val="007E4D3D"/>
     <w:rsid w:val="007F30F0"/>
     <w:rsid w:val="008000EE"/>
     <w:rsid w:val="00801B04"/>
     <w:rsid w:val="0080293A"/>
     <w:rsid w:val="0080488D"/>
     <w:rsid w:val="00804DA4"/>
     <w:rsid w:val="00804EE6"/>
     <w:rsid w:val="00804EFF"/>
     <w:rsid w:val="00816C47"/>
     <w:rsid w:val="0081796A"/>
     <w:rsid w:val="008221A8"/>
     <w:rsid w:val="00824444"/>
     <w:rsid w:val="0082460B"/>
     <w:rsid w:val="00830054"/>
     <w:rsid w:val="0084752C"/>
     <w:rsid w:val="00847AF2"/>
     <w:rsid w:val="00854523"/>
     <w:rsid w:val="00856D36"/>
     <w:rsid w:val="0086145D"/>
     <w:rsid w:val="008638F9"/>
     <w:rsid w:val="0087289C"/>
     <w:rsid w:val="0087439C"/>
     <w:rsid w:val="0088117D"/>
     <w:rsid w:val="00882E8D"/>
@@ -14323,53 +14332,74 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E009E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -14633,50 +14663,64 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A74DA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="002B1B9D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007E009E"/>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1802190716">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="471143088">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -14698,51 +14742,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1463231678">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EOL-DFML-Teams/Shared%20Documents/PFML/Stakeholder%20Engagement/Content_Forms%20Repository/Workplace%20Posters%20and%20Notifications/2024/Notifications_Rate%20Sheets/mass.gov/dfml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2023-employer-notice-to-self-employed-individual-for-a-workforce-with-less-than-25-covered-individuals" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/get-ready-to-apply-for-paid-family-and-medical-leave-pfml-benefits" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/pfml-workforce-notifications-and-rate-sheets-for-massachusetts-employers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paidleave.mass.gov/login/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/check-eligibility-for-unemployment-benefits" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/check-eligibility-for-unemployment-benefits" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2023-employer-notice-to-self-employed-individual-for-a-workforce-with-less-than-25-covered-individuals" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/pfml-workforce-notifications-and-rate-sheets-for-massachusetts-employers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/get-ready-to-apply-for-paid-family-and-medical-leave-pfml-benefits" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15013,91 +15057,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...32 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -15319,103 +15331,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
+    <SharedWithUsers xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7">
+      <UserInfo>
+        <DisplayName>Tibma, Mary B. (DFML)</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shepard, Lisa F (DFML)</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Aldred, Paige E. (DFML)</DisplayName>
+        <AccountId>130</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Alpine, William (DFML)</DisplayName>
+        <AccountId>18</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6678293-0278-41EA-9098-B1D4FAF7832C}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{742D91B8-CE1D-4BB3-9282-376EA1E8722A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6678293-0278-41EA-9098-B1D4FAF7832C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2809</Words>
   <Characters>16017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>133</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>