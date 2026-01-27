--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -391,51 +391,105 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00787B25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>À titre d’employeur du Massachusetts, vous êtes tenu d’informer vos salariés et employés sous contrat</w:t>
       </w:r>
       <w:r w:rsidR="002D7766">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> assujettis</w:t>
       </w:r>
       <w:r w:rsidRPr="00787B25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du Massachusetts de leurs droits et obligations en vertu de la loi du Massachusetts sur les congés payés pour raisons familiales et médicales (Paid Family and Medical Leave - PFML). À cet effet, vous pouvez fournir ce formulaire à vos salariés et employés sous contrat</w:t>
+        <w:t xml:space="preserve"> du Massachusetts de leurs droits et obligations en vertu de la loi du Massachusetts sur les congés payés pour raisons familiales et médicales (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Paid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Family and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Leave</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - PFML). À cet effet, vous pouvez fournir ce formulaire à vos salariés et employés sous contrat</w:t>
       </w:r>
       <w:r w:rsidR="002D7766">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> assujettis</w:t>
       </w:r>
       <w:r w:rsidRPr="00787B25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>. Vous pouvez également créer ou utiliser un autre avis en vous assurant d’utiliser les mêmes informations que celles qui sont exigées par la loi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="643E8D93" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="00EC73BD">
       <w:pPr>
         <w:spacing w:after="30" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -613,69 +667,80 @@
       <w:r w:rsidR="002D7766">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00787B25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>sous contrat assujettis, vous pouvez leur fournir le</w:t>
       </w:r>
       <w:r w:rsidR="003D6640">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="003D6640" w:rsidRPr="003D6640">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>E</w:t>
         </w:r>
         <w:r w:rsidR="003D6640" w:rsidRPr="003D6640">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
-          <w:t>Formulaire d’avis aux travailleurs indépendants de l’employeur comptant parmi ses effectifs au moins 25 personnes assujetties</w:t>
+          <w:t>Formulaire</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="003D6640" w:rsidRPr="003D6640">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> d’avis aux travailleurs indépendants de l’employeur comptant parmi ses effectifs au moins 25 personnes assujetties</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00787B25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> afin de les aviser de leur option de choisir leur couverture.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E581B8" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="00EC73BD">
       <w:pPr>
         <w:spacing w:after="29" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FAE2B1D" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="00B4015C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -892,320 +957,63 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1710452A" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="00EC73BD">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:sectPr w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidSect="007C6190">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="965" w:left="1439" w:header="720" w:footer="0" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A53389E" w14:textId="16D71E35" w:rsidR="00EC73BD" w:rsidRPr="00404720" w:rsidRDefault="00B4015C">
-[...22 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0A53389E" w14:textId="16D71E35" w:rsidR="00EC73BD" w:rsidRPr="007862E1" w:rsidRDefault="00B4015C" w:rsidP="007862E1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007862E1">
         <w:lastRenderedPageBreak/>
-        <w:t>AVIS</w:t>
-[...208 lines deleted...]
-        </w:rPr>
+        <w:t>AVIS DE CONGÉS RÉMUNÉRÉS POUR RAISONS FAMILIALES ET MÉDICALES (</w:t>
+      </w:r>
+      <w:r w:rsidR="00811A98" w:rsidRPr="007862E1">
         <w:t xml:space="preserve">moins de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00404720">
-[...31 lines deleted...]
-        <w:t>travailleurs)</w:t>
+      <w:r w:rsidRPr="007862E1">
+        <w:t>25 travailleurs)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AFC4CA" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="00EC73BD">
       <w:pPr>
         <w:spacing w:after="17" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="331D467C" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="00B4015C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="796"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
@@ -3266,51 +3074,73 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1942B735" w14:textId="77777777" w:rsidR="00724D9E" w:rsidRPr="00724D9E" w:rsidRDefault="00724D9E" w:rsidP="00724D9E">
       <w:pPr>
         <w:spacing w:after="52" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00724D9E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Une « année de prestations » vous est propre et dépend du moment où vous prenez un congé dans le cadre d'un programme de congés. Votre année de prestations commence le dimanche précédant votre premier jour de congé et dure 52 semaines consécutives. L'année de prestations détermine votre taux de prestations, qui restera le même pendant toute l'année, même si vous déposez plusieurs demandes ou prenez différents types de congés. Votre taux de prestations ne changera qu'au début d'une nouvelle année de prestations.</w:t>
+        <w:t xml:space="preserve">Une « année de prestations » vous est propre et dépend du moment où vous prenez un congé dans le cadre d'un programme de congés. Votre année de prestations commence le dimanche </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00724D9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>précédant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00724D9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> votre premier jour de congé et dure 52 semaines consécutives. L'année de prestations détermine votre taux de prestations, qui restera le même pendant toute l'année, même si vous déposez plusieurs demandes ou prenez différents types de congés. Votre taux de prestations ne changera qu'au début d'une nouvelle année de prestations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CEA0C6" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="00EC73BD">
       <w:pPr>
         <w:spacing w:after="52" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26176488" w14:textId="4147E8F1" w:rsidR="00B949AA" w:rsidRPr="00FF0FD0" w:rsidRDefault="00B4015C" w:rsidP="00B949AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1240"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
         <w:ind w:right="533"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5782,62 +5612,64 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>raisons</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7316FC9B" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:before="5" w:after="0" w:line="144" w:lineRule="exact"/>
               <w:ind w:left="584" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>médicales</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9624" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="0" w:space="0" w:color="D9E1F3"/>
               <w:left w:val="single" w:sz="0" w:space="0" w:color="13548F"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53E5B188" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="6" w:line="200" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5913,98 +5745,118 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F0AD588" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="57" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4DAE99D9" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="265" w:lineRule="auto"/>
               <w:ind w:left="370" w:right="1094" w:firstLine="3458"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>cotisera (Nom de l’employeur)</w:t>
+              <w:t>cotisera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Nom de l’employeur)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E50F2B3" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="427B80D6" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="6" w:line="140" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="170A7A58" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="3829" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>et le solde de</w:t>
+              <w:t>et</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le solde de</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08044B54" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:before="29" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6030,57 +5882,67 @@
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27CA8253" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:before="29" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="393"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>de la cotisation de congés pour raisons médicales</w:t>
+              <w:t>de</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la cotisation de congés pour raisons médicales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00423903" w:rsidRPr="00317EDC" w14:paraId="15FFC1C0" w14:textId="77777777" w:rsidTr="00B37B0B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="001F5F"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="001F5F"/>
               <w:right w:val="single" w:sz="0" w:space="0" w:color="13548F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="13548F"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
@@ -6215,57 +6077,67 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5DC0354B" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="12" w:line="220" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31C963A0" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>sera déduit de vos salaires</w:t>
+              <w:t>sera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> déduit de vos salaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FB8A750" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00D4391E" w:rsidRDefault="00423903" w:rsidP="00423903">
       <w:pPr>
         <w:spacing w:after="29" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -6362,62 +6234,64 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>raisons</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62A7A17B" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:before="7" w:after="0" w:line="130" w:lineRule="exact"/>
               <w:ind w:left="731" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>familiales</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="0" w:space="0" w:color="E1EED9"/>
               <w:left w:val="single" w:sz="0" w:space="0" w:color="388556"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EED9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53EAE8F6" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="2" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6504,87 +6378,107 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F55AC96" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="108" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74CADBCB" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="265" w:lineRule="auto"/>
               <w:ind w:left="384" w:right="1111" w:firstLine="3487"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>cotisera (Nom de l’employeur)</w:t>
+              <w:t>cotisera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Nom de l’employeur)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="255EEAC4" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="21" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="456129F5" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="3871" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>et le solde de</w:t>
+              <w:t>et</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le solde de</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B938428" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="79" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -6632,57 +6526,67 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="654D8C95" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="79" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B171F8C" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="412"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>de la cotisation de congés pour raisons familiales</w:t>
+              <w:t>de</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la cotisation de congés pour raisons familiales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00423903" w:rsidRPr="00317EDC" w14:paraId="3BAD446D" w14:textId="77777777" w:rsidTr="00B37B0B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="855"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="388" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="385522"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="385522"/>
               <w:right w:val="single" w:sz="0" w:space="0" w:color="388556"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="388556"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
@@ -6797,57 +6701,67 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58844191" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="107" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64D432C9" w14:textId="77777777" w:rsidR="00423903" w:rsidRPr="00423903" w:rsidRDefault="00423903" w:rsidP="00B37B0B">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00423903">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>sera déduit de vos salaires</w:t>
+              <w:t>sera</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00423903">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> déduit de vos salaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41E31DC8" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRPr="00D4391E" w:rsidRDefault="00EC73BD">
       <w:pPr>
         <w:spacing w:after="29" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40FA556D" w14:textId="137E4EC8" w:rsidR="00EC73BD" w:rsidRPr="00787B25" w:rsidRDefault="008C1D24">
       <w:pPr>
         <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
         <w:ind w:left="381" w:right="898"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7649,51 +7563,67 @@
               <w:left w:val="single" w:sz="11" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2024EE44" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRDefault="00B4015C">
             <w:pPr>
               <w:spacing w:before="28" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>(Nom de l’employeur)</w:t>
+              <w:t xml:space="preserve">(Nom de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>l’employeur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43D574B4" w14:textId="77777777" w:rsidR="00EC73BD" w:rsidRDefault="00EC73BD"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC73BD" w14:paraId="5D0D285C" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
@@ -9510,61 +9440,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
         <w:ind w:right="544"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00734ADA" w:rsidSect="007C6190">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="965" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D15B5D6" w14:textId="77777777" w:rsidR="009A112F" w:rsidRDefault="009A112F" w:rsidP="00404720">
+    <w:p w14:paraId="660FDDA7" w14:textId="77777777" w:rsidR="007E22BE" w:rsidRDefault="007E22BE" w:rsidP="00404720">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61834DF0" w14:textId="77777777" w:rsidR="009A112F" w:rsidRDefault="009A112F" w:rsidP="00404720">
+    <w:p w14:paraId="548C1D35" w14:textId="77777777" w:rsidR="007E22BE" w:rsidRDefault="007E22BE" w:rsidP="00404720">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9739,61 +9669,61 @@
   </w:p>
   <w:p w14:paraId="0A041459" w14:textId="28B45E1A" w:rsidR="00404720" w:rsidRPr="00404720" w:rsidRDefault="00404720" w:rsidP="00404720">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2D8BE345" w14:textId="77777777" w:rsidR="00404720" w:rsidRPr="00404720" w:rsidRDefault="00404720" w:rsidP="00404720">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="760EABB0" w14:textId="77777777" w:rsidR="009A112F" w:rsidRDefault="009A112F" w:rsidP="00404720">
+    <w:p w14:paraId="7B81DA51" w14:textId="77777777" w:rsidR="007E22BE" w:rsidRDefault="007E22BE" w:rsidP="00404720">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AC26111" w14:textId="77777777" w:rsidR="009A112F" w:rsidRDefault="009A112F" w:rsidP="00404720">
+    <w:p w14:paraId="29D22515" w14:textId="77777777" w:rsidR="007E22BE" w:rsidRDefault="007E22BE" w:rsidP="00404720">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CCE334E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA422030"/>
     <w:lvl w:ilvl="0" w:tplc="482C2938">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
@@ -11627,87 +11557,91 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="715668535">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="30689563">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1116488043">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="509954881">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1247423362">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2033147045">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC73BD"/>
     <w:rsid w:val="00016B4C"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="00176E4F"/>
     <w:rsid w:val="00187E84"/>
     <w:rsid w:val="001F3AA6"/>
     <w:rsid w:val="002D7766"/>
     <w:rsid w:val="00317EDC"/>
     <w:rsid w:val="003D6640"/>
     <w:rsid w:val="00404720"/>
     <w:rsid w:val="00405E7C"/>
     <w:rsid w:val="00423903"/>
     <w:rsid w:val="004C7099"/>
     <w:rsid w:val="005E5C2B"/>
     <w:rsid w:val="00724D9E"/>
     <w:rsid w:val="00734ADA"/>
+    <w:rsid w:val="007862E1"/>
     <w:rsid w:val="00787B25"/>
     <w:rsid w:val="007C6190"/>
+    <w:rsid w:val="007E22BE"/>
     <w:rsid w:val="00804DA4"/>
     <w:rsid w:val="00811A98"/>
     <w:rsid w:val="00856CD3"/>
     <w:rsid w:val="008C1D24"/>
     <w:rsid w:val="009A112F"/>
     <w:rsid w:val="00A76B6F"/>
     <w:rsid w:val="00AF160F"/>
     <w:rsid w:val="00B4015C"/>
     <w:rsid w:val="00B6692B"/>
     <w:rsid w:val="00B949AA"/>
     <w:rsid w:val="00BB6E57"/>
     <w:rsid w:val="00C15DCD"/>
     <w:rsid w:val="00C93C75"/>
     <w:rsid w:val="00CC15A6"/>
     <w:rsid w:val="00D4391E"/>
     <w:rsid w:val="00D509A0"/>
     <w:rsid w:val="00D65352"/>
     <w:rsid w:val="00DC459C"/>
     <w:rsid w:val="00E94CDB"/>
     <w:rsid w:val="00EC73BD"/>
     <w:rsid w:val="00F27C2A"/>
     <w:rsid w:val="00FF08E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -12116,53 +12050,77 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007862E1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
+      <w:ind w:right="2410"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -12256,50 +12214,66 @@
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00404720"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00404720"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00404720"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007862E1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1977567130">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>