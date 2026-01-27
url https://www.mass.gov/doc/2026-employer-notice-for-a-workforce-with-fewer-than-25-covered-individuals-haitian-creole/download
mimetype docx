--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -595,246 +595,135 @@
       <w:r w:rsidRPr="007D58E6">
         <w:t>konfòm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D844BF" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E25298" w14:textId="77777777" w:rsidR="00D844BF" w:rsidRPr="007D58E6" w:rsidRDefault="00D844BF" w:rsidP="00D844BF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70C93B37" w14:textId="78C7FD6A" w:rsidR="00821852" w:rsidRPr="007D58E6" w:rsidRDefault="00CB058D" w:rsidP="00821852">
+    <w:p w14:paraId="70C93B37" w14:textId="78C7FD6A" w:rsidR="00821852" w:rsidRPr="007D58E6" w:rsidRDefault="00CB058D" w:rsidP="00245F4E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="0"/>
-[...11 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve">Avi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D58E6">
         <w:t>Antrepriz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ki gen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>mwens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D58E6">
         <w:t>ke</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 25 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Anplwaye</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Esplikasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> sou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>fason</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D58E6">
         <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D58E6">
         <w:t>sèvi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D58E6">
         <w:t>avèk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> li</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E92C33" w14:textId="6118001D" w:rsidR="00D844BF" w:rsidRPr="007D58E6" w:rsidRDefault="00D844BF" w:rsidP="736D881E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0154569B" w14:textId="032D3DAA" w:rsidR="008D6927" w:rsidRPr="007D58E6" w:rsidRDefault="00821852" w:rsidP="00E55192">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>Antanke</w:t>
       </w:r>
@@ -1213,99 +1102,83 @@
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>itilize</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> yon </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>lòt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> avi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>chwazi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>tou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>depi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> avi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>itilize</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> a bay </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>menm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2417,58 +2290,56 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54EDB70E" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="007D58E6" w:rsidRDefault="00821852" w:rsidP="00821852">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1217"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1217" w:hanging="358"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tablo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
@@ -2653,58 +2524,56 @@
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3E9479EA" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="007D58E6" w:rsidRDefault="00821852" w:rsidP="00821852">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1217"/>
           <w:tab w:val="left" w:pos="1220"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1369"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tablo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
@@ -3121,63 +2990,55 @@
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5C0377" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="007D58E6" w:rsidRDefault="00821852" w:rsidP="00821852">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1217"/>
           <w:tab w:val="left" w:pos="1220"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="949"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t>Kare</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Kare </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>nan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
@@ -3762,122 +3623,98 @@
     </w:p>
     <w:p w14:paraId="28C08958" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29ACCAE0" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E220E57" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
+    <w:p w14:paraId="6ADFD509" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E666CC1" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
+    <w:p w14:paraId="25BE4361" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6ADFD509" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
+    <w:p w14:paraId="172A7582" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25BE4361" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
+    <w:p w14:paraId="1054FEB6" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="172A7582" w14:textId="77777777" w:rsidR="0023140A" w:rsidRPr="007D58E6" w:rsidRDefault="0023140A" w:rsidP="0023140A">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="651F7E7D" w14:textId="77777777" w:rsidR="00551B90" w:rsidRPr="007D58E6" w:rsidRDefault="00551B90" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D792ABA" w14:textId="77777777" w:rsidR="00821852" w:rsidRPr="007D58E6" w:rsidRDefault="00821852" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B60D73E" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="007D58E6" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -3922,267 +3759,82 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7A3442" w14:textId="77777777" w:rsidR="00753677" w:rsidRPr="007D58E6" w:rsidRDefault="00753677" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5219421F" w14:textId="77777777" w:rsidR="00551B90" w:rsidRPr="007D58E6" w:rsidRDefault="00551B90" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71DF0F91" w14:textId="05608A0C" w:rsidR="00674D33" w:rsidRPr="007D58E6" w:rsidRDefault="00674D33" w:rsidP="00674D33">
+    <w:p w14:paraId="71DF0F91" w14:textId="05608A0C" w:rsidR="00674D33" w:rsidRPr="00245F4E" w:rsidRDefault="00674D33" w:rsidP="00245F4E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="365" w:lineRule="exact"/>
-[...162 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00245F4E">
+        <w:t>AVI KONJE FANMI AK KONJE MALADI YO PEYE POU ANPLWAYE (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB058D" w:rsidRPr="00245F4E">
         <w:t>mwens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CB058D" w:rsidRPr="007D58E6">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CB058D" w:rsidRPr="00245F4E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB058D" w:rsidRPr="00245F4E">
         <w:t>ke</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CB058D" w:rsidRPr="007D58E6">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CB058D" w:rsidRPr="00245F4E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00245F4E">
         <w:t xml:space="preserve">25 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007D58E6">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00245F4E">
         <w:t>travayè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007D58E6">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00245F4E">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E782D8" w14:textId="1F2FE0FE" w:rsidR="00362B42" w:rsidRPr="007D58E6" w:rsidRDefault="00362B42" w:rsidP="00E5212D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28CC885F" w14:textId="5F22F44C" w:rsidR="00362B42" w:rsidRPr="007D58E6" w:rsidRDefault="00674D33" w:rsidP="00A400C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
@@ -6058,58 +5710,56 @@
           </w:p>
           <w:p w14:paraId="3F1D41A8" w14:textId="77777777" w:rsidR="00744DE6" w:rsidRPr="007D58E6" w:rsidRDefault="00744DE6" w:rsidP="009269C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="606C9149" w14:textId="491EAEE4" w:rsidR="00744DE6" w:rsidRPr="007D58E6" w:rsidRDefault="005424FC" w:rsidP="009269C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Gen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>yon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -6531,58 +6181,56 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76842D3E" w14:textId="2C0D0976" w:rsidR="00744DE6" w:rsidRPr="007D58E6" w:rsidRDefault="005424FC" w:rsidP="009269C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="160"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Gen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>yon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -6924,51 +6572,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict>
                     <v:line id="Straight Connector 7" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="2B08F696" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>Non Plan Prive a</w:t>
@@ -7049,51 +6697,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict>
                     <v:line id="Straight Connector 1" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="71D110A7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Nimewo</w:t>
             </w:r>
@@ -7197,51 +6845,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict>
                     <v:line id="Straight Connector 2" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="7DBAF110" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Adrès</w:t>
             </w:r>
@@ -7327,51 +6975,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2537827" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict>
                     <v:line id="Straight Connector 3" style="position:absolute;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="04690F47" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DF1A7D" w:rsidRPr="007D58E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Wèbsayt</w:t>
             </w:r>
@@ -8903,63 +8551,55 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495470B2" w14:textId="77777777" w:rsidR="0025579A" w:rsidRPr="007D58E6" w:rsidRDefault="0025579A" w:rsidP="0025579A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40A6BF5C" w14:textId="77777777" w:rsidR="007A4542" w:rsidRPr="007A4542" w:rsidRDefault="007A4542" w:rsidP="007A4542">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A4542">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Yon</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> “</w:t>
+        <w:t>Yon “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A4542">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ane</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007A4542">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A4542">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>benefis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007A4542">
         <w:rPr>
@@ -10782,91 +10422,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A4337B" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Mwayen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A4337B" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Eta a</w:t>
+        <w:t xml:space="preserve"> Chak Semèn Eta a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77710A7E" w14:textId="4BB54E97" w:rsidR="000D5AE9" w:rsidRPr="007D58E6" w:rsidRDefault="000D5AE9" w:rsidP="000D5AE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">50% </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A4337B" w:rsidRPr="007D58E6">
@@ -11364,91 +10964,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Mwayen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Eta a</w:t>
+        <w:t xml:space="preserve"> Chak Semèn Eta a</w:t>
       </w:r>
       <w:r w:rsidR="00C726B7" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A2F9A7" w14:textId="17520ED2" w:rsidR="00F54219" w:rsidRPr="007D58E6" w:rsidRDefault="00A4337B" w:rsidP="00362B42">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
@@ -11696,77 +11256,62 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67995942" w14:textId="77777777" w:rsidR="00856D36" w:rsidRPr="007D58E6" w:rsidRDefault="00856D36" w:rsidP="00362B42">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14CA37CA" w14:textId="5BBEF905" w:rsidR="00F83A66" w:rsidRPr="007D58E6" w:rsidRDefault="00A4337B" w:rsidP="00F83A66">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Peman</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Peman </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>plizy</w:t>
       </w:r>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>è</w:t>
@@ -12625,67 +12170,57 @@
         <w:t>enkli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F83A66" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CCB04DE" w14:textId="0134ECE2" w:rsidR="00F83A66" w:rsidRPr="007D58E6" w:rsidRDefault="00A4337B" w:rsidP="00F83A66">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007D58E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konpansasyon </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Travayè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0386933E" w14:textId="37E6F90B" w:rsidR="00F83A66" w:rsidRPr="007D58E6" w:rsidRDefault="00A4337B" w:rsidP="00F83A66">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
@@ -12743,69 +12278,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Pwogram </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -13242,58 +12759,56 @@
         <w:t>Règ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pwogram</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Andikap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
@@ -13506,58 +13021,56 @@
         <w:t>Règleman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>oswa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pwogram</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Konje</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
@@ -17594,55 +17107,53 @@
       <w:r w:rsidRPr="007D58E6">
         <w:t xml:space="preserve"> t ap bay </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>kouvèti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>asirans</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>lan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D58E6">
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D58E6">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -19128,62 +18639,52 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00660763" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00660763" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>anpwlayè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00660763" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> w </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> w lan</w:t>
+      </w:r>
       <w:r w:rsidR="00CB5697" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001551E4" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00660763" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Yo</w:t>
       </w:r>
       <w:r w:rsidR="36447FCF" w:rsidRPr="007D58E6">
@@ -19889,67 +19390,51 @@
         </w:rPr>
         <w:t>anplway</w:t>
       </w:r>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>è</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F81CB9" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">w </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> gen </w:t>
+        <w:t xml:space="preserve">w lan gen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F81CB9" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>mwens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F81CB9" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F81CB9" w:rsidRPr="007D58E6">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>ke</w:t>
       </w:r>
@@ -28786,71 +28271,71 @@
     <w:p w14:paraId="24CAB54B" w14:textId="1EC75C3C" w:rsidR="001277E6" w:rsidRPr="007D58E6" w:rsidRDefault="001277E6" w:rsidP="003B3E2A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="007D58E6" w:rsidSect="00A421EA">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3082A0D2" w14:textId="77777777" w:rsidR="00214936" w:rsidRDefault="00214936" w:rsidP="00816C47">
+    <w:p w14:paraId="39159AC5" w14:textId="77777777" w:rsidR="008F5A64" w:rsidRDefault="008F5A64" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73917E78" w14:textId="77777777" w:rsidR="00214936" w:rsidRDefault="00214936" w:rsidP="00816C47">
+    <w:p w14:paraId="6C6889CA" w14:textId="77777777" w:rsidR="008F5A64" w:rsidRDefault="008F5A64" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="37AB83F6" w14:textId="77777777" w:rsidR="00214936" w:rsidRDefault="00214936">
+    <w:p w14:paraId="66AB612C" w14:textId="77777777" w:rsidR="008F5A64" w:rsidRDefault="008F5A64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -29149,71 +28634,71 @@
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1CDB593D" w14:textId="77777777" w:rsidR="00481DAA" w:rsidRDefault="00481DAA"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F3D3BBB" w14:textId="77777777" w:rsidR="00214936" w:rsidRDefault="00214936" w:rsidP="00816C47">
+    <w:p w14:paraId="681F49BA" w14:textId="77777777" w:rsidR="008F5A64" w:rsidRDefault="008F5A64" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D6ED4B2" w14:textId="77777777" w:rsidR="00214936" w:rsidRDefault="00214936" w:rsidP="00816C47">
+    <w:p w14:paraId="5651629D" w14:textId="77777777" w:rsidR="008F5A64" w:rsidRDefault="008F5A64" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5CF755ED" w14:textId="77777777" w:rsidR="00214936" w:rsidRDefault="00214936">
+    <w:p w14:paraId="5AED269E" w14:textId="77777777" w:rsidR="008F5A64" w:rsidRDefault="008F5A64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FD31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA640588"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -31882,97 +31367,99 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00011C84"/>
     <w:rsid w:val="0001220E"/>
     <w:rsid w:val="000160AF"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="00031489"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="0006321D"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="00075E40"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="0008574B"/>
     <w:rsid w:val="00086784"/>
     <w:rsid w:val="0009189A"/>
     <w:rsid w:val="00092E3D"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A1EFC"/>
     <w:rsid w:val="000B41D5"/>
     <w:rsid w:val="000C6211"/>
     <w:rsid w:val="000C65C3"/>
     <w:rsid w:val="000D1A6F"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="000E61B9"/>
     <w:rsid w:val="000E6E9A"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="00107200"/>
     <w:rsid w:val="00110E17"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="0013416A"/>
     <w:rsid w:val="00141DD5"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="0016590B"/>
     <w:rsid w:val="00187E84"/>
     <w:rsid w:val="00191898"/>
     <w:rsid w:val="001932C0"/>
     <w:rsid w:val="00196D32"/>
     <w:rsid w:val="00197784"/>
     <w:rsid w:val="001A4892"/>
     <w:rsid w:val="001B1CC9"/>
     <w:rsid w:val="001B2CD6"/>
     <w:rsid w:val="001B4F65"/>
     <w:rsid w:val="001D2025"/>
     <w:rsid w:val="001D2051"/>
     <w:rsid w:val="001D65BD"/>
     <w:rsid w:val="001E1DC3"/>
     <w:rsid w:val="001E3CD1"/>
     <w:rsid w:val="001E47BB"/>
     <w:rsid w:val="001E6176"/>
     <w:rsid w:val="001F4347"/>
     <w:rsid w:val="00214936"/>
     <w:rsid w:val="00216CC9"/>
     <w:rsid w:val="002252AE"/>
     <w:rsid w:val="0023140A"/>
     <w:rsid w:val="002314AF"/>
     <w:rsid w:val="00236330"/>
     <w:rsid w:val="0024090E"/>
     <w:rsid w:val="00241815"/>
+    <w:rsid w:val="00245F4E"/>
     <w:rsid w:val="00247B01"/>
     <w:rsid w:val="00253D7C"/>
     <w:rsid w:val="0025579A"/>
     <w:rsid w:val="00267C89"/>
     <w:rsid w:val="00272292"/>
     <w:rsid w:val="00280942"/>
     <w:rsid w:val="00280EBA"/>
     <w:rsid w:val="002834F4"/>
     <w:rsid w:val="00290309"/>
     <w:rsid w:val="00293C9C"/>
     <w:rsid w:val="00295939"/>
     <w:rsid w:val="002A42F3"/>
     <w:rsid w:val="002B5A9F"/>
     <w:rsid w:val="002D52AA"/>
     <w:rsid w:val="002E156B"/>
     <w:rsid w:val="002E38AA"/>
     <w:rsid w:val="002E3B24"/>
     <w:rsid w:val="002E6DC6"/>
     <w:rsid w:val="002F71BF"/>
     <w:rsid w:val="0030472A"/>
     <w:rsid w:val="00306FAE"/>
     <w:rsid w:val="003132FD"/>
     <w:rsid w:val="00317F8F"/>
     <w:rsid w:val="0033276C"/>
     <w:rsid w:val="0033766B"/>
@@ -32128,50 +31615,51 @@
     <w:rsid w:val="0082460B"/>
     <w:rsid w:val="00830054"/>
     <w:rsid w:val="0084752C"/>
     <w:rsid w:val="00847AF2"/>
     <w:rsid w:val="00854523"/>
     <w:rsid w:val="00856D36"/>
     <w:rsid w:val="0086145D"/>
     <w:rsid w:val="008638F9"/>
     <w:rsid w:val="0087289C"/>
     <w:rsid w:val="0087439C"/>
     <w:rsid w:val="0088117D"/>
     <w:rsid w:val="00882E8D"/>
     <w:rsid w:val="008849C5"/>
     <w:rsid w:val="008926D5"/>
     <w:rsid w:val="008A7709"/>
     <w:rsid w:val="008B02BE"/>
     <w:rsid w:val="008B76BA"/>
     <w:rsid w:val="008C2256"/>
     <w:rsid w:val="008C3A09"/>
     <w:rsid w:val="008D05AE"/>
     <w:rsid w:val="008D6927"/>
     <w:rsid w:val="008E4817"/>
     <w:rsid w:val="008E58DE"/>
     <w:rsid w:val="008E5C07"/>
     <w:rsid w:val="008F24EF"/>
+    <w:rsid w:val="008F5A64"/>
     <w:rsid w:val="00906CD0"/>
     <w:rsid w:val="00920A04"/>
     <w:rsid w:val="009269C5"/>
     <w:rsid w:val="00936DB2"/>
     <w:rsid w:val="00960817"/>
     <w:rsid w:val="00963E9E"/>
     <w:rsid w:val="00993FD1"/>
     <w:rsid w:val="0099696B"/>
     <w:rsid w:val="009A533C"/>
     <w:rsid w:val="009B6F03"/>
     <w:rsid w:val="009B7034"/>
     <w:rsid w:val="009C4337"/>
     <w:rsid w:val="009C49FA"/>
     <w:rsid w:val="009D58E8"/>
     <w:rsid w:val="009E16E2"/>
     <w:rsid w:val="009E3176"/>
     <w:rsid w:val="009E5F25"/>
     <w:rsid w:val="00A03118"/>
     <w:rsid w:val="00A03327"/>
     <w:rsid w:val="00A03F20"/>
     <w:rsid w:val="00A12A4E"/>
     <w:rsid w:val="00A211E2"/>
     <w:rsid w:val="00A26D0E"/>
     <w:rsid w:val="00A27D65"/>
     <w:rsid w:val="00A358D4"/>
@@ -32785,65 +32273,64 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00821852"/>
+    <w:rsid w:val="00245F4E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="500"/>
+      <w:spacing w:after="0" w:line="365" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003B3E2A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
@@ -33125,57 +32612,57 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A74DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A74DA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00821852"/>
+    <w:rsid w:val="00245F4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00821852"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
@@ -33588,91 +33075,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...39 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -33894,149 +33340,190 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
+    <SharedWithUsers xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7">
+      <UserInfo>
+        <DisplayName>Tibma, Mary B. (DFML)</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Shepard, Lisa F (DFML)</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Aldred, Paige E. (DFML)</DisplayName>
+        <AccountId>130</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Alpine, William (DFML)</DisplayName>
+        <AccountId>18</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
-[...18 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{742D91B8-CE1D-4BB3-9282-376EA1E8722A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61998812-B8A3-4C10-9221-EE5DEB2DFFCE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2200</Words>
-  <Characters>12544</Characters>
+  <Characters>12542</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Avi pou Antrepriz ki gen mwens ke 25 Anplwaye- Esplikasyon sou fason pou sèvi av</vt:lpstr>
       <vt:lpstr>AVI KONJE FANMI AK KONJE MALADI YO PEYE POU ANPLWAYE (mwens ke 25 travayè)</vt:lpstr>
       <vt:lpstr>    Enfòme Anplwayè w la</vt:lpstr>
       <vt:lpstr>    Depoze yon Aplikasyon</vt:lpstr>
       <vt:lpstr>    The Massachusetts Department of Family and Medical Leave</vt:lpstr>
       <vt:lpstr>    Siyati	Dat</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14715</CharactersWithSpaces>
+  <CharactersWithSpaces>14713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kathryn Schooling (DFML)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010092A775729DB113468DFE53EF5E4A1154</vt:lpwstr>
   </property>