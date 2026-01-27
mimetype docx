--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -744,83 +744,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI" w:hint="cs"/>
           <w:sz w:val="23"/>
           <w:cs/>
           <w:lang w:bidi="km-KH"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
       <w:r w:rsidRPr="00011E02">
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>របស់អ្នក និងកម្មករកិច្ចសន្យា ដែលមាន​ការធានារ៉ាប់រងដើម្បីឱ្យពួកគេពិនិត្យ និងចុះហត្ថលេខា។</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FAFFBD" w14:textId="77777777" w:rsidR="00E57CD0" w:rsidRDefault="00E57CD0" w:rsidP="00E57CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D141D67" w14:textId="23E3748D" w:rsidR="00E55192" w:rsidRPr="00E57CD0" w:rsidRDefault="00CC2ADF" w:rsidP="00E57CD0">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1D141D67" w14:textId="23E3748D" w:rsidR="00E55192" w:rsidRPr="00930690" w:rsidRDefault="00CC2ADF" w:rsidP="00930690">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00930690">
         <w:t>ការឈប់សម្រាកសម្រាប់គ្រួសារ​និងការព្យាបាលទទួលប្រាក់ឈ្នួល មាននិយោជិត (ចំនួនតិច</w:t>
       </w:r>
-      <w:r w:rsidR="0004445A" w:rsidRPr="00011E02">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="0004445A" w:rsidRPr="00930690">
+        <w:rPr>
           <w:cs/>
           <w:lang w:bidi="km-KH"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00011E02">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00930690">
         <w:t>ជាងកម្មករ 25 នាក់)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E782D8" w14:textId="77777777" w:rsidR="00362B42" w:rsidRPr="00011E02" w:rsidRDefault="00362B42" w:rsidP="00E55192">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28CC885F" w14:textId="67C06C00" w:rsidR="00362B42" w:rsidRPr="00011E02" w:rsidRDefault="00362B42" w:rsidP="00362B42">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
@@ -4294,51 +4276,73 @@
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>់ េដ‌យនិេយ‌ជកមិនឣ‍ចេលើសពី្របាក់ឈ</w:t>
       </w:r>
       <w:r w:rsidRPr="00E57CD0">
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:eastAsia="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI" w:hint="eastAsia"/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>􀅛􀈉</w:t>
       </w:r>
       <w:r w:rsidRPr="00E57CD0">
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ល្របចាំសបា្តហ៍ជ‌មធ្យមរបស់និេយ‌ជិត (IAWW) </w:t>
+        <w:t>ល្របចាំសបា្តហ៍ជ‌មធ្យមរបស់និេ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E57CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
+          <w:iCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>យ‌ជិត</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E57CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
+          <w:iCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IAWW) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E57CD0">
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>បានេទ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E57CD0">
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:eastAsia="Times New Roman" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">។ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E57CD0">
@@ -8742,71 +8746,71 @@
       <w:r w:rsidRPr="0004445A">
         <w:rPr>
           <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">ម្រាប់សេចក្តីយោងរបស់អ្នកផ្ទាល។ </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="0004445A" w:rsidSect="00612E73">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20B664FB" w14:textId="77777777" w:rsidR="009028DC" w:rsidRDefault="009028DC" w:rsidP="00816C47">
+    <w:p w14:paraId="62CA9621" w14:textId="77777777" w:rsidR="000A72D5" w:rsidRDefault="000A72D5" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68A32A10" w14:textId="77777777" w:rsidR="009028DC" w:rsidRDefault="009028DC" w:rsidP="00816C47">
+    <w:p w14:paraId="230E5F1C" w14:textId="77777777" w:rsidR="000A72D5" w:rsidRDefault="000A72D5" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2A2FD26C" w14:textId="77777777" w:rsidR="009028DC" w:rsidRDefault="009028DC">
+    <w:p w14:paraId="771F898D" w14:textId="77777777" w:rsidR="000A72D5" w:rsidRDefault="000A72D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8995,71 +8999,71 @@
         </w:r>
         <w:r w:rsidR="003813CD">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="003813CD">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="003813CD">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47435724" w14:textId="77777777" w:rsidR="009028DC" w:rsidRDefault="009028DC" w:rsidP="00816C47">
+    <w:p w14:paraId="1344ED5D" w14:textId="77777777" w:rsidR="000A72D5" w:rsidRDefault="000A72D5" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38C02DD2" w14:textId="77777777" w:rsidR="009028DC" w:rsidRDefault="009028DC" w:rsidP="00816C47">
+    <w:p w14:paraId="3E27325C" w14:textId="77777777" w:rsidR="000A72D5" w:rsidRDefault="000A72D5" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="11FDDC75" w14:textId="77777777" w:rsidR="009028DC" w:rsidRDefault="009028DC">
+    <w:p w14:paraId="703F30AF" w14:textId="77777777" w:rsidR="000A72D5" w:rsidRDefault="000A72D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="75BE9487" w14:paraId="362866BC" w14:textId="77777777" w:rsidTr="75BE9487">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
@@ -11131,50 +11135,52 @@
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00007B1E"/>
     <w:rsid w:val="00011E02"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="0003151D"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="0004127F"/>
     <w:rsid w:val="0004445A"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="000643F8"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="000838B0"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
+    <w:rsid w:val="000A72D5"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="00153F61"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="00166AD6"/>
     <w:rsid w:val="001670AE"/>
     <w:rsid w:val="00176E8E"/>
     <w:rsid w:val="00177D28"/>
     <w:rsid w:val="00186D96"/>
     <w:rsid w:val="00187E84"/>
     <w:rsid w:val="001A4892"/>
     <w:rsid w:val="001C3B8F"/>
     <w:rsid w:val="001E47BB"/>
     <w:rsid w:val="001E7516"/>
     <w:rsid w:val="001F00BD"/>
     <w:rsid w:val="00215CC5"/>
     <w:rsid w:val="002252AE"/>
     <w:rsid w:val="002327D7"/>
@@ -11272,50 +11278,51 @@
     <w:rsid w:val="00816C47"/>
     <w:rsid w:val="008221A8"/>
     <w:rsid w:val="00824444"/>
     <w:rsid w:val="0082460B"/>
     <w:rsid w:val="008357FA"/>
     <w:rsid w:val="0084752C"/>
     <w:rsid w:val="00854523"/>
     <w:rsid w:val="00856D36"/>
     <w:rsid w:val="0086145D"/>
     <w:rsid w:val="008638F9"/>
     <w:rsid w:val="00867FFB"/>
     <w:rsid w:val="008849A2"/>
     <w:rsid w:val="00886535"/>
     <w:rsid w:val="00891601"/>
     <w:rsid w:val="008B02BE"/>
     <w:rsid w:val="008B76BA"/>
     <w:rsid w:val="008D0166"/>
     <w:rsid w:val="008D4788"/>
     <w:rsid w:val="008D6927"/>
     <w:rsid w:val="008E4817"/>
     <w:rsid w:val="008E5C07"/>
     <w:rsid w:val="008F45D0"/>
     <w:rsid w:val="009028DC"/>
     <w:rsid w:val="00906CD0"/>
     <w:rsid w:val="00913646"/>
+    <w:rsid w:val="00930690"/>
     <w:rsid w:val="0094012F"/>
     <w:rsid w:val="00954B12"/>
     <w:rsid w:val="00960817"/>
     <w:rsid w:val="00962494"/>
     <w:rsid w:val="0096779E"/>
     <w:rsid w:val="009862C1"/>
     <w:rsid w:val="00987D8E"/>
     <w:rsid w:val="00993FD1"/>
     <w:rsid w:val="00994514"/>
     <w:rsid w:val="009C4F97"/>
     <w:rsid w:val="009D58E8"/>
     <w:rsid w:val="009F1166"/>
     <w:rsid w:val="009F6E9C"/>
     <w:rsid w:val="00A13250"/>
     <w:rsid w:val="00A27D65"/>
     <w:rsid w:val="00A358D4"/>
     <w:rsid w:val="00A46351"/>
     <w:rsid w:val="00A46784"/>
     <w:rsid w:val="00A67C76"/>
     <w:rsid w:val="00A7133B"/>
     <w:rsid w:val="00A71BDA"/>
     <w:rsid w:val="00A77901"/>
     <w:rsid w:val="00A85A81"/>
     <w:rsid w:val="00AA580C"/>
     <w:rsid w:val="00AB1819"/>
@@ -11874,53 +11881,72 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00930690"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -12136,50 +12162,62 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F67DAE"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F67DAE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F67DAE"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00930690"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Khmer UI" w:hAnsi="Khmer UI" w:cs="Khmer UI"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/check-eligibility-for-unemployment-benefits" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2022-employer-notice-to-self-employed-individual-for-a-workforce-with-25-or-more-covered-individuals/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/DFML" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2022-employer-notice-for-a-workforce-with-25-or-more-covered-individuals/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/get-ready-to-apply-for-paid-family-and-medical-leave-pfml-benefits" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paidleave.mass.gov/login/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -12464,74 +12502,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -12753,90 +12767,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E893116C-B1FE-49E0-AB43-FC59989985BF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5BBE7B6-1F94-4FD7-9A30-93E75D60932C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{213896B6-74A0-4D37-BF3B-CAC63A8318C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5BBE7B6-1F94-4FD7-9A30-93E75D60932C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E893116C-B1FE-49E0-AB43-FC59989985BF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7171AAFC-115B-4A50-B9B3-A640AD31D43A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2408</Words>
   <Characters>13728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>