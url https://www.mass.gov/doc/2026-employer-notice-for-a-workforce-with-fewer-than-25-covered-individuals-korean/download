--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -5211,70 +5211,72 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C516DB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>정보</w:t>
       </w:r>
       <w:r w:rsidRPr="00C516DB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0030231F" w:rsidRPr="00C516DB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>차트</w:t>
       </w:r>
       <w:r w:rsidRPr="00C516DB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7D77BF26" w14:textId="584A0CE7" w:rsidR="00145E8B" w:rsidRPr="00C516DB" w:rsidRDefault="0068347E" w:rsidP="00145E8B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C516DB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>직원이</w:t>
@@ -6444,219 +6446,101 @@
     </w:p>
     <w:p w14:paraId="08975768" w14:textId="77777777" w:rsidR="00064188" w:rsidRPr="00C516DB" w:rsidRDefault="00064188" w:rsidP="0038153A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67CBC686" w14:textId="77777777" w:rsidR="0040490A" w:rsidRPr="00C516DB" w:rsidRDefault="0040490A" w:rsidP="0038153A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D141D67" w14:textId="0662776C" w:rsidR="00E55192" w:rsidRPr="00C516DB" w:rsidRDefault="00314DA5" w:rsidP="0038153A">
+    <w:p w14:paraId="1D141D67" w14:textId="0662776C" w:rsidR="00E55192" w:rsidRPr="002B3C39" w:rsidRDefault="00314DA5" w:rsidP="002B3C39">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C516DB">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
         <w:lastRenderedPageBreak/>
         <w:t>직원용</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3C39">
         <w:t>유급</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004208F9" w:rsidRPr="002B3C39">
         <w:t>가족의료휴가</w:t>
       </w:r>
-      <w:r w:rsidR="00C67179" w:rsidRPr="00C516DB">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C67179" w:rsidRPr="002B3C39">
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00C67179" w:rsidRPr="00C516DB">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C67179" w:rsidRPr="002B3C39">
         <w:t>병가</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3C39">
         <w:t>통지서</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
         <w:t xml:space="preserve"> (25</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
         <w:t>명</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00064188" w:rsidRPr="002B3C39">
         <w:t>미만</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3C39">
         <w:t>직원</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C516DB">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002B3C39">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="305EDD24" w14:textId="77777777" w:rsidR="00DC4DDD" w:rsidRPr="00C516DB" w:rsidRDefault="00DC4DDD" w:rsidP="00AB26F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E536C4F" w14:textId="748966B9" w:rsidR="00E55192" w:rsidRPr="00C516DB" w:rsidRDefault="00AB26F4" w:rsidP="00AB26F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -23653,68 +23537,70 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>유급</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>휴가</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>병가</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
@@ -23761,77 +23647,79 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> PTO /</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>유급</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>휴가</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>를</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>사용하여</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1661">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
@@ -40949,61 +40837,61 @@
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="it-IT" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="00C516DB" w:rsidSect="00B52050">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B61E25F" w14:textId="77777777" w:rsidR="00F24F0A" w:rsidRDefault="00F24F0A" w:rsidP="00816C47">
+    <w:p w14:paraId="7C6B2FAE" w14:textId="77777777" w:rsidR="002507D8" w:rsidRDefault="002507D8" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CFAA6A6" w14:textId="77777777" w:rsidR="00F24F0A" w:rsidRDefault="00F24F0A" w:rsidP="00816C47">
+    <w:p w14:paraId="24CB26FC" w14:textId="77777777" w:rsidR="002507D8" w:rsidRDefault="002507D8" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -41348,61 +41236,61 @@
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B22F166" w14:textId="77777777" w:rsidR="00F24F0A" w:rsidRDefault="00F24F0A" w:rsidP="00816C47">
+    <w:p w14:paraId="1A522661" w14:textId="77777777" w:rsidR="002507D8" w:rsidRDefault="002507D8" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72CB5233" w14:textId="77777777" w:rsidR="00F24F0A" w:rsidRDefault="00F24F0A" w:rsidP="00816C47">
+    <w:p w14:paraId="2AC1F1CC" w14:textId="77777777" w:rsidR="002507D8" w:rsidRDefault="002507D8" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FD31D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA640588"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -43439,93 +43327,95 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="632709272">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1397973726">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1056245640">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1931618623">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1390373614">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1798376726">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="0003442B"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="0005698C"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="00063B3D"/>
     <w:rsid w:val="00064188"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00070C58"/>
     <w:rsid w:val="00073764"/>
     <w:rsid w:val="000749D4"/>
     <w:rsid w:val="00075F4F"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="0008574B"/>
     <w:rsid w:val="00091008"/>
     <w:rsid w:val="0009189A"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000A04B0"/>
     <w:rsid w:val="000A55C1"/>
     <w:rsid w:val="000B4629"/>
     <w:rsid w:val="000C3961"/>
     <w:rsid w:val="000C65C3"/>
     <w:rsid w:val="000D3F22"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="000E6CCD"/>
     <w:rsid w:val="000E74D8"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="00101EB5"/>
     <w:rsid w:val="00107200"/>
     <w:rsid w:val="0011041B"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="001224F9"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="00135865"/>
     <w:rsid w:val="00137FC9"/>
     <w:rsid w:val="001404D4"/>
     <w:rsid w:val="00143831"/>
     <w:rsid w:val="00144133"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
@@ -43535,56 +43425,58 @@
     <w:rsid w:val="00172B03"/>
     <w:rsid w:val="00182EB3"/>
     <w:rsid w:val="001858CA"/>
     <w:rsid w:val="00187E84"/>
     <w:rsid w:val="00196D32"/>
     <w:rsid w:val="001A4892"/>
     <w:rsid w:val="001A79FD"/>
     <w:rsid w:val="001B58DA"/>
     <w:rsid w:val="001D4775"/>
     <w:rsid w:val="001D78A3"/>
     <w:rsid w:val="001E1DC3"/>
     <w:rsid w:val="001E47BB"/>
     <w:rsid w:val="001E7352"/>
     <w:rsid w:val="002055FE"/>
     <w:rsid w:val="00205F79"/>
     <w:rsid w:val="002100F5"/>
     <w:rsid w:val="0021220B"/>
     <w:rsid w:val="00220A71"/>
     <w:rsid w:val="00222102"/>
     <w:rsid w:val="002252AE"/>
     <w:rsid w:val="00227869"/>
     <w:rsid w:val="00233A8D"/>
     <w:rsid w:val="00241815"/>
     <w:rsid w:val="0024514C"/>
     <w:rsid w:val="00247262"/>
+    <w:rsid w:val="002507D8"/>
     <w:rsid w:val="0025579A"/>
     <w:rsid w:val="00261307"/>
     <w:rsid w:val="0026133C"/>
     <w:rsid w:val="00280942"/>
     <w:rsid w:val="002875E7"/>
     <w:rsid w:val="00295939"/>
+    <w:rsid w:val="002B3C39"/>
     <w:rsid w:val="002B5A9F"/>
     <w:rsid w:val="002C0A07"/>
     <w:rsid w:val="002D2041"/>
     <w:rsid w:val="002D29BB"/>
     <w:rsid w:val="002D3F84"/>
     <w:rsid w:val="002E156B"/>
     <w:rsid w:val="002F0084"/>
     <w:rsid w:val="0030231F"/>
     <w:rsid w:val="0030472A"/>
     <w:rsid w:val="00306FAE"/>
     <w:rsid w:val="003120C5"/>
     <w:rsid w:val="003132FD"/>
     <w:rsid w:val="00314DA5"/>
     <w:rsid w:val="00317F8F"/>
     <w:rsid w:val="0033594C"/>
     <w:rsid w:val="00336F28"/>
     <w:rsid w:val="00346B55"/>
     <w:rsid w:val="00355DC4"/>
     <w:rsid w:val="0035639A"/>
     <w:rsid w:val="00362B42"/>
     <w:rsid w:val="0036787C"/>
     <w:rsid w:val="00370B8D"/>
     <w:rsid w:val="0037372D"/>
     <w:rsid w:val="00376506"/>
     <w:rsid w:val="003813CD"/>
@@ -44376,53 +44268,74 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B3C39"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ko-KR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -44619,50 +44532,64 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007B4823"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A44AC8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A44AC8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002B3C39"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ko-KR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1005477353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
@@ -44962,70 +44889,70 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...5 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="31c95e98a7ec4d10c0792b32671270fb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f8265357127acd409f98a046473dd3d8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -45211,72 +45138,72 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64AB1766-0A36-449F-8A39-341C291782B5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6868C5-EF27-4F82-A3FC-B72DB025F3CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64AB1766-0A36-449F-8A39-341C291782B5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D254AC68-D9DF-4DFD-BE6E-9D24040A2E8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{394E618A-A001-4A66-A999-58F7631F2C65}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>