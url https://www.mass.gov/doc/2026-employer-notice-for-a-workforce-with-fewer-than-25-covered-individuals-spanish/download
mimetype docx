--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -487,69 +487,66 @@
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28EB36B6" w14:textId="06E808C0" w:rsidR="00E55192" w:rsidRPr="00A7639B" w:rsidRDefault="00145E8B" w:rsidP="00A7639B">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A1DA9">
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Cuando haya completado estas secciones, entregue las páginas 2-6 de este formulario a sus empleados y contratistas con cobertura para que las revisen y las firmen.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A1DA9">
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00CC2ADF" w:rsidRPr="003A1DA9">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="00CC2ADF" w:rsidRPr="00FD65A9">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">AVISO PARA EMPLEADOS SOBRE </w:t>
       </w:r>
-      <w:r w:rsidR="00316F66" w:rsidRPr="003A1DA9">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="00316F66" w:rsidRPr="00FD65A9">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">EL </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2ADF" w:rsidRPr="003A1DA9">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="00CC2ADF" w:rsidRPr="00FD65A9">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
         <w:t>PERMISO FAMILIAR Y MÉDICO PAGADO (menos de veinticinco trabajadores)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629E9C63" w14:textId="77777777" w:rsidR="00362B42" w:rsidRPr="003A1DA9" w:rsidRDefault="00362B42" w:rsidP="00E55192">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79E26B9C" w14:textId="77777777" w:rsidR="00362B42" w:rsidRPr="003A1DA9" w:rsidRDefault="00362B42" w:rsidP="00362B42">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -5755,71 +5752,71 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> empleador. Por favor, conserve una copia para su propia referencia. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001277E6" w:rsidRPr="00B654A7" w:rsidSect="00875377">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="576" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16F03482" w14:textId="77777777" w:rsidR="00EC1723" w:rsidRDefault="00EC1723" w:rsidP="00816C47">
+    <w:p w14:paraId="716A8CAF" w14:textId="77777777" w:rsidR="00621151" w:rsidRDefault="00621151" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="652FEC74" w14:textId="77777777" w:rsidR="00EC1723" w:rsidRDefault="00EC1723" w:rsidP="00816C47">
+    <w:p w14:paraId="7382B4DE" w14:textId="77777777" w:rsidR="00621151" w:rsidRDefault="00621151" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B4798C8" w14:textId="77777777" w:rsidR="00EC1723" w:rsidRDefault="00EC1723">
+    <w:p w14:paraId="56BF97B2" w14:textId="77777777" w:rsidR="00621151" w:rsidRDefault="00621151">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5929,60 +5926,52 @@
       <w:p w14:paraId="3D8AACD2" w14:textId="30A8CF4D" w:rsidR="00E0452D" w:rsidRPr="002E1F03" w:rsidRDefault="00F33852">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>Actualizado el 1-nov-202</w:t>
         </w:r>
         <w:r w:rsidR="00707656">
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00875377">
           <w:rPr>
             <w:b/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve"> Spanish</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0C14DA92" w14:textId="77777777" w:rsidR="00E0452D" w:rsidRDefault="00E0452D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09C241C5" w14:textId="77777777" w:rsidR="003813CD" w:rsidRDefault="00F33852">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Noviembre 2021</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
@@ -6007,71 +5996,71 @@
         </w:r>
         <w:r w:rsidR="003813CD">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="003813CD">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="003813CD">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D2349F6" w14:textId="77777777" w:rsidR="00EC1723" w:rsidRDefault="00EC1723" w:rsidP="00816C47">
+    <w:p w14:paraId="0825CBDE" w14:textId="77777777" w:rsidR="00621151" w:rsidRDefault="00621151" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0573E610" w14:textId="77777777" w:rsidR="00EC1723" w:rsidRDefault="00EC1723" w:rsidP="00816C47">
+    <w:p w14:paraId="0CF55143" w14:textId="77777777" w:rsidR="00621151" w:rsidRDefault="00621151" w:rsidP="00816C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2056D0B6" w14:textId="77777777" w:rsidR="00EC1723" w:rsidRDefault="00EC1723">
+    <w:p w14:paraId="094B5818" w14:textId="77777777" w:rsidR="00621151" w:rsidRDefault="00621151">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="75BE9487" w14:paraId="48BE9918" w14:textId="77777777" w:rsidTr="75BE9487">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
@@ -8143,50 +8132,51 @@
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086145D"/>
     <w:rsid w:val="00007B1E"/>
     <w:rsid w:val="000171E1"/>
     <w:rsid w:val="00024380"/>
     <w:rsid w:val="0002662C"/>
     <w:rsid w:val="0003151D"/>
     <w:rsid w:val="00037BDE"/>
     <w:rsid w:val="0004127F"/>
     <w:rsid w:val="0006145A"/>
     <w:rsid w:val="000643F8"/>
     <w:rsid w:val="00066BF5"/>
     <w:rsid w:val="00083E43"/>
     <w:rsid w:val="000841BF"/>
     <w:rsid w:val="000966A3"/>
+    <w:rsid w:val="00097CB4"/>
     <w:rsid w:val="000D5AE9"/>
     <w:rsid w:val="001002D0"/>
     <w:rsid w:val="001135EC"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="001277E6"/>
     <w:rsid w:val="00145E8B"/>
     <w:rsid w:val="00153F61"/>
     <w:rsid w:val="001551E4"/>
     <w:rsid w:val="00155DB2"/>
     <w:rsid w:val="00161D53"/>
     <w:rsid w:val="00161D7D"/>
     <w:rsid w:val="00166AD6"/>
     <w:rsid w:val="001670AE"/>
     <w:rsid w:val="00176E8E"/>
     <w:rsid w:val="00177D28"/>
     <w:rsid w:val="00186D96"/>
     <w:rsid w:val="00187E84"/>
     <w:rsid w:val="001A4892"/>
     <w:rsid w:val="001C3B8F"/>
     <w:rsid w:val="001D475E"/>
     <w:rsid w:val="001E47BB"/>
     <w:rsid w:val="001F00BD"/>
     <w:rsid w:val="00215CC5"/>
     <w:rsid w:val="002252AE"/>
     <w:rsid w:val="002327D7"/>
@@ -8232,50 +8222,51 @@
     <w:rsid w:val="004658F0"/>
     <w:rsid w:val="004755E1"/>
     <w:rsid w:val="00483B61"/>
     <w:rsid w:val="00484E66"/>
     <w:rsid w:val="00496376"/>
     <w:rsid w:val="00496E44"/>
     <w:rsid w:val="004A4E3D"/>
     <w:rsid w:val="004B7684"/>
     <w:rsid w:val="004D4EF9"/>
     <w:rsid w:val="004D7BEC"/>
     <w:rsid w:val="004E4A7A"/>
     <w:rsid w:val="004F2130"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00502A86"/>
     <w:rsid w:val="0050578D"/>
     <w:rsid w:val="005260BB"/>
     <w:rsid w:val="00547E3D"/>
     <w:rsid w:val="00552353"/>
     <w:rsid w:val="005600FF"/>
     <w:rsid w:val="00576EF6"/>
     <w:rsid w:val="0058217B"/>
     <w:rsid w:val="005A02E2"/>
     <w:rsid w:val="00603F26"/>
     <w:rsid w:val="00612E73"/>
     <w:rsid w:val="006177CD"/>
+    <w:rsid w:val="00621151"/>
     <w:rsid w:val="00632E37"/>
     <w:rsid w:val="0063337E"/>
     <w:rsid w:val="0063707F"/>
     <w:rsid w:val="0064118B"/>
     <w:rsid w:val="00642F54"/>
     <w:rsid w:val="00652FEE"/>
     <w:rsid w:val="0065757E"/>
     <w:rsid w:val="00665370"/>
     <w:rsid w:val="00670E68"/>
     <w:rsid w:val="00687BF0"/>
     <w:rsid w:val="00695642"/>
     <w:rsid w:val="00696DF2"/>
     <w:rsid w:val="006A06AC"/>
     <w:rsid w:val="006B4834"/>
     <w:rsid w:val="006C2153"/>
     <w:rsid w:val="006F73BA"/>
     <w:rsid w:val="00704625"/>
     <w:rsid w:val="00707656"/>
     <w:rsid w:val="007204D3"/>
     <w:rsid w:val="007335BF"/>
     <w:rsid w:val="00733A50"/>
     <w:rsid w:val="007411BB"/>
     <w:rsid w:val="0074A4CF"/>
     <w:rsid w:val="00750143"/>
     <w:rsid w:val="00762687"/>
@@ -8438,50 +8429,51 @@
     <w:rsid w:val="00EC1723"/>
     <w:rsid w:val="00ED077B"/>
     <w:rsid w:val="00EE71CC"/>
     <w:rsid w:val="00F04587"/>
     <w:rsid w:val="00F15916"/>
     <w:rsid w:val="00F20913"/>
     <w:rsid w:val="00F211D3"/>
     <w:rsid w:val="00F273D5"/>
     <w:rsid w:val="00F30347"/>
     <w:rsid w:val="00F33852"/>
     <w:rsid w:val="00F37871"/>
     <w:rsid w:val="00F41B99"/>
     <w:rsid w:val="00F53112"/>
     <w:rsid w:val="00F54219"/>
     <w:rsid w:val="00F62C63"/>
     <w:rsid w:val="00F66066"/>
     <w:rsid w:val="00F67DAE"/>
     <w:rsid w:val="00F83A66"/>
     <w:rsid w:val="00F879D6"/>
     <w:rsid w:val="00FA4110"/>
     <w:rsid w:val="00FA775B"/>
     <w:rsid w:val="00FB0432"/>
     <w:rsid w:val="00FB35B8"/>
     <w:rsid w:val="00FB5040"/>
     <w:rsid w:val="00FC6389"/>
+    <w:rsid w:val="00FD65A9"/>
     <w:rsid w:val="00FD767F"/>
     <w:rsid w:val="00FE205C"/>
     <w:rsid w:val="00FF60FF"/>
     <w:rsid w:val="00FF7B4B"/>
     <w:rsid w:val="041D783B"/>
     <w:rsid w:val="0D5B115B"/>
     <w:rsid w:val="0E3CC0B2"/>
     <w:rsid w:val="1101EA4E"/>
     <w:rsid w:val="118DCE25"/>
     <w:rsid w:val="173A669A"/>
     <w:rsid w:val="1917B21F"/>
     <w:rsid w:val="19FC0B1C"/>
     <w:rsid w:val="1D907FC1"/>
     <w:rsid w:val="1FCD5AC8"/>
     <w:rsid w:val="203C6755"/>
     <w:rsid w:val="23B707D6"/>
     <w:rsid w:val="2526389E"/>
     <w:rsid w:val="28299949"/>
     <w:rsid w:val="2CE52CC8"/>
     <w:rsid w:val="32A50AF1"/>
     <w:rsid w:val="32FD6E4D"/>
     <w:rsid w:val="33004BCC"/>
     <w:rsid w:val="348D9BCF"/>
     <w:rsid w:val="358FE9FB"/>
     <w:rsid w:val="36D33E93"/>
@@ -8914,50 +8906,67 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD65A9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -9178,50 +9187,61 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F67DAE"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F67DAE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F67DAE"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FD65A9"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1662540039">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
@@ -9521,63 +9541,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -9799,109 +9821,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EF66420-7182-4D14-BD0B-640BDC271F59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{213896B6-74A0-4D37-BF3B-CAC63A8318C7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E893116C-B1FE-49E0-AB43-FC59989985BF}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5BBE7B6-1F94-4FD7-9A30-93E75D60932C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E893116C-B1FE-49E0-AB43-FC59989985BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{213896B6-74A0-4D37-BF3B-CAC63A8318C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EF66420-7182-4D14-BD0B-640BDC271F59}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2657</Words>
   <Characters>15149</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>126</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>