--- v0 (2025-12-07)
+++ v1 (2026-03-26)
@@ -1739,72 +1739,74 @@
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>법</w:t>
       </w:r>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">, M.G.L. c. 175M </w:t>
       </w:r>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>조항에</w:t>
       </w:r>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>따른</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>권리</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>및</w:t>
       </w:r>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E04CA2" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="ko-KR"/>
@@ -10265,85 +10267,96 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE5945" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>가족의료휴가</w:t>
       </w:r>
       <w:r w:rsidR="00EE5945" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EE5945" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>병가</w:t>
       </w:r>
       <w:r w:rsidR="00012D86" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>부</w:t>
       </w:r>
       <w:r w:rsidR="001E212D" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>서</w:t>
       </w:r>
       <w:r w:rsidR="001E212D" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>(DFML)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001E212D" w:rsidRPr="00CC56BC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>DFML)</w:t>
       </w:r>
       <w:r w:rsidR="001E212D" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>의</w:t>
       </w:r>
       <w:r w:rsidR="001E212D" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00012D86" w:rsidRPr="00CC56BC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ko-KR"/>
@@ -19799,65 +19812,67 @@
         <w:gridCol w:w="3197"/>
         <w:gridCol w:w="269"/>
         <w:gridCol w:w="1974"/>
         <w:gridCol w:w="1076"/>
         <w:gridCol w:w="2862"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F02B7" w:rsidRPr="00CC56BC" w14:paraId="730DB62F" w14:textId="77777777" w:rsidTr="00E458C5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="591"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="14558F"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3881C863" w14:textId="77777777" w:rsidR="006F02B7" w:rsidRPr="00CC56BC" w:rsidRDefault="006F02B7" w:rsidP="00E458C5">
+          <w:p w14:paraId="3881C863" w14:textId="77777777" w:rsidR="006F02B7" w:rsidRPr="00F6582E" w:rsidRDefault="006F02B7" w:rsidP="00E458C5">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:color w:val="C7C7C7"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC56BC">
+            <w:r w:rsidRPr="00F6582E">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:color w:val="C7C7C7"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <w:t>의료병가</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65F13F13" w14:textId="79DCBCB3" w:rsidR="006F02B7" w:rsidRPr="00CC56BC" w:rsidRDefault="006F02B7" w:rsidP="006F02B7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
@@ -21468,71 +21483,71 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006F02B7">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A83DBA" w:rsidRPr="006F02B7" w:rsidSect="007E5C2F">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1008" w:bottom="1440" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4588F945" w14:textId="77777777" w:rsidR="00082B3B" w:rsidRDefault="00082B3B" w:rsidP="005B6192">
+    <w:p w14:paraId="66591C21" w14:textId="77777777" w:rsidR="002470CE" w:rsidRDefault="002470CE" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63646F2F" w14:textId="77777777" w:rsidR="00082B3B" w:rsidRDefault="00082B3B" w:rsidP="005B6192">
+    <w:p w14:paraId="22FD1CED" w14:textId="77777777" w:rsidR="002470CE" w:rsidRDefault="002470CE" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6699D778" w14:textId="77777777" w:rsidR="00082B3B" w:rsidRDefault="00082B3B">
+    <w:p w14:paraId="5F238578" w14:textId="77777777" w:rsidR="002470CE" w:rsidRDefault="002470CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -21541,50 +21556,56 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DokChampa">
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -21811,71 +21832,71 @@
         <w:r w:rsidR="00791349">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="ko-KR"/>
           </w:rPr>
           <w:t xml:space="preserve"> Korean</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="394EFF27" w14:textId="77777777" w:rsidR="005B6192" w:rsidRDefault="005B6192">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="382DBC3E" w14:textId="77777777" w:rsidR="00082B3B" w:rsidRDefault="00082B3B" w:rsidP="005B6192">
+    <w:p w14:paraId="641F5852" w14:textId="77777777" w:rsidR="002470CE" w:rsidRDefault="002470CE" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C2D343F" w14:textId="77777777" w:rsidR="00082B3B" w:rsidRDefault="00082B3B" w:rsidP="005B6192">
+    <w:p w14:paraId="17E17798" w14:textId="77777777" w:rsidR="002470CE" w:rsidRDefault="002470CE" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4B75CEDF" w14:textId="77777777" w:rsidR="00082B3B" w:rsidRDefault="00082B3B">
+    <w:p w14:paraId="3941BCC0" w14:textId="77777777" w:rsidR="002470CE" w:rsidRDefault="002470CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3405"/>
       <w:gridCol w:w="3405"/>
       <w:gridCol w:w="3405"/>
     </w:tblGrid>
     <w:tr w:rsidR="0A2C3119" w14:paraId="774CE849" w14:textId="77777777" w:rsidTr="0A2C3119">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3405" w:type="dxa"/>
@@ -23221,51 +23242,51 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2129425363">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="629824939">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1534687399">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1607807864">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1338338992">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1373309524">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -23288,50 +23309,51 @@
     <w:rsid w:val="000F4219"/>
     <w:rsid w:val="000F6AD0"/>
     <w:rsid w:val="00127BD7"/>
     <w:rsid w:val="00135AB0"/>
     <w:rsid w:val="001442CF"/>
     <w:rsid w:val="00146FB7"/>
     <w:rsid w:val="001539CD"/>
     <w:rsid w:val="0016239E"/>
     <w:rsid w:val="00164810"/>
     <w:rsid w:val="001654E8"/>
     <w:rsid w:val="00176987"/>
     <w:rsid w:val="00186B5E"/>
     <w:rsid w:val="001A58AD"/>
     <w:rsid w:val="001A6F1B"/>
     <w:rsid w:val="001A7BBE"/>
     <w:rsid w:val="001C0FC3"/>
     <w:rsid w:val="001C1532"/>
     <w:rsid w:val="001C5F9E"/>
     <w:rsid w:val="001E212D"/>
     <w:rsid w:val="001E45F2"/>
     <w:rsid w:val="002147C9"/>
     <w:rsid w:val="002166C8"/>
     <w:rsid w:val="00221194"/>
     <w:rsid w:val="00227019"/>
     <w:rsid w:val="00230137"/>
+    <w:rsid w:val="002470CE"/>
     <w:rsid w:val="002504A9"/>
     <w:rsid w:val="00263E91"/>
     <w:rsid w:val="00273227"/>
     <w:rsid w:val="00277ABF"/>
     <w:rsid w:val="002814EC"/>
     <w:rsid w:val="002877DB"/>
     <w:rsid w:val="002906F9"/>
     <w:rsid w:val="002A43DD"/>
     <w:rsid w:val="002A4B3F"/>
     <w:rsid w:val="002A5535"/>
     <w:rsid w:val="002B47E6"/>
     <w:rsid w:val="002E2D2E"/>
     <w:rsid w:val="002F090E"/>
     <w:rsid w:val="003025E4"/>
     <w:rsid w:val="00304D6A"/>
     <w:rsid w:val="00305D65"/>
     <w:rsid w:val="003225B6"/>
     <w:rsid w:val="003257B6"/>
     <w:rsid w:val="0033106A"/>
     <w:rsid w:val="003350FA"/>
     <w:rsid w:val="00353A6E"/>
     <w:rsid w:val="0036186A"/>
     <w:rsid w:val="003C04B2"/>
     <w:rsid w:val="003C3704"/>
     <w:rsid w:val="003C3B9E"/>
@@ -23375,50 +23397,51 @@
     <w:rsid w:val="005D14D9"/>
     <w:rsid w:val="005F1B8B"/>
     <w:rsid w:val="00610959"/>
     <w:rsid w:val="0061238E"/>
     <w:rsid w:val="006250BD"/>
     <w:rsid w:val="00626F26"/>
     <w:rsid w:val="00636FA3"/>
     <w:rsid w:val="006371C5"/>
     <w:rsid w:val="00642639"/>
     <w:rsid w:val="00647EA1"/>
     <w:rsid w:val="00655A58"/>
     <w:rsid w:val="0065613B"/>
     <w:rsid w:val="006803C9"/>
     <w:rsid w:val="006828A4"/>
     <w:rsid w:val="006837C1"/>
     <w:rsid w:val="00687741"/>
     <w:rsid w:val="00694A0F"/>
     <w:rsid w:val="006B6728"/>
     <w:rsid w:val="006B77A7"/>
     <w:rsid w:val="006C0957"/>
     <w:rsid w:val="006C104C"/>
     <w:rsid w:val="006D0FC3"/>
     <w:rsid w:val="006E3CC8"/>
     <w:rsid w:val="006F02B7"/>
     <w:rsid w:val="006F5B46"/>
+    <w:rsid w:val="0071741C"/>
     <w:rsid w:val="007325CD"/>
     <w:rsid w:val="00736CB3"/>
     <w:rsid w:val="0074438B"/>
     <w:rsid w:val="00745298"/>
     <w:rsid w:val="00752430"/>
     <w:rsid w:val="007551D7"/>
     <w:rsid w:val="00764123"/>
     <w:rsid w:val="0077030B"/>
     <w:rsid w:val="007811C1"/>
     <w:rsid w:val="00782AD2"/>
     <w:rsid w:val="00791349"/>
     <w:rsid w:val="00795D82"/>
     <w:rsid w:val="00797524"/>
     <w:rsid w:val="007A4ED8"/>
     <w:rsid w:val="007A706B"/>
     <w:rsid w:val="007C06F8"/>
     <w:rsid w:val="007C7AFC"/>
     <w:rsid w:val="007D536E"/>
     <w:rsid w:val="007E27A3"/>
     <w:rsid w:val="007E5C2F"/>
     <w:rsid w:val="007E6C6E"/>
     <w:rsid w:val="007E75A2"/>
     <w:rsid w:val="007F318C"/>
     <w:rsid w:val="00800DB2"/>
     <w:rsid w:val="00803AC5"/>
@@ -23543,85 +23566,86 @@
     <w:rsid w:val="00E4121D"/>
     <w:rsid w:val="00E5336F"/>
     <w:rsid w:val="00E54165"/>
     <w:rsid w:val="00E70693"/>
     <w:rsid w:val="00E741A7"/>
     <w:rsid w:val="00E8279B"/>
     <w:rsid w:val="00EA4A5B"/>
     <w:rsid w:val="00EA5657"/>
     <w:rsid w:val="00EB2C0B"/>
     <w:rsid w:val="00EC0262"/>
     <w:rsid w:val="00EC685E"/>
     <w:rsid w:val="00EC6FE6"/>
     <w:rsid w:val="00ED7BEA"/>
     <w:rsid w:val="00EE5945"/>
     <w:rsid w:val="00EF0B3C"/>
     <w:rsid w:val="00EF19AB"/>
     <w:rsid w:val="00F1020B"/>
     <w:rsid w:val="00F12302"/>
     <w:rsid w:val="00F16A29"/>
     <w:rsid w:val="00F25402"/>
     <w:rsid w:val="00F307DB"/>
     <w:rsid w:val="00F374D2"/>
     <w:rsid w:val="00F379DC"/>
     <w:rsid w:val="00F46C02"/>
     <w:rsid w:val="00F64823"/>
+    <w:rsid w:val="00F6582E"/>
     <w:rsid w:val="00F659B8"/>
     <w:rsid w:val="00F773D3"/>
     <w:rsid w:val="00F840C1"/>
     <w:rsid w:val="00F90CFB"/>
     <w:rsid w:val="00F9134A"/>
     <w:rsid w:val="00F94724"/>
     <w:rsid w:val="00FA1663"/>
     <w:rsid w:val="00FA50BA"/>
     <w:rsid w:val="00FB2CDC"/>
     <w:rsid w:val="00FC4B35"/>
     <w:rsid w:val="00FE533E"/>
     <w:rsid w:val="00FE7351"/>
     <w:rsid w:val="00FF4ABD"/>
     <w:rsid w:val="0A2C3119"/>
     <w:rsid w:val="1A78AF28"/>
     <w:rsid w:val="1D1918AC"/>
     <w:rsid w:val="34835EDC"/>
     <w:rsid w:val="4BEFB81C"/>
     <w:rsid w:val="5C1C0AE0"/>
     <w:rsid w:val="7D945FF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="213E653C"/>
   <w15:docId w15:val="{6D860A60-AAC9-453C-9465-FF1036199C98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Batang" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -25069,50 +25093,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="31c95e98a7ec4d10c0792b32671270fb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f8265357127acd409f98a046473dd3d8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
@@ -25294,105 +25331,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54328B55-C598-4D0C-9B94-F59F77FBF82B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00EC2937-8244-462B-94B0-E54E0AF9386B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B92EA6C-2DA7-41B2-ABE0-18B61AB56C47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A9CFAEE-88A3-4B47-8736-D4DF42FD2B7A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>609</Words>
   <Characters>3472</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>