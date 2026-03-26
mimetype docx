--- v0 (2025-12-07)
+++ v1 (2026-03-26)
@@ -9,13603 +9,6646 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6FBF6787" w14:textId="3E865A28" w:rsidR="00F94724" w:rsidRPr="00574BB7" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+    <w:p w14:paraId="6FBF6787" w14:textId="3E865A28" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk2005495"/>
     </w:p>
-    <w:p w14:paraId="2FE66A23" w14:textId="4FDB1CB1" w:rsidR="007F318C" w:rsidRPr="00CE13EB" w:rsidRDefault="00FB0FD0" w:rsidP="007F318C">
+    <w:p w14:paraId="2FE66A23" w14:textId="4FDB1CB1" w:rsidR="007F318C" w:rsidRPr="002E4C05" w:rsidRDefault="00FB0FD0" w:rsidP="007F318C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk151045901"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk10549552"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Tanpri sonje:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Yo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dokiman sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>fòma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:spacing w:val="-5"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Word pou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>itil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ou -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>fasilite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ranpli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:spacing w:val="-3"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>espas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ranpli, fè ti chanjman nan fòma a (tankou ajoute yon logo konpayi), oswa ajou konsènan règleman espesifik konpayi an. Anplwayè yo responsab nenpòt chanjman, revizyon, ajou oswa efase yo fè nan fòm sa yo. Depatman </w:t>
+      </w:r>
+      <w:r w:rsidR="00406AE6" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Konje pou Fanmi ak Konje Maladi (PFML) l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:spacing w:val="-3"/>
-[...947 lines deleted...]
-        <w:t>konfòm</w:t>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a refize tout responsablite pou modifikasyon ki fèt nan fòm sa yo epi li pa kapab garanti ke yon fòm modifye apati vèsyon orijinal sa a pral konfòm</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="007F318C" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1102B500" w14:textId="77777777" w:rsidR="007F318C" w:rsidRPr="00CE13EB" w:rsidRDefault="007F318C" w:rsidP="00F94724">
+    <w:p w14:paraId="1102B500" w14:textId="77777777" w:rsidR="007F318C" w:rsidRPr="002E4C05" w:rsidRDefault="007F318C" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="460D60F2" w14:textId="7748EBE7" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00FB0FD0" w:rsidP="00F94724">
+    <w:p w14:paraId="460D60F2" w14:textId="7748EBE7" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00FB0FD0" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avi </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve">Avi yo bay </w:t>
+      </w:r>
+      <w:r w:rsidR="00406AE6" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>yo</w:t>
-[...62 lines deleted...]
-      <w:r w:rsidR="00916BDC" w:rsidRPr="00CE13EB">
+        <w:t>Travayè Endepandan yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00916BDC" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk151045837"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk10549345"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Antite</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve">Antite ki gen </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4453B" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ki gen </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A4453B" w:rsidRPr="00CE13EB">
+        <w:t>dwe respekte lwa a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>dwe</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A4453B" w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve"> ki gen</w:t>
+      </w:r>
+      <w:r w:rsidR="00916BDC" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A4453B" w:rsidRPr="00CE13EB">
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00916BDC" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>respekte</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A4453B" w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve">25 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A4453B" w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve">travayè </w:t>
+      </w:r>
+      <w:r w:rsidR="00916BDC" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>lwa</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A4453B" w:rsidRPr="00CE13EB">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a</w:t>
-[...86 lines deleted...]
-        <w:t>plis</w:t>
+        <w:t>swa plis</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00916BDC" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00916BDC" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00916BDC" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00916BDC" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk151045932"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Dwa</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+        <w:t>Dwa ak obligasyon dapre Lwa Konje Peye pou Fanmi ak Konje Medikal la</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00F94724" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...187 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00F94724" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00F94724" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
         </w:rPr>
         <w:t>M.G.L. c. 175M</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6749A8D5" w14:textId="77777777" w:rsidR="00514933" w:rsidRPr="00CE13EB" w:rsidRDefault="00514933" w:rsidP="00F94724">
+    <w:p w14:paraId="6749A8D5" w14:textId="77777777" w:rsidR="00514933" w:rsidRPr="002E4C05" w:rsidRDefault="00514933" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="239"/>
         <w:gridCol w:w="4883"/>
         <w:gridCol w:w="236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="00CE13EB" w14:paraId="4ECA2EA9" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="4ECA2EA9" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="082D6A3E" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="082D6A3E" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5151870B" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="5151870B" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FB68584" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="3FB68584" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="582CEE98" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="582CEE98" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="00CE13EB" w14:paraId="3BE12C2E" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="3BE12C2E" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="132"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D6CE362" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="3D6CE362" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="155C0637" w14:textId="1A2322A4" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="155C0637" w14:textId="1A2322A4" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Anplwayè</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="066716C5" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="066716C5" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="00CE13EB" w14:paraId="4E1DAF40" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="4E1DAF40" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4868A56C" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="4868A56C" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="719EE95D" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="719EE95D" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="786B7969" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="786B7969" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="00CE13EB" w14:paraId="5241A93A" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="5241A93A" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="132"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63D8F8B3" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="63D8F8B3" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15C9CBB0" w14:textId="52792446" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="15C9CBB0" w14:textId="52792446" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Adrès</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Lari</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Anplwayè</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7997DE8C" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="7997DE8C" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="00CE13EB" w14:paraId="2C31EFFB" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="2C31EFFB" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C060663" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="3C060663" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E2FE885" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="4E2FE885" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EF80704" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="1EF80704" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="007615FB" w14:paraId="57546773" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="57546773" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="132"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12D04D9F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="12D04D9F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C3E93A4" w14:textId="0B2AF278" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="5C3E93A4" w14:textId="0B2AF278" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Vil,</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Eta,</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Kòd</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Postal</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Anplwayè</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67B2F456" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="67B2F456" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="007615FB" w14:paraId="37CE8635" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="37CE8635" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C11894F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="5C11894F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27CD7012" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="27CD7012" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F512A40" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="0F512A40" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94724" w:rsidRPr="00CE13EB" w14:paraId="7C981856" w14:textId="77777777" w:rsidTr="002B3269">
+      <w:tr w:rsidR="00F94724" w:rsidRPr="002E4C05" w14:paraId="7C981856" w14:textId="77777777" w:rsidTr="002B3269">
         <w:trPr>
           <w:trHeight w:val="132"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08FF787F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="08FF787F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DCFF919" w14:textId="7C31BC1B" w:rsidR="00916BDC" w:rsidRPr="00CE13EB" w:rsidRDefault="00916BDC" w:rsidP="00916BDC">
+          <w:p w14:paraId="5DCFF919" w14:textId="7C31BC1B" w:rsidR="00916BDC" w:rsidRPr="002E4C05" w:rsidRDefault="00916BDC" w:rsidP="00916BDC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nimewo</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>idantite</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>federal</w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>patwon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00601730" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00601730" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>) (FEIN)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61860997" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="61860997" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E2AD772" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+          <w:p w14:paraId="6E2AD772" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54E89819" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+    <w:p w14:paraId="54E89819" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3019F5" w14:textId="17238FD4" w:rsidR="00803AC5" w:rsidRPr="00CE13EB" w:rsidRDefault="00601730" w:rsidP="00F94724">
+    <w:p w14:paraId="0B3019F5" w14:textId="17238FD4" w:rsidR="00803AC5" w:rsidRPr="002E4C05" w:rsidRDefault="00601730" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk151046179"/>
       <w:bookmarkStart w:id="7" w:name="_Hlk10550989"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Dapre</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve">Dapre Lwa Massachusetts pou Konje Fanmi ak </w:t>
+      </w:r>
+      <w:r w:rsidR="00406AE6" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve">Konje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Lwa</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        <w:t xml:space="preserve">Maladi, M.G.L. vs. 175M, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yon biznis ki dwe respekte lwa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00406AE6">
+        <w:t>oblije</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00406AE6">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...165 lines deleted...]
-        </w:rPr>
         <w:t>bay</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>chak</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00406AE6">
+      <w:r w:rsidR="00406AE6" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>travay</w:t>
       </w:r>
-      <w:r w:rsidR="00406AE6">
+      <w:r w:rsidR="00406AE6" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>è</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00406AE6">
+      <w:r w:rsidR="00406AE6" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00406AE6">
+        <w:t xml:space="preserve"> endepandan yo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, nan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>moman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>endepandan</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00406AE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siyen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>kontra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00406AE6">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enfòmasyon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:spacing w:val="-2"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bay nan avi sa a</w:t>
+      </w:r>
+      <w:r w:rsidR="00803AC5" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>moman</w:t>
-[...172 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726A6829" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="00CE13EB" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
+    <w:p w14:paraId="726A6829" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="558D7E6D" w14:textId="1162CE80" w:rsidR="006837C1" w:rsidRPr="00CE13EB" w:rsidRDefault="00601730" w:rsidP="00F94724">
+    <w:p w14:paraId="558D7E6D" w14:textId="1162CE80" w:rsidR="006837C1" w:rsidRPr="002E4C05" w:rsidRDefault="00601730" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yon </w:t>
-[...263 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        <w:t>Yon biznis ki dwe respekte lwa sa a se yon biznis oswa komès ki fè kontra ak travayè endepandan pou sèvis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>epi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oblije</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rapòte</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>peman</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bay</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>moun</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fòm</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1099-MISC</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IRS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pou</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>plis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pase</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pousan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">nan </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00803AC5" w:rsidRPr="00CE13EB">
+        <w:t>nan mendèv li</w:t>
+      </w:r>
+      <w:r w:rsidR="00803AC5" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w14:paraId="1F7B126A" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
+    <w:p w14:paraId="1F7B126A" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1985E028" w14:textId="4516AF75" w:rsidR="00406AE6" w:rsidRPr="00C53BD5" w:rsidRDefault="00406AE6" w:rsidP="00406AE6">
+    <w:p w14:paraId="1985E028" w14:textId="4516AF75" w:rsidR="00406AE6" w:rsidRPr="002E4C05" w:rsidRDefault="00406AE6" w:rsidP="00406AE6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yon </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+        <w:t xml:space="preserve">Yon travayè endepandan se yon moun ki rezide Massachusetts epi ki sèl pwopriyetè, sèl manm yon konpayi a responsabilite limite oswa yon patenarya a responsabilite limite, ki gen pwofi </w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>travayè</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+        <w:t xml:space="preserve">apre taks </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+        <w:t>oswa pèt apre taks li</w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>endepandan</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+        <w:t xml:space="preserve"> dwe deklare bay Depatman Revni </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> se yon </w:t>
-[...496 lines deleted...]
-        </w:rPr>
         <w:t>Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFE8757" w14:textId="77777777" w:rsidR="00406AE6" w:rsidRPr="00CE13EB" w:rsidRDefault="00406AE6" w:rsidP="00F94724">
+    <w:p w14:paraId="0DFE8757" w14:textId="77777777" w:rsidR="00406AE6" w:rsidRPr="002E4C05" w:rsidRDefault="00406AE6" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F680D30" w14:textId="4919EF86" w:rsidR="005B53EA" w:rsidRPr="00CE13EB" w:rsidRDefault="00917DED" w:rsidP="00F94724">
+    <w:p w14:paraId="0F680D30" w14:textId="4919EF86" w:rsidR="005B53EA" w:rsidRPr="002E4C05" w:rsidRDefault="00917DED" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...39 lines deleted...]
-      <w:r w:rsidR="005B53EA" w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Òganizasyon sa a</w:t>
+      </w:r>
+      <w:r w:rsidR="005B53EA" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788E4BB7" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="00CE13EB" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
+    <w:p w14:paraId="788E4BB7" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A04C6DE" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="6A04C6DE" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1187"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1187" w:hanging="359"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Se</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>yon</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>biznis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>dwe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>respekte</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>lwa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544E2955" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="544E2955" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5594974A" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="5594974A" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1187"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1187" w:hanging="359"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:t>Se</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...8 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="58"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>biznis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-5"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...12 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>dwe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>respekte</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>lwa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468716CD" w14:textId="77777777" w:rsidR="00536C12" w:rsidRPr="00CE13EB" w:rsidRDefault="00536C12" w:rsidP="00F94724">
+    <w:p w14:paraId="468716CD" w14:textId="77777777" w:rsidR="00536C12" w:rsidRPr="002E4C05" w:rsidRDefault="00536C12" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="684CD49F" w14:textId="579FB2FD" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="684CD49F" w14:textId="579FB2FD" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="107" w:right="205"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="fr-FR"/>
-[...37 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Si òganizasyon sa a se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>biznis ki dwe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>respekte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>lwa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, lalwa oblije l pou vèse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>kontribisyon, nan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non </w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>travayè endepandan an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>li</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>tankou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>anplwaye, jan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>detaye</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>a. Kidonk,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>biznis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...547 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="352B8DE4" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="352B8DE4" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="205"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>biznis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...12 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>dwe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...12 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>respekte</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>lwa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a, ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-6"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ka</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>elijib</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>pou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ranplasman</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>revni</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sèten</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...12 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sikonstans</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-6"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>jan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...125 lines deleted...]
-        <w:t xml:space="preserve"> yo”.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">endike anba a nan seksyon ki rele </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>“Eksplikasyon Avantaj yo”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B63AD82" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="00CE13EB" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
+    <w:p w14:paraId="2B63AD82" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76C66561" w14:textId="385FDD11" w:rsidR="00B43B3F" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00916BDC">
+    <w:p w14:paraId="76C66561" w14:textId="385FDD11" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00916BDC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk10549770"/>
-      <w:r w:rsidRPr="00CE13EB">
-[...4 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Si</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> òganizasyon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...8 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>biznis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ki dwe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>respekte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lwa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>toujou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>chwazi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...9 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...63 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>moun</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...389 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ki garanti dapre Lwa sou Konje pou Fanmi ak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...163 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maladi. Si w chwazi fè sa, tanpri gade Avi Chwa Travayè Endepandan (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...94 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>Self-Employed Notice of Election</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) la pou kapab jwenn plis enfòmasyon.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="762C7D9F" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="00CE13EB" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
+    <w:p w14:paraId="762C7D9F" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="016EA16A" w14:textId="26043043" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="005A6F6C">
+    <w:p w14:paraId="016EA16A" w14:textId="26043043" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="005A6F6C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Esplikasyon</w:t>
-[...41 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Esplikasyon benefis yo</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1B138B17" w14:textId="5727553B" w:rsidR="00916BDC" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00B81CF1">
+    <w:p w14:paraId="1B138B17" w14:textId="5727553B" w:rsidR="00916BDC" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00B81CF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk10549782"/>
-      <w:r w:rsidRPr="00CE13EB">
-[...92 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ou ta ka gen dwa pou benefisye bagay sa yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00574BB7" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0CBFF8ED" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="0CBFF8ED" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk118988596"/>
-      <w:r w:rsidRPr="00CE13EB">
-[...37 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>12 semèn konje fanmi peye pandan yon ane benefis pou nesans, adopsyon oswa swen adoptif yon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>timoun,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>akòz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>yon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>kondisyon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>kalifikasyon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>ki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>soti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>nan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>yon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>manm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>fanmi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...386 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>an nan sèvis aktif oswa yo te enf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ò</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...89 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>me li yo pral rele li pou sèvis aktif nan fòs lame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3BBD5FFC" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="3BBD5FFC" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...5 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>semèn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>konje</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>maladi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>peye</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ane</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>benefis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>si</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>yo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>gen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>pwoblèm</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>sante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ki</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>grav</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:lang w:val="fr-FR"/>
-[...46 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>ki anpeche yo travay;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6B180FC0" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="6B180FC0" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...5 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>semèn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>konje</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>fanmi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>peye</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ane</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>benefis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>pou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>pran</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>swen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>manm</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>fanmi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ki</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...112 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>se yon manm sèvis ki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>garanti k ap sibi tretman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="40"/>
-          <w:lang w:val="fr-FR"/>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>Maladi oswa k ap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>fè</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>fas a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="fr-FR"/>
-[...171 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>konsekans yon pwoblèm sante grav ki gen pou wè ak sèvis militè manm fanmi an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1521245A" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="1521245A" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...5 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>semèn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>konje</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>fanmi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>peye</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ane</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>benefis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>pou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>pran</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>swen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>yon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>manm</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>fanmi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ki</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>gen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>yon pwoblèm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="40"/>
-          <w:lang w:val="fr-FR"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>maladi grav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337C3DE1" w14:textId="32A33C5D" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="337C3DE1" w14:textId="32A33C5D" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>semèn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t>ototal, konje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t>fanmi ak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...18 lines deleted...]
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>maladi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>peye</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>yonsèl</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ane</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>benefis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00BF63D7" w:rsidRPr="00BF63D7">
+      <w:r w:rsidR="00BF63D7" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...1011 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>Yon “ane benefis” konsène w sèlman e li depann de ki dat ou pran konje nan kad yon pwogram konje. Ane benefis ou a kòmanse jou Dimanch anvan premye jou konje w la e l ap dire 52 semèn konsekitif. Ane benefis ou a detèmine to benefis ou. To benefis la ap rete menm jan an pandan tout ane benefis la menm si ou aplike plizyè fwa oswa w pran plizyè kalite konje. To benefis ou a ap chanje sèlman lè w kòmanse yon nouvo ane benefis</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="405EA885" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="405EA885" w14:textId="77777777" w:rsidR="00A4453B" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15DED2DE" w14:textId="1969730C" w:rsidR="00DC24FD" w:rsidRPr="00CE13EB" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
+    <w:p w14:paraId="15DED2DE" w14:textId="1969730C" w:rsidR="00DC24FD" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00A4453B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Montan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>benefis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>chak</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>semèn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pral</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>baze</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>salè</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>anplwaye</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ak</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>yon</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...34 lines deleted...]
-      <w:r w:rsidR="00025FE7">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>benefis maksimòm $ 1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00025FE7" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="003310D7">
+      <w:r w:rsidR="003310D7" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00025FE7">
+      <w:r w:rsidR="00025FE7" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>39</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...47 lines deleted...]
-      <w:r w:rsidR="00025FE7">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pa semèn an 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00025FE7" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00916BDC" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00916BDC" w:rsidRPr="002E4C05">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="0A1C3A4E" w14:textId="2A11FA46" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+    <w:p w14:paraId="0A1C3A4E" w14:textId="2A11FA46" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CAB6AA2" w14:textId="7E1FAC2E" w:rsidR="00DC24FD" w:rsidRPr="007615FB" w:rsidRDefault="00A4453B" w:rsidP="00F94724">
+    <w:p w14:paraId="6CAB6AA2" w14:textId="7E1FAC2E" w:rsidR="00DC24FD" w:rsidRPr="002E4C05" w:rsidRDefault="00A4453B" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ontribisyon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fon</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fidisyè</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>pou</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Konje</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fanmi</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ak</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Konje</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Maladi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Depatman</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Sekirite</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+        <w:t xml:space="preserve">Sekirite </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Anplwa</w:t>
       </w:r>
-      <w:r w:rsidR="00DC24FD" w:rsidRPr="007615FB">
+      <w:r w:rsidR="00DC24FD" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4EC94F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="007615FB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+    <w:p w14:paraId="1C4EC94F" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5107B685" w14:textId="22905E48" w:rsidR="00A10A61" w:rsidRPr="007615FB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="5107B685" w14:textId="22905E48" w:rsidR="00A10A61" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Hlk10549794"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>dat 1ye</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>oktòb</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>2019,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>kontribisyon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Fon</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Fidisyè</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>( )</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>pou</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Konje</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Fanmi</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ak</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Maladi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Depatman</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...229 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve">Sekirite Anplwa (DFML) a te kòmanse. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biznis ki dwe respekte lwa sa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>a oblije voye kontribisyon bay DFML pou tout travayè endepandan nan mendèv li, si travayè endepandan sa yo reprezante plis pase 50 pousan nan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...87 lines deleted...]
-      <w:r w:rsidR="00A83DBA" w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>mendèv li. Pousantaj kontribisyon an ka ajiste chak ane epi ou ka jwenn nan avi ki tache sou to efektif la</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83DBA" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p w14:paraId="221D3F1A" w14:textId="47D903D6" w:rsidR="00B43B3F" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
+    <w:p w14:paraId="221D3F1A" w14:textId="47D903D6" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B82BF73" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRDefault="00A96D23" w:rsidP="00B43B3F">
+    <w:p w14:paraId="2B82BF73" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="002E4C05" w:rsidRDefault="00A96D23" w:rsidP="00B43B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B4E946E" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRDefault="00A96D23" w:rsidP="00B43B3F">
+    <w:p w14:paraId="1B4E946E" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="002E4C05" w:rsidRDefault="00A96D23" w:rsidP="00B43B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BCCE8A9" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="007615FB" w:rsidRDefault="00A96D23" w:rsidP="00B43B3F">
+    <w:p w14:paraId="2BCCE8A9" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="002E4C05" w:rsidRDefault="00A96D23" w:rsidP="00B43B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570A8E6D" w14:textId="42DB1D09" w:rsidR="00B43B3F" w:rsidRPr="007615FB" w:rsidRDefault="00CD0EDD" w:rsidP="4E4C49BF">
+    <w:p w14:paraId="570A8E6D" w14:textId="42DB1D09" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="4E4C49BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Kijan</w:t>
-[...55 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kijan pou depoze yon Aplikasyon</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B06DE76" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="007615FB" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
+    <w:p w14:paraId="4B06DE76" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6191402A" w14:textId="55FBE92A" w:rsidR="00B43B3F" w:rsidRPr="007615FB" w:rsidRDefault="00CD0EDD" w:rsidP="00B43B3F">
+    <w:p w14:paraId="6191402A" w14:textId="55FBE92A" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00B43B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007615FB">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Moun ki jwenn pwoteksyon an yo dwe ranpli reklamasyon pou konpansasyon revni fanmi ak konje maladi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peye</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>DFML</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>grasa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fòm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>FML</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>an.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fòm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ak enstriksyon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>reklamasyon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...140 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>disponib</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...76 lines deleted...]
-      <w:r w:rsidR="007D05EB" w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sou sitwèb D</w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>FML</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...170 lines deleted...]
-      <w:r w:rsidR="007D05EB" w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="006E3CC8" w:rsidRPr="007615FB">
+        <w:r w:rsidR="006E3CC8" w:rsidRPr="002E4C05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>www.mass.gov/DFML</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B43B3F" w:rsidRPr="007615FB">
+      <w:r w:rsidR="00B43B3F" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C57694C" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="007615FB" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
+    <w:p w14:paraId="1C57694C" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00B43B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77C3B726" w14:textId="2AA1A64C" w:rsidR="00916BDC" w:rsidRPr="007615FB" w:rsidRDefault="007D05EB" w:rsidP="00F94724">
+    <w:p w14:paraId="77C3B726" w14:textId="2AA1A64C" w:rsidR="00916BDC" w:rsidRPr="002E4C05" w:rsidRDefault="007D05EB" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Travay</w:t>
       </w:r>
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
         <w:t>è</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve"> endepandan</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>yo oblije</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>bay</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>biznis</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>ki</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>gen</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>aranti</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>yon</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>prey</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>avi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>pou</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>pi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>piti</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>jou</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>sou</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>dat</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
         <w:t>yo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...85 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>prevwa</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve">pou kòmanse nenpòt konje, sou dire konje a prevwa ak dat retounen yo prevwa a. Yon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>travay</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>è</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve"> endepandan </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve">ki pa kapab bay </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>prey</w:t>
       </w:r>
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
-[...221 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve">avi 30 jou akòz sikonstans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve">i pa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve">ka </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t xml:space="preserve">kontwole yo oblije bay </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>prey</w:t>
       </w:r>
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
-[...79 lines deleted...]
-      <w:r w:rsidR="00B43B3F" w:rsidRPr="007615FB">
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
+        <w:t>avi pi vit posib</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43B3F" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F3926D" w14:textId="2B0B5BF3" w:rsidR="00F94724" w:rsidRPr="007615FB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+    <w:p w14:paraId="45F3926D" w14:textId="2B0B5BF3" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="017E2F38" w14:textId="498FD4D5" w:rsidR="00FA1663" w:rsidRPr="007615FB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="017E2F38" w14:textId="498FD4D5" w:rsidR="00FA1663" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Egzanpsyon plan prive</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5809976A" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="007615FB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+    <w:p w14:paraId="5809976A" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60E618E9" w14:textId="167579C5" w:rsidR="00FA1663" w:rsidRPr="007615FB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="60E618E9" w14:textId="167579C5" w:rsidR="00FA1663" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Yon</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>biznis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ki</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>dwe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>respekte</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>lwa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ki</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>bay</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>konje</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>peye</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>ak benefis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>omwen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>nan</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>menm</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>nivo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>ke</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>sa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:t>lalwa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>di</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>ka mande pou yon egzanpsyon nan peman kontribisyon Depatman Konje pou Fanmi ak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
+        <w:t>Konje M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>aladi nan Fon Fidisyè Sekirite Anplwa ak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>fanmi an. Yon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>biznis ki dwe respekte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>lwa a ka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>mande</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...102 lines deleted...]
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...137 lines deleted...]
-      <w:r w:rsidR="00FA1663" w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>yon egzanpsyon nan kontribisyon Konje maladi la, kontribisyon konje fanmi an, oswa toude</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1663" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76568ADE" w14:textId="77777777" w:rsidR="00FA1663" w:rsidRPr="007615FB" w:rsidRDefault="00FA1663" w:rsidP="00F94724">
+    <w:p w14:paraId="76568ADE" w14:textId="77777777" w:rsidR="00FA1663" w:rsidRPr="002E4C05" w:rsidRDefault="00FA1663" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="784"/>
         <w:tblW w:w="11129" w:type="dxa"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="320"/>
         <w:gridCol w:w="4165"/>
         <w:gridCol w:w="739"/>
         <w:gridCol w:w="5905"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005743DB" w:rsidRPr="00CE13EB" w14:paraId="3284EB56" w14:textId="77777777" w:rsidTr="4C3D6A69">
+      <w:tr w:rsidR="005743DB" w:rsidRPr="002E4C05" w14:paraId="3284EB56" w14:textId="77777777" w:rsidTr="4C3D6A69">
         <w:trPr>
           <w:trHeight w:val="452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="070626EC" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="007615FB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="070626EC" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="120FE37C" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="007615FB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="120FE37C" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0696C4EC" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="007615FB" w:rsidRDefault="005743DB" w:rsidP="4C3D6A69">
+          <w:p w14:paraId="0696C4EC" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="4C3D6A69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="610D400A" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="007615FB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="610D400A" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5905" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="454B6958" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
+          <w:p w14:paraId="454B6958" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:t>Pa</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:t>gen</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:t>yon</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:t>plan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:t>prive</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+              <w:t xml:space="preserve"> apwouve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="79153387" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
+          <w:p w14:paraId="79153387" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D66BBBA" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
+          <w:p w14:paraId="3D66BBBA" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>Gen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>yon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>plan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>prive</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>apwouve</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>pou</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...50 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
+              <w:t>konje fanmi ak maladi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="293CA7D0" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
+          <w:p w14:paraId="293CA7D0" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16FE96DB" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
+          <w:p w14:paraId="16FE96DB" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>Gen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>yon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>plan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>prive</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>apwouve</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>pou</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
-[...56 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+              </w:rPr>
+              <w:t xml:space="preserve"> benefis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
+              <w:t>konje fanmi sèlman</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="3FEDFD31" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
+          <w:p w14:paraId="3FEDFD31" w14:textId="77777777" w:rsidR="00CD0EDD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E28E924" w14:textId="01866440" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
+          <w:p w14:paraId="6E28E924" w14:textId="01866440" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00CD0EDD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>Gen</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>yon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>plan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>prive</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>apwouve</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>pou</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:lang w:val="fr-FR"/>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+              </w:rPr>
+              <w:t xml:space="preserve"> benefis maladi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
+              <w:t xml:space="preserve"> sèlman</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005743DB" w:rsidRPr="00CE13EB" w14:paraId="30A832EC" w14:textId="77777777" w:rsidTr="4C3D6A69">
+      <w:tr w:rsidR="005743DB" w:rsidRPr="002E4C05" w14:paraId="30A832EC" w14:textId="77777777" w:rsidTr="4C3D6A69">
         <w:trPr>
           <w:trHeight w:val="44"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30451364" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="30451364" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6505B24D" w14:textId="60F652F8" w:rsidR="005743DB" w:rsidRPr="007615FB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="6505B24D" w14:textId="60F652F8" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007615FB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+            <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">Non </w:t>
             </w:r>
-            <w:r w:rsidR="007D05EB" w:rsidRPr="007615FB">
+            <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>Antite ki kons</w:t>
             </w:r>
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+            <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>è</w:t>
             </w:r>
-            <w:r w:rsidR="007D05EB" w:rsidRPr="007615FB">
+            <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">ne </w:t>
             </w:r>
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+            <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="007615FB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26961F0C" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="007615FB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="26961F0C" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6831D87D" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="007615FB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="6831D87D" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B4B180A" w14:textId="1D6E5DFA" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="5B4B180A" w14:textId="1D6E5DFA" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="002E4C05">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FB64F97" wp14:editId="5018351D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-1905</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1905</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2537827" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="4" name="Straight Connector 4"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
@@ -13621,121 +6664,110 @@
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="1345E0E6">
                     <v:line id="Straight Connector 4" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="002A9668" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Non Plan</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+              <w:t>Non Plan Prive a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Prive a</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AE60F4C" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="6AE60F4C" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16E5C462" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="16E5C462" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07AB9B21" w14:textId="13E19716" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="07AB9B21" w14:textId="13E19716" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="002E4C05">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BBA6A88" wp14:editId="4995CACF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-1905</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1905</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2537827" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="5" name="Straight Connector 5"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
@@ -13751,139 +6783,110 @@
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="36C337A0">
                     <v:line id="Straight Connector 5" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="281AB81F" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Nimewo</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+              <w:t>Nimewo telefòn Plan Prive a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D6AE4F4" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="5D6AE4F4" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="68DE45AC" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="68DE45AC" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3223B9F1" w14:textId="28F58539" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="3223B9F1" w14:textId="28F58539" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="002E4C05">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12923427" wp14:editId="0DE7848D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-1905</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1905</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2537827" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="6" name="Straight Connector 6"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
@@ -13899,121 +6902,110 @@
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="2AF8EE40">
                     <v:line id="Straight Connector 6" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="303EE940" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Adrès</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+              <w:t>Adrès Plan Prive a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Plan Prive a</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FA11FF4" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="1FA11FF4" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03539F79" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="03539F79" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A19918A" w14:textId="13625242" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="3A19918A" w14:textId="13625242" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="002E4C05">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05D4DA89" wp14:editId="51D06DEB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-1905</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1905</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2537827" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Straight Connector 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
@@ -14029,5273 +7021,2997 @@
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="11E31291">
                     <v:line id="Straight Connector 8" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="windowText" strokeweight="1pt" from="-.15pt,.15pt" to="199.7pt,.15pt" w14:anchorId="4D0B62F4" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXnM2tAEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+R62BIYcXpo0F6G&#10;tcC6H8DKki1AXxDVOPn3pZQ0zbrbMB9kShQf+cin9e3eWbZTCU3wPb9ZNJwpL8Ng/Njz38/31yvO&#10;MIMfwAaven5QyG83V1/Wc+xUG6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOci0TaMYEsyE7qxo&#10;m+a7mEMaYgpSIdLp9ujkm4qvtZL5UWtUmdmeU225rqmuL2UVmzV0Y4I4GXkqA/6hCgfGU9Iz1BYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UlQOxuWk+sfk1QVSVCzUH47lN+P9g5c/dnX9K1IY5YofxKRUWe51c&#10;+VN9bF+bdTg3S+0zk3TYfvu6XLVLzuS7T3wExoT5QQXHitFza3zhAR3sfmCmZHT1/Uo59uHeWFtn&#10;YT2bSUjtsqFxSSBJaAuZTBeHnqMfOQM7ktZkThUSgzVDCS9AeMA7m9gOaNykkiHMz1QvZxYwk4NI&#10;1K+MnUr4I7TUswWcjsHVdVSHM5kkao3r+eoy2vqSUVWRnVh99LBYL2E41NaKsqMB1qQnsRWFXO7J&#10;vnwSmzcAAAD//wMAUEsDBBQABgAIAAAAIQCz+zUg2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BTsMwEETvSPyDtUjcWocWKhLiVAhET3Bo6Qc48TZJa69D7KSBr2d7gstIoxnNvHw9OStG7EPr&#10;ScHdPAGBVHnTUq1g//k2ewQRoiajrSdU8I0B1sX1Va4z48+0xXEXa8EjFDKtoImxy6QMVYNOh7nv&#10;kDg7+N7pyLavpen1mcedlYskWUmnW+KHRnf40mB12g1OwWb6eXi31fhapvthcbCbrw99XCl1ezM9&#10;P4GIOMW/MlzwGR0KZir9QCYIq2C25KICVg6XaXoPorxYWeTyP3vxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAO9ecza0AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALP7NSDZAAAAAwEAAA8AAAAAAAAAAAAAAAAADgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Wèbsayt</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+              <w:t>Wèbsayt Plan Prive a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Plan Prive a</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01F137E7" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="01F137E7" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1DFA3817" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="1DFA3817" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2346936A" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="2346936A" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5905" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="659217CE" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="00CE13EB" w:rsidRDefault="005743DB" w:rsidP="005743DB">
+          <w:p w14:paraId="659217CE" w14:textId="77777777" w:rsidR="005743DB" w:rsidRPr="002E4C05" w:rsidRDefault="005743DB" w:rsidP="005743DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="711A6559" w14:textId="7E38F205" w:rsidR="00FA1663" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="711A6559" w14:textId="7E38F205" w:rsidR="00FA1663" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Biznis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dwe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>respekte</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lwa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dwe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>remèt</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>bay</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007D05EB">
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Travay</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>è</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> endepandan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>detay</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tout</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-      <w:r w:rsidR="00FA1663" w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>prive yo anmenm tan ak Avi sa a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1663" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A3E2A9" w14:textId="42AD2831" w:rsidR="00FA1663" w:rsidRPr="00CE13EB" w:rsidRDefault="00FA1663" w:rsidP="002147C9">
+    <w:p w14:paraId="03A3E2A9" w14:textId="42AD2831" w:rsidR="00FA1663" w:rsidRPr="002E4C05" w:rsidRDefault="00FA1663" w:rsidP="002147C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E2CB58E" w14:textId="77777777" w:rsidR="00F94724" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+    <w:p w14:paraId="2E2CB58E" w14:textId="77777777" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62C15384" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
+    <w:p w14:paraId="62C15384" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="002E4C05" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F925EB0" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
+    <w:p w14:paraId="7F925EB0" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="002E4C05" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E420A2F" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
+    <w:p w14:paraId="2E420A2F" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="002E4C05" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB9EDF6" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="00CE13EB" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
+    <w:p w14:paraId="6EB9EDF6" w14:textId="77777777" w:rsidR="00A96D23" w:rsidRPr="002E4C05" w:rsidRDefault="00A96D23" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF4E8EA" w14:textId="503EB9B7" w:rsidR="00DC24FD" w:rsidRPr="007615FB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="3BF4E8EA" w14:textId="503EB9B7" w:rsidR="00DC24FD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Enf</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ò</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>masyon</w:t>
-[...161 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>masyon pou kontakte Depatman Konje fanmi ak Konje maladi</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="32B6AA7B" w14:textId="1AA324CE" w:rsidR="00F94724" w:rsidRPr="007615FB" w:rsidRDefault="00DC24FD" w:rsidP="00F94724">
+    <w:p w14:paraId="32B6AA7B" w14:textId="1AA324CE" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00DC24FD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6E8B59" w14:textId="71F6B178" w:rsidR="00E10809" w:rsidRPr="00CE13EB" w:rsidRDefault="4BEFB81C" w:rsidP="0A2C3119">
+    <w:p w14:paraId="6F6E8B59" w14:textId="71F6B178" w:rsidR="00E10809" w:rsidRPr="002E4C05" w:rsidRDefault="4BEFB81C" w:rsidP="0A2C3119">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The Massachusetts Department of Family and Medical Leave</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4027F697" w14:textId="30DF46E3" w:rsidR="5C1C0AE0" w:rsidRPr="00CE13EB" w:rsidRDefault="7D945FF3" w:rsidP="0A2C3119">
+    <w:p w14:paraId="4027F697" w14:textId="30DF46E3" w:rsidR="5C1C0AE0" w:rsidRPr="002E4C05" w:rsidRDefault="7D945FF3" w:rsidP="0A2C3119">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>PO Box 838</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB7267C" w14:textId="69BF1127" w:rsidR="5C1C0AE0" w:rsidRPr="00CE13EB" w:rsidRDefault="7D945FF3" w:rsidP="0A2C3119">
+    <w:p w14:paraId="5CB7267C" w14:textId="69BF1127" w:rsidR="5C1C0AE0" w:rsidRPr="002E4C05" w:rsidRDefault="7D945FF3" w:rsidP="0A2C3119">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Lawrence, MA 01842</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABDBD2E" w14:textId="3A55F73B" w:rsidR="34835EDC" w:rsidRPr="00CE13EB" w:rsidRDefault="7D945FF3" w:rsidP="0A2C3119">
+    <w:p w14:paraId="4ABDBD2E" w14:textId="3A55F73B" w:rsidR="34835EDC" w:rsidRPr="002E4C05" w:rsidRDefault="7D945FF3" w:rsidP="0A2C3119">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Contact Center: (833) 344-7365</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4FEE29" w14:textId="46179523" w:rsidR="00F94724" w:rsidRPr="002E4C05" w:rsidRDefault="00F94724" w:rsidP="00F94724">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45F55A1E" w14:textId="0F04784C" w:rsidR="0052593D" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> (833) 344-7365</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gen plis enfòmasyon ki disponib</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4FEE29" w14:textId="46179523" w:rsidR="00F94724" w:rsidRPr="00CE13EB" w:rsidRDefault="00F94724" w:rsidP="00F94724">
-[...100 lines deleted...]
-    <w:p w14:paraId="35C8132A" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="00CE13EB" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
+    <w:p w14:paraId="35C8132A" w14:textId="77777777" w:rsidR="00B43B3F" w:rsidRPr="002E4C05" w:rsidRDefault="00B43B3F" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="708F01E5" w14:textId="2206C4FB" w:rsidR="0052593D" w:rsidRPr="007D05EB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="708F01E5" w14:textId="2206C4FB" w:rsidR="0052593D" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...5 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>Pou</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>jwenn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>plis</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>enfòmasyon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="fr-FR"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="007D05EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:t>detaye,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>tanpri</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-8"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:lang w:val="fr-FR"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>gade</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>sit</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="fr-FR"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>entènèt</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="007D05EB" w:rsidRPr="007D05EB">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="007D05EB">
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
+        <w:t>FML</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:lang w:val="fr-FR"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="007D05EB" w:rsidRPr="007615FB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D05EB" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D05EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:t>an</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003025E4" w:rsidRPr="007D05EB">
+      <w:r w:rsidR="003025E4" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="001C5F9E" w:rsidRPr="007D05EB">
+        <w:r w:rsidR="001C5F9E" w:rsidRPr="002E4C05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>www.mass.gov/DFML</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003025E4" w:rsidRPr="007D05EB">
+      <w:r w:rsidR="003025E4" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0052593D" w:rsidRPr="007D05EB">
+      <w:r w:rsidR="0052593D" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17CC93C0" w14:textId="77777777" w:rsidR="000F4219" w:rsidRPr="007D05EB" w:rsidRDefault="000F4219" w:rsidP="00F94724">
+    <w:p w14:paraId="17CC93C0" w14:textId="77777777" w:rsidR="000F4219" w:rsidRPr="002E4C05" w:rsidRDefault="000F4219" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F8CD976" w14:textId="77777777" w:rsidR="006E4762" w:rsidRPr="007D05EB" w:rsidRDefault="006E4762" w:rsidP="007F318C">
+    <w:p w14:paraId="2F8CD976" w14:textId="77777777" w:rsidR="006E4762" w:rsidRPr="002E4C05" w:rsidRDefault="006E4762" w:rsidP="007F318C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="360F9C5E" w14:textId="77777777" w:rsidR="006E4762" w:rsidRPr="007D05EB" w:rsidRDefault="006E4762" w:rsidP="007F318C">
+    <w:p w14:paraId="360F9C5E" w14:textId="77777777" w:rsidR="006E4762" w:rsidRPr="002E4C05" w:rsidRDefault="006E4762" w:rsidP="007F318C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D95C518" w14:textId="77777777" w:rsidR="006E4762" w:rsidRPr="007D05EB" w:rsidRDefault="006E4762" w:rsidP="007F318C">
+    <w:p w14:paraId="4D95C518" w14:textId="77777777" w:rsidR="006E4762" w:rsidRPr="002E4C05" w:rsidRDefault="006E4762" w:rsidP="007F318C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69FFF795" w14:textId="0FEE8CA1" w:rsidR="00DC24FD" w:rsidRPr="00CE13EB" w:rsidRDefault="00DC24FD" w:rsidP="007F318C">
+    <w:p w14:paraId="69FFF795" w14:textId="0FEE8CA1" w:rsidR="00DC24FD" w:rsidRPr="002E4C05" w:rsidRDefault="00DC24FD" w:rsidP="007F318C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ACKNOWLEDGMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09FBE975" w14:textId="77777777" w:rsidR="007F318C" w:rsidRPr="00CE13EB" w:rsidRDefault="007F318C" w:rsidP="007F318C">
+    <w:p w14:paraId="09FBE975" w14:textId="77777777" w:rsidR="007F318C" w:rsidRPr="002E4C05" w:rsidRDefault="007F318C" w:rsidP="007F318C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BC9F45C" w14:textId="21082379" w:rsidR="00DC24FD" w:rsidRPr="00CE13EB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="1BC9F45C" w14:textId="21082379" w:rsidR="00DC24FD" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t>Siyen ou siyen anba a sa siyifi ou resevwa enfòmasyon ki anlè yo nan moman yo te fè kontra w lan</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2D2E" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC24FD" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DB0301C" w14:textId="77777777" w:rsidR="00DC24FD" w:rsidRPr="002E4C05" w:rsidRDefault="00DC24FD" w:rsidP="00F94724">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275E944F" w14:textId="77777777" w:rsidR="00CE5ADC" w:rsidRPr="002E4C05" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506CC8C1" w14:textId="6544F0E4" w:rsidR="00CE5ADC" w:rsidRPr="002E4C05" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...219 lines deleted...]
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785E6628" w14:textId="0B3A9377" w:rsidR="00CE5ADC" w:rsidRPr="00CE13EB" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
+    <w:p w14:paraId="785E6628" w14:textId="0B3A9377" w:rsidR="00CE5ADC" w:rsidRPr="002E4C05" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CE13EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Si</w:t>
       </w:r>
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>yati</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D12816" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="00D12816" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Dat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588208C3" w14:textId="77777777" w:rsidR="00CE5ADC" w:rsidRPr="00CE13EB" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
+    <w:p w14:paraId="588208C3" w14:textId="77777777" w:rsidR="00CE5ADC" w:rsidRPr="002E4C05" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9700FA" w14:textId="77777777" w:rsidR="00CE5ADC" w:rsidRPr="007615FB" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
+    <w:p w14:paraId="0F9700FA" w14:textId="77777777" w:rsidR="00CE5ADC" w:rsidRPr="002E4C05" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0D2C05" w14:textId="4FA58A82" w:rsidR="00CE5ADC" w:rsidRPr="007615FB" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
+    <w:p w14:paraId="2F0D2C05" w14:textId="4FA58A82" w:rsidR="00CE5ADC" w:rsidRPr="002E4C05" w:rsidRDefault="00CE5ADC" w:rsidP="00F94724">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="007615FB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+      <w:r w:rsidR="00CD0EDD" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ekri</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD0EDD" w:rsidRPr="007615FB">
+        <w:t>Ekri an lèt majiskil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> an </w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F4A43F" w14:textId="77777777" w:rsidR="00795D82" w:rsidRPr="002E4C05" w:rsidRDefault="00795D82" w:rsidP="00F94724">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lèt</w:t>
-[...5 lines deleted...]
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7235E4ED" w14:textId="59100015" w:rsidR="00A83DBA" w:rsidRPr="002E4C05" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>majiskil</w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t>Se antrepriz patwon ki dwe respekte lwa a ki pral kenbe dokiman ou siyen an pou w. Sere yon kopi epi kenbe li yon kote ou kapab jwenn li</w:t>
+      </w:r>
+      <w:r w:rsidR="0033106A" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F4A43F" w14:textId="77777777" w:rsidR="00795D82" w:rsidRPr="007615FB" w:rsidRDefault="00795D82" w:rsidP="00F94724">
+    <w:p w14:paraId="7C51BEF0" w14:textId="77777777" w:rsidR="00A83DBA" w:rsidRPr="002E4C05" w:rsidRDefault="00A83DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757A8268" w14:textId="2422B1F5" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="006E4762">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pousantaj ki anplas yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF63D7" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E9CA49" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7235E4ED" w14:textId="59100015" w:rsidR="00A83DBA" w:rsidRPr="007615FB" w:rsidRDefault="00CD0EDD" w:rsidP="00F94724">
+    <w:p w14:paraId="5F02521F" w14:textId="182CCF86" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...305 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pou anplwayè yo ki gen </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>anplwaye oswa plis toujou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C51BEF0" w14:textId="77777777" w:rsidR="00A83DBA" w:rsidRPr="007615FB" w:rsidRDefault="00A83DBA">
-[...129 lines deleted...]
-    <w:p w14:paraId="77E9CA49" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+    <w:p w14:paraId="771555FC" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="fr-FR"/>
-[...165 lines deleted...]
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3116"/>
         <w:gridCol w:w="3117"/>
         <w:gridCol w:w="3117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B46DF" w:rsidRPr="00CE13EB" w14:paraId="59FBFA2C" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="002B46DF" w:rsidRPr="002E4C05" w14:paraId="59FBFA2C" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45A7C7C2" w14:textId="77777777" w:rsidR="002B46DF" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
+          <w:p w14:paraId="45A7C7C2" w14:textId="77777777" w:rsidR="002B46DF" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="444" w:right="436"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Kontribisyon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Konje</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="0890A5E0" w14:textId="50A7385D" w:rsidR="002B46DF" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
+          <w:p w14:paraId="0890A5E0" w14:textId="50A7385D" w:rsidR="002B46DF" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Fanmi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="303849A2" w14:textId="7F3E92F0" w:rsidR="002B46DF" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
+          <w:p w14:paraId="303849A2" w14:textId="7F3E92F0" w:rsidR="002B46DF" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Kontribisyon</w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Kontribisyon Konje Maladi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A6D9BB9" w14:textId="4785D624" w:rsidR="002B46DF" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
+          <w:p w14:paraId="7A6D9BB9" w14:textId="4785D624" w:rsidR="002B46DF" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="002B46DF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t xml:space="preserve">Montan </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Total</w:t>
+              <w:t>Montan Kontribisyon Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w14:paraId="3005E384" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="00FE533E" w:rsidRPr="002E4C05" w14:paraId="3005E384" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32B94E77" w14:textId="638CA85E" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="32B94E77" w14:textId="638CA85E" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r w:rsidR="000D5436" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="000D5436" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A03F4F7" w14:textId="6A6B5154" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="0A03F4F7" w14:textId="6A6B5154" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="000D5436" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="000D5436" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54D95104" w14:textId="09B9905C" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="54D95104" w14:textId="09B9905C" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="000D5436" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="000D5436" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6CF6095B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+    <w:p w14:paraId="6CF6095B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0642C5CD" w14:textId="5EE0A286" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF" w:rsidP="00FE533E">
+    <w:p w14:paraId="0642C5CD" w14:textId="5EE0A286" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anplway</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>è</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...150 lines deleted...]
-      <w:r w:rsidR="00BF63D7">
+        <w:t xml:space="preserve"> yo responsab pou anvwaye kontribisyon nan DFML pou tout anpwlaye yo. A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>n 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF63D7" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, montan total kontrbisyon an se 0.88% sal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAAEB6A" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A162637" w14:textId="795872E3" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF" w:rsidP="00FE533E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Dapre</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>wa a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>anplwayè yo responsab pou yon minimòm de</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nan kontribisyon pou konje maladi a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05D5C" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>salè yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, men yo otorize dedwi nan salè anplwaye yo jiska</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nan kontribisyon konje maladi a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75372" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>salè yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epi jiska </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nan kontribisyon konje fanmi a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E54300" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>salè yo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AAAEB6A" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+    <w:p w14:paraId="5EC4C440" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...6 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A162637" w14:textId="795872E3" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF" w:rsidP="00FE533E">
-[...560 lines deleted...]
-    <w:p w14:paraId="3DA9B4E6" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+    <w:p w14:paraId="3DA9B4E6" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10020" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="260"/>
         <w:gridCol w:w="3196"/>
         <w:gridCol w:w="269"/>
         <w:gridCol w:w="1973"/>
         <w:gridCol w:w="1076"/>
         <w:gridCol w:w="2861"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w14:paraId="715287D5" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="00FE533E" w:rsidRPr="002E4C05" w14:paraId="715287D5" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="591"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="14558F"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="328DB9BE" w14:textId="5F0CEE32" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="328DB9BE" w14:textId="5F0CEE32" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
-              <w:t>Konje</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Konje maladi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="021B6DDE" w14:textId="150BBC78" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="021B6DDE" w14:textId="150BBC78" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-            <w:r w:rsidR="00FE533E" w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Kontribisyon obligatwa total</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>: .</w:t>
             </w:r>
-            <w:r w:rsidR="000D5436" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="000D5436" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
-            <w:r w:rsidR="00FE533E" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE533E" w:rsidRPr="00406AE6" w14:paraId="2E5F32AB" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="00FE533E" w:rsidRPr="002E4C05" w14:paraId="2E5F32AB" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="591"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0631DA57" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="0631DA57" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4191EBA2" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="4191EBA2" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16099041" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="16099041" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07EFBE65" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="07EFBE65" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1367E5B0" w14:textId="7FB172EC" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="1367E5B0" w14:textId="7FB172EC" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pral</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>pral kontribye</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13E33EDF" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="13E33EDF" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>___%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FEFB1C1" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="0FEFB1C1" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7982EA30" w14:textId="5F33A462" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="7982EA30" w14:textId="5F33A462" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> a</w:t>
+              </w:rPr>
+              <w:t>nan kontribisyon konje maladi a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE533E" w:rsidRPr="007615FB" w14:paraId="2EE0552C" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="00FE533E" w:rsidRPr="002E4C05" w14:paraId="2EE0552C" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="843"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="002060"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15278E16" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="15278E16" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29828BCE" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="29828BCE" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="103A1EF4" w14:textId="1FE857A1" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="103A1EF4" w14:textId="1FE857A1" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="002B46DF" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="002B46DF" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Non </w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+              <w:t>Non Anplwayè a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20C22433" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="20C22433" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52F37CC9" w14:textId="42960037" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="52F37CC9" w14:textId="42960037" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">epi </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+              <w:t>epi rès</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>rès</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FE533E" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62071710" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="62071710" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>___%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="450CBE2B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="450CBE2B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14E84D0B" w14:textId="7B1DFBCB" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="14E84D0B" w14:textId="7B1DFBCB" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> ou touche a</w:t>
+              </w:rPr>
+              <w:t>pral dedwi nan lajan ou touche a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F3038F8" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+    <w:p w14:paraId="6F3038F8" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="280686F2" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
-[...3 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+    <w:p w14:paraId="280686F2" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10095" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="387"/>
         <w:gridCol w:w="262"/>
         <w:gridCol w:w="3221"/>
         <w:gridCol w:w="271"/>
         <w:gridCol w:w="1989"/>
         <w:gridCol w:w="1084"/>
         <w:gridCol w:w="2881"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w14:paraId="637EFD8B" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="00FE533E" w:rsidRPr="002E4C05" w14:paraId="637EFD8B" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="519"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="388" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="385623" w:themeColor="accent6" w:themeShade="80"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="385623" w:themeColor="accent6" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="388557"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D73A757" w14:textId="0F5341FE" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="1D73A757" w14:textId="0F5341FE" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Konje</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Konje fanmi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9714" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78E77BA2" w14:textId="5FF4EE2D" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="78E77BA2" w14:textId="5FF4EE2D" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-            <w:r w:rsidR="00FE533E" w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Kontribisyon obligatwa total:</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> .1</w:t>
             </w:r>
-            <w:r w:rsidR="000D5436" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="000D5436" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00FE533E" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE533E" w:rsidRPr="00406AE6" w14:paraId="7A878ED9" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="00FE533E" w:rsidRPr="002E4C05" w14:paraId="7A878ED9" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="827"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="388" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="385623" w:themeColor="accent6" w:themeShade="80"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="385623" w:themeColor="accent6" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D1BBE7" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="19D1BBE7" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E2250CE" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="1E2250CE" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2582B80B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="2582B80B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22DB433B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="22DB433B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50AF01FA" w14:textId="17C79543" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="50AF01FA" w14:textId="17C79543" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pral</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">pral kontribye </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64EBC1F7" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="64EBC1F7" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>___%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="437CFB05" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="437CFB05" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CB6C3F0" w14:textId="0782B0ED" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="2CB6C3F0" w14:textId="0782B0ED" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> a</w:t>
+              </w:rPr>
+              <w:t>nan kontribisyon konje maladi a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE533E" w:rsidRPr="007615FB" w14:paraId="711C0816" w14:textId="77777777" w:rsidTr="00FE533E">
+      <w:tr w:rsidR="00FE533E" w:rsidRPr="002E4C05" w14:paraId="711C0816" w14:textId="77777777" w:rsidTr="00FE533E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="827"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="388" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="385623" w:themeColor="accent6" w:themeShade="80"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="385623" w:themeColor="accent6" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D8011AB" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="3D8011AB" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7532AA41" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="7532AA41" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33BA775A" w14:textId="46886224" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="33BA775A" w14:textId="46886224" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="002B46DF" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="002B46DF" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Non </w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+              <w:t>Non Anplwayè a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="271" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1381755D" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="1381755D" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68803711" w14:textId="3637086B" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="68803711" w14:textId="3637086B" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">epi </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+              <w:t>epi rès</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>rès</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FE533E" w:rsidRPr="00CE13EB">
+            <w:r w:rsidR="00FE533E" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="19CD6F8E" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="19CD6F8E" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>___%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="793D4F08" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E">
+          <w:p w14:paraId="793D4F08" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="400DEBCE" w14:textId="08E97025" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="400DEBCE" w14:textId="08E97025" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CE13EB">
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> ou touche a</w:t>
+              </w:rPr>
+              <w:t>pral dedwi nan lajan ou touche a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B6F346B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="00CE13EB" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
+    <w:p w14:paraId="5B6F346B" w14:textId="77777777" w:rsidR="00FE533E" w:rsidRPr="002E4C05" w:rsidRDefault="00FE533E" w:rsidP="00FE533E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0263FEB2" w14:textId="2D9BD44B" w:rsidR="00A83DBA" w:rsidRPr="00574BB7" w:rsidRDefault="00A83DBA" w:rsidP="00FE533E">
       <w:pPr>
         <w:ind w:left="7200" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE13EB">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ini</w:t>
       </w:r>
-      <w:r w:rsidR="002B46DF" w:rsidRPr="00CE13EB">
+      <w:r w:rsidR="002B46DF" w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>syal</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00574BB7">
+      <w:r w:rsidRPr="002E4C05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A83DBA" w:rsidRPr="00574BB7" w:rsidSect="007E5C2F">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1008" w:bottom="1440" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="749A26C0" w14:textId="77777777" w:rsidR="00D358D5" w:rsidRDefault="00D358D5" w:rsidP="005B6192">
+    <w:p w14:paraId="6303F709" w14:textId="77777777" w:rsidR="00386B58" w:rsidRPr="002E4C05" w:rsidRDefault="00386B58" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FFFBCD7" w14:textId="77777777" w:rsidR="00D358D5" w:rsidRDefault="00D358D5" w:rsidP="005B6192">
+    <w:p w14:paraId="034B6B6B" w14:textId="77777777" w:rsidR="00386B58" w:rsidRPr="002E4C05" w:rsidRDefault="00386B58" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1DE070C0" w14:textId="77777777" w:rsidR="00D358D5" w:rsidRDefault="00D358D5">
+    <w:p w14:paraId="54183AF1" w14:textId="77777777" w:rsidR="00386B58" w:rsidRPr="002E4C05" w:rsidRDefault="00386B58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -19327,352 +10043,349 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1440330031"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="860082579"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="2649BE7A" w14:textId="41E547A9" w:rsidR="00BD391F" w:rsidRDefault="00C34B37">
+          <w:p w14:paraId="2649BE7A" w14:textId="41E547A9" w:rsidR="00BD391F" w:rsidRPr="002E4C05" w:rsidRDefault="00C34B37">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:t>Pa</w:t>
             </w:r>
-            <w:r w:rsidR="002B46DF">
+            <w:r w:rsidR="002B46DF" w:rsidRPr="002E4C05">
               <w:t>j</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E289A">
+            <w:r w:rsidR="000E289A" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002B46DF">
+            <w:r w:rsidR="002B46DF" w:rsidRPr="002E4C05">
               <w:t>sou</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E289A">
+            <w:r w:rsidR="000E289A" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DF137C7" w14:textId="7D4D4D09" w:rsidR="00C34B37" w:rsidRDefault="002B46DF">
+          <w:p w14:paraId="5DF137C7" w14:textId="7D4D4D09" w:rsidR="00C34B37" w:rsidRPr="002E4C05" w:rsidRDefault="002B46DF">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mizajou</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00BD391F" w:rsidRPr="00EC685E">
+            <w:r w:rsidR="00BD391F" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> 1/</w:t>
             </w:r>
-            <w:r w:rsidR="007F318C">
+            <w:r w:rsidR="007F318C" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00BD391F" w:rsidRPr="00EC685E">
+            <w:r w:rsidR="00BD391F" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00574BB7">
+            <w:r w:rsidR="00574BB7" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
-            <w:r w:rsidR="00025FE7">
+            <w:r w:rsidR="00025FE7" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="003310D7">
+            <w:r w:rsidR="003310D7" w:rsidRPr="002E4C05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Haitian Creole</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="394EFF27" w14:textId="77777777" w:rsidR="005B6192" w:rsidRDefault="005B6192">
+  <w:p w14:paraId="394EFF27" w14:textId="77777777" w:rsidR="005B6192" w:rsidRPr="002E4C05" w:rsidRDefault="005B6192">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E970327" w14:textId="77777777" w:rsidR="00D358D5" w:rsidRDefault="00D358D5" w:rsidP="005B6192">
+    <w:p w14:paraId="5E67FD8F" w14:textId="77777777" w:rsidR="00386B58" w:rsidRPr="002E4C05" w:rsidRDefault="00386B58" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73A21F33" w14:textId="77777777" w:rsidR="00D358D5" w:rsidRDefault="00D358D5" w:rsidP="005B6192">
+    <w:p w14:paraId="3A09D3D8" w14:textId="77777777" w:rsidR="00386B58" w:rsidRPr="002E4C05" w:rsidRDefault="00386B58" w:rsidP="005B6192">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002E4C05">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1EA95D32" w14:textId="77777777" w:rsidR="00D358D5" w:rsidRDefault="00D358D5">
+    <w:p w14:paraId="6D290FD7" w14:textId="77777777" w:rsidR="00386B58" w:rsidRPr="002E4C05" w:rsidRDefault="00386B58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3405"/>
       <w:gridCol w:w="3405"/>
       <w:gridCol w:w="3405"/>
     </w:tblGrid>
-    <w:tr w:rsidR="0A2C3119" w14:paraId="774CE849" w14:textId="77777777" w:rsidTr="0A2C3119">
+    <w:tr w:rsidR="0A2C3119" w:rsidRPr="002E4C05" w14:paraId="774CE849" w14:textId="77777777" w:rsidTr="0A2C3119">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3405" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1F26EF04" w14:textId="7B538E26" w:rsidR="0A2C3119" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
+        <w:p w14:paraId="1F26EF04" w14:textId="7B538E26" w:rsidR="0A2C3119" w:rsidRPr="002E4C05" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3405" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4048213D" w14:textId="49F28358" w:rsidR="0A2C3119" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
+        <w:p w14:paraId="4048213D" w14:textId="49F28358" w:rsidR="0A2C3119" w:rsidRPr="002E4C05" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3405" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1CAECC0A" w14:textId="4E9E3D08" w:rsidR="0A2C3119" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
+        <w:p w14:paraId="1CAECC0A" w14:textId="4E9E3D08" w:rsidR="0A2C3119" w:rsidRPr="002E4C05" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3511E351" w14:textId="48B5425D" w:rsidR="0A2C3119" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
+  <w:p w14:paraId="3511E351" w14:textId="48B5425D" w:rsidR="0A2C3119" w:rsidRPr="002E4C05" w:rsidRDefault="0A2C3119" w:rsidP="0A2C3119">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01F70B18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8242B8F6"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -20813,58 +11526,60 @@
     <w:rsid w:val="001C1532"/>
     <w:rsid w:val="001C2A14"/>
     <w:rsid w:val="001C5F9E"/>
     <w:rsid w:val="001D0D11"/>
     <w:rsid w:val="001D1F41"/>
     <w:rsid w:val="002147C9"/>
     <w:rsid w:val="002166C8"/>
     <w:rsid w:val="00221194"/>
     <w:rsid w:val="00227019"/>
     <w:rsid w:val="00240A9C"/>
     <w:rsid w:val="00263E91"/>
     <w:rsid w:val="00273227"/>
     <w:rsid w:val="00273ECD"/>
     <w:rsid w:val="002751B8"/>
     <w:rsid w:val="00275D26"/>
     <w:rsid w:val="002814EC"/>
     <w:rsid w:val="002877DB"/>
     <w:rsid w:val="002906F9"/>
     <w:rsid w:val="002A43DD"/>
     <w:rsid w:val="002A4B3F"/>
     <w:rsid w:val="002A5535"/>
     <w:rsid w:val="002B3269"/>
     <w:rsid w:val="002B46DF"/>
     <w:rsid w:val="002B47E6"/>
     <w:rsid w:val="002E2D2E"/>
+    <w:rsid w:val="002E4C05"/>
     <w:rsid w:val="002F090E"/>
     <w:rsid w:val="003025E4"/>
     <w:rsid w:val="00304D6A"/>
     <w:rsid w:val="00305D65"/>
     <w:rsid w:val="0032545D"/>
     <w:rsid w:val="0033106A"/>
     <w:rsid w:val="003310D7"/>
     <w:rsid w:val="00340051"/>
+    <w:rsid w:val="00386B58"/>
     <w:rsid w:val="003C04B2"/>
     <w:rsid w:val="003C3704"/>
     <w:rsid w:val="003D40E2"/>
     <w:rsid w:val="003D6B6D"/>
     <w:rsid w:val="003E40BD"/>
     <w:rsid w:val="003F3F18"/>
     <w:rsid w:val="00406AE6"/>
     <w:rsid w:val="00452A3A"/>
     <w:rsid w:val="00457CC4"/>
     <w:rsid w:val="00472B34"/>
     <w:rsid w:val="00474B9E"/>
     <w:rsid w:val="004A2987"/>
     <w:rsid w:val="004B55F4"/>
     <w:rsid w:val="004C2253"/>
     <w:rsid w:val="004F0899"/>
     <w:rsid w:val="004F1254"/>
     <w:rsid w:val="004F3CB9"/>
     <w:rsid w:val="00514933"/>
     <w:rsid w:val="0052593D"/>
     <w:rsid w:val="00536C12"/>
     <w:rsid w:val="00555A96"/>
     <w:rsid w:val="00571C45"/>
     <w:rsid w:val="005743DB"/>
     <w:rsid w:val="00574BB7"/>
     <w:rsid w:val="0057692E"/>
@@ -20990,50 +11705,51 @@
     <w:rsid w:val="00BF63D7"/>
     <w:rsid w:val="00C17F39"/>
     <w:rsid w:val="00C31B6E"/>
     <w:rsid w:val="00C337D7"/>
     <w:rsid w:val="00C34B37"/>
     <w:rsid w:val="00C67BB2"/>
     <w:rsid w:val="00C70692"/>
     <w:rsid w:val="00C7362A"/>
     <w:rsid w:val="00C801AA"/>
     <w:rsid w:val="00CA0739"/>
     <w:rsid w:val="00CC201E"/>
     <w:rsid w:val="00CD0EDD"/>
     <w:rsid w:val="00CD7072"/>
     <w:rsid w:val="00CE13EB"/>
     <w:rsid w:val="00CE1D21"/>
     <w:rsid w:val="00CE54B7"/>
     <w:rsid w:val="00CE5ADC"/>
     <w:rsid w:val="00D00C67"/>
     <w:rsid w:val="00D102DA"/>
     <w:rsid w:val="00D12816"/>
     <w:rsid w:val="00D14ECC"/>
     <w:rsid w:val="00D34938"/>
     <w:rsid w:val="00D358D5"/>
     <w:rsid w:val="00D418D9"/>
     <w:rsid w:val="00D448A5"/>
+    <w:rsid w:val="00D54249"/>
     <w:rsid w:val="00D65853"/>
     <w:rsid w:val="00D87DA9"/>
     <w:rsid w:val="00D96DE0"/>
     <w:rsid w:val="00DA0E24"/>
     <w:rsid w:val="00DA21BD"/>
     <w:rsid w:val="00DC24FD"/>
     <w:rsid w:val="00DD46EA"/>
     <w:rsid w:val="00DD7381"/>
     <w:rsid w:val="00DF16BE"/>
     <w:rsid w:val="00DF6B55"/>
     <w:rsid w:val="00E10809"/>
     <w:rsid w:val="00E30C9A"/>
     <w:rsid w:val="00E4121D"/>
     <w:rsid w:val="00E5336F"/>
     <w:rsid w:val="00E54300"/>
     <w:rsid w:val="00E70693"/>
     <w:rsid w:val="00E8279B"/>
     <w:rsid w:val="00EA5657"/>
     <w:rsid w:val="00EB2C0B"/>
     <w:rsid w:val="00EB6D95"/>
     <w:rsid w:val="00EC685E"/>
     <w:rsid w:val="00EC6FE6"/>
     <w:rsid w:val="00EF0B3C"/>
     <w:rsid w:val="00F1020B"/>
     <w:rsid w:val="00F12302"/>
@@ -21474,50 +12190,53 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -22136,62 +12855,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092A775729DB113468DFE53EF5E4A1154" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbc03a912cf939634b1111ea1a727f34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0a3922e2-8481-48ec-a87a-5090973b07da" xmlns:ns3="44c63c8a-9b6f-4c60-8cde-76449f385ed7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17e51b20208de2f184d5877dd012f69b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <xsd:import namespace="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MovetoInterviewStage" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -22417,98 +13125,109 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <MovetoInterviewStage xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">true</MovetoInterviewStage>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="44c63c8a-9b6f-4c60-8cde-76449f385ed7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0a3922e2-8481-48ec-a87a-5090973b07da">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Note xmlns="0a3922e2-8481-48ec-a87a-5090973b07da" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A9CFAEE-88A3-4B47-8736-D4DF42FD2B7A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA037B37-F168-4733-80B7-C9764750F371}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99B76AE9-5FAD-4680-9614-085AA51BE08B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA037B37-F168-4733-80B7-C9764750F371}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A9CFAEE-88A3-4B47-8736-D4DF42FD2B7A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
+    <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00EC2937-8244-462B-94B0-E54E0AF9386B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1111</Words>
   <Characters>6338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>