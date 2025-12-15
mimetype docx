--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -393,139 +393,117 @@
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE43B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37CC7B26" w14:textId="77777777" w:rsidR="00516440" w:rsidRPr="00290274" w:rsidRDefault="00516440">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D85E79B" w14:textId="6FA52DD1" w:rsidR="00806B35" w:rsidRPr="00632985" w:rsidRDefault="00806B35" w:rsidP="31365BAC">
+    <w:p w14:paraId="5D85E79B" w14:textId="1C02AA7F" w:rsidR="00806B35" w:rsidRPr="00632985" w:rsidRDefault="00806B35" w:rsidP="31365BAC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Employers are responsible for sending contributions to the DFML for all employees. In 202</w:t>
+        <w:t xml:space="preserve">Employers are responsible for sending contributions to the DFML </w:t>
       </w:r>
-      <w:r w:rsidR="00B561DE">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the total contribution amount is </w:t>
+        <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE43B4">
-[...16 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of wages. </w:t>
+        <w:t xml:space="preserve"> all employees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="084D644B" w14:textId="34D24CA0" w:rsidR="00516440" w:rsidRPr="009346C9" w:rsidRDefault="00516440" w:rsidP="00516440">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75643CE2" w14:textId="5BCC9170" w:rsidR="00806829" w:rsidRDefault="00237401" w:rsidP="00806829">
+    <w:p w14:paraId="75643CE2" w14:textId="4092C9E2" w:rsidR="00806829" w:rsidRDefault="00237401" w:rsidP="00806829">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">For small employers (with fewer than 25 </w:t>
       </w:r>
       <w:r w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>covered workers</w:t>
       </w:r>
       <w:r w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">) the effective family and medical leave contribution is </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE43B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>00.</w:t>
+        <w:t>0.</w:t>
       </w:r>
       <w:r w:rsidR="15CA1429" w:rsidRPr="00EE43B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE43B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> of earnings. Small employers are responsible for remitting the funds withheld from their employees’ paycheck but do not need to contribute to either the family or medical leave. If they elect to pay all or some of the covered individuals’ share, they may do </w:t>
       </w:r>
       <w:r w:rsidR="007C24DF" w:rsidRPr="07AC5F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>so but</w:t>
       </w:r>
@@ -812,51 +790,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67E92D49" w14:textId="77777777" w:rsidR="00516440" w:rsidRPr="00190D42" w:rsidRDefault="00516440" w:rsidP="00767D8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00190D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>of the medical leave contribution</w:t>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00190D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the medical</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00190D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> leave contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00516440" w:rsidRPr="00190D42" w14:paraId="4A468165" w14:textId="77777777" w:rsidTr="07AC5F88">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="951"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E2A2280" w14:textId="77777777" w:rsidR="00516440" w:rsidRPr="00750729" w:rsidRDefault="00516440" w:rsidP="00767D8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -1532,320 +1526,327 @@
     <w:p w14:paraId="53468EE5" w14:textId="77777777" w:rsidR="00D8393D" w:rsidRPr="00D8393D" w:rsidRDefault="00D8393D" w:rsidP="00D8393D"/>
     <w:p w14:paraId="6760BAFB" w14:textId="04F21C95" w:rsidR="00D8393D" w:rsidRPr="00D8393D" w:rsidRDefault="00D8393D" w:rsidP="00D8393D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9105"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D8393D" w:rsidRPr="00D8393D" w:rsidSect="00290274">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15FB06A0" w14:textId="77777777" w:rsidR="00473D42" w:rsidRDefault="00473D42" w:rsidP="00103C65">
+    <w:p w14:paraId="10351528" w14:textId="77777777" w:rsidR="002E66B1" w:rsidRDefault="002E66B1" w:rsidP="00103C65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AC6DC4D" w14:textId="77777777" w:rsidR="00473D42" w:rsidRDefault="00473D42" w:rsidP="00103C65">
+    <w:p w14:paraId="4CD9C0BE" w14:textId="77777777" w:rsidR="002E66B1" w:rsidRDefault="002E66B1" w:rsidP="00103C65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70D7BBCD" w14:textId="77777777" w:rsidR="00473D42" w:rsidRDefault="00473D42">
+    <w:p w14:paraId="75C6B1F0" w14:textId="77777777" w:rsidR="002E66B1" w:rsidRDefault="002E66B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="573A0384" w14:textId="1C9CBAD9" w:rsidR="00103C65" w:rsidRPr="00446D9A" w:rsidRDefault="008471DF">
+  <w:p w14:paraId="573A0384" w14:textId="530B60DD" w:rsidR="00103C65" w:rsidRPr="00446D9A" w:rsidRDefault="008471DF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00EA18C2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Updated</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA18C2">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00EA18C2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="008A4D55">
+    <w:r w:rsidR="002414E9">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA18C2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00290274" w:rsidRPr="00EA18C2">
+    <w:r w:rsidR="002414E9">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>26</w:t>
     </w:r>
     <w:r w:rsidRPr="00EA18C2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
     <w:r w:rsidR="00632985" w:rsidRPr="00EA18C2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>02</w:t>
     </w:r>
     <w:r w:rsidR="00B561DE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EA635BA" w14:textId="77777777" w:rsidR="00473D42" w:rsidRDefault="00473D42" w:rsidP="00103C65">
+    <w:p w14:paraId="6811F2C9" w14:textId="77777777" w:rsidR="002E66B1" w:rsidRDefault="002E66B1" w:rsidP="00103C65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="171AC782" w14:textId="77777777" w:rsidR="00473D42" w:rsidRDefault="00473D42" w:rsidP="00103C65">
+    <w:p w14:paraId="62B91149" w14:textId="77777777" w:rsidR="002E66B1" w:rsidRDefault="002E66B1" w:rsidP="00103C65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1D6D0DC6" w14:textId="77777777" w:rsidR="00473D42" w:rsidRDefault="00473D42">
+    <w:p w14:paraId="4FBE68C6" w14:textId="77777777" w:rsidR="002E66B1" w:rsidRDefault="002E66B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00516440"/>
     <w:rsid w:val="000058DE"/>
+    <w:rsid w:val="00026E4F"/>
     <w:rsid w:val="00103C65"/>
     <w:rsid w:val="001376B5"/>
     <w:rsid w:val="00150B66"/>
+    <w:rsid w:val="00171B18"/>
     <w:rsid w:val="001E22AB"/>
     <w:rsid w:val="00203D5F"/>
     <w:rsid w:val="00237401"/>
+    <w:rsid w:val="002414E9"/>
     <w:rsid w:val="00290274"/>
+    <w:rsid w:val="002E66B1"/>
+    <w:rsid w:val="00313679"/>
     <w:rsid w:val="003238E1"/>
     <w:rsid w:val="00354791"/>
     <w:rsid w:val="0037123E"/>
     <w:rsid w:val="003909EB"/>
     <w:rsid w:val="004045CE"/>
     <w:rsid w:val="0040690D"/>
     <w:rsid w:val="00431378"/>
     <w:rsid w:val="00446D9A"/>
     <w:rsid w:val="00466D9B"/>
     <w:rsid w:val="00473D42"/>
     <w:rsid w:val="00507133"/>
     <w:rsid w:val="00516440"/>
     <w:rsid w:val="00527020"/>
     <w:rsid w:val="00595A9A"/>
     <w:rsid w:val="00632985"/>
     <w:rsid w:val="00646DF4"/>
     <w:rsid w:val="00655D82"/>
     <w:rsid w:val="006C030C"/>
     <w:rsid w:val="00706FF5"/>
     <w:rsid w:val="00733AEF"/>
+    <w:rsid w:val="0076362F"/>
     <w:rsid w:val="00767D8D"/>
     <w:rsid w:val="007C24DF"/>
     <w:rsid w:val="007D3699"/>
     <w:rsid w:val="007E1538"/>
     <w:rsid w:val="00806829"/>
     <w:rsid w:val="00806B35"/>
     <w:rsid w:val="00807996"/>
     <w:rsid w:val="00814708"/>
     <w:rsid w:val="008471DF"/>
     <w:rsid w:val="00883401"/>
     <w:rsid w:val="008A2251"/>
     <w:rsid w:val="008A4D55"/>
     <w:rsid w:val="008E74C7"/>
     <w:rsid w:val="0090302E"/>
     <w:rsid w:val="009300D1"/>
     <w:rsid w:val="009346C9"/>
     <w:rsid w:val="0095452E"/>
     <w:rsid w:val="009940C2"/>
     <w:rsid w:val="00994238"/>
     <w:rsid w:val="00B1015E"/>
+    <w:rsid w:val="00B34A04"/>
     <w:rsid w:val="00B53101"/>
     <w:rsid w:val="00B561DE"/>
     <w:rsid w:val="00B641BF"/>
     <w:rsid w:val="00B81ADE"/>
     <w:rsid w:val="00BA4DB5"/>
     <w:rsid w:val="00C55F1F"/>
     <w:rsid w:val="00C7548A"/>
     <w:rsid w:val="00C87244"/>
     <w:rsid w:val="00C94DED"/>
     <w:rsid w:val="00D12594"/>
     <w:rsid w:val="00D8393D"/>
     <w:rsid w:val="00DB2EAE"/>
     <w:rsid w:val="00E066F3"/>
     <w:rsid w:val="00E35435"/>
     <w:rsid w:val="00E83A0D"/>
     <w:rsid w:val="00EA18C2"/>
     <w:rsid w:val="00EC58A7"/>
     <w:rsid w:val="00ED3576"/>
     <w:rsid w:val="00EE3256"/>
     <w:rsid w:val="00EE43B4"/>
     <w:rsid w:val="00F85ECA"/>
     <w:rsid w:val="00F93662"/>
     <w:rsid w:val="00FC2950"/>
     <w:rsid w:val="00FE5F61"/>
     <w:rsid w:val="07AC5F88"/>
@@ -3078,60 +3079,60 @@
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFC5E12E-43E6-4C5B-A3C1-772316B24126}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0a3922e2-8481-48ec-a87a-5090973b07da"/>
     <ds:schemaRef ds:uri="44c63c8a-9b6f-4c60-8cde-76449f385ed7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>250</Words>
-  <Characters>1427</Characters>
+  <Words>241</Words>
+  <Characters>1377</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>EOLWD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1674</CharactersWithSpaces>
+  <CharactersWithSpaces>1615</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Norfleet, Greg T. (DFML)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010092A775729DB113468DFE53EF5E4A1154</vt:lpwstr>
   </property>