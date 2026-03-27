--- v0 (2025-10-21)
+++ v1 (2026-03-27)
@@ -1,8586 +1,9226 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
+    <w:p w14:paraId="16416F63" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:pos="2017" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="2156"/>
         </w:tabs>
         <w:spacing w:before="80"/>
-        <w:ind w:left="100"/>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
         <w:t>244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>CMR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>5.00:</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>CONTINUING EDUCATION</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>CONTINUING</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>EDUCATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F64" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="2"/>
-[...5 lines deleted...]
-    <w:p>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F65" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:ind w:left="656" w:hanging="416"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Purpose</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F66" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="240" w:right="6480" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Requirement 5.03:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Definitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F67" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="240" w:right="2459"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5.04:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Criteria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Qualification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Programs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Offerings 5.05:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Responsibility of Individual Licensee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F68" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F69" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="522" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="656"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:ind w:left="656" w:hanging="416"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="30"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="16416F6A" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="15"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F6B" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="354" w:firstLine="355"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The purpose of 244 CMR 5.00 is to require all licensed nurses to comply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>with continuing education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>requirements.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Board</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>assume</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>licensed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nurses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>maintain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>high</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>standards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of the profession in selecting quality continuing education programs or offerings to fulfill the continuing education requirement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F6C" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F6D" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="522" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="656"/>
         </w:tabs>
-        <w:spacing w:line="247" w:lineRule="auto" w:before="7" w:after="0"/>
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:ind w:left="656" w:hanging="416"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="80"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Continuing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...24 lines deleted...]
-    <w:p>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Requirement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F6E" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F6F" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="100" w:right="2214"/>
-[...106 lines deleted...]
-    <w:p>
+        <w:ind w:left="1440" w:firstLine="355"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15 hours of continuing education within the two years immediately preceding renewal of registration are required for licensure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F70" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="3"/>
-[...2 lines deleted...]
-    <w:p>
+        <w:spacing w:before="5"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F71" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="522" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="656"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="656" w:hanging="416"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="28"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>  </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Purpose</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Definitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F72" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="15"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F73" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="67" w:firstLine="355"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Definitions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>terms</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>5.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>throughout</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>set</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>forth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in 244 CMR 10.00:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Definitions and Severability</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F74" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
-        <w:rPr>
-[...152 lines deleted...]
-    <w:p>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F75" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="522" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="656"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="656" w:hanging="416"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="25"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Criteria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Qualification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Programs/Offerings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F76" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F77" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="355" w:firstLine="355"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>guidelines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>assist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>licensed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nurse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">continuing education program or offering and the continuing education provider to plan and implement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>offering.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>overriding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>consideration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>determining</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>whether a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>offering</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>qualifies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>acceptable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planned </w:t>
+      </w:r>
+      <w:r>
+        <w:t>program of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>which contributes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>directly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>professional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>competence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">licensed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>nurse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F78" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F79" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1896"/>
+        </w:tabs>
+        <w:ind w:left="1896" w:hanging="456"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Amount</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F7A" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2251"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="356" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>60 consecutive minutes of an organized learning activity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is equivalent to one contact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>hour.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F7B" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2251"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2251" w:hanging="456"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>unit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(C.E.U.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>equals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F7C" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2237"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2237" w:hanging="442"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>semester</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>hour</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>equals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F7D" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F7E" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1896"/>
+        </w:tabs>
+        <w:ind w:left="1896" w:hanging="456"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Standards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F7F" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2237"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="2237" w:hanging="442"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Learner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Objectives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F80" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2630"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="355" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Objectives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>basis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>determining</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>content,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>learning experience, teaching methodologies, and evaluation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F81" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2471"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="356" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Objectives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>specific,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attainable,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>measurable,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>expected</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">outcomes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for the learner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F82" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2251"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2251" w:hanging="456"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Subject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Matter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F83" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2515"/>
+        </w:tabs>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="2515" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Appropriate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>matter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>more</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F84" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2861"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:hanging="346"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>science</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>practice;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F85" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2875"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="2875" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F86" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2861"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:hanging="346"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>care;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F87" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2875"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="2875" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>management,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>administration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>supervision</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>care</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>delivery;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F88" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2861"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:hanging="346"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>social,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>economic,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>political,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>aspects</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>care;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F89" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2834"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="2834" w:hanging="319"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>teaching</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>care</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>consumer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F8A" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3009"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2515" w:right="357" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>formal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>field</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>beyond</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>that completed for original licensure; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F8B" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2875"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2875" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>improves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>competency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>specified</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>foregoing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F8C" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2462"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="355" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Employee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>orientation,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>matter,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>operating</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>procedure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">employing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>agency shall not qualify for continuing education purposes under 244 CMR 5.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F8D" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002A3EDB">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="20160"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="980" w:left="360" w:header="732" w:footer="792" w:gutter="0"/>
+          <w:pgNumType w:start="25"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F8E" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.04:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>continued</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F8F" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416F90" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2467"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="358" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Subject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>matter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>described</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>outline</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>learner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">objectives, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>content, time allotment, teaching methods, faculty and evaluation format.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F91" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2515"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2515" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Types</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>see</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.01:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="55"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Type</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F92" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2316"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="357" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The following guidelines are applicable to the selection of a continuing education program or offering or planning implementation of a program or offering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F93" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2558"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="356" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>When the type is an academic course, the following applies: The course must be within the framework of curriculum that leads to an academic degree in nursing or relevant to nursing, or any course within that curriculum that is necessary to an individual's professional growth and development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F94" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2616"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="357" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>When the type of continuing education program or offering is designated as a self-study offering or a correspondence course, the course should:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F95" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2926"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2515" w:right="358" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Be developed by a professional group such as an educational corporation or professional association;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F96" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2875"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2875" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Follow</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>logical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sequence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F97" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2827"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2515" w:right="358" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Involve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>learner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>requiring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>active</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>response</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>module</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>feedback;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F98" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2875"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2875" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Contain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>test</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>progress</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>verify</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>completion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>module;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F99" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2861"/>
+        </w:tabs>
+        <w:spacing w:before="6"/>
+        <w:ind w:hanging="346"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Supply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bibliography</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continued</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F9A" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2457"/>
+        </w:tabs>
+        <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="355" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>type</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>offering</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>designated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planned </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and supervised clinical experience, the course:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F9B" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2832"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2515" w:right="357" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>beyond</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>basic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>preparation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>licensed and be based on a planned program of study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F9C" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2810"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="2515" w:right="358" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>instructor-supervisor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>possess</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>credentials</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>discipline being taught; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F9D" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2861"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:hanging="346"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>take</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>clinical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> setting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F9E" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2251"/>
+        </w:tabs>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="2251" w:hanging="456"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Methods</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416F9F" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2558"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="357" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Learning experiences and teaching methods should be appropriate to achieve the objectives of the continuing education program or offering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA0" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2464"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="357" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Principles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>adult</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">education </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>program or offering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA1" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2616"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="356" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Time</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="30"/>
           <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>allotted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>activity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sufficient</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>learner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the objectives of the offering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA2" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2479"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="354" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Facilities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>resources</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>adequate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>implement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing education programs or offerings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA3" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2237"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2237" w:hanging="442"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Continuing</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Qualifications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA4" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2507"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="356" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and learner illustrating competency in the content of the planned learning experience and possess knowledge of the principles of adult education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA5" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2724"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="358" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>If the offering includes a clinical nursing component, a licensed nurse in Massachusetts shall provide supervision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA6" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2464"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="358" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>offering</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>clinical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>component</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nursing,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>qualified</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instructor </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>possessing the appropriate credentials of the discipline shall provide instruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA7" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2211"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2211" w:hanging="416"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Education </w:t>
-      </w:r>
+        <w:t>Evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA8" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2591"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="356" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Provision must be made for evaluating the participant's attainment of the stated learner objectives or outcomes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FA9" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2486"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="356" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>opportunity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>evaluate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>faculty,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">experiences, instructional methods, facilities and educational resources used for the programs or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>offerings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FAA" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2248"/>
+        </w:tabs>
+        <w:spacing w:line="273" w:lineRule="exact"/>
+        <w:ind w:left="2248" w:hanging="453"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Requirement</w:t>
-[...28 lines deleted...]
-    <w:p>
+        <w:t>Records</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FAB" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2630"/>
+        </w:tabs>
+        <w:spacing w:before="5" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="357" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Records of continuing education programs or offerings should be kept by the continuing education provider for a period of four years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FAC" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2450"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="358" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Records</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>content,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>objectives,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>outline</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>offering,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">qualifications, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>teaching methods and materials, evaluation tools and data and a list of participants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FAD" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2493"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="355" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>furnish</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>authenticated record</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attendance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>specifying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>provider,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>offering,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of offering, number of contact hours and successful completion of program or offering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FAE" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002A3EDB">
+          <w:pgSz w:w="12240" w:h="20160"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="980" w:left="360" w:header="732" w:footer="792" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FAF" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="522" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="656"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="656" w:hanging="416"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="30"/>
+          <w:spacing w:val="26"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-2"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Definitions</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Responsibility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Licensee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FB0" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="5"/>
-[...121 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FB1" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="355" w:firstLine="355"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>It is the responsibility of each licensed nurse to maintain an authenticated record of continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>programs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>offerings</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>completed,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="24"/>
-[...109 lines deleted...]
-    <w:p>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>evidence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>required number of contact hours for that specific registration period upon request of the Board. This evidence should be maintained for two consecutive registration periods.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FB2" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="5"/>
-[...683 lines deleted...]
-    <w:p>
+        <w:spacing w:before="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FB3" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1758" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1882"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...22 lines deleted...]
-    <w:p>
+        <w:ind w:left="1882" w:hanging="442"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>licensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>renewal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pains</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>penalties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>perjury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FB4" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FB5" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1976"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="355" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The licensed nurse requested to submit evidence of qualifying courses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall submit a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>statement or copy thereof including the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FB6" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="2114" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="2237"/>
         </w:tabs>
-        <w:spacing w:line="247" w:lineRule="auto" w:before="7" w:after="0"/>
-[...10 lines deleted...]
-        <w:t>60 consecutive minutes of an organized learning activity</w:t>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2237" w:hanging="442"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>school,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>organization conducting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...15 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>course;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FB7" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="2113" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="2251"/>
         </w:tabs>
-        <w:spacing w:line="274" w:lineRule="exact" w:before="0" w:after="0"/>
-[...23 lines deleted...]
-        <w:t>continuing</w:t>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="2251" w:hanging="456"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>location of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...87 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>course;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FB8" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="2099" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="2237"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="7" w:after="0"/>
-[...36 lines deleted...]
-        <w:t>hour</w:t>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="2237" w:hanging="442"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> course;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FB9" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2251"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="2251" w:hanging="456"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attended;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...35 lines deleted...]
-    <w:p>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FBA" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2237"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="2237" w:hanging="442"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>hours</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>claimed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FBB" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="3"/>
-[...5 lines deleted...]
-    <w:p>
+        <w:spacing w:before="15"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FBC" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1758" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1940"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1332 lines deleted...]
-        <w:t>competency</w:t>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="355" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>New licensees shall not be required to submit evidence of continuing education for the current registration period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FBD" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FBE" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FBF" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>REGULATORY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
-          <w:sz w:val="24"/>
-[...263 lines deleted...]
-    <w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>AUTHORITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416FC0" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="002A3EDB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="80"/>
-[...4290 lines deleted...]
-    <w:p>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16416FC1" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
-        <w:rPr>
-[...41 lines deleted...]
-        <w:rPr/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
         <w:t>244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5.00:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>M.G.L.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>c.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>112,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...13 lines deleted...]
-        <w:t>M.G.L.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>§§</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...13 lines deleted...]
-        <w:t>112,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...29 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>74A.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
+    <w:sectPr w:rsidR="002A3EDB">
       <w:pgSz w:w="12240" w:h="20160"/>
-      <w:pgMar w:header="732" w:footer="792" w:top="1440" w:bottom="980" w:left="500" w:right="1320"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="980" w:left="360" w:header="732" w:footer="792" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5C431BBC" w14:textId="77777777" w:rsidR="00B27A69" w:rsidRDefault="00B27A69">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="349E41CC" w14:textId="77777777" w:rsidR="00B27A69" w:rsidRDefault="00B27A69">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16416FC3" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
-[...21 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487516672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16416FC6" wp14:editId="16416FC7">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>368300</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>12159225</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="491490" cy="194310"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="491490" cy="194310"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="16416FCB" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:spacing w:before="10"/>
+                            <w:ind w:left="20"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>6/11/21</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="16416FC6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:29pt;margin-top:957.4pt;width:38.7pt;height:15.3pt;z-index:-15799808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuq0JplwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNM1SIRo1XQErENIK&#10;kHb5ANexG4vYY2bcJv17xt60RXBb7WU89oyf33vjze3kB3E0SA5CK+vFUgoTNHQu7Fv58/Hzm/dS&#10;UFKhUwME08qTIXm7ff1qM8bG3EAPQ2dQMEigZoyt7FOKTVWR7o1XtIBoAhctoFeJt7ivOlQjo/uh&#10;ulku31UjYBcRtCHi07unotwWfGuNTt+tJZPE0ErmlkrEEnc5VtuNavaoYu/0TEM9g4VXLvCjF6g7&#10;lZQ4oPsPyjuNQGDTQoOvwFqnTdHAaurlP2oeehVN0cLmULzYRC8Hq78dH+IPFGn6CBMPsIigeA/6&#10;F7E31RipmXuyp9QQd2ehk0WfV5Yg+CJ7e7r4aaYkNB+u1vVqzRXNpXq9elsXv6vr5YiUvhjwIiet&#10;RB5XIaCO95Ty86o5t8xcnp7PRNK0m4TrMmfuzCc76E4sZeRptpJ+HxQaKYavge3Koz8neE525wTT&#10;8AnKB8mKAnw4JLCuELjizgR4DoXX/GfyoP/el67rz97+AQAA//8DAFBLAwQUAAYACAAAACEA0ya9&#10;ZOAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j7D5EncWPpoJu20nSaEJyQEF05&#10;cExbr43WOKXJtvLvcU/jZj8/PX8v3Y22ExccvHGkYLmIQCBVrjbUKPgq3h42IHzQVOvOESr4RQ+7&#10;bHaX6qR2V8rxcgiN4BDyiVbQhtAnUvqqRav9wvVIfDu6werA69DIetBXDredfIyitbTaEH9odY8v&#10;LVanw9kq2H9T/mp+PsrP/JibothG9L4+KXU/H/fPIAKO4WaGCZ/RIWOm0p2p9qJTsNpwlcD6dhlz&#10;h8nxtIpBlJMU8ySzVP4vkf0BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArqtCaZcBAAAh&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0ya9ZOAA&#10;AAAMAQAADwAAAAAAAAAAAAAAAADxAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="16416FCB" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:spacing w:before="10"/>
+                      <w:ind w:left="20"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>6/11/21</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:rPr/>
-[...65 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487517184" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16416FC8" wp14:editId="16416FC9">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5244623</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>12159225</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="951230" cy="194310"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="Textbox 3"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="951230" cy="194310"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="16416FCC" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:spacing w:before="10"/>
+                            <w:ind w:left="20"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>244 CMR</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>25</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="16416FC8" id="Textbox 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:412.95pt;margin-top:957.4pt;width:74.9pt;height:15.3pt;z-index:-15799296;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCddY/OmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUl9v0zAQf0fad7D8vqbpALGo6QSbQEgT&#10;IA0+gOvYjUXs8+7cJv32nL20RfCGeHEuvvPPvz9e301+EAeD5CC0sl4spTBBQ+fCrpU/vn+8ficF&#10;JRU6NUAwrTwaknebq1frMTZmBT0MnUHBIIGaMbayTyk2VUW6N17RAqIJ3LSAXiX+xV3VoRoZ3Q/V&#10;arl8W42AXUTQhoh3H16aclPwrTU6fbWWTBJDK5lbKiuWdZvXarNWzQ5V7J2eaah/YOGVC3zpGepB&#10;JSX26P6C8k4jENi00OArsNZpUzSwmnr5h5qnXkVTtLA5FM820f+D1V8OT/EbijR9gIkDLCIoPoL+&#10;SexNNUZq5pnsKTXE01noZNHnL0sQfJC9PZ79NFMSmjdv39SrG+5obtW3r2/q4nd1ORyR0icDXuSi&#10;lchxFQLq8EgpX6+a08jM5eX6TCRN20m4rpWrHGLe2UJ3ZCkjp9lKet4rNFIMnwPblaM/FXgqtqcC&#10;03AP5YFkRQHe7xNYVwhccGcCnEPhNb+ZHPTv/2Xq8rI3vwAAAP//AwBQSwMEFAAGAAgAAAAhAIru&#10;lAHiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrkXorDigBksZBqGpPlaqG&#10;9NCjE5vEIl6nsYH077uc6HFnnmZn8t1ke3bRozcOBSwXETCNjVMGWwFf1dvTFpgPEpXsHWoBv9rD&#10;rpg95DJT7oqlvhxCyygEfSYFdCEMGee+6bSVfuEGjeQd3WhloHNsuRrllcJtz1dRtOZWGqQPnRz0&#10;S6eb0+FsBey/sXw1Px/1Z3ksTVWlEb6vT0I8zqf9M7Cgp3CH4VafqkNBnWp3RuVZL2C7SlJCyUiX&#10;MY0gJN0kG2D1TYqTGHiR8/8rij8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnXWPzpgB&#10;AAAhAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiu6U&#10;AeIAAAANAQAADwAAAAAAAAAAAAAAAADyAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="16416FCC" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:spacing w:before="10"/>
+                      <w:ind w:left="20"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>244 CMR</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>25</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="59482CEA" w14:textId="77777777" w:rsidR="00B27A69" w:rsidRDefault="00B27A69">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4FAE5689" w14:textId="77777777" w:rsidR="00B27A69" w:rsidRDefault="00B27A69">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16416FC2" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
-[...85 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487516160" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16416FC4" wp14:editId="16416FC5">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>1820672</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>451856</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3600450" cy="194310"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3600450" cy="194310"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="16416FCA" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:spacing w:before="10"/>
+                            <w:ind w:left="20"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>244</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>CMR:</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="26"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">  </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>BOARD</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>OF</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-7"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>REGISTRATION</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>IN</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>NURSING</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="16416FC4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:143.35pt;margin-top:35.6pt;width:283.5pt;height:15.3pt;z-index:-15800320;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAr8db8lQEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvxJu2VHSVTQWtQEgV&#10;VGr5AMdrZ1esPe6Mk938PWN3kyC4IS722DN+894br24nP4i9ReohNHK5qKSwwUDbh20jfzx/fvdB&#10;Cko6tHqAYBt5sCRv12/frMZY2wvoYGgtCgYJVI+xkV1KsVaKTGe9pgVEGzjpAL1OfMStalGPjO4H&#10;dVFV12oEbCOCsUR8e/+alOuC75w16btzZJMYGsncUlmxrJu8qvVK11vUsevNTEP/Awuv+8BNT1D3&#10;Ommxw/4vKN8bBAKXFga8Aud6Y4sGVrOs/lDz1OloixY2h+LJJvp/sObb/ik+okjTJ5h4gEUExQcw&#10;P4m9UWOkeq7JnlJNXJ2FTg593lmC4Ifs7eHkp52SMHx5eV1VV+85ZTi3vLm6XBbD1fl1REpfLHiR&#10;g0Yiz6sw0PsHSrm/ro8lM5nX/plJmjYTl+RwA+2BRYw8x0bSy06jlWL4GtioPPRjgMdgcwwwDXdQ&#10;vkbWEuDjLoHrS+cz7tyZJ1AIzb8lj/j3c6k6/+n1LwAAAP//AwBQSwMEFAAGAAgAAAAhABYrsB3f&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4saRFdKU2nCcEJCdGVA8e0&#10;ydpojVOabCtvjzmNo+1Pv7+/3CxuZCczB+tRQrISwAx2XlvsJXw2r3c5sBAVajV6NBJ+TIBNdX1V&#10;qkL7M9bmtIs9oxAMhZIwxDgVnIduME6FlZ8M0m3vZ6cijXPP9azOFO5GngqRcacs0odBTeZ5MN1h&#10;d3QStl9Yv9jv9/aj3te2aR4FvmUHKW9vlu0TsGiWeIHhT5/UoSKn1h9RBzZKSPNsTaiEdZICIyB/&#10;uKdFS6RIcuBVyf9XqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAK/HW/JUBAAAbAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFiuwHd8AAAAK&#10;AQAADwAAAAAAAAAAAAAAAADvAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="16416FCA" w14:textId="77777777" w:rsidR="002A3EDB" w:rsidRDefault="00B27A69">
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:spacing w:before="10"/>
+                      <w:ind w:left="20"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>244</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>CMR:</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="26"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">  </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>BOARD</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>OF</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-7"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>REGISTRATION</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>IN</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>NURSING</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:multiLevelType w:val="hybridMultilevel"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A990FB3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E2CC4922"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="521" w:hanging="422"/>
+        <w:ind w:left="660" w:hanging="421"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="521" w:hanging="422"/>
+        <w:ind w:left="660" w:hanging="421"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2688" w:hanging="421"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3702" w:hanging="421"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4716" w:hanging="421"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5730" w:hanging="421"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6744" w:hanging="421"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7758" w:hanging="421"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8772" w:hanging="421"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="675A2526"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F7308608"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="660" w:hanging="421"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="660" w:hanging="421"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single" w:color="000000"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1757" w:hanging="458"/>
+        <w:ind w:left="1897" w:hanging="458"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1655" w:hanging="458"/>
+        <w:ind w:left="1795" w:hanging="458"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2015" w:hanging="476"/>
+        <w:ind w:left="2155" w:hanging="476"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2721" w:hanging="347"/>
+        <w:ind w:left="2861" w:hanging="347"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2380" w:hanging="347"/>
+        <w:ind w:left="2520" w:hanging="347"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2720" w:hanging="347"/>
+        <w:ind w:left="2860" w:hanging="347"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5286" w:hanging="347"/>
+        <w:ind w:left="5506" w:hanging="347"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="0">
-[...128 lines deleted...]
-  <w:num w:numId="2">
+  <w:num w:numId="1" w16cid:durableId="783773134">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="1">
+  <w:num w:numId="2" w16cid:durableId="931474556">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-[...1 lines deleted...]
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="002A3EDB"/>
+    <w:rsid w:val="000C3689"/>
+    <w:rsid w:val="002A3EDB"/>
+    <w:rsid w:val="00B27A69"/>
+    <w:rsid w:val="00DF6FB3"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="16416F63"/>
+  <w15:docId w15:val="{E56D1BCB-18C9-41A1-81F6-BCE2868E81C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-[...9 lines deleted...]
-  <w:style w:styleId="BodyText" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="2015"/>
+      <w:ind w:left="2155"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8826,54 +9466,64 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>1052</Words>
+  <Characters>6002</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>244 CMR 5</dc:title>
   <dc:subject>Continuing Education (Mass. Register #1445 6/11/21)</dc:subject>
-  <dc:title>244 CMR 5</dc:title>
+  <dc:creator>McNamee, Patricia (DPH)</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-06-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
-    <vt:filetime>2023-02-08T00:00:00Z</vt:filetime>
+    <vt:filetime>2026-02-13T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>