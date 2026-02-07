--- v0 (2026-01-28)
+++ v1 (2026-02-07)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\OrgsProgs\911\GrantEligibility\FY2027\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6018CB45-0F8B-4338-9D0B-B4CD793C1989}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D82804D6-8164-4EFD-9316-1AFE21F461A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="23280" windowHeight="12450" xr2:uid="{DAA989E6-4D80-4A8E-AF9F-35A1F51E9D7F}"/>
   </bookViews>
   <sheets>
     <sheet name="S911D S&amp;I GRANT ELIGIBILITY" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -655,51 +655,51 @@
   </si>
   <si>
     <t>WOBURN POLICE DEPARTMENT</t>
   </si>
   <si>
     <t>WORCESTER REGIONAL EMERGENCY COMMUNICATIONS CENTER</t>
   </si>
   <si>
     <t>YARMOUTH POLICE DEPARTMENT</t>
   </si>
   <si>
     <t>ADDRESS 
 COMPLIANCE</t>
   </si>
   <si>
     <t>PARCEL 
 COMPLIANCE</t>
   </si>
   <si>
     <t>State 911 Department Support &amp; Incentive Grant FY2027</t>
   </si>
   <si>
     <t>Address &amp; Parcel Mapping Update Status</t>
   </si>
   <si>
-    <t>Revised 1/21/2026</t>
+    <t>Revised 1/30/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1533,51 +1533,51 @@
         <v>30</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>2</v>
@@ -2536,51 +2536,51 @@
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.25">
@@ -2739,51 +2739,51 @@
         <v>2</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A146" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A147" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A148" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:3" x14ac:dyDescent="0.25">
@@ -3319,102 +3319,102 @@
         <v>195</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="198" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="199" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
         <v>197</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="202" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/qdDxfCxesyy8tR8WWiVgocD+Y2ilqJoClRi8GdCB6EL7FUykQq4zaj5O7MmEZQSoIOAiEIiqsIX9mU5hCO6Kw==" saltValue="quv5ZtW6SIalNnzm1IB5bQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="z/NfKqkQIwjO5x5TvB/NZGCN+X8iY9qfQe+ZuyfwamXxumpdtsIM8gDJx/KwE6xcjL0RQFOFJixrz1cil8DdWg==" saltValue="jZ7oZpvE6dbfFqr10DHmrg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" sort="0" autoFilter="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>S911D S&amp;I GRANT ELIGIBILITY</vt:lpstr>