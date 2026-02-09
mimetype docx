--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -1929,65 +1929,51 @@
         <w:t>within 30 days of approval</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BD6E67B" w14:textId="4A688BDF" w:rsidR="00700D8A" w:rsidRPr="007950B6" w:rsidRDefault="00700D8A" w:rsidP="00BC6B6A">
       <w:pPr>
         <w:pStyle w:val="List"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>Submit service documentation monthly</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77656920" w14:textId="74E6B4AD" w:rsidR="000D4A6E" w:rsidRPr="007950B6" w:rsidRDefault="005C3CF9" w:rsidP="00BC6B6A">
       <w:pPr>
         <w:pStyle w:val="List"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="002761CD" w:rsidRPr="007950B6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">andle emergency situations, set limits, and communicate effectively with participants, families, other providers and agencies, and have </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to meet legal requirements </w:t>
+        <w:t xml:space="preserve">andle emergency situations, set limits, and communicate effectively with participants, families, other providers and agencies, and have ability to meet legal requirements </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">to protect </w:t>
       </w:r>
       <w:r w:rsidR="002761CD" w:rsidRPr="007950B6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>confidential information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226FA123" w14:textId="3CAF1280" w:rsidR="00790F2C" w:rsidRPr="007950B6" w:rsidRDefault="00700D8A" w:rsidP="00BC6B6A">
       <w:pPr>
         <w:pStyle w:val="List"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>Submit incident report</w:t>
       </w:r>
       <w:r w:rsidR="00CE40A2" w:rsidRPr="007950B6">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
@@ -2120,52 +2106,65 @@
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidR="00403EB8" w:rsidRPr="007950B6">
         <w:t>(800) 792-5200</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03EE12BE" w14:textId="5A8EAE93" w:rsidR="00700D8A" w:rsidRPr="007950B6" w:rsidRDefault="007023FF" w:rsidP="00BC6B6A">
       <w:pPr>
         <w:pStyle w:val="List"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>Acknowledge that relatives</w:t>
       </w:r>
       <w:r w:rsidR="006B20DC" w:rsidRPr="007950B6">
         <w:t xml:space="preserve">, but not legal guardians, are permitted to provide waiver services. A relative may not be a family member (defined as a spouse or any legally responsible relative) and must meet all provider qualifications </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006B20DC" w:rsidRPr="007950B6">
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006B20DC" w:rsidRPr="007950B6">
-        <w:t xml:space="preserve"> the service being provided</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006B20DC" w:rsidRPr="007950B6">
+        <w:t>the service being</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006B20DC" w:rsidRPr="007950B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006B20DC" w:rsidRPr="007950B6">
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007950B6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F51A68A" w14:textId="3C45D980" w:rsidR="00044C34" w:rsidRPr="007950B6" w:rsidRDefault="00044C34" w:rsidP="00DC40F2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:lastRenderedPageBreak/>
         <w:t>GEOGRAPHICAL, LANGUAGE, AND POPULATION CAP</w:t>
       </w:r>
       <w:r w:rsidR="003A60AE" w:rsidRPr="007950B6">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:t>CITY TO PROVIDE SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A33CA9" w14:textId="774F50BD" w:rsidR="00044C34" w:rsidRPr="007950B6" w:rsidRDefault="00044C34" w:rsidP="00594705">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -3273,76 +3272,76 @@
       </w:r>
       <w:r w:rsidR="00827F03" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>the county or counties</w:t>
       </w:r>
       <w:r w:rsidR="008C0C05" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">that you </w:t>
       </w:r>
       <w:r w:rsidR="00B77CE1" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">checked above that you </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007023FF" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007023FF" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">able </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C0C05" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676E2649" w14:textId="07BFBFB3" w:rsidR="00225476" w:rsidRPr="007950B6" w:rsidRDefault="00225476" w:rsidP="00654099">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
         <w:rPr>
@@ -6954,55 +6953,55 @@
         <w:t>tile</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00685344" w:rsidRPr="007950B6">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve"> moving heavy items of furniture</w:t>
       </w:r>
       <w:r w:rsidR="00685344" w:rsidRPr="007950B6">
         <w:t xml:space="preserve">; and </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve">shoveling snow to provide safe access and egress. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0A0002" w14:textId="0795783E" w:rsidR="001B7D3C" w:rsidRPr="007950B6" w:rsidRDefault="000D4106" w:rsidP="00BC6B6A">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve">These services are provided only when neither the participant nor anyone else in the household </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007950B6">
-        <w:t>is capable of performing</w:t>
+        <w:t>is capable of performing or financially providing</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007950B6">
-        <w:t xml:space="preserve"> or financially providing for them, and where no other relative, caregiver, landlord, community/volunteer agency, or </w:t>
+        <w:t xml:space="preserve"> for them, and where no other relative, caregiver, landlord, community/volunteer agency, or </w:t>
       </w:r>
       <w:r w:rsidR="00685344" w:rsidRPr="007950B6">
         <w:t>third-</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve">party payer is capable of or responsible for their provision. In the case of rental property, the responsibility of the landlord, pursuant to the lease agreement, is examined prior to any authorization of service. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38991CA4" w14:textId="0C3297BA" w:rsidR="007F6CAA" w:rsidRPr="007950B6" w:rsidRDefault="007F6CAA" w:rsidP="00BC6B6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:lastRenderedPageBreak/>
         <w:t>Self-Employed Provider Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E5280A" w14:textId="0BF36CB3" w:rsidR="00B93640" w:rsidRPr="007950B6" w:rsidRDefault="00685344" w:rsidP="00BC6B6A">
       <w:pPr>
         <w:pStyle w:val="List"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve">A self-employed provider must </w:t>
       </w:r>
       <w:r w:rsidR="00B93640" w:rsidRPr="007950B6">
@@ -8036,51 +8035,59 @@
         <w:pStyle w:val="List2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="907"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve">Have at </w:t>
       </w:r>
       <w:r w:rsidR="00CC60A7" w:rsidRPr="007950B6">
         <w:t xml:space="preserve">least </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve">five </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CC60A7" w:rsidRPr="007950B6">
         <w:t>years</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CC60A7" w:rsidRPr="007950B6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F65B15" w:rsidRPr="007950B6">
         <w:t xml:space="preserve">comparable </w:t>
       </w:r>
       <w:r w:rsidR="00CC60A7" w:rsidRPr="007950B6">
-        <w:t xml:space="preserve">community-based work experience providing skills training services to </w:t>
+        <w:t xml:space="preserve">community-based work </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC60A7" w:rsidRPr="007950B6">
+        <w:t>experience</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CC60A7" w:rsidRPr="007950B6">
+        <w:t xml:space="preserve"> providing skills training services to </w:t>
       </w:r>
       <w:r w:rsidR="001D40E6" w:rsidRPr="007950B6">
         <w:t xml:space="preserve">people </w:t>
       </w:r>
       <w:r w:rsidR="00CC60A7" w:rsidRPr="007950B6">
         <w:t xml:space="preserve">with disabilities </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E061790" w14:textId="6DF36350" w:rsidR="00ED65CD" w:rsidRPr="007950B6" w:rsidRDefault="00B94264" w:rsidP="00347C4E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>Documents to be submitted</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16200817" w14:textId="2D35F684" w:rsidR="00C27F65" w:rsidRPr="007950B6" w:rsidRDefault="00700D8A" w:rsidP="00347C4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check206"/>
             <w:enabled/>
@@ -9549,67 +9556,51 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> or sensory functions that have been lost, impaired</w:t>
       </w:r>
       <w:r w:rsidR="006840CE" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or reduced </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> acute or chronic medical conditions, congenital anomalies or injuries; or required to maintain or prevent the worsening of function. Services may also include the training and oversight necessary for the participant, family member</w:t>
+        <w:t xml:space="preserve"> or reduced as a result of acute or chronic medical conditions, congenital anomalies or injuries; or required to maintain or prevent the worsening of function. Services may also include the training and oversight necessary for the participant, family member</w:t>
       </w:r>
       <w:r w:rsidR="006840CE" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other person to carry out the maintenance program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2F021E" w14:textId="097C4319" w:rsidR="00D73F64" w:rsidRPr="007950B6" w:rsidRDefault="00D73F64" w:rsidP="00661685">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>Self-Employed Provider Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60C05635" w14:textId="007A4AA0" w:rsidR="003478F4" w:rsidRPr="007950B6" w:rsidRDefault="001D541C" w:rsidP="00661685">
@@ -9811,67 +9802,51 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00661685" w:rsidRPr="007950B6">
         <w:t xml:space="preserve">  PHYSICAL THERAPY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0192472C" w14:textId="17469BBD" w:rsidR="00E63F4E" w:rsidRPr="007950B6" w:rsidRDefault="004262E6" w:rsidP="00661685">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="findhit"/>
         </w:rPr>
         <w:t>Physical Therapy</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> services, including the performance of a maintenance program beyond the scope of coverage in the State plan, are provided by a licensed physical therapist. Services must be considered by the therapist to be necessary for the participant either to improve, develop, correct, rehabilitate, or prevent the worsening of the physical functions that have been lost, impaired or reduced </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> acute or chronic medical conditions, congenital anomalies or injuries; or required to maintain or prevent the worsening of function. Services may also include the training and oversight necessary for the participant, family member or other person, to carry out the maintenance program.</w:t>
+        <w:t xml:space="preserve"> services, including the performance of a maintenance program beyond the scope of coverage in the State plan, are provided by a licensed physical therapist. Services must be considered by the therapist to be necessary for the participant either to improve, develop, correct, rehabilitate, or prevent the worsening of the physical functions that have been lost, impaired or reduced as a result of acute or chronic medical conditions, congenital anomalies or injuries; or required to maintain or prevent the worsening of function. Services may also include the training and oversight necessary for the participant, family member or other person, to carry out the maintenance program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6331DDCE" w14:textId="4B9A79F6" w:rsidR="00801EEA" w:rsidRPr="007950B6" w:rsidRDefault="00801EEA" w:rsidP="00661685">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>Self-Employed Provider Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B746CE" w14:textId="0045A611" w:rsidR="00DE10D8" w:rsidRPr="007950B6" w:rsidRDefault="00DE10D8" w:rsidP="00661685">
       <w:pPr>
         <w:pStyle w:val="List"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>All Phys</w:t>
       </w:r>
       <w:r w:rsidR="008F05A5" w:rsidRPr="007950B6">
         <w:t>ical Therapy services must be provided by a Massachusetts licensed Physical Therapist</w:t>
       </w:r>
       <w:r w:rsidR="005C5496">
         <w:t>.</w:t>
@@ -9937,59 +9912,51 @@
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check144"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007950B6">
-        <w:t xml:space="preserve">  Professional License. Please insert </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> of license and insert license number: </w:t>
+        <w:t xml:space="preserve">  Professional License. Please insert type of license and insert license number: </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text220"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
@@ -10074,67 +10041,51 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>A therapist must consider the services</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> necessary for the participant either to improve, develop, correct, rehabilitate, or prevent the worsening of speech/language communication and swallowing disorders that have been lost, impaired</w:t>
       </w:r>
       <w:r w:rsidR="00DA7589" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or reduced </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> acute or chronic medical conditions, congenital anomalies or injuries; or required to maintain or prevent the worsening of function. </w:t>
+        <w:t xml:space="preserve"> or reduced as a result of acute or chronic medical conditions, congenital anomalies or injuries; or required to maintain or prevent the worsening of function. </w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="findhit"/>
         </w:rPr>
         <w:t>Speech therapy</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> services may be used to address speech and language disorders that affect articulation of speech, sounds, fluency, voice, swallowing (regardless of presence of a communication disability)</w:t>
       </w:r>
       <w:r w:rsidR="00222AB0" w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007950B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -10605,169 +10556,145 @@
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="007950B6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>ProviderNetwork@umassmed.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="06588C7F" w14:textId="77777777" w:rsidR="003B564D" w:rsidRPr="007950B6" w:rsidRDefault="003B564D" w:rsidP="00661685">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r w:rsidRPr="007950B6">
         <w:t>Mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BCB81C" w14:textId="0F0322BE" w:rsidR="00156C5B" w:rsidRPr="007950B6" w:rsidRDefault="00156C5B" w:rsidP="00CC5257">
+    <w:p w14:paraId="59746A9A" w14:textId="77777777" w:rsidR="003A089F" w:rsidRPr="007950B6" w:rsidRDefault="003A089F" w:rsidP="003A089F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00534E64">
+        <w:t>Waiver Provider Network Administration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534E64">
+        <w:br/>
+        <w:t>UMass Chan Medical School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534E64">
+        <w:br/>
+        <w:t>PO Box 2672</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534E64">
+        <w:br/>
+        <w:t>Worcester, MA 01613</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E4140F" w14:textId="0CCAC1AB" w:rsidR="00DA6B75" w:rsidRPr="007950B6" w:rsidRDefault="00DA6B75" w:rsidP="00CC5257">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DA6B75" w:rsidRPr="007950B6" w:rsidSect="00654099">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="936" w:bottom="360" w:left="936" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B89D069" w14:textId="77777777" w:rsidR="002516CD" w:rsidRDefault="002516CD" w:rsidP="00EF3438">
+    <w:p w14:paraId="02F94368" w14:textId="77777777" w:rsidR="00331F3F" w:rsidRDefault="00331F3F" w:rsidP="00EF3438">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CDC4FBC" w14:textId="77777777" w:rsidR="002516CD" w:rsidRDefault="002516CD" w:rsidP="00EF3438">
+    <w:p w14:paraId="7F32033A" w14:textId="77777777" w:rsidR="00331F3F" w:rsidRDefault="00331F3F" w:rsidP="00EF3438">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6D1F486E" w14:textId="77777777" w:rsidR="002516CD" w:rsidRDefault="002516CD"/>
+    <w:p w14:paraId="30F67FF9" w14:textId="77777777" w:rsidR="00331F3F" w:rsidRDefault="00331F3F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TrebuchetMS">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -10778,66 +10705,64 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="-1516687365"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="277300180"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="273C521E" w14:textId="263702D9" w:rsidR="00673E36" w:rsidRPr="00321553" w:rsidRDefault="00321553" w:rsidP="00A60EB7">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="3" w:color="auto"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ABI</w:t>
             </w:r>
             <w:r w:rsidRPr="00321553">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
@@ -11190,66 +11115,64 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>0125</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="121356053"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-582139447"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ABI</w:t>
             </w:r>
             <w:r w:rsidRPr="00321553">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MFP</w:t>
             </w:r>
@@ -11372,100 +11295,98 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00321553">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58F35D05" w14:textId="77777777" w:rsidR="002516CD" w:rsidRDefault="002516CD" w:rsidP="00EF3438">
+    <w:p w14:paraId="6F43AC18" w14:textId="77777777" w:rsidR="00331F3F" w:rsidRDefault="00331F3F" w:rsidP="00EF3438">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58E5C013" w14:textId="77777777" w:rsidR="002516CD" w:rsidRDefault="002516CD" w:rsidP="00EF3438">
+    <w:p w14:paraId="0D444F24" w14:textId="77777777" w:rsidR="00331F3F" w:rsidRDefault="00331F3F" w:rsidP="00EF3438">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70108D52" w14:textId="77777777" w:rsidR="002516CD" w:rsidRDefault="002516CD"/>
+    <w:p w14:paraId="6CC65AE6" w14:textId="77777777" w:rsidR="00331F3F" w:rsidRDefault="00331F3F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="414BAD92" w14:textId="408040BC" w:rsidR="00347C4E" w:rsidRPr="00347C4E" w:rsidRDefault="00347C4E" w:rsidP="00347C4E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1B7B3096" w14:textId="2E3E960D" w:rsidR="00661685" w:rsidRPr="00661685" w:rsidRDefault="00661685" w:rsidP="00661685">
+  <w:p w14:paraId="1B7B3096" w14:textId="2E3E960D" w:rsidR="00661685" w:rsidRPr="00A80740" w:rsidRDefault="00661685" w:rsidP="00661685">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:color w:val="FF0000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00661685">
+    <w:r w:rsidRPr="00A80740">
       <w:rPr>
-        <w:color w:val="FF0000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>THIS DOCUMENT IS FORMATTED FOR USE WITH SCREEN READERS. NOT FOR SUBMISSION</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7FCAF5F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -12282,92 +12203,94 @@
     <w:rsid w:val="002C708C"/>
     <w:rsid w:val="002D1959"/>
     <w:rsid w:val="002D7D12"/>
     <w:rsid w:val="002E176D"/>
     <w:rsid w:val="002E2DDA"/>
     <w:rsid w:val="002E4BD4"/>
     <w:rsid w:val="002E5016"/>
     <w:rsid w:val="002F2489"/>
     <w:rsid w:val="002F46CA"/>
     <w:rsid w:val="002F7634"/>
     <w:rsid w:val="003035EC"/>
     <w:rsid w:val="00306B44"/>
     <w:rsid w:val="00306DA0"/>
     <w:rsid w:val="00307A12"/>
     <w:rsid w:val="0031255F"/>
     <w:rsid w:val="00312B00"/>
     <w:rsid w:val="003132F8"/>
     <w:rsid w:val="00313CFA"/>
     <w:rsid w:val="00321553"/>
     <w:rsid w:val="0032173D"/>
     <w:rsid w:val="00325065"/>
     <w:rsid w:val="003257CF"/>
     <w:rsid w:val="003259B1"/>
     <w:rsid w:val="00326D7B"/>
     <w:rsid w:val="003313C7"/>
+    <w:rsid w:val="00331F3F"/>
     <w:rsid w:val="003343AF"/>
     <w:rsid w:val="003371C3"/>
     <w:rsid w:val="00337344"/>
     <w:rsid w:val="00337419"/>
     <w:rsid w:val="00337B54"/>
     <w:rsid w:val="00337C34"/>
     <w:rsid w:val="00340672"/>
     <w:rsid w:val="00341310"/>
     <w:rsid w:val="0034291F"/>
     <w:rsid w:val="00343105"/>
     <w:rsid w:val="003437B8"/>
     <w:rsid w:val="00343887"/>
     <w:rsid w:val="003442B6"/>
     <w:rsid w:val="003457CA"/>
     <w:rsid w:val="003459D1"/>
     <w:rsid w:val="003478F4"/>
     <w:rsid w:val="00347C4E"/>
     <w:rsid w:val="00352526"/>
     <w:rsid w:val="003535A7"/>
     <w:rsid w:val="00355D69"/>
     <w:rsid w:val="00356C60"/>
     <w:rsid w:val="00360E39"/>
     <w:rsid w:val="003630DC"/>
     <w:rsid w:val="00363435"/>
     <w:rsid w:val="00364303"/>
     <w:rsid w:val="00364763"/>
     <w:rsid w:val="00364F3D"/>
     <w:rsid w:val="003653E4"/>
     <w:rsid w:val="003745C4"/>
     <w:rsid w:val="00375041"/>
     <w:rsid w:val="00375552"/>
     <w:rsid w:val="00377FFD"/>
     <w:rsid w:val="0038018D"/>
     <w:rsid w:val="0038484A"/>
     <w:rsid w:val="003856E1"/>
     <w:rsid w:val="00386D31"/>
     <w:rsid w:val="00387F4C"/>
     <w:rsid w:val="00390C92"/>
     <w:rsid w:val="0039303D"/>
     <w:rsid w:val="003931DE"/>
     <w:rsid w:val="00396076"/>
     <w:rsid w:val="00397D96"/>
+    <w:rsid w:val="003A089F"/>
     <w:rsid w:val="003A1334"/>
     <w:rsid w:val="003A1562"/>
     <w:rsid w:val="003A60AE"/>
     <w:rsid w:val="003A628D"/>
     <w:rsid w:val="003A772F"/>
     <w:rsid w:val="003B3542"/>
     <w:rsid w:val="003B3C0E"/>
     <w:rsid w:val="003B41F6"/>
     <w:rsid w:val="003B4541"/>
     <w:rsid w:val="003B53DE"/>
     <w:rsid w:val="003B564D"/>
     <w:rsid w:val="003B5CD8"/>
     <w:rsid w:val="003B6FAE"/>
     <w:rsid w:val="003B78A9"/>
     <w:rsid w:val="003C0F61"/>
     <w:rsid w:val="003D4E1F"/>
     <w:rsid w:val="003D5607"/>
     <w:rsid w:val="003D73DB"/>
     <w:rsid w:val="003E43AD"/>
     <w:rsid w:val="003E684B"/>
     <w:rsid w:val="003E6DE6"/>
     <w:rsid w:val="003E7524"/>
     <w:rsid w:val="003E7B1D"/>
     <w:rsid w:val="003F4C07"/>
     <w:rsid w:val="00400E4F"/>
@@ -12521,50 +12444,51 @@
     <w:rsid w:val="00657BBC"/>
     <w:rsid w:val="00657E54"/>
     <w:rsid w:val="00661685"/>
     <w:rsid w:val="00663B4B"/>
     <w:rsid w:val="006647B6"/>
     <w:rsid w:val="00666CB0"/>
     <w:rsid w:val="00667F8B"/>
     <w:rsid w:val="00670428"/>
     <w:rsid w:val="00671099"/>
     <w:rsid w:val="00673E36"/>
     <w:rsid w:val="00674783"/>
     <w:rsid w:val="006840CE"/>
     <w:rsid w:val="006842CE"/>
     <w:rsid w:val="006845D7"/>
     <w:rsid w:val="00685344"/>
     <w:rsid w:val="00686706"/>
     <w:rsid w:val="00692391"/>
     <w:rsid w:val="00696492"/>
     <w:rsid w:val="00696549"/>
     <w:rsid w:val="00697B00"/>
     <w:rsid w:val="006A0220"/>
     <w:rsid w:val="006A65CB"/>
     <w:rsid w:val="006B1B21"/>
     <w:rsid w:val="006B20DC"/>
     <w:rsid w:val="006B2168"/>
+    <w:rsid w:val="006B34E2"/>
     <w:rsid w:val="006B4713"/>
     <w:rsid w:val="006B4E6B"/>
     <w:rsid w:val="006B6B40"/>
     <w:rsid w:val="006B7299"/>
     <w:rsid w:val="006C022E"/>
     <w:rsid w:val="006C275A"/>
     <w:rsid w:val="006C4EA3"/>
     <w:rsid w:val="006C5753"/>
     <w:rsid w:val="006C5772"/>
     <w:rsid w:val="006C5CE2"/>
     <w:rsid w:val="006C5FAB"/>
     <w:rsid w:val="006D15F5"/>
     <w:rsid w:val="006D795E"/>
     <w:rsid w:val="006E0E7F"/>
     <w:rsid w:val="006E2760"/>
     <w:rsid w:val="006E32E4"/>
     <w:rsid w:val="006E6EF4"/>
     <w:rsid w:val="006F1660"/>
     <w:rsid w:val="006F17C2"/>
     <w:rsid w:val="006F4B0F"/>
     <w:rsid w:val="00700D8A"/>
     <w:rsid w:val="007014FA"/>
     <w:rsid w:val="007023FF"/>
     <w:rsid w:val="00704522"/>
     <w:rsid w:val="00706C60"/>
@@ -12621,50 +12545,51 @@
     <w:rsid w:val="007D3C33"/>
     <w:rsid w:val="007E0524"/>
     <w:rsid w:val="007E148C"/>
     <w:rsid w:val="007E15D9"/>
     <w:rsid w:val="007E3269"/>
     <w:rsid w:val="007E3E36"/>
     <w:rsid w:val="007E6DEB"/>
     <w:rsid w:val="007E752B"/>
     <w:rsid w:val="007F2696"/>
     <w:rsid w:val="007F5E2F"/>
     <w:rsid w:val="007F6CAA"/>
     <w:rsid w:val="00801EEA"/>
     <w:rsid w:val="00802234"/>
     <w:rsid w:val="00806AF1"/>
     <w:rsid w:val="00810BE1"/>
     <w:rsid w:val="0081124F"/>
     <w:rsid w:val="00816017"/>
     <w:rsid w:val="00820D6F"/>
     <w:rsid w:val="0082243B"/>
     <w:rsid w:val="0082288E"/>
     <w:rsid w:val="0082440B"/>
     <w:rsid w:val="008255E2"/>
     <w:rsid w:val="00827F03"/>
     <w:rsid w:val="00833CA2"/>
     <w:rsid w:val="00833DD7"/>
+    <w:rsid w:val="00835D28"/>
     <w:rsid w:val="0083781B"/>
     <w:rsid w:val="008403C6"/>
     <w:rsid w:val="008409C8"/>
     <w:rsid w:val="00843186"/>
     <w:rsid w:val="00846B21"/>
     <w:rsid w:val="00846E50"/>
     <w:rsid w:val="00846EC2"/>
     <w:rsid w:val="0084724C"/>
     <w:rsid w:val="0085076C"/>
     <w:rsid w:val="00852F7A"/>
     <w:rsid w:val="00854255"/>
     <w:rsid w:val="00855B51"/>
     <w:rsid w:val="00856675"/>
     <w:rsid w:val="00864CF6"/>
     <w:rsid w:val="00867DDC"/>
     <w:rsid w:val="0087114A"/>
     <w:rsid w:val="008725FD"/>
     <w:rsid w:val="00875C44"/>
     <w:rsid w:val="00880BB1"/>
     <w:rsid w:val="00882C01"/>
     <w:rsid w:val="00883BED"/>
     <w:rsid w:val="00886ABB"/>
     <w:rsid w:val="00890A13"/>
     <w:rsid w:val="00894430"/>
     <w:rsid w:val="008968EA"/>
@@ -12737,50 +12662,51 @@
     <w:rsid w:val="009E3771"/>
     <w:rsid w:val="009E4327"/>
     <w:rsid w:val="009E4F54"/>
     <w:rsid w:val="009F2211"/>
     <w:rsid w:val="009F2491"/>
     <w:rsid w:val="009F4C4F"/>
     <w:rsid w:val="009F72BB"/>
     <w:rsid w:val="00A15868"/>
     <w:rsid w:val="00A15BA4"/>
     <w:rsid w:val="00A2205D"/>
     <w:rsid w:val="00A23B82"/>
     <w:rsid w:val="00A36B98"/>
     <w:rsid w:val="00A420FD"/>
     <w:rsid w:val="00A45459"/>
     <w:rsid w:val="00A468F8"/>
     <w:rsid w:val="00A50E41"/>
     <w:rsid w:val="00A53E4B"/>
     <w:rsid w:val="00A53F18"/>
     <w:rsid w:val="00A53FA2"/>
     <w:rsid w:val="00A60EB7"/>
     <w:rsid w:val="00A62439"/>
     <w:rsid w:val="00A714C5"/>
     <w:rsid w:val="00A72B4A"/>
     <w:rsid w:val="00A769FB"/>
     <w:rsid w:val="00A77A2A"/>
+    <w:rsid w:val="00A80740"/>
     <w:rsid w:val="00A87FA6"/>
     <w:rsid w:val="00A913E3"/>
     <w:rsid w:val="00A91D87"/>
     <w:rsid w:val="00A926C4"/>
     <w:rsid w:val="00A928B1"/>
     <w:rsid w:val="00AA6D6A"/>
     <w:rsid w:val="00AB3EB7"/>
     <w:rsid w:val="00AB6DD6"/>
     <w:rsid w:val="00AC1769"/>
     <w:rsid w:val="00AC4D76"/>
     <w:rsid w:val="00AC58E2"/>
     <w:rsid w:val="00AC74C7"/>
     <w:rsid w:val="00AD2E2A"/>
     <w:rsid w:val="00AD33EF"/>
     <w:rsid w:val="00AD3F45"/>
     <w:rsid w:val="00AD5603"/>
     <w:rsid w:val="00AD7733"/>
     <w:rsid w:val="00AE1653"/>
     <w:rsid w:val="00AE1BA0"/>
     <w:rsid w:val="00AE2B25"/>
     <w:rsid w:val="00AE396B"/>
     <w:rsid w:val="00AE4AA4"/>
     <w:rsid w:val="00AE5198"/>
     <w:rsid w:val="00AE73D1"/>
     <w:rsid w:val="00AE74CD"/>
@@ -13078,50 +13004,51 @@
     <w:rsid w:val="00F44B72"/>
     <w:rsid w:val="00F44D59"/>
     <w:rsid w:val="00F5416C"/>
     <w:rsid w:val="00F544B9"/>
     <w:rsid w:val="00F54828"/>
     <w:rsid w:val="00F55390"/>
     <w:rsid w:val="00F60074"/>
     <w:rsid w:val="00F632FD"/>
     <w:rsid w:val="00F65B15"/>
     <w:rsid w:val="00F66AA8"/>
     <w:rsid w:val="00F67158"/>
     <w:rsid w:val="00F67969"/>
     <w:rsid w:val="00F70C2B"/>
     <w:rsid w:val="00F74A9C"/>
     <w:rsid w:val="00F77174"/>
     <w:rsid w:val="00F779A8"/>
     <w:rsid w:val="00F80B57"/>
     <w:rsid w:val="00F8254E"/>
     <w:rsid w:val="00F83AED"/>
     <w:rsid w:val="00F87962"/>
     <w:rsid w:val="00F92E57"/>
     <w:rsid w:val="00F92FBD"/>
     <w:rsid w:val="00F93670"/>
     <w:rsid w:val="00F9452C"/>
     <w:rsid w:val="00F96510"/>
+    <w:rsid w:val="00FA00CA"/>
     <w:rsid w:val="00FA3054"/>
     <w:rsid w:val="00FA345A"/>
     <w:rsid w:val="00FA439F"/>
     <w:rsid w:val="00FA5892"/>
     <w:rsid w:val="00FA6DFE"/>
     <w:rsid w:val="00FA7107"/>
     <w:rsid w:val="00FA763D"/>
     <w:rsid w:val="00FB1056"/>
     <w:rsid w:val="00FB438B"/>
     <w:rsid w:val="00FB5D13"/>
     <w:rsid w:val="00FB5E48"/>
     <w:rsid w:val="00FB600F"/>
     <w:rsid w:val="00FB70BB"/>
     <w:rsid w:val="00FB725D"/>
     <w:rsid w:val="00FB78C4"/>
     <w:rsid w:val="00FC0115"/>
     <w:rsid w:val="00FC1808"/>
     <w:rsid w:val="00FC798C"/>
     <w:rsid w:val="00FD279D"/>
     <w:rsid w:val="00FD36C2"/>
     <w:rsid w:val="00FE263B"/>
     <w:rsid w:val="00FE4032"/>
     <w:rsid w:val="00FE7561"/>
     <w:rsid w:val="00FE7EB8"/>
     <w:rsid w:val="00FF0B78"/>
@@ -14641,74 +14568,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="a36c891a-0252-4974-8600-27cecaf0be66" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010026340F7C52DB8F4A89FAFA8C24F128F9" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="691495719c7a2a9694eb92a7bb53f078">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a" xmlns:ns3="a36c891a-0252-4974-8600-27cecaf0be66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a380b9d485fb0cc1890b6876bd32270a" ns2:_="" ns3:_="">
     <xsd:import namespace="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a"/>
     <xsd:import namespace="a36c891a-0252-4974-8600-27cecaf0be66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -14905,132 +14828,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AF72896-5C86-42EE-A9EE-EF722705CE87}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{000A3D88-3C10-4476-818B-8C6D580DAAD5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a36c891a-0252-4974-8600-27cecaf0be66"/>
     <ds:schemaRef ds:uri="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DE1D528-EAE5-43C9-9D20-79AE0DFCA65B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a"/>
     <ds:schemaRef ds:uri="a36c891a-0252-4974-8600-27cecaf0be66"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBC1C6AB-43A9-4F9C-B4B4-973C8D454044}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>5796</Words>
-  <Characters>33041</Characters>
+  <Words>5783</Words>
+  <Characters>32968</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>275</Lines>
+  <Lines>274</Lines>
   <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMASS Medical School</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38760</CharactersWithSpaces>
+  <CharactersWithSpaces>38674</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="102" baseType="variant">
       <vt:variant>
         <vt:i4>5832815</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>801</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>C:\Users\BurnsS1\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\LV057P7K\ProviderNetwork@umassmed.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2293884</vt:i4>
       </vt:variant>
       <vt:variant>