--- v0 (2025-10-20)
+++ v1 (2026-02-08)
@@ -1,2898 +1,4125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="1594094023"/>
+        <w:id w:val="1459030465"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="255AD9BF" w14:textId="2DC268BB" w:rsidR="1D248960" w:rsidRDefault="17DC484F" w:rsidP="1D248960">
+        <w:p w14:paraId="087455E9" w14:textId="268B1D51" w:rsidR="00236BF4" w:rsidRDefault="30CF52C2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
-              <w:rStyle w:val="Hyperlink"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="1D248960">
+          <w:r w:rsidR="6D2747B0">
             <w:instrText>TOC \o "1-9" \z \u \h</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc461649825">
-            <w:r w:rsidR="0C1B3B30" w:rsidRPr="0C1B3B30">
+          <w:hyperlink w:anchor="_Toc213142358" w:history="1">
+            <w:r w:rsidR="00236BF4" w:rsidRPr="00804CDD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
               </w:rPr>
               <w:t>Active PHD Projects</w:t>
             </w:r>
-            <w:r w:rsidR="1D248960">
+            <w:r w:rsidR="00236BF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="1D248960">
+            <w:r w:rsidR="00236BF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="1D248960">
-[...2 lines deleted...]
-            <w:r w:rsidR="1D248960">
+            <w:r w:rsidR="00236BF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142358 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00236BF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00236BF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0C1B3B30" w:rsidRPr="0C1B3B30">
-[...5 lines deleted...]
-            <w:r w:rsidR="1D248960">
+            <w:r w:rsidR="00236BF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00236BF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1AB337CF" w14:textId="576BE139" w:rsidR="1D248960" w:rsidRDefault="0C1B3B30" w:rsidP="1D248960">
+        <w:p w14:paraId="72107AD9" w14:textId="42647B7F" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142359" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Comparing MOUD Effectiveness: An Emulated Trial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142359 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7D45C14D" w14:textId="472E097E" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142360" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Researching Effective Strategies to Prevent Opioid Death (RESPOND): updating simulation model parameters (RESPOND)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142360 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7815AB85" w14:textId="3F7FB801" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142361" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Cost Savings for Medications for Opioid Use Disorder (MOUD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142361 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7261F397" w14:textId="4AD61599" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142362" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Effects of the Supplemental Nutrition Assistance Program (SNAP) on racial/ethnic and disability-based healthcare disparities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142362 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="32CAE5D0" w14:textId="405D92FE" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142363" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Predict to Prevent: Dynamic Spatiotemporal Analyses of Opioid Overdose to Guide Pre-Emptive Public Health Responses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142363 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2CDF1D14" w14:textId="19AA35E5" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142364" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Maternal &amp; Child Health Analyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142364 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="066B4ACE" w14:textId="55268E49" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142365" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Explicating Disparities in the Impact of PTSD on Opioid Use, Disorder, and Treatment Outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142365 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5D217FB3" w14:textId="40FE6243" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142366" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>BSAS Access to Treatment (ATR) Client Health Outcomes and Utilization of Treatment &amp; Public Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142366 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="692CDF13" w14:textId="4E682454" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142367" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Disability Community Health Needs Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142367 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7976CF10" w14:textId="085BE838" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142368" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Adverse Health Consequences of Risky Prescription Stimulant Use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142368 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5DF29FFB" w14:textId="13272A31" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142369" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Disparities in PrEP, and Screening and Treatment for HIV, and RElated Health Outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142369 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3FF05419" w14:textId="364A5CE1" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142370" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Assessment of Alcohol Use Disorder and Problematic Alcohol Use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142370 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="01D71CDA" w14:textId="0B4FD191" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142371" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Section 138 Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142371 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="347A7B89" w14:textId="51BB2F03" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142372" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Descriptive factors of non-fatal gunshot wounds versus fatal gunshot wounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142372 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="59E21448" w14:textId="55F54AC5" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142373" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Differences in Prescribed Stimulant Medications by Demographic Characteristics: Pre- and Post-COVID-19 Response</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142373 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5130F302" w14:textId="1299D901" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142374" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ID TOUCH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142374 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5DE7804C" w14:textId="6D7306C2" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142375" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>HCS Analysis 4 – Emulated trial of the impact of implementing addiction consult services or bridge clinics in hospitals and emergency departments in HCS communities on post-discharge MOUD use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142375 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1531C505" w14:textId="0BA2B2EE" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142376" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>BCHAP. Characterization of DIA Workers Comp Claims by Race/Ethnicity and Other Demographic- and Employment-related factors using Multiple Datasets in the PHD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142376 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="31600963" w14:textId="366AE2DD" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142377" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Section 33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142377 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4C54FA20" w14:textId="0B354B83" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142378" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Growth and Decline in SNAP Generosity: Outcome and Equity Implications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142378 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="730C6B53" w14:textId="5D04DD73" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142379" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Unwinding pandemic-era social programs: Effects on healthcare outcomes and disparities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142379 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3E7E36DB" w14:textId="71190ED3" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142380" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Comprehensive real-world evidence on off-label ketamine safety to inform regulatory and clinical decision making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142380 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0B0B3206" w14:textId="550A67A3" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142381" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Interfacility Transfers of Birthing People in Massachusetts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142381 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="478AC813" w14:textId="4C7EF313" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142382" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Injury Flags</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142382 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="322A6E13" w14:textId="5DC3B882" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142383" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Evaluation of the Massachusetts Health Equity ECHO Initiative (HEEI) for Hepatitis C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142383 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="20CD9B55" w14:textId="2A7679C0" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142384" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>TRANSFORM - Transforming the evidence base on estimating prevalence of opioid use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142384 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0ACCC9D9" w14:textId="3B2AE28E" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142385" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>JCOIN (Justice Community Opioid Innovation Network)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142385 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6D68459F" w14:textId="42CEF7B1" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142386" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Completed Projects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142386 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5443E304" w14:textId="5B77FA5E" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142387" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Assessing Opioid Use Disorder and Access to Drug Treatment among Pregnant Women in the U.S.: A Data-Driven Approach to Inform Equitable Public Health Responses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142387 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4B68ECD7" w14:textId="614E7525" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142388" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Opioid Taper Analyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142388 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1352CC86" w14:textId="4CEF8519" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142389" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Study of Criminal Prosecution of Pregnant and Postpartum People</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142389 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6A7CF10A" w14:textId="61CAF497" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142390" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(OD2A) Overdose to Action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142390 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="56380DF5" w14:textId="68E03F16" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142391" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Impact of health insurance type and transitions on treatment for opioid use disorder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142391 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3F7C5D79" w14:textId="43271F79" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142392" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Utilization of MOUD before and after incarceration and the impact on post-release outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142392 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="211AD342" w14:textId="4C685CD9" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142393" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>HEALing Communities Study (HCS) Plan 1 &amp; 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142393 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1D275ED3" w14:textId="65DC29DC" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142394" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Improving adherence to and outcomes associated with Medication Assisted Treatment (MAT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142394 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0A6D81F3" w14:textId="65910A82" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142395" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Development of novel risk prediction models for opioid use and overdose among vulnerable populations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142395 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="261EEAB8" w14:textId="0C10D474" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142396" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Assessing Individual and Structural Factors Associated with Opioid Mortality among Recently Incarcerated Individuals in Massachusetts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142396 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0B1F6B77" w14:textId="7FD8FDD3" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142397" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Retention and Re-Engagement in Treatment for Addiction following Serious Injection Related Infections (RETAIN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142397 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4F6A66CE" w14:textId="6E35CE60" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142398" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>The Care Continuum for Youth with Substance Use Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142398 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3FF6DDFA" w14:textId="76F2B2A1" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142399" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Examining Racial/Ethnic Disparities in Opioid Treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142399 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7CAEA44C" w14:textId="590B6941" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142400" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>MATADOHR - Massachusetts Tackling Addiction Determinants Of Health through Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142400 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="52E1E7B4" w14:textId="79C1A51D" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142401" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>HIV and Hepatitis C prevalence and risk factors among the population of persons who use drugs in Massachusetts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142401 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3F82B40A" w14:textId="2AE3B18E" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142402" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Leveraging Perinatal Touchpoints to Improve the Hepatitis C Virus and Opioid Use Disorder Care Cascades</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142402 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1441C0B2" w14:textId="5963E53B" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142403" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Sec 138 supplemental analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142403 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="398A3712" w14:textId="75CC9CF1" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142404" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Characteristics of prescription opioid use among injured workers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142404 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="066F6F2E" w14:textId="3680CA1A" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142405" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Measuring the reach of Covid-19 vaccine access among people with disabilities in Massachusetts in 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142405 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7C08EFAE" w14:textId="03D8D2E9" w:rsidR="00236BF4" w:rsidRDefault="00236BF4">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213142406" w:history="1">
+            <w:r w:rsidRPr="00804CDD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>HEALing Communities Study (HCS) 1-3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213142406 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="76EE0503" w14:textId="7DDFDA59" w:rsidR="6D2747B0" w:rsidRDefault="30CF52C2" w:rsidP="109EFD67">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc1365968865">
-[...1748 lines deleted...]
-          <w:r w:rsidR="17DC484F">
+          <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1C7B609C" w14:textId="7C12217F" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="593BE0DD" w14:textId="03FDFCA4" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960"/>
     <w:p w14:paraId="488BF54A" w14:textId="248E3982" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960"/>
     <w:p w14:paraId="382C9F85" w14:textId="23C6D865" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
     <w:p w14:paraId="0F561B70" w14:textId="5561A1E7" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
-    <w:p w14:paraId="5B0E653C" w14:textId="5FC928F2" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1BAEE817" w14:textId="0CAFACA1" w:rsidR="2BB9FE31" w:rsidRDefault="2BB9FE31" w:rsidP="717E1F18">
+    <w:p w14:paraId="10173D9B" w14:textId="72575FB1" w:rsidR="454DFE22" w:rsidRDefault="454DFE22" w:rsidP="454DFE22"/>
+    <w:p w14:paraId="1BAEE817" w14:textId="00430961" w:rsidR="2BB9FE31" w:rsidRDefault="2BB9FE31" w:rsidP="717E1F18">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc461649825"/>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="0" w:name="_Toc1100469077"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc1852831773"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc213142358"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Active PHD Projects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="0C1B3B30">
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...633 lines deleted...]
-        <w:t xml:space="preserve"> Increasing linkage to HCV treatment post-partum to at least 75% is necessary to translate universal prenatal screening recommendations into decreased population-level transmission.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3690E7EC" w14:textId="1D78F9F0" w:rsidR="689EB615" w:rsidRPr="005E4243" w:rsidRDefault="689EB615" w:rsidP="53DC9876">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D4D22AB" w14:textId="497B2FEF" w:rsidR="689EB615" w:rsidRDefault="689EB615" w:rsidP="1A6B2377">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6125633A" w14:textId="79356D26" w:rsidR="689EB615" w:rsidRDefault="733719D9" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc928645162"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc205609857"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc1736511426"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc213142359"/>
       <w:r>
         <w:t>Comparing MOUD Effectiveness: An Emulated Trial</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="2F9BA28B" w14:textId="77777777" w:rsidR="00F87939" w:rsidRPr="00F87939" w:rsidRDefault="00F87939" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61CE0420" w14:textId="53FB9D52" w:rsidR="55F6D65C" w:rsidRDefault="55F6D65C" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Project Lead:  </w:t>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="700DFB62" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Marc LaRochelle (BMC/BUSM)</w:t>
+        <w:t>Marc</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="700DFB62" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LaRochelle (BMC/BUSM)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41725593" w14:textId="103EC514" w:rsidR="3F333393" w:rsidRDefault="3F333393" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId10">
         <w:r w:rsidRPr="1A6B2377">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Marc.Larochelle@bmc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3754101F" w14:textId="5C3D89AB" w:rsidR="29BEDE01" w:rsidRDefault="55F6D65C" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Team:</w:t>
       </w:r>
       <w:r w:rsidR="73C915AB" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="73C915AB" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shapei Yan (BMC), Sarah Kosakowski (BMC), Alex Walley (BMC/BUSM), Sara Lodi (BUSPH), </w:t>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="73C915AB" w:rsidRPr="1CB1D2B4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC), Sarah Kosakowski (BMC), Alex Walley (BMC/BUSM), Sara Lodi (BUSPH), </w:t>
       </w:r>
       <w:r w:rsidR="5EE3D060" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Jane Liebschutz (UPMC), Joshu</w:t>
       </w:r>
       <w:r w:rsidR="1756D57A" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="5EE3D060" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lee (NYU), Patricia Novo (NYU), John Rotrosen (NYU), </w:t>
       </w:r>
       <w:r w:rsidR="29BEDE01" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Radhika Puppala (BMC)</w:t>
       </w:r>
       <w:r w:rsidR="1E63E874" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>, Paul Christine (CUAnschutz)</w:t>
+        <w:t>, Paul Christine (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1E63E874" w:rsidRPr="1CB1D2B4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CUAnschutz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1E63E874" w:rsidRPr="1CB1D2B4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="067BB7D3" w:rsidRPr="1CB1D2B4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, Jiayi Wang (BMC)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E9E8AE" w14:textId="2D17EE72" w:rsidR="3649EF7A" w:rsidRDefault="3649EF7A" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A5DFEDC" w14:textId="09CA73C7" w:rsidR="13BEFFF0" w:rsidRDefault="13BEFFF0" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="674371A5" w14:textId="023D1A9D" w:rsidR="3649EF7A" w:rsidRDefault="40EC7896" w:rsidP="1A6B2377">
+    <w:p w14:paraId="674371A5" w14:textId="023D1A9D" w:rsidR="3649EF7A" w:rsidRDefault="40EC7896" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="58"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Compare estimates of sublingual buprenorphine (SL-BUP) and extended-release naltrexone (XR-NTX) retention following opioid detoxification in the X:BOT trial, a randomized control trial of sublingual buprenorphine SL-BUP versus XR-NTX, with an emulated trial in the Massachusetts Public Health Data warehouse (PHD).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="36AE1797" w14:textId="31103423" w:rsidR="3649EF7A" w:rsidRDefault="40EC7896" w:rsidP="1A6B2377">
+        <w:t xml:space="preserve"> Compare estimates of sublingual buprenorphine (SL-BUP) and extended-release naltrexone (XR-NTX) retention following opioid detoxification in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>X:BOT</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trial, a randomized control trial of sublingual buprenorphine SL-BUP versus XR-NTX, with an emulated trial in the Massachusetts Public Health Data warehouse (PHD).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AE1797" w14:textId="31103423" w:rsidR="3649EF7A" w:rsidRDefault="40EC7896" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="58"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Conduct an emulated trial of the impact of initiating SL-BUP versus XR-NTX on opioid overdose following opioid detoxification.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBC2A5D" w14:textId="4580DA9F" w:rsidR="3649EF7A" w:rsidRDefault="40EC7896" w:rsidP="1A6B2377">
+    <w:p w14:paraId="3FBC2A5D" w14:textId="4580DA9F" w:rsidR="3649EF7A" w:rsidRDefault="40EC7896" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="58"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Conduct an emulated trial of the impact of initiating injectable buprenorphine (BUP-XR) versus SL-BUP on retention and opioid overdose following opioid detoxification.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EFD587" w14:textId="02187AA6" w:rsidR="3649EF7A" w:rsidRPr="00167F14" w:rsidRDefault="40EC7896" w:rsidP="1A6B2377">
+    <w:p w14:paraId="67EFD587" w14:textId="02187AA6" w:rsidR="3649EF7A" w:rsidRPr="00167F14" w:rsidRDefault="40EC7896" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="58"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Use an emulated trial to assess the impact of tapering SL-BUP after 12 weeks versus ongoing treatment on opioid overdose following opioid detoxification.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708381DD" w14:textId="579AAC8B" w:rsidR="6B05E428" w:rsidRDefault="6B05E428" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc1161507754"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc1163139696"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc1113655146"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc213142360"/>
       <w:r>
         <w:t>Researching Effective Strategies to Prevent Opioid Death (RESPOND): updating simulation model parameters (RESPOND)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="6FBC81C6" w14:textId="0E24D6BD" w:rsidR="689EB615" w:rsidRDefault="689EB615" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C8EC417" w14:textId="12DC157F" w:rsidR="2376B3BF" w:rsidRDefault="2376B3BF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -2900,306 +4127,399 @@
       </w:r>
       <w:r w:rsidR="668343A0" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Benjamin P. Linas (BU/BMC)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EED4FF7" w14:textId="4FF1581B" w:rsidR="36288352" w:rsidRDefault="36288352" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId11">
         <w:r w:rsidRPr="1A6B2377">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Benjamin.linas@bmc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DBD110E" w14:textId="3D80BD6A" w:rsidR="3497E596" w:rsidRPr="00167F14" w:rsidRDefault="2376B3BF" w:rsidP="1A6B2377">
+    <w:p w14:paraId="3DBD110E" w14:textId="3A97FEB3" w:rsidR="3497E596" w:rsidRPr="00167F14" w:rsidRDefault="2376B3BF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1A6B2377">
+      <w:r w:rsidRPr="534761DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Team:</w:t>
       </w:r>
-      <w:r w:rsidR="18795881" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="18795881" w:rsidRPr="534761DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="18795881" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="18795881" w:rsidRPr="534761DC">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Jenny Wang (BMC), Sabrina Assoumou (BMC/BUSM), </w:t>
       </w:r>
-      <w:r w:rsidR="6727AE70" w:rsidRPr="1A6B2377">
-[...20 lines deleted...]
-      <w:r w:rsidR="0B32EAB0" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="6727AE70" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Marc LaRochelle (BMC/BUSM</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="6727AE70" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="568A0879" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mathieu</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="568A0879" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="568A0879" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Castry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="568A0879" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BMC), Stavroula </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="568A0879" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Chrysanthopoulou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="5D84ED56" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brown University, Laura White (BUSPH</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="5D84ED56" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="0B32EAB0" w:rsidRPr="534761DC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ryan O’Dea (BU)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2F45FDEF" w:rsidRPr="1A6B2377">
+        <w:t xml:space="preserve"> Ryan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0B32EAB0" w:rsidRPr="534761DC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve"> O’Dea (BU)</w:t>
+      </w:r>
+      <w:r w:rsidR="2F45FDEF" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="2F45FDEF" w:rsidRPr="1A6B2377">
-[...8 lines deleted...]
-      <w:r w:rsidR="5D1860FF" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="2F45FDEF" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Benjamin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="2F45FDEF" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Buzzee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="2F45FDEF" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BMC), Rachel Epstein (BUSM/BMC)</w:t>
+      </w:r>
+      <w:r w:rsidR="5D1860FF" w:rsidRPr="534761DC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, Hana Zwick (BMC)</w:t>
       </w:r>
-      <w:r w:rsidR="6EF0045D" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="6EF0045D" w:rsidRPr="534761DC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="6EF0045D" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="6EF0045D" w:rsidRPr="534761DC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Breanne Biondi (BU)</w:t>
       </w:r>
-      <w:r w:rsidR="7D13292B" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="7D13292B" w:rsidRPr="534761DC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, Caroline Savitzky (BMC)</w:t>
       </w:r>
-      <w:r w:rsidR="474937C8" w:rsidRPr="1A6B2377">
+      <w:r w:rsidR="474937C8" w:rsidRPr="534761DC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, Matthew Carroll (BMC)</w:t>
       </w:r>
+      <w:r w:rsidR="69FC05CC" w:rsidRPr="534761DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Kareena Mulchandani (BMC)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="11F8D4C8" w14:textId="2D17EE72" w:rsidR="3649EF7A" w:rsidRDefault="3649EF7A" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C15605F" w14:textId="0CA7AADB" w:rsidR="029A3CA5" w:rsidRDefault="029A3CA5" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378BFBE5" w14:textId="2E32C2A7" w:rsidR="689EB615" w:rsidRPr="00167F14" w:rsidRDefault="3A312663" w:rsidP="1A6B2377">
+    <w:p w14:paraId="378BFBE5" w14:textId="2E32C2A7" w:rsidR="689EB615" w:rsidRPr="00167F14" w:rsidRDefault="3A312663" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="56"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>The specific aim of this analysis is to update the analyses done previously to inform the RESPOND model with more recent data. This includes estimating the prevalence of OUD in Massachusetts, calculating the rate of fatal and non-fatal overdoses, and estimating admissions into residential and detox treatment facilities. Additionally, analyses will now be stratified by race/ethnicity and housing status.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E1BD79" w14:textId="32150E4D" w:rsidR="00F65BE3" w:rsidRDefault="00F65BE3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7787635F" w14:textId="49D4C41F" w:rsidR="4373EB0E" w:rsidRDefault="4373EB0E" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="516480CF" w14:textId="6BF2A7ED" w:rsidR="07D0E10E" w:rsidRDefault="07D0E10E" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc1216433076"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc662336254"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc1856188185"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc213142361"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cost </w:t>
       </w:r>
       <w:r w:rsidR="00234EDD">
         <w:t xml:space="preserve">Savings </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00234EDD">
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="55EAEF8A">
         <w:t>Medications for Opioid Use Disorder (MOUD)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="6A8B210E" w14:textId="77777777" w:rsidR="4373EB0E" w:rsidRDefault="4373EB0E" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B86FCEB" w14:textId="65039F88" w:rsidR="07D0E10E" w:rsidRDefault="07D0E10E" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Lead: </w:t>
       </w:r>
@@ -3245,993 +4565,896 @@
         <w:t xml:space="preserve"> (DPH)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="669DED2C" w14:textId="77777777" w:rsidR="07D0E10E" w:rsidRDefault="07D0E10E" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550DFC6E" w14:textId="30DBAD12" w:rsidR="7C7AE133" w:rsidRDefault="7C7AE133" w:rsidP="1A6B2377">
+    <w:p w14:paraId="550DFC6E" w14:textId="30DBAD12" w:rsidR="7C7AE133" w:rsidRDefault="7C7AE133" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="68"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What is the prevalence of the population with opioid use disorder (OUD) in Massachusetts that is receiving Medications for Opioid Use Disorder (MOUD)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D7F2861" w14:textId="7A57E15F" w:rsidR="7C7AE133" w:rsidRDefault="7C7AE133" w:rsidP="1A6B2377">
+    <w:p w14:paraId="0D7F2861" w14:textId="7A57E15F" w:rsidR="7C7AE133" w:rsidRDefault="7C7AE133" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="68"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What is the impact of MOUD for people with OUD? Health care utilization?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C8D49B" w14:textId="6B021E3B" w:rsidR="7C7AE133" w:rsidRDefault="7C7AE133" w:rsidP="1A6B2377">
+    <w:p w14:paraId="19C8D49B" w14:textId="6B021E3B" w:rsidR="7C7AE133" w:rsidRDefault="7C7AE133" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="68"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Are there cost savings associated with MOUD?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B7DF89" w14:textId="14B0F9D5" w:rsidR="4373EB0E" w:rsidRDefault="4373EB0E" w:rsidP="1A6B2377">
+    <w:p w14:paraId="37450DFF" w14:textId="4CA10F05" w:rsidR="3931A66D" w:rsidRDefault="3931A66D" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="342594B7" w14:textId="0E438343" w:rsidR="3931A66D" w:rsidRDefault="66F1BDC5" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="584C2A09" w14:textId="226C6B6F" w:rsidR="005D4E2E" w:rsidRDefault="005D4E2E" w:rsidP="1D248960">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc1653955763"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc2065970497"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc213142362"/>
+      <w:r>
+        <w:t>Effects of the Supplemental Nutrition Assistance Program (SNAP) on racial/ethnic and disability-based healthcare disparities</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="451BF2E3" w14:textId="18AD837C" w:rsidR="66F1BDC5" w:rsidRDefault="66F1BDC5" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...45 lines deleted...]
-    <w:p w14:paraId="6470FAA3" w14:textId="4F7E882A" w:rsidR="005D4E2E" w:rsidRDefault="005D4E2E" w:rsidP="1A6B2377">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DD72CD8" w14:textId="7461A069" w:rsidR="07D0E10E" w:rsidRDefault="07D0E10E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rajan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sonik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Alta Med)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A89EB6" w14:textId="5389A7D2" w:rsidR="0F6A8A50" w:rsidRDefault="2F71DBE3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
-      <w:r w:rsidR="00764D65" w:rsidRPr="1A6B2377">
-[...77 lines deleted...]
-    <w:p w14:paraId="712DA09A" w14:textId="6FBC791F" w:rsidR="4A725B65" w:rsidRDefault="4A725B65" w:rsidP="1A6B2377">
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Benjamin Cook (CHA/HMS), Brian Mullin (CHA), Michael Flores (CHA), Monika Mitra (Brandeis),</w:t>
+      </w:r>
+      <w:r w:rsidR="4B24C18E" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vicki Fung (MGH)</w:t>
+      </w:r>
+      <w:r w:rsidR="38AF30C3" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4B24C18E" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>William Crown (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="0F6A8A50" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="3569F86B" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rujuta Takalkar (CHA)</w:t>
+      </w:r>
+      <w:r w:rsidR="5D409F9F" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Erin Britton (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="68317B44" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, John Hsu (MGH/HMS)</w:t>
+      </w:r>
+      <w:r w:rsidR="6052F75C" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bianca </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="6052F75C" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Porneala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="6052F75C" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="0A7C8C33" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Natalie Moresco (Brandeis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AABD90" w14:textId="0EC5C63D" w:rsidR="2F71DBE3" w:rsidRDefault="2F71DBE3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0538C6" w14:textId="095ED3F2" w:rsidR="005D4E2E" w:rsidRDefault="005D4E2E" w:rsidP="1A6B2377">
-[...36 lines deleted...]
-    <w:p w14:paraId="50F8440F" w14:textId="363DA10A" w:rsidR="4373EB0E" w:rsidRPr="00CB6183" w:rsidRDefault="00CB6183" w:rsidP="1A6B2377">
+    <w:p w14:paraId="14352589" w14:textId="0F2F50E0" w:rsidR="07D0E10E" w:rsidRDefault="07D0E10E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Aims: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D10440" w14:textId="2D26E58F" w:rsidR="66F1BDC5" w:rsidRDefault="66F1BDC5" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="81"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...188 lines deleted...]
-    <w:p w14:paraId="16D10440" w14:textId="2D26E58F" w:rsidR="66F1BDC5" w:rsidRDefault="66F1BDC5" w:rsidP="1A6B2377">
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Disease prevention and management, including outpatient utilization and patient adherence to therapy (e.g., preventive outpatient visits; medication adherence</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="45FB3F96" w14:textId="418A111A" w:rsidR="66F1BDC5" w:rsidRDefault="66F1BDC5" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="45FB3F96" w14:textId="418A111A" w:rsidR="66F1BDC5" w:rsidRDefault="66F1BDC5" w:rsidP="1A6B2377">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unfavorable clinical events, including rates of emergency department visits and hospitalizations, particularly those related to poor disease management (e.g., complications related to low/high blood sugar); and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544D72F5" w14:textId="3BE7AABC" w:rsidR="6D6C4173" w:rsidRDefault="66F1BDC5" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1A6B2377">
-[...8 lines deleted...]
-    <w:p w14:paraId="544D72F5" w14:textId="3BE7AABC" w:rsidR="6D6C4173" w:rsidRDefault="66F1BDC5" w:rsidP="1D248960">
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Healthcare expenditures: including total spending and component spending for prevention and management, emergency care, and inpatient care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E33773D" w14:textId="0EC1ECD6" w:rsidR="09B9F156" w:rsidRDefault="09B9F156" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="290F3DE0" w14:textId="606E343C" w:rsidR="6D6C4173" w:rsidRDefault="6FA94898" w:rsidP="78D714D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc142012392"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc803770829"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc213142363"/>
+      <w:r>
+        <w:t>Predict to Prevent: Dynamic Spatiotemporal Analyses of Opioid Overdose to Guide Pre-Emptive Public Health Responses</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="7430E271" w14:textId="0E7E4054" w:rsidR="50B0B015" w:rsidRDefault="50B0B015" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D9A1A2" w14:textId="224AC0B1" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Thomas Stopka (Tufts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B250CE6" w14:textId="0697F4D4" w:rsidR="50B0B015" w:rsidRDefault="50B0B015" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA99FB4" w14:textId="7F786FA0" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Cici Bauer (University of Texas), Marc Larochelle (BU/BMC), Wenjun Li (UMass Lowell),</w:t>
+      </w:r>
+      <w:r w:rsidR="7C447CC8" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Leland Ackerson (UMass Lowell),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dana Bernson (MDPH), Olaf Dammann (Tufts)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7560D" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Ric Bayly (Tufts)</w:t>
+      </w:r>
+      <w:r w:rsidR="48D48842" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="48D48842" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Xiaona</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="48D48842" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Li (University of Texas)</w:t>
+      </w:r>
+      <w:r w:rsidR="7872342E" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Jack Cordes (Tufts), </w:t>
+      </w:r>
+      <w:r w:rsidR="221AFAD5" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ghada Hassan (University of Texas)</w:t>
+      </w:r>
+      <w:r w:rsidR="61DCB280" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Meng Zhang (UMass Lowell)</w:t>
+      </w:r>
+      <w:r w:rsidR="2A00727F" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Angela Consentino (UMass Lowell)</w:t>
+      </w:r>
+      <w:r w:rsidR="1CDBF84F" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Shikhar Shrestha (Tufts)</w:t>
+      </w:r>
+      <w:r w:rsidR="36C9DB02" w:rsidRPr="0D96485A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Jiahao Cao (UTHealth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE07A54" w14:textId="636ECFDE" w:rsidR="50B0B015" w:rsidRDefault="50B0B015" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F313009" w14:textId="365CF779" w:rsidR="50B0B015" w:rsidRDefault="50B0B015" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26463478" w14:textId="2DA5E6B1" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E071B57" w14:textId="74DEE3F2" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...15 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...155 lines deleted...]
-    <w:p w14:paraId="3E071B57" w14:textId="74DEE3F2" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="1A6B2377">
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Develop a Bayesian multilevel spatiotemporal model to identify individual, interpersonal, community, and societal factors that contribute to opioid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>OD;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FDED4A" w14:textId="792BA8DA" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) Develop a Bayesian multilevel spatiotemporal model to identify individual, interpersonal, community, and societal factors that contribute to opioid OD; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54FDED4A" w14:textId="792BA8DA" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="1A6B2377">
+        <w:t xml:space="preserve">2) develop an efficient Bayesian spatiotemporal model to identify time-space OD clusters, and extend the model to construct a dynamic predictive model; and, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13525429" w14:textId="2BD8E254" w:rsidR="41268091" w:rsidRDefault="41268091" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) develop an efficient Bayesian spatiotemporal model to identify time-space OD clusters, and extend the model to construct a dynamic predictive model; and, </w:t>
-[...8 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve">3) evaluate and predict policy and intervention effects through model-based simulation studies to provide practical guidance and decision-making support to public health officials. Aims 1, 2 and 3 can be easily adopted and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">reproduced by users in other public health jurisdictions and sectors to foster cross-sector, cross-agency opioid OD control. A secondary aim is to assess whether ZIP Code level access to MOUD varies with measures of geographic disparity (social determinants of health) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="131413"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>through statistical modeling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3D4D6C" w14:textId="74AF5FEC" w:rsidR="50B0B015" w:rsidRDefault="50B0B015" w:rsidP="1A6B2377">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1A6B2377">
-[...18 lines deleted...]
-    <w:p w14:paraId="6E3D4D6C" w14:textId="74AF5FEC" w:rsidR="50B0B015" w:rsidRDefault="50B0B015" w:rsidP="1A6B2377">
+    </w:p>
+    <w:p w14:paraId="5551A477" w14:textId="3FAFBA8E" w:rsidR="09B9F156" w:rsidRDefault="09B9F156" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5551A477" w14:textId="3FAFBA8E" w:rsidR="09B9F156" w:rsidRDefault="09B9F156" w:rsidP="1A6B2377">
+    <w:p w14:paraId="5F2FA189" w14:textId="6151A5DC" w:rsidR="68BF1C21" w:rsidRDefault="68BF1C21" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F2FA189" w14:textId="6151A5DC" w:rsidR="68BF1C21" w:rsidRDefault="68BF1C21" w:rsidP="1A6B2377">
+    <w:p w14:paraId="58D318EB" w14:textId="28AF7BD3" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58D318EB" w14:textId="28AF7BD3" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
-[...12 lines deleted...]
-    <w:p w14:paraId="2C8E446F" w14:textId="670A51F8" w:rsidR="68BF1C21" w:rsidRDefault="472B84CF" w:rsidP="0C1B3B30">
+    <w:p w14:paraId="2C8E446F" w14:textId="7925A0A7" w:rsidR="68BF1C21" w:rsidRDefault="472B84CF" w:rsidP="78D714D8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Toc1890185961"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc1821371335"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc85150580"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc213142364"/>
       <w:r>
-        <w:t>MCH Analyses</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00844423">
+        <w:t xml:space="preserve">aternal &amp; </w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00844423">
+        <w:t xml:space="preserve">hild </w:t>
+      </w:r>
+      <w:r>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00844423">
+        <w:t>ealth</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Analyses</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="0437E483" w14:textId="15619336" w:rsidR="1CB969BC" w:rsidRDefault="1CB969BC" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3591DE36" w14:textId="0F95F4AC" w:rsidR="472B84CF" w:rsidRDefault="472B84CF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -4304,58 +5527,60 @@
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CE96021" w14:textId="34735F24" w:rsidR="472B84CF" w:rsidRDefault="472B84CF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Jiankun</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="47392C35" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kuang (MDPH)</w:t>
       </w:r>
       <w:r w:rsidR="063F32AB" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, Fareesa</w:t>
       </w:r>
       <w:r w:rsidR="02B1E2C2" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hasan (MDPH)</w:t>
       </w:r>
       <w:r w:rsidR="063F32AB" w:rsidRPr="1A6B2377">
@@ -4411,5101 +5636,4965 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="143F9A6F" w14:textId="2DA5E6B1" w:rsidR="472B84CF" w:rsidRDefault="472B84CF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645C6EA4" w14:textId="300556C8" w:rsidR="350DCD4D" w:rsidRDefault="350DCD4D" w:rsidP="1D248960">
+    <w:p w14:paraId="645C6EA4" w14:textId="300556C8" w:rsidR="350DCD4D" w:rsidRDefault="350DCD4D" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...4038 lines deleted...]
-        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Examine prevalence and characteristics associated with SMM among priority population including women of reproductive age (WRA) and how multiple factors intersect to increase risk for some groups. 3 time periods: At delivery, Antenatal, Postpartum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009B199E" w14:textId="013505DB" w:rsidR="50B0B015" w:rsidRDefault="50B0B015" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15757C7A" w14:textId="6E2825F1" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Topic 2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Access</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to/utilization of care</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADAD786" w14:textId="726E7BA1" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="113B7539" w14:textId="6217FB26" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Amy Bettano (MDPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221103AE" w14:textId="0697F4D4" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D8F8B10" w14:textId="6EE21447" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Chiara Moore (MDPH)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="62FE8084" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dana Bernson (MDPH), Marianina Stewart (MDPH)</w:t>
+      </w:r>
+      <w:r w:rsidR="63BED4EA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Malena Hood (MDPH), Fifi Diop (MDPH), Sarah Stone (MDPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D064A6" w14:textId="448BFAA7" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391E199F" w14:textId="2DA5E6B1" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E053440" w14:textId="5C436A42" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...137 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...21 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Examine differences among priority populations in the proportion of women accessing health services:  Preventive care (inter conception/preconception care- Preventive care for WRA is a current Title V priority) and after delivery (hospital readmissions, ED visits and observational stays in the first 6 weeks/year post-birth among women with live births).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0568309D" w14:textId="765238F1" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07154D74" w14:textId="3435C9F1" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FB4BC5A" w14:textId="39C87DB3" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Topic 3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Pregnancy</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-associated mortality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA70572" w14:textId="3AC3B82E" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F7039B" w14:textId="0D13EFEC" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project lead:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Elizabeth Erdman (MDPH) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41115B12" w14:textId="33005980" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16D3E15C" w14:textId="2885CDCB" w:rsidR="44C97027" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0071A62D" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="1A6B2377">
-[...10 lines deleted...]
-    <w:p w14:paraId="64357E78" w14:textId="35B22329" w:rsidR="0011F0B2" w:rsidRDefault="0011F0B2" w:rsidP="1A6B2377">
+      <w:r w:rsidR="38AFF4FA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="38AFF4FA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Chiara</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="38AFF4FA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Moore (MDPH), Xiaohui Cui (MDPH)</w:t>
+      </w:r>
+      <w:r w:rsidR="662AAF29" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Marianina Stewart (MDPH)</w:t>
+      </w:r>
+      <w:r w:rsidR="6F9D8194" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Malena Hood (MDPH), Fifi Diop (MDPH), Sarah Stone (MDPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5563336D" w14:textId="4475D87F" w:rsidR="1CB969BC" w:rsidRDefault="1CB969BC" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...56 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="451E0EEA" w14:textId="2DA5E6B1" w:rsidR="06624389" w:rsidRDefault="06624389" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
-      <w:r w:rsidR="6F31F753" w:rsidRPr="1A6B2377">
-[...9 lines deleted...]
-    <w:p w14:paraId="43C7BA3B" w14:textId="3E55A1AC" w:rsidR="6F31F753" w:rsidRDefault="6F31F753" w:rsidP="1A6B2377">
+    </w:p>
+    <w:p w14:paraId="3AAC67AA" w14:textId="4C45EE30" w:rsidR="4A36F92E" w:rsidRDefault="47CB770B" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...54 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Examine prevalence and characteristics associated with pregnancy-associated mortality among priority populations and how multiple factors intersect to increase risk for some groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFB2BE7" w14:textId="2FC1756B" w:rsidR="4A36F92E" w:rsidRDefault="4A36F92E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64859DB8" w14:textId="7F7A4AC6" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D92591C" w14:textId="0C42BC21" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc1077812007"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc2009884238"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc213142365"/>
+      <w:r>
+        <w:t>Explicating Disparities in the Impact of PTSD on Opioid Use, Disorder, and Treatment Outcomes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="741BB7E2" w14:textId="31DCD704" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04A077D9" w14:textId="420D526E" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="270" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Natrina Johnson (BUSPH) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4578D1" w14:textId="52749B82" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="270" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F89B636" w14:textId="64F80606" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="455E489C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="270" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Danielle Haley (BUSPH), Laura White (BUSPH), Jake Morgan (BUSPH), Bruce Schackman (Cornell Medicine), Amy Yule (BU/BMC)</w:t>
+      </w:r>
+      <w:r w:rsidR="37BF669D" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC103D" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Prasad</w:t>
+      </w:r>
+      <w:r w:rsidR="37BF669D" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Patil</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC103D" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BUSPH</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC103D" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="37BF669D" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,  Meghan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="37BF669D" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Morris</w:t>
+      </w:r>
+      <w:r w:rsidR="72E6CD01" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UCSF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C3FD15" w14:textId="21746A81" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="270" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59260088" w14:textId="70BA4B82" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="12DC6616" w:rsidRPr="1A6B2377">
-[...45 lines deleted...]
-    <w:p w14:paraId="78038C77" w14:textId="1B9FC1F9" w:rsidR="71CE92EC" w:rsidRDefault="71CE92EC" w:rsidP="1A6B2377">
+    </w:p>
+    <w:p w14:paraId="505E5A9A" w14:textId="23F52944" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="5916822E" w14:textId="717B9C15" w:rsidR="71CE92EC" w:rsidRDefault="71CE92EC" w:rsidP="1A6B2377">
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: To describe differences in healthcare utilization and outcomes for people who have documented OUD with and without co-occurring PTSD during a one-year observation period between the years 2014 and 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C51A7BA" w14:textId="2DFA7853" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="311" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>H1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: People with co-occurring OUD-PTSD will utilize less routine outpatient services (e.g., office-based addiction treatment), more non-routine services (e.g., hospitalizations), and have higher incidence of poor outcomes (e.g., fatal and non-fatal overdose) compared to people with OUD who do not have PTSD. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7437919B" w14:textId="0B033596" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:rPr>
-[...392 lines deleted...]
-    <w:p w14:paraId="03AB1EBE" w14:textId="7FF32FB7" w:rsidR="21908732" w:rsidRDefault="21908732" w:rsidP="1A6B2377">
+        <w:spacing w:after="0" w:line="311" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: To determine relationships between community-level social economic factors and continuity of OUD treatment for people with OUD who do and do not have co-occurring PTSD, by incorporating contextual community-level data (e.g., the American Community Survey) into multilevel modeling to investigate differences in health utilization and outcomes. We will also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>explore</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the potential of creating a measure of neighborhood incarceration rates by aggregating person-level data from the HOC dataset, and a measure of geographic access to substance use treatment by census tract to incorporate in analyses. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB802AA" w14:textId="7D3C8C7F" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="311" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>H2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: People with OUD living in geographical areas with lower rates of racial segregation, lower rates of household crowding, and lower rates of education below the 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade level, will have longer continuity of MOUD, but the association will be attenuated among patients with co-occurring PTSD. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C1D39F" w14:textId="24476D0F" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="2E47C276" w14:textId="325697B7" w:rsidR="21908732" w:rsidRDefault="21908732" w:rsidP="1A6B2377">
+        <w:spacing w:after="0" w:line="311" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Among people with PTSD-OUD, to forecast differences in costs of healthcare utilization among those who utilize MOUD and psychotherapeutic treatment versus MOUD alone.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E940B1" w14:textId="1202ACD2" w:rsidR="44C97027" w:rsidRDefault="7B4E91D8" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="311" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>H3:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> People with co-occurring OUD-PTSD who utilize both MOUD and psychotherapeutic treatment will have lower costs associated with ED visits and hospitalizations compared to people with OUD-PTSD who utilize MOUD alone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266EC8F2" w14:textId="2F24E0AA" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A6A7831" w14:textId="6C624B38" w:rsidR="44C97027" w:rsidRDefault="2BAE5337" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc1453043968"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc1348253698"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc213142366"/>
+      <w:r>
+        <w:t>BSAS Access to Treatment (ATR) Client Health Outcomes and Utilization of Treatment &amp; Public Services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="01F57FF0" w14:textId="7A76F54B" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B74CEFF" w14:textId="53141EC6" w:rsidR="44C97027" w:rsidRDefault="3052DED6" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Hermik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Babakhanlou-Chase (MDPH) &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Christopher Massad (MDPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DCD0A1" w14:textId="5CA3F909" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D0FA259" w14:textId="75BDA11D" w:rsidR="44C97027" w:rsidRDefault="3052DED6" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="012322F0" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>arc LaRochelle (BUSM), Nicole Schmitt (MDPH), Sarah Ruiz (MDPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475394EA" w14:textId="552049C4" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB187B4" w14:textId="07694686" w:rsidR="44C97027" w:rsidRDefault="3052DED6" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidR="337F0D7B" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57453488" w14:textId="272CA8EF" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="334AA2BB" w14:textId="3BCE2813" w:rsidR="21908732" w:rsidRDefault="21908732" w:rsidP="1A6B2377">
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Incarceration:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63305245" w14:textId="4E3E551D" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>What is the frequency and incidence rate of incarceration/recidivism to the criminal justice system prior to, during, after ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C5E6C1" w14:textId="52BF53A5" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How much time do ATR clients spend </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>incarcerated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>prior</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, during, after ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382788CB" w14:textId="2367483B" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures vary by in time (e.g. before COVID-19 pandemic as compared to during/after and other possible change points)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1204EF32" w14:textId="7AA2564C" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures vary by sociodemographic differences?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0033D936" w14:textId="00B87DD1" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures vary by ATR disenrollment reason and length of engagement in ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AB89A0" w14:textId="295D3948" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures compare to other BSAS client populations such as residential and other BSAS services?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FF99E3" w14:textId="2C9B9AEF" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>EMS, ED, Inpatient:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B24E071" w14:textId="2CDD9C18" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>What is the frequency and incidence rate of EMS events (opioid and non-opioid related) for ATR</w:t>
+      </w:r>
+      <w:r w:rsidR="36AB3C20" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>clients prior to, during, and after ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19016851" w14:textId="74E14530" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>What is the frequency and incidence rate of ED admissions (opioid and non-opioid related) for ATR</w:t>
+      </w:r>
+      <w:r w:rsidR="3FF4AD6A" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>clients prior to, during, and after ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019F156D" w14:textId="029307CF" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>What is the frequency and incidence rate of Inpatient hospital admissions (opioid and non-opioid</w:t>
+      </w:r>
+      <w:r w:rsidR="2FDBB85B" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>related) for ATR clients prior to, during, and after ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4A56EF" w14:textId="76E5BF80" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures vary by in time (e.g. before COVID-19 pandemic as compared to during/after</w:t>
+      </w:r>
+      <w:r w:rsidR="4A85755F" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and other possible change points)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312AC6B8" w14:textId="218637E8" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures vary by sociodemographic differences?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18931923" w14:textId="16344D0C" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures vary by ATR disenrollment reason and length of engagement in ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352905AA" w14:textId="7D88AF62" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How does BSAS service utilization compare to other BSAS client populations such as residential and</w:t>
+      </w:r>
+      <w:r w:rsidR="64CE8C3E" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>other BSAS services?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206F42A9" w14:textId="35A1697C" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mortality:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A200A79" w14:textId="3D3579B2" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>What is the absolute and age-adjusted client mortality rate?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C51C54" w14:textId="2CF552CF" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>What is the opioid-related and poisoning mortality rate(s)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEDC2C7" w14:textId="1AE5D483" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How does the death rate vary based in time from ATR enrollment start/end dates (relative to the</w:t>
+      </w:r>
+      <w:r w:rsidR="57DCFBA9" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>client)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAB71B1" w14:textId="04B41BA0" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How do these measures vary across in (absolute) time (e.g. before COVID-19 pandemic as compared</w:t>
+      </w:r>
+      <w:r w:rsidR="7DD3EEAE" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>to during/after and other possible change points)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4D95F3" w14:textId="4D6A301B" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How does the client death rate vary by sociodemographic differences?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1649F643" w14:textId="51A53E02" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How does the client death rate vary by ATR disenrollment reason and length of engagement in ATR?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212EF49C" w14:textId="725C6FEF" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>How does the client death rate compare to other BSAS client populations such as residential and</w:t>
+      </w:r>
+      <w:r w:rsidR="372F6E42" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>other BSAS services?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5729F2DA" w14:textId="3FF3ADE4" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sequence of Events:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7190AEED" w14:textId="3C832AE7" w:rsidR="44C97027" w:rsidRDefault="337F0D7B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>On an individual(s) basis, what combinations, order of events, and time between events do ATR and</w:t>
+      </w:r>
+      <w:r w:rsidR="4056CFA6" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>BSAS clients realize in way of BSAS admissions, incarceration,</w:t>
+      </w:r>
+      <w:r w:rsidR="2E4380D4" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>EMS/ED/Inpatient events, and</w:t>
+      </w:r>
+      <w:r w:rsidR="7FB72BFC" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mortality?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A01B1F3" w14:textId="60DDC0D3" w:rsidR="4A36F92E" w:rsidRDefault="4A36F92E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D325882" w14:textId="572B7ED6" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
+    <w:p w14:paraId="41A8905B" w14:textId="76ED520B" w:rsidR="4A36F92E" w:rsidRDefault="4A36F92E" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="521187C8" w14:textId="6F3E63E2" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D951087" w14:textId="1210CD32" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1378F24A" w14:textId="07A753AD" w:rsidR="71A5AEA9" w:rsidRDefault="7FE3FF09" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc1825193113"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc1285904305"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc213142367"/>
+      <w:r>
+        <w:t>Disability Community Health Needs Assessment</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="33D7B71A" w14:textId="7A76F54B" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE0C0F8" w14:textId="081CD09C" w:rsidR="71A5AEA9" w:rsidRDefault="7FE3FF09" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nassira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nicola, Deputy Director, OHE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682C7676" w14:textId="5CA3F909" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D02156C" w14:textId="7390E4B6" w:rsidR="71A5AEA9" w:rsidRDefault="7FE3FF09" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kimberl</w:t>
+      </w:r>
+      <w:r w:rsidR="6BD213C7" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>y Warsett (</w:t>
+      </w:r>
+      <w:r w:rsidR="5FA53A4C" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DPH), Nicholas Griffiths (DPH), Amy Bettano (DPH)</w:t>
+      </w:r>
+      <w:r w:rsidR="39784E79" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Bianey Ramirez (DPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71229FA3" w14:textId="552049C4" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E42E7B1" w14:textId="1CC8E82C" w:rsidR="71A5AEA9" w:rsidRDefault="7FE3FF09" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F14570" w14:textId="6989ED7F" w:rsidR="71A5AEA9" w:rsidRDefault="2F325FA5" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Overall, the aim of this project is to provide descriptive statistics on the experiences of individuals with</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A07A7C" w14:textId="07AC92CC" w:rsidR="71A5AEA9" w:rsidRDefault="2F325FA5" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>disabilities in Massachusetts. These results will be compared to other statewide analyses such as the</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7C8478" w14:textId="4C974AA5" w:rsidR="71A5AEA9" w:rsidRDefault="2F325FA5" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>COVID Community Impact Survey (CCIS) and BRFSS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15035AF9" w14:textId="51D531C5" w:rsidR="71A5AEA9" w:rsidRDefault="2F325FA5" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1 is a descriptive analysis of individuals with disabilities in the PHD, including frequencies of the overall population with disabilities and populations by disability category. Demographic and socioeconomic characteristics will be analyzed, including age, race/ethnicity, sex, geographical distribution, rurality, insurance coverage (public versus private), history of incarceration, housing status, and institutionalization status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4BF08A" w14:textId="70F96A75" w:rsidR="71A5AEA9" w:rsidRDefault="2F325FA5" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 2 is a descriptive analysis of healthcare access and utilization among individuals with disabilities, an analysis of the percent with chronic and secondary health conditions, the percent with diagnosed substance use disorders, the percent impacted by injury and violence, and the percent impacted by COVID-19.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B710A5D" w14:textId="5EF44BFF" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29EBEDAA" w14:textId="6D18F189" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B023E09" w14:textId="6DF06531" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B29D6C0" w14:textId="1286BD2B" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A7A72CB" w14:textId="16535214" w:rsidR="71A5AEA9" w:rsidRDefault="4600EDCE" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc779528797"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc433324"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc213142368"/>
+      <w:r>
+        <w:t>Adverse Health Consequences of Risky Prescription Stimulant Use</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="3DBB8C14" w14:textId="42C42993" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B161482" w14:textId="40D758AF" w:rsidR="71A5AEA9" w:rsidRDefault="10F9B0D7" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:r w:rsidR="2BA71139" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="02B4EC18" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="02B4EC18" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Lauren Moran, MD MPH</w:t>
+      </w:r>
+      <w:r w:rsidR="60EED820" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Alex DeNadai, PhD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1B0F0F" w14:textId="0DA1AD52" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="493F3B18" w14:textId="62E75EE3" w:rsidR="71A5AEA9" w:rsidRDefault="10F9B0D7" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidR="405E5B69" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="405E5B69" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ekta Patil</w:t>
+      </w:r>
+      <w:r w:rsidR="6A64126B" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (McLean)</w:t>
+      </w:r>
+      <w:r w:rsidR="405E5B69" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0EF55A80" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>John Hsu</w:t>
+      </w:r>
+      <w:r w:rsidR="5A089210" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+      <w:r w:rsidR="0EF55A80" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="405E5B69" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Scott Weiner</w:t>
+      </w:r>
+      <w:r w:rsidR="3FAE6075" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+      <w:r w:rsidR="405E5B69" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Brain Healy</w:t>
+      </w:r>
+      <w:r w:rsidR="74AE637C" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+      <w:r w:rsidR="7058D679" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="7058D679" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="424242"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Alex DeNadai (McLean), Ryan Zamora (McLean)</w:t>
+      </w:r>
+      <w:r w:rsidR="4634615A" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="424242"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="4634615A" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="424242"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Yeonsoo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="4634615A" w:rsidRPr="74242AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="424242"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Park (MGB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC141DD" w14:textId="33ADD4BE" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097D5F25" w14:textId="1CC8E82C" w:rsidR="71A5AEA9" w:rsidRDefault="10F9B0D7" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E9C50D" w14:textId="11FE5B63" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50710434" w14:textId="3ACBBEDC" w:rsidR="71A5AEA9" w:rsidRDefault="149D7A23" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Aim 1 –To assess the impact of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>high risk</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prescription stimulant use on the risk of transitioning to illicit psychostimulants methamphetamine/cocaine and poly-substance use disorders (poly-SUD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48707FEC" w14:textId="433B7E9F" w:rsidR="149D7A23" w:rsidRDefault="149D7A23" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will examine impact of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>high risk</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prescription stimulant use on all drug-related non-fatal and fatal overdoses, with specific focus on the role of poly-SUD involving opioids and multiple drug types (e.g., illicit psychostimulants, fentanyl, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF0E2D4" w14:textId="0A1D9FF1" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23441BEA" w14:textId="541BD473" w:rsidR="71A5AEA9" w:rsidRDefault="149D7A23" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aim 2 –To assess the impact of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>high risk</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prescription stimulant use on incident psychosis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37931FF5" w14:textId="726CCCBC" w:rsidR="149D7A23" w:rsidRDefault="149D7A23" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>For these Aims, we will examine individual, social, policy, and care-related factors associated with drug-related adverse events (non-fatal and fatal overdoses; psychosis).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56716750" w14:textId="4CB18C89" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E730BD1" w14:textId="3E55C6BD" w:rsidR="71A5AEA9" w:rsidRDefault="149D7A23" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 3 –To use a data-drive method, group-based trajectory analysis, to identify groups of individuals with similar stimulant prescribing patterns and compare the risk of non-fatal/fatal overdoses and psychosis among these groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BCD362" w14:textId="09FAFDBC" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7280B941" w14:textId="7432C30B" w:rsidR="71A5AEA9" w:rsidRDefault="149D7A23" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>High risk prescription stimulant use will be defined as: 1) daily dose of ≥ 30 mg dextro-amphetamine equivalents; 2) utilization of multiple prescribers and pharmacies resulting in ≥ 3 overlapping stimulant prescriptions (doctor/pharmacy shopping); or 3) co-prescribing of stimulants with opioids and/or benzodiazepines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FBC1B8" w14:textId="3C4E7E13" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CE5CBD2" w14:textId="002FE3F9" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50BD3D77" w14:textId="430F7AA7" w:rsidR="71A5AEA9" w:rsidRDefault="6C9BC6C3" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc1065195570"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc185779000"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc213142369"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="4A52D32C">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">sparities in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PrEP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, and Screening and Treatment for HIV, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>RElated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Health Outcomes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="0DAF6130" w14:textId="5EDFA117" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="642C2BFA" w14:textId="212E5205" w:rsidR="71A5AEA9" w:rsidRDefault="3E29A521" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Liisa Randall, Director, Office of Health Care Planning, Bureau of Infectious Disease and Laboratory Sciences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0F237A" w14:textId="0DA1AD52" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66578409" w14:textId="4B3A9213" w:rsidR="71A5AEA9" w:rsidRDefault="3E29A521" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidR="24F14E7B" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Catherine Brown (DPH), Linda Goldman (DPH), Laura Platt (DPH), Andrew Tibbs (DPH), Monica Morrison (DPH), Roksolana Hovdey (DPH)</w:t>
+      </w:r>
+      <w:r w:rsidR="362D3E88" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Betsey John (DPH)</w:t>
+      </w:r>
+      <w:r w:rsidR="695930DE" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="2836AA7F" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Anthony Osinski (DPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD68F93" w14:textId="33ADD4BE" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="202E86A2" w14:textId="1CC8E82C" w:rsidR="71A5AEA9" w:rsidRDefault="3E29A521" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A785A6B" w14:textId="2F26B1FB" w:rsidR="71A5AEA9" w:rsidRDefault="3E29A521" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assess responsiveness to prevention, screening, and treatment guidelines and recommendations, in the areas of HIV and hepatitis C (HCV) screening and treatment, and HIV </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PrEP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uptake, focused on PWID. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0301E99C" w14:textId="49553A11" w:rsidR="71A5AEA9" w:rsidRDefault="3E29A521" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe differences in practice and care, including continuity of care and health outcomes in terms of race and ethnicity, age, gender, housed status, history of incarceration, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>payer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and provider characteristics, geography, and over time. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2486FFE9" w14:textId="749CDC0D" w:rsidR="71A5AEA9" w:rsidRDefault="3E29A521" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identify and describe gaps or “missed opportunities” for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PrEP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, HIV and HCV screening, and HIV and/or HCV treatment that may be appropriately addressed through public health investment and/or policy reform.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5127C4FF" w14:textId="7E069845" w:rsidR="71A5AEA9" w:rsidRDefault="71A5AEA9" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35139E84" w14:textId="166796EA" w:rsidR="7278B32A" w:rsidRDefault="7278B32A" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D6108C4" w14:textId="0251B72D" w:rsidR="67BEB8DF" w:rsidRDefault="79049E38" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc1271052996"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc1088391018"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc213142370"/>
+      <w:r>
+        <w:t>Assessment of Alcohol Use Disorder and Problematic Alcohol Use</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="66145E41" w14:textId="5C3A77C1" w:rsidR="4854E98E" w:rsidRDefault="4854E98E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72700ED5" w14:textId="5CD6ED1E" w:rsidR="79049E38" w:rsidRDefault="79049E38" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Amy Bettano (DPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C74D206" w14:textId="0DA1AD52" w:rsidR="4854E98E" w:rsidRDefault="4854E98E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459BF17A" w14:textId="197E2E93" w:rsidR="79049E38" w:rsidRDefault="79049E38" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dana Bernson (DPH), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kuan</w:t>
+      </w:r>
+      <w:r w:rsidR="38184C14" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gying</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="38184C14" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chen (Tufts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD00E85" w14:textId="13E0D359" w:rsidR="4854E98E" w:rsidRDefault="4854E98E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53411090" w14:textId="1CC8E82C" w:rsidR="38184C14" w:rsidRDefault="38184C14" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BA0982" w14:textId="338A683C" w:rsidR="5F4581BB" w:rsidRDefault="5F4581BB" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Determine the prevalence of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCF8AB4" w14:textId="17C4DB0F" w:rsidR="5F4581BB" w:rsidRDefault="5F4581BB" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Alcohol use disorder (AUD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094B113C" w14:textId="2B829E61" w:rsidR="5F4581BB" w:rsidRDefault="5F4581BB" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Alcohol-related incidents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E16B2DE" w14:textId="44897D5A" w:rsidR="5F4581BB" w:rsidRDefault="5F4581BB" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Infants/Newborns exposed to alcohol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021749CC" w14:textId="5191B383" w:rsidR="5F4581BB" w:rsidRDefault="5F4581BB" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Treatment for AUD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0E257C" w14:textId="1626C068" w:rsidR="5F4581BB" w:rsidRDefault="5F4581BB" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Calculate how many people with AUD also have evidence of other substance-related use disorders (specifically Opioid Use Disorder and/or opioid overdoses, and stimulant use disorders)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A674E63" w14:textId="1B0C13D3" w:rsidR="2624AF1F" w:rsidRDefault="2624AF1F" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB4AE1F" w14:textId="47E4B49C" w:rsidR="4854E98E" w:rsidRDefault="2683D415" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc320878465"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc495086533"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc213142371"/>
+      <w:r>
+        <w:t>Section 138 Analysis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="32953A53" w14:textId="2DD54341" w:rsidR="67BEB8DF" w:rsidRDefault="67BEB8DF" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DB41D1" w14:textId="4988F434" w:rsidR="44C97027" w:rsidRDefault="2683D415" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project Lead:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Benjamin Bovell-Ammon</w:t>
+      </w:r>
+      <w:r w:rsidR="5A05BEFF" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Baystate Medical Center</w:t>
+      </w:r>
+      <w:r w:rsidR="134541B3" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="5A05BEFF" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Umass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="5A05BEFF" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5123C492" w14:textId="0DA1AD52" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09BEF4D4" w14:textId="71EE7F5B" w:rsidR="44C97027" w:rsidRDefault="2683D415" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="4AD58061" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="4AD58061" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC), Linnea Evans (UMass), Elizabeth Evans (UMass), Peter Friedmann (Baystate/</w:t>
+      </w:r>
+      <w:r w:rsidR="276A8CFF" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UMass), Marc Larochelle (BMC/BUSM), Alexander Walley (BM</w:t>
+      </w:r>
+      <w:r w:rsidR="6AEEBF4F" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C/BUSM/BSAS), Sarah Bagley (BMC/BUSM), </w:t>
+      </w:r>
+      <w:r w:rsidR="60E7FA82" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Alicia Ventura (BMC)</w:t>
+      </w:r>
+      <w:r w:rsidR="3ECFA248" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Jessie Calihan (BMC)</w:t>
+      </w:r>
+      <w:r w:rsidR="11A059AE" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Aaron </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="11A059AE" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sarvet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="11A059AE" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UMass)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AB702A" w14:textId="56C6EA7F" w:rsidR="6CC9B5A2" w:rsidRDefault="6CC9B5A2" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C0B12D" w14:textId="13E0D359" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FBED5A2" w14:textId="1CC8E82C" w:rsidR="44C97027" w:rsidRDefault="2683D415" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="291" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5CC297" w14:textId="48FF5F7F" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: Describe the individual characteristics, treatment and aftercare, and post-acute treatment outcomes among cohorts of people civilly committed to substance use disorder (SUD) treatment under Section 35 (S.35), people voluntarily entering SUD treatment, and people with OUD in acute crisis not accessing treatment. Specifically, we will consider the following items (not necessarily an exhaustive list):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A81FA1A" w14:textId="0BD4D305" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Patient characteristics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: including SUD type, polysubstance use, age, gender, pregnancy, race/ethnicity, homelessness, incarceration history, co-occurring mental illness, insurance coverage, geography (rurality, region</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="624C3BEB" w14:textId="2C53F50E" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>For youth/young adults (ages 13-21)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: describe, if possible, DCF/DYS involvement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D61707" w14:textId="1D83D03A" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Index treatment episode</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: including length of stay; level of care (if available, e.g. ATS vs. CSS) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A824C35" w14:textId="77B1E22E" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Post-release care (aftercare)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: subsequent SUD program enrollment (CSS, residential, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>outpt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>); for patients with OUD: receipt of medications for opioid use disorder (MOUD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56437A09" w14:textId="27670192" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Primary Outcomes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: fatal and nonfatal opioid-related overdose</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6B51BD" w14:textId="7D37FDA6" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Secondary Outcomes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: all-cause mortality, incarceration, post-acute MOUD receipt and residential treatment; repeat S.35 commitment; medical &amp; psychiatric hospitalization</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5135B0AB" w14:textId="2182D64C" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sub-Aim 1a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Compare these measures between involuntary (S.35) treatment admissions, voluntary SUD treatment admissions of a similar level of care, and acute crisis episodes without treatment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37957652" w14:textId="605DC8D8" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sub-Aim 1b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: Describe these measures by race/ethnicity, gender, and age categories and including intersectionality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6BB50F" w14:textId="52D895C3" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sub-Aim 1c:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Compare these measures across S.35 treatment sites, i.e. the 10 different sites overseen by 4 different agencies (DPH/BSAS, DMH, DOC, and Hampden County HOC). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004EFE2A" w14:textId="337354A6" w:rsidR="44C97027" w:rsidRDefault="2A20C29C" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Given the diversity of programs and sites (4 different agencies overseeing a total of 10 sites) and the statistical challenges of multiple comparisons in a finite sample, we will describe the variation in characteristics and outcomes across sites without applying the causal inference methods that we apply to the other questions in this analysis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F48474B" w14:textId="4C88CBE9" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C12E804" w14:textId="572EA186" w:rsidR="44C97027" w:rsidRDefault="35597C72" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="253" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Evaluate the effectiveness of involuntary (S.35) SUD treatment vs. voluntary SUD treatment (of a similar level of care) for the outcomes of fatal and nonfatal opioid-related overdose, using two different study designs to address confounding. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01599B72" w14:textId="1908A71B" w:rsidR="44C97027" w:rsidRDefault="35597C72" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sub-Aim 2a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Conduct a head-to-head comparative effectiveness study between all involuntary and voluntary treatment admissions, using propensity score weighting to adjust for measured confounders. Applying the target trial emulation framework, we will align the timing of study eligibility, treatment assignment, and the start of follow-up time for each eligible observation at the index admission to SUD treatment (either voluntary or involuntary) and assess subsequent outcomes between the two groups. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183C76ED" w14:textId="083227B8" w:rsidR="44C97027" w:rsidRDefault="35597C72" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sub-Aim 2b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Conduct a crossover cohort study among patients who had episodes of both types of SUD treatment (with a sufficient ‘washout’ period in between), to compare the effectiveness of involuntary (S.35) vs. voluntary SUD treatment (of a similar level of care). We again would employ the target trial emulation framework but with a different study design to complement the head-to-head study in 2a above. The crossover study design adds an additional strategy for reducing potential confounder bias by allowing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>each individual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to serve as their own control (or counterfactual), and we will still </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>control for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> confounders that might vary between treatment episodes for the same individual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DCF933" w14:textId="4F64F07A" w:rsidR="44C97027" w:rsidRDefault="44C97027" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A5DA4FC" w14:textId="5B126C1A" w:rsidR="44C97027" w:rsidRDefault="35597C72" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Evaluate involuntary SUD treatment (S.35), compared to not being civilly committed to involuntary treatment, among individuals who had survived an opioid-related overdose in the preceding week, for the outcomes of fatal and nonfatal opioid-related overdose. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aim 2, we would apply the target trial emulation framework and use propensity score weighting to adjust for measured confounders. Because many individuals who were civilly committed to involuntary treatment would not have voluntarily sought treatment at that time, this aim would </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>consider that counterfactual—in other words, the impact of Massachusetts not having the S.35 policy in place. To be civilly committed under S.35, a court must have determined that someone’s substance use was sufficiently dangerous at that time, so using nonfatal overdose as the index event (required for inclusion in either treatment arm of the study) will facilitate the selection of a control group whose OUD was likely to be in a similar stage of severity at that time. We might also consider additional types of OUD-related crises as index events depending on feasibility (see details in Analytic Plan below).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0085E330" w14:textId="22895E56" w:rsidR="56AB3717" w:rsidRDefault="1BBD5315" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc421565500"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc1895293401"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc213142372"/>
+      <w:r>
+        <w:t>Descriptive factors of non-fatal gunshot wounds versus fatal gunshot wounds</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="0AB27D4F" w14:textId="021EBE5B" w:rsidR="09B9F156" w:rsidRDefault="1BBD5315" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Devon Dunn (MADPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B723AFC" w14:textId="35B22329" w:rsidR="6E40B02A" w:rsidRDefault="6E40B02A" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1E41E0" w14:textId="46821341" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Devon Dunn</w:t>
+      </w:r>
+      <w:r w:rsidR="6207D759" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MADPH)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Amy Bettano</w:t>
+      </w:r>
+      <w:r w:rsidR="5855F674" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MADPH)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Elizabeth Pino</w:t>
+      </w:r>
+      <w:r w:rsidR="7D8B4A57" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BMC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Megan Georges</w:t>
+      </w:r>
+      <w:r w:rsidR="3A56B467" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BMC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E24BE69" w14:textId="0CF7D681" w:rsidR="6E40B02A" w:rsidRDefault="6E40B02A" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="276FD634" w14:textId="2287B12E" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB38D19" w14:textId="16A19EA3" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>What is the prevalence of: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4836CCAD" w14:textId="6FE330E7" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Non-fatal gunshot wounds (GSW)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DD708D" w14:textId="03450CE8" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fatal gunshot wounds </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072FF717" w14:textId="1F76CBAC" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>analyses</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0F10B6" w14:textId="3F5CCA49" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Medical needs after GSW– number of visits to the ED within a year after GSW?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E8EA53" w14:textId="0BD04C2C" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Recurrent firearm injuries</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7125DD2F" w14:textId="675F038D" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are individuals who have been victims once more likely to be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>victims</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> additional times?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C86A77" w14:textId="79BFDFB7" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>More</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> likely to have fatal GSW?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D17DA7F" w14:textId="63F3D9AC" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Encounters with the DOC/HOC before vs. after the injury?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2ABAE8" w14:textId="67791FB1" w:rsidR="1BBD5315" w:rsidRDefault="1BBD5315" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>What is the manner of firearm injury?  Assaultive, unintentional, self-inflicted, legal intervention?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6028513B" w14:textId="2F3B192A" w:rsidR="6E40B02A" w:rsidRDefault="6E40B02A" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D325882" w14:textId="26DE1E6A" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="7EBA5DBA" w14:textId="18EEE258" w:rsidR="21908732" w:rsidRDefault="7715DC75" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc66047639"/>
-      <w:r w:rsidRPr="0C1B3B30">
+      <w:bookmarkStart w:id="45" w:name="_Toc1109863110"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc746787020"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc213142373"/>
+      <w:r>
         <w:t>Differences in Prescribed Stimulant Medications by Demographic Characteristics: Pre- and Post-COVID-19 Response</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="69286D8F" w14:textId="4ACF58BB" w:rsidR="21908732" w:rsidRDefault="21908732" w:rsidP="1A6B2377">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="480" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Lead: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="46044B0C" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Netrali Dalvi, Prescription Monitoring Program (PMP), Bureau of Health Professions and Licensure (BHPL).</w:t>
+        <w:t>Netrali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="46044B0C" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dalvi, Prescription Monitoring Program (PMP), Bureau of Health Professions and Licensure (BHPL).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE839E6" w14:textId="5B15B7B0" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E00BDD4" w14:textId="59816C04" w:rsidR="25F0AE43" w:rsidRDefault="21908732" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6B32842E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidR="11F07E0F" w:rsidRPr="6B32842E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Danielle Valerio (MDPH), Leonard Young (MDPH)</w:t>
       </w:r>
       <w:r w:rsidR="58890A78" w:rsidRPr="6B32842E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, David Johnson (MDPH), James Lavery (MDPH), Ziming Xuan (BUSPH)</w:t>
       </w:r>
       <w:r w:rsidR="2E2B30CF" w:rsidRPr="6B32842E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>, Nassira Nicola (MDPH), Humberto Reynoso (MDPH), Perla Roberts</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="2E2B30CF" w:rsidRPr="6B32842E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nassira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="2E2B30CF" w:rsidRPr="6B32842E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nicola (MDPH), Humberto Reynoso (MDPH), Perla Roberts</w:t>
       </w:r>
       <w:r w:rsidR="3107C7DE" w:rsidRPr="6B32842E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (MDPH)</w:t>
       </w:r>
       <w:r w:rsidR="2E2B30CF" w:rsidRPr="6B32842E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="58F9AE01" w:rsidRPr="6B32842E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Lorraine Anyango</w:t>
       </w:r>
       <w:r w:rsidR="549B7E23" w:rsidRPr="6B32842E">
         <w:rPr>
           <w:sz w:val="18"/>
@@ -9610,64 +10699,71 @@
         </w:rPr>
         <w:t>Objective 3: Identify associations between stimulant use and health outcomes, including ED visits and hospitalizations, fatal/non-fatal overdoses, and mental health and neurological outcomes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E764EC0" w14:textId="7C9CC1D2" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B0F3D7D" w14:textId="5FB446A8" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E108679" w14:textId="3FD600AB" w:rsidR="25F0AE43" w:rsidRDefault="779E4024" w:rsidP="1D248960">
+    <w:p w14:paraId="5E108679" w14:textId="004A818E" w:rsidR="25F0AE43" w:rsidRDefault="779E4024" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc1663599821"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc1850818130"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc2112617336"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc213142374"/>
+      <w:r>
+        <w:t xml:space="preserve">ID </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75F13">
+        <w:t>TOUCH</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="3E20144A" w14:textId="2B9CF102" w:rsidR="25F0AE43" w:rsidRDefault="779E4024" w:rsidP="1D248960">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Lead</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
@@ -9683,93 +10779,167 @@
     <w:p w14:paraId="1EF38274" w14:textId="35B22329" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F02297" w14:textId="5CA0261B" w:rsidR="25F0AE43" w:rsidRDefault="779E4024" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidR="03E9B6B3" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Alma Bartnik (UMASS), </w:t>
       </w:r>
       <w:r w:rsidR="486E843E" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Angie Mae Rodday </w:t>
+        <w:t xml:space="preserve">Angie Mae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="486E843E" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rodday</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="486E843E" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="07136970" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Tufts), Liz Evans (Umass Amherst), Linnea Evans (Umass Amherst), </w:t>
+        <w:t>(Tufts), Liz Evans (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="07136970" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Umass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="07136970" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amherst), Linnea Evans (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="07136970" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Umass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="07136970" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amherst), </w:t>
       </w:r>
       <w:r w:rsidR="4196ECC5" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Peter Friedmann (Baystate), Kaitlyn Jaffe (UMASS), </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0C171FDB" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Brindet Socrates (BMC)</w:t>
+        <w:t>Brindet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0C171FDB" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Socrates (BMC)</w:t>
       </w:r>
       <w:r w:rsidR="383A3B0B" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">, SImeon Kimmel (BMC), Alex Walley (BMC), </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="383A3B0B" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SImeon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="383A3B0B" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kimmel (BMC), Alex Walley (BMC), </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E362368" w14:textId="6B0892E6" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52211FC8" w14:textId="0CF7D681" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -9828,2418 +10998,4087 @@
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Touch)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="177E359A" w14:textId="76EA4243" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="332B0A28" w14:textId="53BE7C76" w:rsidR="25F0AE43" w:rsidRDefault="090BD53A" w:rsidP="1A6B2377">
+    <w:p w14:paraId="332B0A28" w14:textId="53BE7C76" w:rsidR="25F0AE43" w:rsidRDefault="090BD53A" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1B: We want to analyze existing administrative data, which has been linked to the MA</w:t>
+      </w:r>
+      <w:r w:rsidR="3BEC5B60" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PHD Warehouse, on all incarcerated individuals with OUD released from the Suffolk jail</w:t>
+      </w:r>
+      <w:r w:rsidR="0F2A71CA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>system in 2019-2020 (n=2,360), with the inclusion of 2020-2021 data when available, to</w:t>
+      </w:r>
+      <w:r w:rsidR="2A67CD19" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>identify interactions with healthcare and other human services agencies (i.e., touchpoints) for</w:t>
+      </w:r>
+      <w:r w:rsidR="0E84DE7F" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>achieved or missed HIV care prior to jail entry, during incarceration, and after release.</w:t>
+      </w:r>
+      <w:r w:rsidR="2934A4FC" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Preliminary analyses have been completed under Mass</w:t>
+      </w:r>
+      <w:r w:rsidR="7872EA43" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>JCOIN on pre-incarceration</w:t>
+      </w:r>
+      <w:r w:rsidR="5FD733AA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>touchpoints among individuals who were and were not treated with MOUD while incarcerated.</w:t>
+      </w:r>
+      <w:r w:rsidR="609238BA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>We will assess post-release touchpoints, assist MDPH and Suffolk jails to include existing</w:t>
+      </w:r>
+      <w:r w:rsidR="1AADE01E" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>data from the jails’ electronic health records on HIV testing during incarceration in PHD</w:t>
+      </w:r>
+      <w:r w:rsidR="25FBF47C" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>warehouse data linkage for analysis, and analyze existing data in the PHD warehouse on use</w:t>
+      </w:r>
+      <w:r w:rsidR="4FD862D8" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of HIV healthcare and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PrEP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before and after incarceration. Results will be reviewed by the</w:t>
+      </w:r>
+      <w:r w:rsidR="419E459D" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Community Advisory Board (CAB) to further refine ID-TOUCH. Finally, during the</w:t>
+      </w:r>
+      <w:r w:rsidR="1C9F00B8" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>developmental phase, we will recruit and train staff, and establish procedures for data quality</w:t>
+      </w:r>
+      <w:r w:rsidR="1709E2EE" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>assurance, encryption, and transfer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338D6443" w14:textId="7F85F965" w:rsidR="25F0AE43" w:rsidRDefault="090BD53A" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>AIM 2:</w:t>
+      </w:r>
+      <w:r w:rsidR="1363054B" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>We want to conduct a longitudinal quasi-experimental outcome study that utilizes the</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FFB9B1" w14:textId="194C4FC5" w:rsidR="25F0AE43" w:rsidRDefault="090BD53A" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PHD Warehouse. We will identify approximately 3,500 inmates with OUD released from the 2</w:t>
+      </w:r>
+      <w:r w:rsidR="2FA60840" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>participating Suffolk jails during the first 18 months after initiation of ID-TOUCH. PHD data</w:t>
+      </w:r>
+      <w:r w:rsidR="18F06ED6" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>received during the last year of the grant period will allow assessment of outcomes</w:t>
+      </w:r>
+      <w:r w:rsidR="5B111991" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>associated with receipt of in-jail HIV testing during the year after community reentry. We will</w:t>
+      </w:r>
+      <w:r w:rsidR="7227C9D8" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>compare the outcomes of individuals with OUD who were exposed to ID-TOUCH during</w:t>
+      </w:r>
+      <w:r w:rsidR="7878D244" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>incarceration (2025-2026 Suffolk releases) to the outcomes of individuals with OUD released</w:t>
+      </w:r>
+      <w:r w:rsidR="2BE656DA" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>before ID-TOUCH implementation (2022-2024 Suffolk releases) and in relation to the</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFB3584" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>outcomes of individuals with OUD released from Middlesex jails, a nearby, comparable, and</w:t>
+      </w:r>
+      <w:r w:rsidR="507FA6CC" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>contemporaneous jail system not involved in ID-TOUCH that will serve as a non-intervention</w:t>
+      </w:r>
+      <w:r w:rsidR="2B9BE68A" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>control site (2025- 2026 Middlesex releases). We will also assess intervention outcomes in</w:t>
+      </w:r>
+      <w:r w:rsidR="0DE15A39" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>relation to variability in site-level implementation practices across sites. We will focus on the</w:t>
+      </w:r>
+      <w:r w:rsidR="70FB794C" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>outcomes of individuals who are HIV negative at release and compare them to the outcomes</w:t>
+      </w:r>
+      <w:r w:rsidR="16771813" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>of individuals with an unknown HIV status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7258B19E" w14:textId="780A56B8" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C768494" w14:textId="435F166D" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D2A63A5" w14:textId="50E41A6F" w:rsidR="7987D0EC" w:rsidRDefault="7987D0EC" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3358F4EE" w14:textId="38B52D67" w:rsidR="5FFAE91D" w:rsidRDefault="5FFAE91D" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc150874436"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc230472698"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc213142375"/>
+      <w:r>
+        <w:t xml:space="preserve">HCS </w:t>
+      </w:r>
+      <w:r w:rsidR="5EF768F6">
+        <w:t>Analysis 4 – Emulated trial of the impact of implementing addiction consult services or bridge clinics in hospitals and emergency departments in HCS communities on post-discharge MOUD use</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="69B16AB7" w14:textId="7DBF02F3" w:rsidR="5FFAE91D" w:rsidRDefault="5FFAE91D" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidR="31AF1110" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Marc LaRochelle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0DEBC3" w14:textId="1BC24211" w:rsidR="5FFAE91D" w:rsidRDefault="5FFAE91D" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB77747" w14:textId="45D71708" w:rsidR="5FFAE91D" w:rsidRDefault="5FFAE91D" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidR="3F670849" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3F670849" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Hospitals and emergency departments that implemented an addiction consult service or bridge clinic in communities randomized to the intervention (Wave 1) will have higher rates of post-discharge MOUD use compared to wait-listed hospitals (Wave 2) that later implemented an addiction consult service or bridge clinic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6988F7C2" w14:textId="76553EA6" w:rsidR="7987D0EC" w:rsidRDefault="7987D0EC" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53EA2731" w14:textId="6D816A83" w:rsidR="788AFA01" w:rsidRDefault="22E511F2" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Toc98907036"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc1496521974"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc213142376"/>
+      <w:r>
+        <w:t xml:space="preserve">BCHAP. </w:t>
+      </w:r>
+      <w:r w:rsidR="5FFAE91D">
+        <w:t>Characterization of DIA Workers Comp Claims by Race/Ethnicity and Other Demographic- and Employment-related factors using Multiple Datasets in the PHD</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidR="5FFAE91D">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2000E9AD" w14:textId="733888FE" w:rsidR="5FFAE91D" w:rsidRDefault="5FFAE91D" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidR="00015BCB" w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kathleen Grattan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5490E633" w14:textId="16EF8717" w:rsidR="5FFAE91D" w:rsidRDefault="5FFAE91D" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kathleen Grattan (DPH), Dana Bernson (DPH), Emily Sparer-Fine (DPH), Leslie Boden (BU), Erika Sabbath (BC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>),  Devan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hawkins (MCPHS), Cora Roelofs (UML), Kathleen Fitzsimmons (DPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74051E0B" w14:textId="611B18A2" w:rsidR="5FFAE91D" w:rsidRDefault="5FFAE91D" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidR="5879B807" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A0331F" w14:textId="441359F2" w:rsidR="5879B807" w:rsidRDefault="5879B807" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1a) What is the distribution (%) of race/Hispanic ethnicity and nativity status among injured workers with workers’ comp claims in the PHD? Which worker group(s) have the highest rate “risk” of claims?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2815EDCD" w14:textId="6CDB4B38" w:rsidR="5879B807" w:rsidRDefault="5879B807" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1b) How do these distributions/rates vary by industry and/or occupation? What industries and/or occupations experience the highest rates?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07954C49" w14:textId="051B780B" w:rsidR="5879B807" w:rsidRDefault="5879B807" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2a) What is the distribution (%) of workers’ comp claims by sex, education, primary spoken language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="881798"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>veteran status, homeless status, incarceration status and disability status? Whic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>h worker group(s) have the highest rate “risk” of claims?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B031FE" w14:textId="371FC920" w:rsidR="7987D0EC" w:rsidRDefault="5879B807" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           2b) How do these distributions/rates vary by industry and/or occupation? What industries and/or occupations experience the highest rates?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059261F8" w14:textId="33B6A586" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="365E4BC1" w14:textId="5E312E71" w:rsidR="6941239E" w:rsidRDefault="3ABEC3DE" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc609975102"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc1433867746"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc213142377"/>
+      <w:r>
+        <w:t>Sec</w:t>
+      </w:r>
+      <w:r w:rsidR="48A7CEC2">
+        <w:t>tion</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 33</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w14:paraId="76B3C421" w14:textId="5E5240A8" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Lead:</w:t>
+      </w:r>
+      <w:r w:rsidR="6608D6D8" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6608D6D8" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Christopher Massad (BSAS/OSE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18707A2C" w14:textId="5AEC90AD" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidR="7E5552F1" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Catherine Urquhart (BSAS), Jacob Freedman (BSAS), Kyler Groner (BSAS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77771B76" w14:textId="71EB8DE6" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidR="2B203663" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2B203663" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This analysis is intended to provide descriptive statistics of trends of mortality and morbidity from substance use </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2B203663" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">among historically marginalized populations, which may potentially identify groups for which additional supports may </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2B203663" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>be indicated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32011AC7" w14:textId="4F3FDE72" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74448A2F" w14:textId="381C7E80" w:rsidR="6941239E" w:rsidRDefault="0F93C179" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="_Toc348493535"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc1730974607"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc213142378"/>
+      <w:r>
+        <w:t>Growth and Decline in SNAP Generosity: Outcome and Equity Implications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="2E9129C9" w14:textId="63C75EB9" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidR="72067047" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rajan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="72067047" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sonik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="46B7A772" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50869902" w14:textId="72B045CA" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidR="0E8DC313" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bianca </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0E8DC313" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Porneala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="32C10117" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="0E8DC313" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Natalie Moresco</w:t>
+      </w:r>
+      <w:r w:rsidR="5FE86911" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="0E8DC313" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Kimberley Nicholson</w:t>
+      </w:r>
+      <w:r w:rsidR="1B7780CE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="0E8DC313" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Maya Stantchev</w:t>
+      </w:r>
+      <w:r w:rsidR="369F7B79" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="369F7B79" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="0E8DC313" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Jayln Allen</w:t>
+      </w:r>
+      <w:r w:rsidR="5307A5E1" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="0E8DC313" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, William Crow</w:t>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="33DFDF56" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Monika Mitra</w:t>
+      </w:r>
+      <w:r w:rsidR="1EAA2D72" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis)</w:t>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Benjamin Cook</w:t>
+      </w:r>
+      <w:r w:rsidR="5AC8C52F" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Michael Flores</w:t>
+      </w:r>
+      <w:r w:rsidR="13F747B7" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Akhil Reddy</w:t>
+      </w:r>
+      <w:r w:rsidR="72FA3D2D" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, John Hsu</w:t>
+      </w:r>
+      <w:r w:rsidR="67A1252F" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+      <w:r w:rsidR="50F418AE" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Vicki Fung</w:t>
+      </w:r>
+      <w:r w:rsidR="6A68781E" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Harvard)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29BC08AE" w14:textId="656D85D6" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1D248960">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Supplemental Nutrition Assistance Program (SNAP) has been shown to reduce but not eliminate food </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">insecurity, suggesting that enhanced levels of SNAP benefits may further reduce food insecurity and associated </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unfavorable healthcare outcomes, particularly among racial/ethnic minorities and people with disabilities, for whom </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">these phenomena are disproportionately prevalent and impactful. While addressing concurrent pandemic and public </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policy-related changes, this project will exploit a staggered set of natural experiments created by the Families First </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coronavirus Response Act (FFCRA) to examine the effects of SNAP benefits on healthcare outcomes and disparities by </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="2AC3AD2B" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>race/ethnicity and disability status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341E7731" w14:textId="47FCE779" w:rsidR="6941239E" w:rsidRDefault="0E2240B9" w:rsidP="1D248960">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Toc356284800"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc1890488871"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc213142379"/>
+      <w:r>
+        <w:t>Unwinding pandemic-era social programs: Effects on healthcare outcomes and disparities</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="7ABB4ED4" w14:textId="2696822D" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidR="0E84F279" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rajan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0E84F279" w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sonik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66869EA3" w14:textId="42C0FC8B" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidR="16E17E11" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="33DC7CC3" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bianca </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="33DC7CC3" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Porneala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="33DC7CC3" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Brandeis), Natalie Moresco (Brandeis), Kimberley Nicholson (Brandeis), Maya Stantchev </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="33DC7CC3" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Brandeis), Jayln Allen (Brandeis), William Crown (Brandeis), Monika Mitra (Brandeis), Benjamin Cook (Harvard), </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="33DC7CC3" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Michael Flores (Harvard), Akhil Reddy (Harvard), John Hsu (Harvard), Vicki Fung (Harvard), Aisli Valencia (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="33DC7CC3" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>AltaMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="33DC7CC3" w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15796C07" w14:textId="57E5FB9C" w:rsidR="6941239E" w:rsidRDefault="6941239E" w:rsidP="1A6B2377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This project will study the effects of the expiration of programs introduced in response to the COVID-19 Pandemic </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that increased social welfare generosity; in particular, it will leverage natural experiments created when increases to </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supplemental Nutrition Assistance Program (SNAP) benefits were unwound, including unique ways in which this was </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">done in Massachusetts. To strengthen causal understandings regarding relationships between social programs like </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SNAP and healthcare outcomes, this project will estimate the effects of SNAP unwinding on Medicaid event </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rates </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>preventive use, unfavorable event rates, and expenditures) and on disparities in these event rates by disability, race</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="517DA26F" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ethnicity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0077C2" w14:textId="5CE8BE9D" w:rsidR="72E35AD7" w:rsidRDefault="72E35AD7" w:rsidP="251902FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="_Toc1966960071"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc1786617839"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc213142380"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comprehensive real-world evidence on off-label ketamine safety to inform regulatory and clinical decision making</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w14:paraId="50F4CEDE" w14:textId="59D61DAA" w:rsidR="251902FB" w:rsidRDefault="251902FB" w:rsidP="251902FB"/>
+    <w:p w14:paraId="3A3D7759" w14:textId="1D9286D8" w:rsidR="72E35AD7" w:rsidRDefault="72E35AD7" w:rsidP="251902FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Martin Wegman (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>American College of Emergency Physicians)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA94449" w14:textId="051FDABA" w:rsidR="72E35AD7" w:rsidRDefault="72E35AD7" w:rsidP="251902FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jonathan Fishe</w:t>
+      </w:r>
+      <w:r w:rsidR="57FAE819" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>American College of Emergency Physicians</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gerard Sanacora</w:t>
+      </w:r>
+      <w:r w:rsidR="0A12DBD9" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Yale School of Medicine)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Boris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Heifets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0D693710" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Stanford</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0D693710" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Michela</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Stephens</w:t>
+      </w:r>
+      <w:r w:rsidR="43378413" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Insights for Health)</w:t>
+      </w:r>
+      <w:r w:rsidR="799D77A5" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Johnny Ellzey</w:t>
+      </w:r>
+      <w:r w:rsidR="30BEE8EC" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="15388972" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="30BEE8EC" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>American College of Emergency Physicians)</w:t>
+      </w:r>
+      <w:r w:rsidR="799D77A5" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="629C71F2" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sandy Schneider </w:t>
+      </w:r>
+      <w:r w:rsidR="01442081" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="01442081" w:rsidRPr="5F0E76F0">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>American College of Emergency Physicians)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F04FB3" w14:textId="7B2593BD" w:rsidR="72E35AD7" w:rsidRDefault="72E35AD7" w:rsidP="251902FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D29412" w14:textId="3B15996B" w:rsidR="72E35AD7" w:rsidRDefault="72E35AD7" w:rsidP="251902FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+      <w:r w:rsidR="1FBE799B" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1FBE799B" w:rsidRPr="251902FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>This proposal aims to generate information on the safety and outcomes attributable to increasingly prevalent off-label medical and non-medical use of racemic ketamine. Specifically, we seek to leverage the PHD to examine the role of prescription ketamine (among initiators) on mortality and claims-based healthcare utilization outcomes relative to a similar comparison group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AB9E65" w14:textId="1DBBB76D" w:rsidR="251902FB" w:rsidRDefault="251902FB" w:rsidP="77E76515">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="642CA897" w14:textId="1B7E30CD" w:rsidR="1A6B2377" w:rsidRDefault="32131B8D" w:rsidP="77E76515">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="_Toc1541866465"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc1935450389"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc213142381"/>
+      <w:r>
+        <w:t>Interfacility Transfers of Birthing People in Massachusetts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="0A141ECD" w14:textId="32D98E48" w:rsidR="1A6B2377" w:rsidRDefault="1A6B2377" w:rsidP="77E76515"/>
+    <w:p w14:paraId="703D291C" w14:textId="0A7EC1DC" w:rsidR="1A6B2377" w:rsidRDefault="32131B8D" w:rsidP="77E76515">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidR="56D2841C" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Victoria Nielsen (MADPH), Muge Capan (U</w:t>
+      </w:r>
+      <w:r w:rsidR="63DB12C1" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="61017A21" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ass</w:t>
+      </w:r>
+      <w:r w:rsidR="56D2841C" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239D6DBA" w14:textId="5CA922E0" w:rsidR="1A6B2377" w:rsidRDefault="32131B8D" w:rsidP="77E76515">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="44C24BD2" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Jessica Boakye (UM</w:t>
+      </w:r>
+      <w:r w:rsidR="23B7B5FB" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ass</w:t>
+      </w:r>
+      <w:r w:rsidR="44C24BD2" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="1A6B2377">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D7949D" w14:textId="7B2CAEB9" w:rsidR="1A6B2377" w:rsidRDefault="32131B8D" w:rsidP="77E76515">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Aims: </w:t>
+      </w:r>
+      <w:r w:rsidR="7B9285C9" w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>The analysis will move in a hierarchical fashion, addressing each question in the following order:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AAF97D" w14:textId="20F49DF4" w:rsidR="1A6B2377" w:rsidRDefault="7B9285C9" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descriptive- How often </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IFTs occur among birthing people? What </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the demographic, social, and geographic characteristics of these patients? What are the facility characteristics where these IFTs tend to occur and are there any notable transfer patterns between facilities?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7137781A" w14:textId="0F5703B4" w:rsidR="1A6B2377" w:rsidRDefault="7B9285C9" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...269 lines deleted...]
-    <w:p w14:paraId="338D6443" w14:textId="7F85F965" w:rsidR="25F0AE43" w:rsidRDefault="090BD53A" w:rsidP="1A6B2377">
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Outcomes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5FD64D" w14:textId="3FCF9C20" w:rsidR="1A6B2377" w:rsidRDefault="7B9285C9" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
-[...273 lines deleted...]
-      <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5C768494" w14:textId="435F166D" w:rsidR="25F0AE43" w:rsidRDefault="25F0AE43" w:rsidP="1A6B2377">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="77E76515">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prediction- Are there organizational, patient, or environmental characteristics that predict an IFT occurring? Can we develop a model to predict IFT probability?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FF1428" w14:textId="1775B6D2" w:rsidR="1A6B2377" w:rsidRDefault="1A6B2377" w:rsidP="77E76515">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442E3E10" w14:textId="4C93082E" w:rsidR="49230EFE" w:rsidRDefault="3F499EF3" w:rsidP="5F0E76F0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_Toc1918721394"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc591272460"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc213142382"/>
+      <w:r>
+        <w:t>Injury Flags</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="70C8B8A8" w14:textId="32D98E48" w:rsidR="49230EFE" w:rsidRDefault="49230EFE" w:rsidP="45B76A31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...57 lines deleted...]
-    <w:p w14:paraId="5CBC4EB2" w14:textId="35B22329" w:rsidR="5FF7649D" w:rsidRDefault="5FF7649D" w:rsidP="1A6B2377">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1616BE87" w14:textId="6A74C42D" w:rsidR="49230EFE" w:rsidRDefault="6F1CCB1B" w:rsidP="45B76A31">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Elizabeth Erdman (DPH)</w:t>
+      </w:r>
+      <w:r w:rsidR="49230EFE">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA7709F" w14:textId="322229F0" w:rsidR="49230EFE" w:rsidRDefault="6F1CCB1B" w:rsidP="45B76A31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...1587 lines deleted...]
-    <w:p w14:paraId="76AAF97D" w14:textId="20F49DF4" w:rsidR="1A6B2377" w:rsidRDefault="7B9285C9" w:rsidP="77E76515">
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EAC30FD" w14:textId="14919970" w:rsidR="6F1CCB1B" w:rsidRDefault="6F1CCB1B" w:rsidP="45B76A31">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1: Develop five total violence-related flags:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2C076E" w14:textId="61F3F395" w:rsidR="3DBD3017" w:rsidRDefault="3DBD3017" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="77E76515">
-[...8 lines deleted...]
-    <w:p w14:paraId="7137781A" w14:textId="0F5703B4" w:rsidR="1A6B2377" w:rsidRDefault="7B9285C9" w:rsidP="77E76515">
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Assault</w:t>
+      </w:r>
+      <w:r w:rsidR="4839FF78" w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="6F1CCB1B" w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Intentional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7B68DA" w14:textId="6EA175D0" w:rsidR="6F1CCB1B" w:rsidRDefault="6F1CCB1B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Unintentional/accidental</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F34793A" w14:textId="69224E19" w:rsidR="6F1CCB1B" w:rsidRDefault="6F1CCB1B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Self-inflicted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051000E3" w14:textId="6018E150" w:rsidR="6F1CCB1B" w:rsidRDefault="6F1CCB1B" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Undetermined or unspecified</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D8CA91" w14:textId="7C4337E7" w:rsidR="6F1CCB1B" w:rsidRDefault="6F1CCB1B" w:rsidP="109EFD67">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Legal/other </w:t>
+      </w:r>
+      <w:r w:rsidR="5963A9E8" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>injury</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FC584E" w14:textId="7B002F84" w:rsidR="6F1CCB1B" w:rsidRDefault="6F1CCB1B" w:rsidP="45B76A31">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45B76A31">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 2: Run baseline statistics on the prevalence of trauma/violence in the PHD, break the data out by DPH priority populations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3694F240" w14:textId="4375BD55" w:rsidR="45B76A31" w:rsidRDefault="45B76A31" w:rsidP="45B76A31">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A56BBAF" w14:textId="4D80B360" w:rsidR="0D7EB7B9" w:rsidRDefault="0D7EB7B9" w:rsidP="1D248960">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CED4D16" w14:textId="5CA50E4A" w:rsidR="0D7EB7B9" w:rsidRDefault="0D7EB7B9" w:rsidP="0D7EB7B9"/>
+    <w:p w14:paraId="611F4C33" w14:textId="503799B1" w:rsidR="77E76515" w:rsidRDefault="71831ADF" w:rsidP="4DB12395">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc1583094377"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc2146799046"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc213142383"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Evaluation of the Massachusetts Health Equity ECHO Initiative (HEEI) for Hepatitis C</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="617E55F5" w14:textId="32D98E48" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="4DB12395"/>
+    <w:p w14:paraId="502B95D7" w14:textId="48ACA17D" w:rsidR="77E76515" w:rsidRDefault="71831ADF" w:rsidP="4DB12395">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Liisa M. Randall (</w:t>
+      </w:r>
+      <w:r w:rsidR="1CD89BED" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Office of Health Care Planning, Bureau of Infectious Disease and Laboratory Sciences)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8DC013" w14:textId="51369911" w:rsidR="77E76515" w:rsidRDefault="71831ADF" w:rsidP="4DB12395">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6F2BC242" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monica Morrison (BIDLS), Roksolana Hovdey (BIDLS), Jennifer Cochran (BIDLS), Ciara </w:t>
+      </w:r>
+      <w:r w:rsidR="5EC9A8F4" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Williams</w:t>
+      </w:r>
+      <w:r w:rsidR="6F2BC242" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BIDLS), </w:t>
+      </w:r>
+      <w:r w:rsidR="559FCE8E" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Anthony Osinski (BIDLS), Caroline Krawczyk (BIDLS), Courtney Yuen (Brigham Women</w:t>
+      </w:r>
+      <w:r w:rsidR="166E3E07" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="559FCE8E" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="5FFF626D" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="559FCE8E" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="52D2214E" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daria Szkwarko (UMass </w:t>
+      </w:r>
+      <w:r w:rsidR="5CD8CCB6" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="52D2214E" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>edical), Rebecca Thal (UMass</w:t>
+      </w:r>
+      <w:r w:rsidR="559FCE8E" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="14A654D6" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Medical), Laurel Banach (UMass Medical)</w:t>
+      </w:r>
+      <w:r w:rsidR="6F783C35" w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Erik Bratland (UMass Medical)</w:t>
+      </w:r>
+      <w:r w:rsidR="77E76515">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591E5565" w14:textId="5663F696" w:rsidR="77E76515" w:rsidRDefault="71831ADF" w:rsidP="4DB12395">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Aims: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5909C2F4" w14:textId="0D63F775" w:rsidR="77E76515" w:rsidRDefault="4726CD30" w:rsidP="4DB12395">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The specific objectives of the HEEI HCV evaluation analysis are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2182F3" w14:textId="569EF00E" w:rsidR="77E76515" w:rsidRDefault="4726CD30" w:rsidP="4DB12395">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="240" w:after="240"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="4E5FD64D" w14:textId="3FCF9C20" w:rsidR="1A6B2377" w:rsidRDefault="7B9285C9" w:rsidP="77E76515">
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Evaluate whether a health facility’s participation in the ECHO program is associated with an increase in HCV testing or treatment initiation, and whether the impact of ECHO differs among patient groups defined by BIPOC status, BIPOC-majority zip code residence, or injection drug use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDD0105" w14:textId="30807B23" w:rsidR="77E76515" w:rsidRDefault="4726CD30" w:rsidP="4DB12395">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4DB12395">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Evaluate whether HCV treatment completion differs by health facility participation in ECHO or patient BIPOC status, BIPOC-majority zip code residence, or injection drug use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DB3A910" w14:textId="4B9DB535" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="4DB12395">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D408D5" w14:textId="060652F8" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
+    <w:p w14:paraId="0EC297CA" w14:textId="3FDF30CE" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
+    <w:p w14:paraId="176D3C70" w14:textId="3A829391" w:rsidR="77E76515" w:rsidRDefault="0DCB3361" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240" w:after="240"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="76FF1428" w14:textId="1775B6D2" w:rsidR="1A6B2377" w:rsidRDefault="1A6B2377" w:rsidP="77E76515">
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Toc288639730"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc1616945866"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc213142384"/>
+      <w:r>
+        <w:t xml:space="preserve">TRANSFORM - Transforming the evidence </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>base</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> on estimating prevalence of opioid use</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w14:paraId="4DC727F5" w14:textId="09314B5C" w:rsidR="77E76515" w:rsidRDefault="0DCB3361" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>disorder and expanded access to interventions to prevent drug related deaths: an</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D54775C" w14:textId="7FE07149" w:rsidR="77E76515" w:rsidRDefault="0DCB3361" w:rsidP="109EFD67">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>international data linkage study</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="60F814BE" w14:textId="33744E99" w:rsidR="77E76515" w:rsidRDefault="0DCB3361" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Joshua Barocas</w:t>
+      </w:r>
+      <w:r w:rsidR="77E76515">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(University of Colorado Anschutz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E85C21" w14:textId="03E22D17" w:rsidR="77E76515" w:rsidRDefault="0DCB3361" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kristina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Yamkovoy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (University of Colorado Anschutz), Jianing (Jenny) Wang (MGH), Xiaoyu Guan (University of Colorado Anschutz), Joshua Barocas Principal (University of Colorado Anschutz</w:t>
+      </w:r>
+      <w:r w:rsidR="02D00B30" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ryan</w:t>
+      </w:r>
+      <w:r w:rsidR="0D6083F0" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Westergaard</w:t>
+      </w:r>
+      <w:r w:rsidR="4E105039" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5F7D9870" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of Wisconsin</w:t>
+      </w:r>
+      <w:r w:rsidR="2C52AB35" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="13AA5E4D" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khine Thant Su </w:t>
+      </w:r>
+      <w:r w:rsidR="32C76AA3" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of Wisconsin</w:t>
+      </w:r>
+      <w:r w:rsidR="2DC38C14" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Alexandria</w:t>
+      </w:r>
+      <w:r w:rsidR="77CA69DA" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Macmadu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="6823A4C4" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Brown University</w:t>
+      </w:r>
+      <w:r w:rsidR="1A4A9908" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Brandon</w:t>
+      </w:r>
+      <w:r w:rsidR="4F938CE9" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marshall </w:t>
+      </w:r>
+      <w:r w:rsidR="03C08E00" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Brown University</w:t>
+      </w:r>
+      <w:r w:rsidR="59F59867" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erik Wills </w:t>
+      </w:r>
+      <w:r w:rsidR="51D030C7" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Brown University</w:t>
+      </w:r>
+      <w:r w:rsidR="05D3FFB9" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Matthe</w:t>
+      </w:r>
+      <w:r w:rsidR="300D7C9F" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="112D9804" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Hickman</w:t>
+      </w:r>
+      <w:r w:rsidR="0734D05E" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of Bristol</w:t>
+      </w:r>
+      <w:r w:rsidR="3BA03555" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hayley Jones </w:t>
+      </w:r>
+      <w:r w:rsidR="01CE5094" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of Bristol</w:t>
+      </w:r>
+      <w:r w:rsidR="0A638515" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Andreas</w:t>
+      </w:r>
+      <w:r w:rsidR="68AF7DB7" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Markoulidakis </w:t>
+      </w:r>
+      <w:r w:rsidR="661D6DAB" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of Bristol</w:t>
+      </w:r>
+      <w:r w:rsidR="671A6629" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Louisa</w:t>
+      </w:r>
+      <w:r w:rsidR="4D8BAEB8" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Degenhardt </w:t>
+      </w:r>
+      <w:r w:rsidR="3A515084" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of New South Wales</w:t>
+      </w:r>
+      <w:r w:rsidR="72938A7A" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Chrianna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bharat </w:t>
+      </w:r>
+      <w:r w:rsidR="1496D4C9" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of New South Wales</w:t>
+      </w:r>
+      <w:r w:rsidR="0767CD75" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Natasha</w:t>
+      </w:r>
+      <w:r w:rsidR="6E395EF8" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E22A595" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Martin </w:t>
+      </w:r>
+      <w:r w:rsidR="559107D4" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="5CAFEF9C" w:rsidRPr="02C5C84A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>University of California San Diego)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255C3AF0" w14:textId="22A6318F" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785F5C96" w14:textId="440F0AB4" w:rsidR="77E76515" w:rsidRDefault="0DCB3361" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BE16F4" w14:textId="5572405D" w:rsidR="77E76515" w:rsidRDefault="40BF2B37" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1: Generate robust OUD prevalence estimates, illustrating potential application in other jurisdictions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BC58AD" w14:textId="5B77DDE9" w:rsidR="77E76515" w:rsidRDefault="40BF2B37" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approach: A Bayesian statistical modeling approach will estimate OUD prevalence in multiple jurisdictions. This relies on a comprehensive cohort of OAT records linked to drug related event data – to estimate opioid overdose and other drug related harm rates in people out of OAT – and the number of drug related events in the population that were not observed in the cohort. Incorporation of multiple drug related harm events and other information allows checking of the consistency and coherence of prevalence estimates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8F88F6" w14:textId="1D7822E8" w:rsidR="77E76515" w:rsidRDefault="40BF2B37" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Aim 2: Examine the impact of OAT on overdose and all-cause mortality in different OAT populations, treatment systems, and jurisdictions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0C6BCF" w14:textId="2F7DB1AA" w:rsidR="77E76515" w:rsidRDefault="40BF2B37" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approach: Cox proportional hazards and generalized estimating equations/mixed models will be used to calculate-adjusted all cause and drug related mortality rates and hazard ratios to characterize the impact of OAT across treatment setting, demographics, comorbidities, injecting behavior and incarceration history for cross-country comparisons and for use in statistical (Aim 1) and population (Aim 3) modeling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191E538C" w14:textId="294759CB" w:rsidR="77E76515" w:rsidRDefault="40BF2B37" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 3: Determine the population-level impact of existing and expanded access of OAT provision on fatal overdose and all-cause mortality among people with OUD in select jurisdictions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAF91CC" w14:textId="60D990CF" w:rsidR="77E76515" w:rsidRDefault="40BF2B37" w:rsidP="1D85DEDF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D85DEDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approach: A dynamic model of OUD, incarceration, OAT, and mortality will be parameterized by and calibrated to data in each jurisdiction. It will estimate how many deaths are averted by current OAT programs – and evaluate the potential impact of expanded OAT access on mortality among people with OUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361E9AD8" w14:textId="3AE0A8F2" w:rsidR="77E76515" w:rsidRDefault="00CD74AA" w:rsidP="00FE072C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...36 lines deleted...]
-    <w:p w14:paraId="1C121319" w14:textId="120A6B4B" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="_Toc1812841076"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc949072750"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc213142385"/>
+      <w:r>
+        <w:t>JCOIN</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE072C">
+        <w:t xml:space="preserve"> (Justice Community Opioid Innovation Network)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w14:paraId="43987739" w14:textId="4799969D" w:rsidR="00FE072C" w:rsidRDefault="00FE072C" w:rsidP="00FE072C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elizabeth Evans </w:t>
+      </w:r>
+      <w:r w:rsidR="001074EA" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(UMass</w:t>
+      </w:r>
+      <w:r w:rsidR="00437DC0" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amherst)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B2E955" w14:textId="2869A744" w:rsidR="00437DC0" w:rsidRDefault="00437DC0" w:rsidP="3A20A032">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Team:</w:t>
+      </w:r>
+      <w:r w:rsidR="7C716F42" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7C716F42" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peter Friedmann (Baystate), Ekaterina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="7C716F42" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pivovarova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="7C716F42" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UMass</w:t>
+      </w:r>
+      <w:r w:rsidR="7B46F3E3" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chan), Thomas Stopka (Tufts), Ziming Xuan (BUSPH), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="7B46F3E3" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="7B46F3E3" w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E4B475" w14:textId="70202844" w:rsidR="00753F17" w:rsidRPr="004917B5" w:rsidRDefault="00753F17" w:rsidP="109EFD67">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2791F827" w14:textId="2A19E596" w:rsidR="00FE072C" w:rsidRPr="00FE072C" w:rsidRDefault="794D8FF7" w:rsidP="109EFD67">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. In Year 1, individuals receiving MOUD will be identified across the 11 county jails (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nb.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> those that provide adequate data to PHD), and the PHD will be utilized to make quantitative comparisons by the status of MIEP waiver implementation (i.e. comparing the 4 demonstration jails to the others) in terms of service utilization during the last 90 days of jail detention, and utilization and outcomes in the first 30 days after jail release. Measures including repeated measures at individual levels will be linked and evaluated to determine data distribution, variation, outliers, missing values, and potential autocorrelation over time. We will use the PHD data to conduct bivariate and adjusted multivariable comparisons of service utilization and outcomes at individual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>level, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also compare the 4 demonstration sites to the other jails. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D6175F" w14:textId="426C7408" w:rsidR="00FE072C" w:rsidRPr="00FE072C" w:rsidRDefault="794D8FF7" w:rsidP="3A20A032">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In a stepped wedge design beginning in Year 2, the four demonstration jails (Suffolk, Hampden, Middlesex and Franklin) will be randomized sequentially in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4 month</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intervals to initiate an intervention in which their residents receiving MOUD will receive manualized individual CBT counseling from a community provider via telehealth (reach-in CBT) within 90 days of release. Based on our JCOIN I work we estimate that the approximate n=1500 individuals. PHD will be utilized to assess post-release MOUD and counseling receipt, overdose, mortality, and reincarceration in the year post-release in a similar manner as in JCOIN 1. We will link individual-level data across these outcomes and cluster the analysis by jails. Distribution of these outcomes among released MOUD recipients across unexposed observation periods will be compared with those across exposed observation periods. Characteristics at the individual- and cluster-levels would be summarized by exposure status for consideration of selection bias and regression adjustment, such as propensity score weighting. Based on the intent-to-treat principle, clusters will be analyzed based on their randomized sequence of initiating the intervention. Because calendar time will be associated with both the exposure to the intervention </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potentially with some of the outcomes, we will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>control for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calendar time as a potential temporal confounder (e.g., fixed effect) in the regression analysis. We will use appropriate link function for outcomes (e.g., identity link for continuous outcomes; logit link for binary outcome). We will account for the potential clustering of individuals with the same cluster to ascertain the main effect of the intervention. Exploration of heterogeneity in treatment effects between clusters will be considered. Nevertheless, we will ascertain differential treatment effects by priority populations through stratified analyses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D41A31" w14:textId="4D75B529" w:rsidR="00FE072C" w:rsidRPr="00FE072C" w:rsidRDefault="00FE072C" w:rsidP="3A20A032"/>
+    <w:p w14:paraId="1C121319" w14:textId="30B70B36" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
     <w:p w14:paraId="237AF957" w14:textId="0BE8F263" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
     <w:p w14:paraId="5717E585" w14:textId="69E1006C" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
     <w:p w14:paraId="6FB763F9" w14:textId="673162A8" w:rsidR="77E76515" w:rsidRDefault="77E76515" w:rsidP="77E76515"/>
     <w:p w14:paraId="1C6AD64E" w14:textId="3530BBCA" w:rsidR="49230EFE" w:rsidRDefault="42A8116E" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc1657281483"/>
-      <w:r w:rsidRPr="0C1B3B30">
+      <w:bookmarkStart w:id="84" w:name="_Toc167732271"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc128177346"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc213142386"/>
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Completed Projects</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="5AD34B4F" w14:textId="594CF847" w:rsidR="0D7EB7B9" w:rsidRDefault="0D7EB7B9" w:rsidP="0D7EB7B9"/>
     <w:p w14:paraId="383AA4CF" w14:textId="0C7001FF" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc290025543"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc1387363226"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc1996089510"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc213142387"/>
       <w:r>
         <w:t>Assessing Opioid Use Disorder and Access to Drug Treatment among Pregnant Women in the U.S.: A Data-Driven Approach to Inform Equitable Public Health Responses</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="7483490B" w14:textId="46FA7E7B" w:rsidR="037290A2" w:rsidRDefault="037290A2" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="426CB8B9" w14:textId="738619DA" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -12288,56 +15127,56 @@
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A161652" w14:textId="2287B12E" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639F5DB4" w14:textId="5C2A2C1E" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1A6B2377">
+    <w:p w14:paraId="639F5DB4" w14:textId="5C2A2C1E" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="55"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="131413"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -12379,92 +15218,77 @@
           <w:color w:val="131413"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> with OUD in MA using GIS and spatial </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="131413"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">       epidemiology. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF0E60B" w14:textId="46FDE006" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1A6B2377">
+    <w:p w14:paraId="3BF0E60B" w14:textId="6D24F3D1" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="342" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="131413"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1A6B2377">
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="131413"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">1b) Determine ZIP Code-level factors (social determinants of health) associated with these </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="60AF72FC" w14:textId="735C7A69" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1A6B2377">
+        <w:t>1b) Determine ZIP Code-level factors (social determinants of health) associated with these clusters through statistical modeling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AF72FC" w14:textId="735C7A69" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="55"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Assess spatial and nonspatial factors for MOUD access among pregnant people with OUD in MA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D37149B" w14:textId="13347C7B" w:rsidR="474538DA" w:rsidRDefault="474538DA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="345" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -12574,55 +15398,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="73980F39" w14:textId="12203BAB" w:rsidR="63534821" w:rsidRDefault="63534821" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="345" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26E40F41" w14:textId="2712C832" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc395633792"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc712170076"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc360673964"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc213142388"/>
       <w:r>
         <w:t>Opioid Taper Analyses</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w14:paraId="23B33C9C" w14:textId="77777777" w:rsidR="63534821" w:rsidRDefault="63534821" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D5A21AB" w14:textId="1375FD70" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Lead: </w:t>
       </w:r>
@@ -12634,179 +15462,215 @@
         <w:t>Amy Bettano (DPH)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0318B116" w14:textId="779BC1CC" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dana Bernson (PHD), Marc LaRochelle (BMC/BUSM), Len Young (DPH), Netrali Dalvi (DPH), Nassira Nicola (DPH) </w:t>
+        <w:t xml:space="preserve">Dana Bernson (PHD), Marc LaRochelle (BMC/BUSM), Len Young (DPH), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Netrali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dalvi (DPH), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nassira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nicola (DPH) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="487DFF11" w14:textId="77777777" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E06B16C" w14:textId="64D59EF8" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="1A6B2377">
+    <w:p w14:paraId="7E06B16C" w14:textId="64D59EF8" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="67"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Do patients without evidence of OUD who are tapered from their long-term opioid therapy experience worse health outcomes and increased likelihood of death than those that are maintained on their long-term opioid therapy? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660D87B2" w14:textId="72406D27" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="1A6B2377">
+    <w:p w14:paraId="660D87B2" w14:textId="72406D27" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="67"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Do patients without evidence of OUD who are discontinued from their long-term opioid therapy experience worse health outcomes and increased likelihood of death than those that are maintained on their long-term opioid therapy? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C509AE" w14:textId="2CA861F0" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="1A6B2377">
+    <w:p w14:paraId="74C509AE" w14:textId="2CA861F0" w:rsidR="3B0E282A" w:rsidRDefault="3B0E282A" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="67"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Do patients without evidence of OUD who are discontinued from their long-term opioid therapy experience worse health outcomes and increased likelihood of death than those who are tapered from their long-term opioid therapy? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CACD0AB" w14:textId="1F92A36A" w:rsidR="63534821" w:rsidRDefault="63534821" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D64BA9C" w14:textId="6AA05A0D" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A2D4F7B" w14:textId="3886BBA4" w:rsidR="778020D3" w:rsidRDefault="778020D3" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc617249622"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc1631073784"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc1769634531"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc213142389"/>
       <w:r>
         <w:t>Study of Criminal Prosecution of Pregnant and Postpartum People</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
     </w:p>
     <w:p w14:paraId="76276D79" w14:textId="7F11D12F" w:rsidR="778020D3" w:rsidRDefault="778020D3" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2572E2" w14:textId="71A410B9" w:rsidR="778020D3" w:rsidRDefault="778020D3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -12857,91 +15721,96 @@
         <w:t>Rebecca Fauth (Tufts), Chie Kotake (Tufts), Devon Dunn (DPH), Darien Mather (DPH)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="545E8FE5" w14:textId="1339D802" w:rsidR="778020D3" w:rsidRDefault="778020D3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Aims: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5C580E" w14:textId="0E65B39C" w:rsidR="778020D3" w:rsidRDefault="778020D3" w:rsidP="1A6B2377">
+    <w:p w14:paraId="5F5C580E" w14:textId="0E65B39C" w:rsidR="778020D3" w:rsidRDefault="778020D3" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Using linkages between MOM birth and fetal death records and DOC data to identify the prevalence of females with deliveries while incarcerated, within a year prior to incarceration, and within 40 weeks following release. We will stratify these data by mothers’ race and ethnicity, as well the status of the person (pretrial, criminal, civil) to understand how many people are incarcerated for criminal matters. Stratifying data in these ways will give some indication of structural inequities in Massachusetts. Given limited access to healthcare and disruptions to parent-infant attachment while parents are behind the wall, among other challenges, understanding the prevalence of pregnant or postpartum people who are incarcerated can inform needed interventions as well as alternatives to incarceration for this vulnerable population.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C2EAA6E" w14:textId="1E45FB99" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc205065760"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc1364967835"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc1484968440"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc213142390"/>
       <w:r>
         <w:t>(OD2A) Overdose to Action</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="2918BBE7" w14:textId="6C6750E9" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="423E0FF0" w14:textId="3D154030" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -12984,370 +15853,431 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="57431FDE" w14:textId="350B2A41" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="5028F4E9" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C7DA45" w14:textId="0E2BD0A4" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="1A6B2377">
+    <w:p w14:paraId="61C7DA45" w14:textId="0E2BD0A4" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="882"/>
         </w:tabs>
         <w:spacing w:before="94" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="753"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What is the risk of fatal and nonfatal overdose among injured workers, and how does work-related injury serve as potential gateway to opioid use?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F626DA4" w14:textId="5796FE04" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="1A6B2377">
+    <w:p w14:paraId="3F626DA4" w14:textId="5796FE04" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="882"/>
         </w:tabs>
         <w:spacing w:before="1" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What is the prevalence of OUD 2016-2019 and how does it vary by population?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F72637A" w14:textId="493604B5" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="1A6B2377">
+    <w:p w14:paraId="0F72637A" w14:textId="493604B5" w:rsidR="098F7BBD" w:rsidRDefault="5028F4E9" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="882"/>
         </w:tabs>
         <w:spacing w:before="1" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What is the relationship between prescribing history and postmortem toxicology for all drug deaths?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="697AC54D" w14:textId="58CC247B" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="218C8D9D" w14:textId="4FEB5F31" w:rsidR="098F7BBD" w:rsidRDefault="1243B6CA" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc1499204748"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc1237082222"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc446332865"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc213142391"/>
       <w:r>
         <w:t>Impact of health insurance type and transitions on treatment for opioid use disorder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="44B0C646" w14:textId="45F3E2AF" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42794ADF" w14:textId="488B9039" w:rsidR="098F7BBD" w:rsidRDefault="1243B6CA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Project Lead:  </w:t>
-[...8 lines deleted...]
-        <w:t>Marc LaRochelle (BMC/BUSM)</w:t>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Marc</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LaRochelle (BMC/BUSM)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="063C6AD4" w14:textId="23309ECD" w:rsidR="098F7BBD" w:rsidRDefault="1243B6CA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="1A6B2377">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Marc.Larochelle@bmc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF698BA" w14:textId="31588701" w:rsidR="098F7BBD" w:rsidRDefault="1243B6CA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
-      <w:r w:rsidRPr="1A6B2377">
-[...6 lines deleted...]
-        <w:t>Shapei Yan (BMC), Jake Morgan (BUSPH), Alex Walley (BMC/BUSM), Ben Linas (BMC/BUSM), Dana Bernson (MDPH), Avik Chatterjee (BMC), Radhika Puppala (BMC), Paul Christine (CUAnschutz)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC), Jake Morgan (BUSPH), Alex Walley (BMC/BUSM), Ben Linas (BMC/BUSM), Dana Bernson (MDPH), Avik Chatterjee (BMC), Radhika Puppala (BMC), Paul Christine (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CUAnschutz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F1041B9" w14:textId="7958B61D" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F18CF60" w14:textId="2B6E524C" w:rsidR="098F7BBD" w:rsidRDefault="1243B6CA" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8AB94A" w14:textId="6263DE6A" w:rsidR="098F7BBD" w:rsidRDefault="1243B6CA" w:rsidP="1A6B2377">
+    <w:p w14:paraId="0F8AB94A" w14:textId="6263DE6A" w:rsidR="098F7BBD" w:rsidRDefault="1243B6CA" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="65"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Objective 1: Compare medication for opioid use disorder (MOUD) initiation, engagement and retention by insurance type.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2D61CF" w14:textId="3DEF859F" w:rsidR="098F7BBD" w:rsidRDefault="1D570F37" w:rsidP="1A6B2377">
+    <w:p w14:paraId="7E2D61CF" w14:textId="3DEF859F" w:rsidR="098F7BBD" w:rsidRDefault="1D570F37" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="65"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Objective 2: Identify the impact of health insurance transitions on MOUD initiation, engagement and retention.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6B658C" w14:textId="0A2A2E96" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc850505511"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc957134084"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc1527920655"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc213142392"/>
       <w:r>
         <w:t>Utilization of MOUD before and after incarceration and the impact on post-release outcomes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
     </w:p>
     <w:p w14:paraId="0189E3FA" w14:textId="09DA27BA" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29FB87C5" w14:textId="4CBA4EB5" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -13356,296 +16286,357 @@
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ben Bovell-Ammon (Miriam Hospital/Lifespan/BMC)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B15A71" w14:textId="4885883D" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="1A6B2377">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>benjamin.bovell-ammon@bmc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7984FA08" w14:textId="18B3CBEB" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project team: </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Marc LaRochelle (BMC/BUSM), Shapei Yan (BMC), Alex Walley (BMC/BUSM), Dana Bernson (DPH), Sara Lodi (BUSPH), Peter Friedmann (Baystate health), Elizabeth Evans (Umass)</w:t>
+        <w:t xml:space="preserve">Marc LaRochelle (BMC/BUSM), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC), Alex Walley (BMC/BUSM), Dana Bernson (DPH), Sara Lodi (BUSPH), Peter Friedmann (Baystate health), Elizabeth Evans (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Umass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53230EC7" w14:textId="30AC6713" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="7142DD52" w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF1A9C0" w14:textId="13E61EFB" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
+    <w:p w14:paraId="2BF1A9C0" w14:textId="13E61EFB" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Describe MOUD utilization before and after incarceration (i.e. across the CLS continuum), including during parole, in a cohort of Massachusetts residents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60827EFB" w14:textId="04EA1FF6" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
+    <w:p w14:paraId="60827EFB" w14:textId="04EA1FF6" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>overall, stratified by race-ethnicity, and by co-occurring serious mental illness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080E37B2" w14:textId="53187605" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
+    <w:p w14:paraId="080E37B2" w14:textId="53187605" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1A6B2377">
-[...9 lines deleted...]
-    <w:p w14:paraId="4F2A2AA0" w14:textId="23A70D51" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time-trends 2011-2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2A2AA0" w14:textId="23A70D51" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Among individuals with OUD who are recently released from incarceration, evaluate the impact of MOUD on fatal and non-fatal overdose and reincarceration.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F3B0FA" w14:textId="738C1AB4" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
+    <w:p w14:paraId="31F3B0FA" w14:textId="738C1AB4" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>overall, stratified by race-ethnicity, by co-occurring mental illness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="681AAE22" w14:textId="1323ADEB" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="1A6B2377">
+    <w:p w14:paraId="681AAE22" w14:textId="1323ADEB" w:rsidR="098F7BBD" w:rsidRDefault="7142DD52" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="64"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>stratified by parole status</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACD631D" w14:textId="080123AF" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc2091874844"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc280643071"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc1670696376"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc213142393"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>HEALing Communities Study (HCS)</w:t>
+        <w:t>HEALing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Communities Study (HCS)</w:t>
       </w:r>
       <w:r w:rsidR="31D44EAE">
         <w:t xml:space="preserve"> Plan 1 &amp; 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
     </w:p>
     <w:p w14:paraId="1EF9E8E9" w14:textId="369C2525" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E901134" w14:textId="2C086457" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -13660,230 +16651,300 @@
         <w:t xml:space="preserve">Jeffrey Samet </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6232C252" w14:textId="3BA4ADDB" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Josh Barocas (BU/BUSM), Jenny Wang (BU/BUSM), Juliet Flam-Ross (BMC), Pallavi Aytha Swathi (CUAnschutz), Paul Christine (CUAnschutz)</w:t>
+        <w:t xml:space="preserve">Josh Barocas (BU/BUSM), Jenny Wang (BU/BUSM), Juliet Flam-Ross (BMC), Pallavi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aytha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Swathi (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CUAnschutz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>), Paul Christine (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CUAnschutz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="098F7BBD">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B13CBED" w14:textId="596C2D52" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>HCS Analytic Plan 1 Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E63526A" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
+    <w:p w14:paraId="5E63526A" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="78"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What is the prevalence of the population with opioid use disorder (OUD) in Massachusetts?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331EF051" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
+    <w:p w14:paraId="331EF051" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="78"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What are the geographic patterns and population characteristics of people with OUD?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C34549" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
+    <w:p w14:paraId="14C34549" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="78"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>How has the prevalence of OUD changed over time?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412FD624" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
+    <w:p w14:paraId="412FD624" w14:textId="1324CD29" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="78"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>What are potential biases in capture-recapture methods due to systematic misclassification or miscoding?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC9F539" w14:textId="09AF6D31" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>HCS Analytic Plan 2 Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="258817DE" w14:textId="28559083" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="1A6B2377">
+    <w:p w14:paraId="258817DE" w14:textId="28559083" w:rsidR="098F7BBD" w:rsidRDefault="669161FB" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>To estimate the prevalence of stimulant misuse and/or use disorder (SM/SUD) by year in Massachusetts stratified by vulnerable populations. We hypothesize that the prevalence of SM/SUD is under-estimated by the National Survey on Drug Use and Health.</w:t>
+        <w:t xml:space="preserve">To estimate the prevalence of stimulant misuse and/or use disorder (SM/SUD) by year in Massachusetts stratified by vulnerable populations. We hypothesize that the prevalence of SM/SUD is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>under-estimated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the National Survey on Drug Use and Health.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4B28E3" w14:textId="7BEC4072" w:rsidR="098F7BBD" w:rsidRDefault="098F7BBD" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E8A29F6" w14:textId="0E954ED7" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc1469851609"/>
-      <w:r w:rsidRPr="0C1B3B30">
+      <w:bookmarkStart w:id="108" w:name="_Toc1054759823"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc1977127888"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc213142394"/>
+      <w:r>
         <w:t>Improving adherence to and outcomes associated with Medication Assisted Treatment (MAT)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="110"/>
     </w:p>
     <w:p w14:paraId="26690841" w14:textId="5B20753D" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Lead: </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -13892,172 +16953,248 @@
     </w:p>
     <w:p w14:paraId="5CA0F5A0" w14:textId="342D1BF3" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gary Young (Northeastern), Noor Alam (Northeastern), Md. Hasan (U of Florida at Gainesville), Tianjie Zhu (Northeastern), Netrali Dalvi (MDPH), Danielle Valerio (MDPH), David Johnson (MDPH), James Lavery (MDPH), Tianjie Zhu (Northeastern) </w:t>
+        <w:t xml:space="preserve">Gary Young (Northeastern), Noor Alam (Northeastern), Md. Hasan (U of Florida at Gainesville), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Tianjie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zhu (Northeastern), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Netrali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dalvi (MDPH), Danielle Valerio (MDPH), David Johnson (MDPH), James Lavery (MDPH), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Tianjie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zhu (Northeastern) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF54223" w14:textId="2DA5E6B1" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE9E391" w14:textId="2CD9D7E0" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="1A6B2377">
+    <w:p w14:paraId="7EE9E391" w14:textId="2CD9D7E0" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="81"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Objective 1: Assess degree of variation in treatment adherence and patient outcomes in connection to buprenorphine treatment among patients, prescribers, and treatment settings in Massachusetts. Is there a high degree of variation and, if so, does it appear that some prescribers and treatment facilities achieve much better adherence/outcomes than others? How much of the variation in adherence/outcomes appears to be attributable to patients vs. prescribers vs. treatment settings? We will also identify patients who switched from buprenorphine to methadone treatment and examine the costs of care (based on fully adjudicated claims – versioning indicator) for patients undergoing buprenorphine treatment who have hospitalizations and ER visits.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A528C7B" w14:textId="77777777" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="1A6B2377">
+        <w:t xml:space="preserve">Objective 1: Assess degree of variation in treatment adherence and patient outcomes in connection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> buprenorphine treatment among patients, prescribers, and treatment settings in Massachusetts. Is there a high degree of variation and, if so, does it appear that some prescribers and treatment facilities achieve much better adherence/outcomes than others? How much of the variation in adherence/outcomes appears to be attributable to patients vs. prescribers vs. treatment settings? We will also identify patients who switched from buprenorphine to methadone treatment and examine the costs of care (based on fully adjudicated claims – versioning indicator) for patients undergoing buprenorphine treatment who have hospitalizations and ER visits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A528C7B" w14:textId="77777777" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="81"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Objective 2: Examine characteristics of patients, prescribers, and treatment settings that appear to be associated with better treatment adherence and related patient outcomes in connection with buprenorphine treatment for OUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057782FC" w14:textId="228780D4" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="1A6B2377">
+    <w:p w14:paraId="057782FC" w14:textId="228780D4" w:rsidR="6614B740" w:rsidRDefault="6614B740" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="81"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Objective 3: Based on study results, identify a set of recommendations and potential best practices for improving the clinical management of patients undergoing buprenorphine treatment for OUD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="311AFFC2" w14:textId="77F2F7FF" w:rsidR="35ED2A4B" w:rsidRDefault="35ED2A4B" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E89A2D9" w14:textId="395E9E4E" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc549173380"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc2144701359"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc314100969"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc213142395"/>
       <w:r>
         <w:t>Development of novel risk prediction models for opioid use and overdose among vulnerable populations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
     </w:p>
     <w:p w14:paraId="1BEDCB93" w14:textId="4C9F60D7" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76C4F092" w14:textId="6CF7AB2C" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -14065,51 +17202,51 @@
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Joshua Barocas (BMC/BUSM) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56726902" w14:textId="6DFD6043" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="1A6B2377">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Joshua.Barocas@CUAnschutz.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -14117,203 +17254,300 @@
         <w:t xml:space="preserve">                                         </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B84174" w14:textId="3DFEA52F" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Prasad Patil (BUSPH), Laura White (BUSPH), Jenny Wang (BUSPH), Kristina Yamkovoy (CU Anschutz), Pallavi Aytha Swathi (CU Anschutz)</w:t>
+        <w:t xml:space="preserve">Prasad Patil (BUSPH), Laura White (BUSPH), Jenny Wang (BUSPH), Kristina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Yamkovoy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CU Anschutz), Pallavi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aytha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Swathi (CU Anschutz)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E15247F" w14:textId="67F64ECA" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D0861EF" w14:textId="28FFAF2E" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Aims: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A1FF8C" w14:textId="5B33706C" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
+    <w:p w14:paraId="36A1FF8C" w14:textId="5B33706C" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>The aims of the risk prediction arm of this project are:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67E60767" w14:textId="16CB47AD" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The aims of the risk prediction </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>arm</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this project are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E60767" w14:textId="16CB47AD" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">To develop and validate an opioid misuse and an overdose risk prediction model with expert opinion-derived variables from the PHD to identify potential persons for early intervention to prevent opioid misuse and overdose. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="28900F01" w14:textId="71F9618E" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
+        <w:t xml:space="preserve">To develop and validate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>an opioid</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> misuse and an overdose risk prediction model with expert opinion-derived variables from the PHD to identify potential persons for early intervention to prevent opioid misuse and overdose. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28900F01" w14:textId="71F9618E" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>To develop and validate an opioid misuse and overdose risk prediction model with community-derived variables (see concept-mapping below) from the PHD to identify potential persons for early intervention to prevent opioid misuse and overdose.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="150DA649" w14:textId="5D351736" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="1A6B2377">
+        <w:t xml:space="preserve">To develop and validate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>an opioid</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1A6B2377">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> misuse and overdose risk prediction model with community-derived variables (see concept-mapping below) from the PHD to identify potential persons for early intervention to prevent opioid misuse and overdose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150DA649" w14:textId="5D351736" w:rsidR="6AE1D7BF" w:rsidRDefault="6AE1D7BF" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="62"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>To compare the predictive power of the models.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0530C07E" w14:textId="2500C5CF" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10DECCD0" w14:textId="4F3FA096" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc1701904113"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc1947860237"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc364688986"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc213142396"/>
       <w:r>
         <w:t>Assessing Individual and Structural Factors Associated with Opioid Mortality among Recently Incarcerated Individuals in Massachusetts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
     </w:p>
     <w:p w14:paraId="5C0A0221" w14:textId="2BF3830F" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E0A1DD5" w14:textId="414DBDA0" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
@@ -14359,201 +17593,205 @@
       </w:r>
       <w:r w:rsidR="22055AE3">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0751FDFF" w14:textId="0F2F50E0" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Aims: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6CD98B" w14:textId="56D7B4C2" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1A6B2377">
+    <w:p w14:paraId="4A6CD98B" w14:textId="56D7B4C2" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Understand prevalence of opioid use issues among individuals with histories of incarceration in Massachusetts (MA). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EAB8BC" w14:textId="47585C0C" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1A6B2377">
+    <w:p w14:paraId="45EAB8BC" w14:textId="47585C0C" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Assess patterns of fatal opioid overdoses (FOOs) among recently incarcerated individuals in MA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795B2B6E" w14:textId="0DE7240D" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1A6B2377">
+    <w:p w14:paraId="795B2B6E" w14:textId="0DE7240D" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Examine whether individual characteristics (e.g., length of incarceration, socioeconomic status, comorbidities) are associated with frequency of FOOs upon release.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A692BB" w14:textId="1DBAD5B2" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1A6B2377">
+    <w:p w14:paraId="43A692BB" w14:textId="1DBAD5B2" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Analyze whether access to care post-release (e.g., hospital visits, medication for opioid use disorder prescriptions, targeted substance use treatment program) is associated with FOOs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A414853" w14:textId="3E644855" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="1A6B2377">
+    <w:p w14:paraId="3A414853" w14:textId="3E644855" w:rsidR="22055AE3" w:rsidRDefault="67B642C2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A6B2377">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Capture through spatial analysis whether a positive relationship exists between FOO and COVID-19 rates, which would suggest that places with higher COVID-19 rates lack the services and infrastructure necessary to curb other public health concerns like FOOs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79080782" w14:textId="18738813" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="1A6B2377">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FFDD7D9" w14:textId="142CD01B" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="746CA38B" w14:textId="24F2DB8F" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc1592168528"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc766167635"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc1998047988"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc213142397"/>
       <w:r>
         <w:t>Retention and Re-Engagement in Treatment for Addiction following Serious Injection Related Infections (RETAIN)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
     </w:p>
     <w:p w14:paraId="065BEC11" w14:textId="403F7018" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A16EDD9" w14:textId="65129487" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
@@ -14564,415 +17802,527 @@
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Simeon Kimmel (BUSM/BMC)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244688B6" w14:textId="0F60949F" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="53DC9876">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Simeon.kimmel@bmc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C53734A" w14:textId="435060AE" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Marc LaRochelle (BUSM/BMC), Alex Walley (BUSM/BMC), Jeffrey Samet (BUSM/BMC), Laura White (BUSPH), Shapei Yan (BMC), </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Marc LaRochelle (BUSM/BMC), Alex Walley (BUSM/BMC), Jeffrey Samet (BUSM/BMC), Laura White (BUSPH), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Michael Stein (BUSPH), Adam Majeski (BMC), </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Weihsuan Jenny Lo-Ciganic (UFL)</w:t>
+        <w:t>Weihsuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jenny Lo-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ciganic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UFL)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C40B785" w14:textId="7D21CE4D" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52B3C2FB" w14:textId="63AA9896" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E25E809" w14:textId="7BB9AE42" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="53DC9876">
+    <w:p w14:paraId="5E25E809" w14:textId="7BB9AE42" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="59"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Examine MOUD treatment along the OUD care continuum in the 12 months after a SIRI. I will examine a unique, Massachusetts Public Health dataset (PHD) which links individual-level claims, substance use treatment, and vital records to describe MOUD treatment following SIRIs using analytic models that account for 1) recurrent events (repeated treatment episodes) and 2) hypothesized latent class membership (e.g. early or late discontinuers, intermittent engagers, long term retainers) to inform intervention development. The results from Aim 1 will be used in Aim 2 and Aim 3. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53394988" w14:textId="6CD9AB40" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="53DC9876">
+    <w:p w14:paraId="53394988" w14:textId="6CD9AB40" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="59"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Adapt Recovery Management Checkups, an MOUD retention intervention, for individuals with SIRIs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F8CBAD" w14:textId="30631554" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="53DC9876">
+    <w:p w14:paraId="43F8CBAD" w14:textId="30631554" w:rsidR="22055AE3" w:rsidRDefault="2D57D52C" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="59"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conduct a pilot randomized controlled trial of Recovery Management Checkups to promote MOUD retention and re-engagement for individuals with SIRIs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="365CF31B" w14:textId="3B421A42" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AAB7AB9" w14:textId="27A3D430" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc1707294066"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc1728249041"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc1468144183"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc213142398"/>
       <w:r>
         <w:t>The Care Continuum for Youth with Substance Use Disorders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkEnd w:id="122"/>
     </w:p>
     <w:p w14:paraId="77BD5D5C" w14:textId="274806E8" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C1EDD1D" w14:textId="69A56495" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Project Lead:  </w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Scott Hadland (BMC/BUSM)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Scott</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hadland (BMC/BUSM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49801485" w14:textId="2F3DF986" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="53DC9876">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>SHADLAND@MGH.HARVARD.EDU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758B04AD" w14:textId="4E7817A6" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Sarah Bagley (BMC/BUSM), Marc LaRochelle (BMC/BUSM), Heather Hsu (BMC/BUSM), Shapei Yan (BMC), Weihsuan Jenny Lo-Ciganic (UFL), Connor Buchholz (MGH)</w:t>
+        <w:t xml:space="preserve">Sarah Bagley (BMC/BUSM), Marc LaRochelle (BMC/BUSM), Heather Hsu (BMC/BUSM), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Weihsuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jenny Lo-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ciganic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UFL), Connor Buchholz (MGH)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A88838C" w14:textId="2D17EE72" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F95B04F" w14:textId="6F87AEC6" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E3FFBD" w14:textId="23D54FF5" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+    <w:p w14:paraId="46E3FFBD" w14:textId="23D54FF5" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="60"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Using a look-back approach, identify preceding diagnoses and interactions with the healthcare system and state services (and the timing of these) among youth who develop a diagnosis of opioid use disorder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C605635" w14:textId="02192ECE" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+    <w:p w14:paraId="3C605635" w14:textId="02192ECE" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="60"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Using a look-forward approach, determine what percentage of youth diagnosed with an opioid use disorder receive timely treatment (i.e., behavioral health services and/or medications for opioid use disorder within one month of diagnosis), for how long, and whether such treatment prevents intensification of their opioid use disorder (i.e., prevents further complications such as overdose or injection-related harm).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9067AC" w14:textId="7CF74ACA" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -14988,110 +18338,132 @@
       <w:r w:rsidR="22055AE3">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F931BE4" w14:textId="68006AF7" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22649E24" w14:textId="372AB27C" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc1605746734"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc218231466"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc1337030601"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc213142399"/>
       <w:r>
         <w:t>Examining Racial/Ethnic Disparities in Opioid Treatment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkEnd w:id="125"/>
     </w:p>
     <w:p w14:paraId="2EDA7733" w14:textId="0DCF2CB8" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4688EBB2" w14:textId="503C1C42" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Project Lead:  </w:t>
-      </w:r>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Michael William Flores (HERL, CHA/HMS)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Michael</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="53DC9876">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> William Flores (HERL, CHA/HMS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1963DCEE" w14:textId="6140433A" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="53DC9876">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>mwflores@cha.harvard.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E39DC59" w14:textId="7B7680F4" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="432" w:hanging="432"/>
         <w:rPr>
@@ -15137,344 +18509,293 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D4FBFF2" w14:textId="42FF13A4" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D43DD7" w14:textId="5AFC1003" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+    <w:p w14:paraId="35D43DD7" w14:textId="5AFC1003" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> To estimate racial/ethnic trends in opioid use disorder (OUD), medications to treat OUD (MOUD), MOUD initiation, MOUD retention, and fatal/non-fatal opioid-related overdose. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FA53D6" w14:textId="79899357" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+    <w:p w14:paraId="43FA53D6" w14:textId="11F9438C" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="53DC9876">
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Hypothesis 1a.</w:t>
       </w:r>
-      <w:r w:rsidRPr="53DC9876">
-[...21 lines deleted...]
-    <w:p w14:paraId="5A0FA160" w14:textId="0B331A03" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rates of OUD, MOUD initiation, MOUD retention, and fatal/non-fatal opioid-related overdose for White, Black, and Latinx will increase overtime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0FA160" w14:textId="643C760F" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="53DC9876">
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Hypothesis 1b. </w:t>
       </w:r>
-      <w:r w:rsidRPr="53DC9876">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="53DC9876">
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Black-White and Latinx-White disparities in MOUD initiation and retention will not change overtime.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1506DFFE" w14:textId="6F4E27E4" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+    <w:p w14:paraId="1506DFFE" w14:textId="6F4E27E4" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="61"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="53DC9876">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">To estimate racial/ethnic differences in MOUD availability and time to MOUD prescription </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488A034F" w14:textId="79BD4C0B" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+    <w:p w14:paraId="488A034F" w14:textId="44936F11" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="53DC9876">
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Hypothesis 2a. </w:t>
       </w:r>
-      <w:r w:rsidRPr="53DC9876">
-[...36 lines deleted...]
-    <w:p w14:paraId="3B37D5A8" w14:textId="4152B5BB" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zip codes with higher proportion of Black and Latinx residents will have fewer providers prescribing buprenorphine than zip codes with lower proportion of Black and Latinx residents.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B37D5A8" w14:textId="5260FFE9" w:rsidR="22055AE3" w:rsidRDefault="449862D0" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="53DC9876">
+      <w:r w:rsidRPr="109EFD67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Hypothesis 2b. </w:t>
       </w:r>
-      <w:r w:rsidRPr="53DC9876">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">following a non-fatal overdose.  </w:t>
+      <w:r w:rsidRPr="109EFD67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relative to Whites, Black and Latinx will experience greater time to MOUD following a non-fatal overdose.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A16519" w14:textId="77777777" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="53DC9876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="475E92E9" w14:textId="226290E6" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc452847206"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc1554498365"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc1694315597"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc213142400"/>
       <w:r>
-        <w:t>MATADOHR - Massachusetts Tackling Addiction Determinants Of Health through Research</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="43"/>
+        <w:t xml:space="preserve">MATADOHR - Massachusetts Tackling Addiction Determinants </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Health through Research</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:bookmarkEnd w:id="128"/>
     </w:p>
     <w:p w14:paraId="5EA90E73" w14:textId="7BD7DFA0" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="6DE63052">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40408630" w14:textId="1505DF6C" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
@@ -15485,51 +18806,51 @@
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Amanda Latimore (AIR)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C267229" w14:textId="2C9FEB4B" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="6DE63052">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>alatimore@air.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA28150" w14:textId="683D0F2C" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -15539,51 +18860,71 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Taletha Derrington (AIR), Brandy Farrar (AIR), Brett Kellett (AIR), Madeline Polese (AIR), Kevin Schott (AIR), Maura Shramko (AIR), </w:t>
       </w:r>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="242424"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Angshuman Gooptu (AIR), Yibing Li (AIR), Peter Coyne (AIR), Rosie Mae Henson (AIR), Mikah Jones (AIR). Joe Miller (AIR)</w:t>
+        <w:t xml:space="preserve">Angshuman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Gooptu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (AIR), Yibing Li (AIR), Peter Coyne (AIR), Rosie Mae Henson (AIR), Mikah Jones (AIR). Joe Miller (AIR)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C32BF7E" w14:textId="2D17EE72" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="6DE63052">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="454C8CB2" w14:textId="62767058" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
@@ -15591,535 +18932,630 @@
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124CB93A" w14:textId="6C11E76B" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Research exists to support the linkages between the social determinants of health and overdose, but studies are often limited to one social determinant and are either individual-level or community-level analyses but not both. The goal of the proposed research is to identify a sample of Massachusetts residents at high risk for overdose and assess the race/ethnicity-specific association of individual-and community-level social determinants (i.e., housing, employment, education, access to healthcare, criminal-legal involvement, and social supports) and overdose death among people at high risk for opioid overdose (as determined by any substance use disorder (SUD)-related event) between 2011 and 2019. This goal will be accomplished through the following aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C69FA93" w14:textId="1C881036" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="6C69FA93" w14:textId="1C881036" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Access to care </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA762D8" w14:textId="5789FF32" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="6DA762D8" w14:textId="5789FF32" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1.1. Assess the race/ethnicity-specific association between overdose death and “access to care,” where “access to care "is (a) individual access to medical and behavioral health services (behavioral health coverage, type of medical coverage) at the time of the SUD-related event and (b) county-level access (Office of Inspector General buprenorphine capacity report, Health Professional Shortage Area).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BA8242" w14:textId="5B9E8659" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="43BA8242" w14:textId="5B9E8659" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2. Assess the interaction of “access to care” and receipt of medications for opioid use disorder (MOUD)for their association with opioid overdose death. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380CC2C6" w14:textId="15E7E53A" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="380CC2C6" w14:textId="15E7E53A" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Housing and homelessness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C40E3D6" w14:textId="2EE961C6" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="6C40E3D6" w14:textId="2EE961C6" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. Assess the race/ethnicity-specific association between overdose death and “housing and homelessness,” where “housing and homelessness” is (a) the individual-level experience of homelessness at the time of SUD-related event(s) and(b) housing cost burden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08625555" w14:textId="45487FB5" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="08625555" w14:textId="45487FB5" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2. Assess the interaction of “housing and homelessness” and receipt of MOUD for their association with opioid-related overdose death. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38271956" w14:textId="6EDE88C4" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="38271956" w14:textId="6EDE88C4" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Food Insecurity </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482AD845" w14:textId="0F66A5A0" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="482AD845" w14:textId="0F66A5A0" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. Assess the race/ethnicity-specific association between overdose death and “food insecurity,” where “food insecurity” is (a) individual Supplemental Nutrition Assistance Program (SNAP)/Women, Infants, and Children receipt at the time of SUD-related event(s) and (b) county-level percentage of households with SNAP benefits. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7677ACC8" w14:textId="70A9A990" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="7677ACC8" w14:textId="70A9A990" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3.2. Assess the interaction of “food insecurity” and receipt of MOUD for their association with opioid-related overdose death.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59822656" w14:textId="54AD2D05" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="59822656" w14:textId="54AD2D05" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Criminal legal exposure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F97EF4" w14:textId="6A84BDBF" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="68F97EF4" w14:textId="6A84BDBF" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1. Assess the race/ethnicity-specific association between overdose death and “criminal legal exposure,” where “criminal legal exposure” is (a) days incarcerated and (b) county-level incarceration rates. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592F9428" w14:textId="5446D07B" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="592F9428" w14:textId="5446D07B" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4.2. Assess the interaction of “criminal legal exposure” and the receipt of MOUD for their association with opioid overdose death.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D474FB" w14:textId="39B34100" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="02D474FB" w14:textId="39B34100" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Socioeconomic Status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ECAD444" w14:textId="776B1EE7" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="6ECAD444" w14:textId="776B1EE7" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5.1. Assess the race/ethnicity-specific association between overdose death and “socioeconomic status,” where “socioeconomic” is (a) individual unemployment and education level during the period of observation and(b) county-level unemployment and education.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38ABB20E" w14:textId="03C2257D" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="38ABB20E" w14:textId="03C2257D" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">5.2.Assess the interaction of individual-level receipt of MOUD on individual-and county-level “socioeconomic status” for their association with opioid overdose death. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1CA16711" w14:textId="319857E2" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+        <w:t>5.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2.Assess</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the interaction of individual-level receipt of MOUD on individual-and county-level “socioeconomic status” for their association with opioid overdose death. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA16711" w14:textId="319857E2" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Social and community support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C4CDBD" w14:textId="1630FDC0" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="61C4CDBD" w14:textId="1630FDC0" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">6.1. Assess the race/ethnicity-specific association between overdose death and “social and community support,” where “social and community support” is (a) individual-level receipt of peer specialist or recovery support services, as well as county-level (b) social capital (Rupasingha et al.,2006;Zoorob &amp;Salemi,2017)and (c) social vulnerability index. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F645B42" w14:textId="0DF76B33" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+        <w:t>6.1. Assess the race/ethnicity-specific association between overdose death and “social and community support,” where “social and community support” is (a) individual-level receipt of peer specialist or recovery support services, as well as county-level (b) social capital (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rupasingha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al.,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2006;Zoorob</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp;Salemi,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2017)and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (c) social vulnerability index. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F645B42" w14:textId="0DF76B33" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2. Assess the interaction between individual-level receipt of MOUD and “social and community support” for their association with opioid overdose death. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF88154" w14:textId="0F06305D" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="0AF88154" w14:textId="0F06305D" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Relative contributions of individual and county factors to overdose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2183E8" w14:textId="3162825E" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="6DE63052">
+    <w:p w14:paraId="4E2183E8" w14:textId="3162825E" w:rsidR="22055AE3" w:rsidRDefault="46456D02" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DE63052">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>7.1 Within race/ethnicity-specific subsamples, assess the percentage of variance in overdose deaths contributed across (a) all individual-level characteristics(including age, gender, and receipt of MOUD) and (b) all county-level characteristics.</w:t>
+        <w:t xml:space="preserve">7.1 Within race/ethnicity-specific subsamples, assess the percentage of variance in overdose deaths contributed across (a) all individual-level </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>characteristics(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6DE63052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>including age, gender, and receipt of MOUD) and (b) all county-level characteristics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E2DCE0" w14:textId="6CED01C7" w:rsidR="22055AE3" w:rsidRDefault="22055AE3" w:rsidP="22055AE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F6BA528" w14:textId="1185F119" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc1377142040"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc1014570038"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc782906111"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc213142401"/>
       <w:r>
         <w:t>HIV and Hepatitis C prevalence and risk factors among the population of persons who use drugs in Massachusetts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkEnd w:id="131"/>
     </w:p>
     <w:p w14:paraId="236577A6" w14:textId="15D611F8" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C90EC42" w14:textId="33AF07BF" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -16136,418 +19572,2138 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71184DE3" w14:textId="51BEA3F0" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="1D248960">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Joshua.Barocas@CUAnschutz.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EC31D2" w14:textId="6B933C29" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Project Team: </w:t>
       </w:r>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prasad Patil (BUSPH), Laura White (BUSPH), Jenny Wang (BUSPH), Kristina Yamkovoy (CU Anschutz), </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Prasad Patil (BUSPH), Laura White (BUSPH), Jenny Wang (BUSPH), Kristina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Yamkovoy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Pallavi Aytha Swathi (CU Anschutz), Cole Jurecka (CU Anschutz), Samantha Sills (CU Anschutz), Pranav Padmanabhan (CU Anschutz)</w:t>
+        <w:t xml:space="preserve"> (CU Anschutz), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Yanjia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zhang (BUSPH), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pallavi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aytha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Swathi (CU Anschutz), Cole Jurecka (CU Anschutz), Samantha Sills (CU Anschutz), Pranav Padmanabhan (CU Anschutz)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B28D2D2" w14:textId="03CA6027" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28A9043E" w14:textId="5E06F68B" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Aims:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B20867" w14:textId="7E29C65D" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
+    <w:p w14:paraId="08B20867" w14:textId="7E29C65D" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>The aims of the risk prediction arm of this project are:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56A465D3" w14:textId="28C92408" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
+        <w:t xml:space="preserve">The aims of the risk prediction </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>arm</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this project are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A465D3" w14:textId="28C92408" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">To develop and validate prediction models with expert opinion-derived variables from the PHD to identify potential persons for early intervention to prevent HIV acquisition, disease progression, and loss to follow up. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="64071B7A" w14:textId="2A4184C1" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
+        <w:t xml:space="preserve">To develop and validate prediction models with expert opinion-derived variables from the PHD to identify potential </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1D248960">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for early intervention to prevent HIV acquisition, disease progression, and loss to follow up. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64071B7A" w14:textId="2A4184C1" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>To develop and validate prediction models with community-derived variables (see concept-mapping below) from the PHD to identify potential persons for early intervention to prevent HIV acquisition, disease progression, and loss to follow up.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2A1E08" w14:textId="7988CA78" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
+    <w:p w14:paraId="1D2A1E08" w14:textId="7988CA78" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>To compare the predictive power of the models.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1352F0D0" w14:textId="72699B92" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
+    <w:p w14:paraId="1352F0D0" w14:textId="72699B92" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>The aims of the prevalence estimation arm of this project are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662A484F" w14:textId="46C2C6E1" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
+    <w:p w14:paraId="662A484F" w14:textId="46C2C6E1" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D248960">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">To use previously developed indirect estimation methods including capture-recapture and Bayesian multiplier methods to estimate the prevalence of HIV among the population of people who use drugs, justice-involved individuals, persons experiencing homelessness, and other high priority populations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5585BEA2" w14:textId="3E280EC0" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="1D248960">
+    <w:p w14:paraId="5585BEA2" w14:textId="3E280EC0" w:rsidR="64F7DCA2" w:rsidRDefault="64F7DCA2" w:rsidP="00015BCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="63"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1D248960">
+      <w:r w:rsidRPr="454DFE22">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>To use previously developed indirect estimation methods including capture-recapture and Bayesian multiplier methods to estimate the prevalence of hepatitis C among the population of people who use drugs, justice-involved individuals, persons experiencing homelessness, and other high priority populations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B475C8" w14:textId="05EB7745" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
+    <w:p w14:paraId="53E83ADE" w14:textId="17B8B966" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="_Toc274090268"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc1954316993"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc213142402"/>
+      <w:r>
+        <w:t>Leveraging Perinatal Touchpoints to Improve the Hepatitis C Virus and Opioid Use Disorder Care Cascades</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
+    </w:p>
+    <w:p w14:paraId="76893C63" w14:textId="3BD67D0F" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="454DFE22">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60F4BEC9" w14:textId="54F29F2E" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rachel Epstein (BUSM/BMC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CE5B02" w14:textId="3AF33E5D" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="454DFE22">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>Rachel.epstein@bmc.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0572F5" w14:textId="20F5D2E0" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jenny Wang (BUSPH), Michelle Weitz (BMC), Benjamin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Buzzee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BMC), Laura White (BUSPH), Megan Curtis (MGH, HMS), Benjamin Linas (BUSM/BMC), Alex Walley (BUSM/BMC), Kelley Saia (BUSM/BMC), Davida Schiff (MGH), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ryan O’Dea (BU), Breanne Biondi (BU), Sarah Schumacher (BMC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61943910" w14:textId="37E2D207" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="54C2432D" w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78732418" w14:textId="2CF01261" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Perinatal care provides longitudinal access to women over a nearly one-year period, and pregnancy may be a motivating time for women to address heath care needs. This study will test the overarching hypothesis that engagement with perinatal care improves both OUD and HCV outcomes and then employ simulation modeling to project long-term outcomes, cost, and cost-effectiveness of policies and interventions focused on addressing OUD and HCV in perinatal care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9FD721" w14:textId="0B965188" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="220" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Measure the impact of perinatal care on OUD and HCV treatment engagement.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>I will utilize the Massachusetts Department of Public Health’s Data Warehouse, with its novel linkage of claims, first responder, and public health data to test the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hypotheses </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that compared with age- and calendar time-matched women with OUD without a past 2-year perinatal care touchpoint, women with OUD who access perinatal care </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1a) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are more likely to initiate OUD medication, but ultimately have higher 2-year rates of overdose due to post-partum declines in retention, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>) have higher HCV cure rates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691B0BF5" w14:textId="3F25E973" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="00015BCB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Create a simulation model, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erinatal care as a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ven</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o reduce </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pioid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>over</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>oses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>HCV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incidence (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>VenT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OD HCV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), to identify cost-effective interventions to increase OUD and HCV treatment initiation and retention in the perinatal period and to project long-term outcomes associated with candidate interventions and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>public health</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investments into treatment delivery in the perinatal setting.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I will use the model to test two </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hypotheses:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Post-partum</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6- and 12-month retention on medications for OUD must at least double to reduce post-partum overdose deaths by 40%, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Increasing linkage to HCV treatment post-partum to at least 75% is necessary to translate universal prenatal screening recommendations into decreased population-level transmission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684E861F" w14:textId="3B4CC9A4" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="_Toc1641601978"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc1017799474"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc213142403"/>
+      <w:r>
+        <w:t>Sec 138 supplemental analysis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
+    </w:p>
+    <w:p w14:paraId="692EDA71" w14:textId="3DD1B562" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Davida</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Schiff, MD (MGH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304CD17D" w14:textId="35B22329" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23DD2A64" w14:textId="7BFBFC55" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Julia Reddy (UNC), Timothy Nielsen (University of Sydney), Nichole Nidey (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UIowa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC), Adrian Caiazzo (MGH), Anna Austin (UNC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41387984" w14:textId="0CF7D681" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CFDF473" w14:textId="08E7B9E0" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45113850" w14:textId="6C73531A" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1a: Describe the prevalence of the use of civil commitment among pregnant and postpartum individuals with substance use disorder in Massachusetts, comparing with the rate of civil commitment to reproductive-aged women with substance use disorder without a pregnancy in the past year. Hypothesis: Pregnant and postpartum individuals will have higher rates of civil commitment for substance use than other reproductive-aged women.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E63183" w14:textId="3640E278" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 1b: Stratify civil commitment prevalence data by key characteristics, including age, race/ethnicity and EOHHS region. Hypothesis: Civil commitment will be used disproportionately by key demographic characteristics including non-white race/ethnicity, urban region, and younger age.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27099D16" w14:textId="72160FEB" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 2: Evaluate the extent to which civil commitment is associated with fatal and non-fatal overdose in the year following delivery among pregnant and postpartum individuals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFF5B3D" w14:textId="35F88C17" w:rsidR="1D248960" w:rsidRDefault="54C2432D" w:rsidP="454DFE22">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="454DFE22">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aim 3: Evaluate the extent to which the use of civil commitment among pregnant and postpartum individuals has been lessened by the development of novel supportive co-located treatment services for pregnant and postpartum people in MA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B475C8" w14:textId="26BD63F6" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609B9827" w14:textId="5FF6DBC7" w:rsidR="7295BF56" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="_Toc87670191"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc1240679566"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc213142404"/>
+      <w:r>
+        <w:t>Characteristics of prescription opioid use among injured workers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkEnd w:id="140"/>
+    </w:p>
+    <w:p w14:paraId="0D83077A" w14:textId="1E6FCFC6" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kathleen Grattan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(MADPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35071518" w14:textId="35B22329" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C3576FF" w14:textId="0A481E52" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Emily Sparer-Fine (MADPH), Kathleen Fitzsimmons (MADPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A5AD42" w14:textId="0CF7D681" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190BCDB5" w14:textId="3A3ED57C" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Aims: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006899D8" w14:textId="3E55A1AC" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is the prevalence/percent of certain risk factors* among work-injured MA residents who filed lost-wage, indemnity claims with the DIA and subsequently had opioid scripts filled. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750D614A" w14:textId="7BBD13F3" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>experienced</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more than 1 work injury; opioid naïve status; opioid use duration/dosage </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6E0EBC" w14:textId="3BD309FD" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1b. How does the prevalence of these factors vary by industry and/or occupation?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E84821" w14:textId="1B9FC1F9" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Among injured workers who are prescribed opioids for a work-related injury, are those with prescriptions filled for long-term or high dose opioids more likely to develop OUD than those with prescriptions filled for short-term or low dose opioids? Do these effects vary by industry and/or occupation?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4E492A" w14:textId="717B9C15" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Among working-age adults (18-64 yrs.) who were injured and treated/triaged in the emergency department, how do those with a work-related injury compare to those with a non­work-related injury with respect to opioid use, opioid use duration, opioid use dosage, OUD, treatment for opioid dependence (MOUD) and non-fatal opioid-related overdose following emergency department discharge? (prospective study to occurrence of outcomes)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775E9014" w14:textId="2C167F85" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6736DE6B" w14:textId="407AD6EC" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C116117" w14:textId="09FF9A08" w:rsidR="76A713CB" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="_Toc1449888965"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc1120992832"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc213142405"/>
+      <w:r>
+        <w:t>Measuring the reach of Covid-19 vaccine access among people with disabilities in Massachusetts in 2021</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="143"/>
+    </w:p>
+    <w:p w14:paraId="4D59CCF4" w14:textId="7B8538E0" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D271B8D" w14:textId="2968422F" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Arielle Coq (MDPH), Cecilia Vu (MDPH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4A9D0F" w14:textId="35B22329" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C54C635" w14:textId="7192FEA3" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nassira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nicola (MDPH), Bianey Ramirez (MDPH), and Nick Griffiths (MDPH), Amy Bettano (MDPH), Elizabeth Russo (MDPH), Kathryn Ahnger-Pier (MDPH), Joshua Norville (MDPH), Madison Lyman (MDPH), and Boudu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bingay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MDPH).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103F16A4" w14:textId="0CF7D681" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDC7EC0" w14:textId="08E7B9E0" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267B720C" w14:textId="49D3DA6B" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Our analytical goals are to measure the proportion of people with a disability in Massachusetts who received one Covid-19 vaccine from February to July 2021 using the MDPH Public Health Data (PHD) Warehouse. Specifically, we aim to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBF30F9" w14:textId="7FF32FB7" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Measure the type of vaccination sites that people with a disability accessed (i.e. mass vaccination sites, traditional office/ pharmacy locations, and other sites)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415F05FD" w14:textId="325697B7" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Describe vaccination site access among people with a disability disaggregated by type of disability (i.e. intellectual and mobility disability)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519B6E28" w14:textId="3BCE2813" w:rsidR="658C0754" w:rsidRDefault="658C0754" w:rsidP="71B85AE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Describe vaccination site access among people with a disability by age and race/ethnicity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9C784B" w14:textId="78C323B3" w:rsidR="71B85AE8" w:rsidRDefault="71B85AE8" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68BE9FC1" w14:textId="14B0F9D5" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DEAF1B2" w14:textId="1138E342" w:rsidR="1D248960" w:rsidRDefault="102B1B09" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="_Toc1909531757"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc197500235"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc213142406"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HEALing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Communities Study (HCS)</w:t>
+      </w:r>
+      <w:r w:rsidR="295E430F">
+        <w:t xml:space="preserve"> 1-3</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:bookmarkEnd w:id="146"/>
+    </w:p>
+    <w:p w14:paraId="4CF27414" w14:textId="77777777" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FE067F7" w14:textId="77777777" w:rsidR="1D248960" w:rsidRDefault="102B1B09" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Lead: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jeffrey Samet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB009EB" w14:textId="4F7E882A" w:rsidR="1D248960" w:rsidRDefault="102B1B09" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Team: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marc LaRochelle (BMC/BUSM), Sarah Kosakowski (BMC), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shapei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yan (BMC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487B2137" w14:textId="6FBC791F" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53FB09F4" w14:textId="2ADA83D7" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5EFED8" w14:textId="095ED3F2" w:rsidR="1D248960" w:rsidRDefault="102B1B09" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>HCS Analytic Plan 3 Project Aims:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D5F352" w14:textId="363DA10A" w:rsidR="1D248960" w:rsidRDefault="102B1B09" w:rsidP="6D2747B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6D2747B0">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>For HCS community residents that died of an opioid-related overdose, how many experienced detox/opioid related EMS runs/non-fatal opioid overdose 12 months prior to death?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7F261B" w14:textId="4B90C481" w:rsidR="1D248960" w:rsidRDefault="1D248960" w:rsidP="1D248960">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="1D248960">
-      <w:headerReference w:type="even" r:id="rId21"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41527D82" w14:textId="77777777" w:rsidR="00B41DA2" w:rsidRDefault="00B41DA2" w:rsidP="002A63F0">
+    <w:p w14:paraId="1A3DF461" w14:textId="77777777" w:rsidR="00C7223C" w:rsidRDefault="00C7223C" w:rsidP="002A63F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3784A350" w14:textId="77777777" w:rsidR="00B41DA2" w:rsidRDefault="00B41DA2" w:rsidP="002A63F0">
+    <w:p w14:paraId="64334D57" w14:textId="77777777" w:rsidR="00C7223C" w:rsidRDefault="00C7223C" w:rsidP="002A63F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="449C3B45" w14:textId="77777777" w:rsidR="00B41DA2" w:rsidRDefault="00B41DA2">
+    <w:p w14:paraId="4A7A5189" w14:textId="77777777" w:rsidR="00C7223C" w:rsidRDefault="00C7223C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
@@ -16559,275 +21715,186 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="66F6DBFC" w14:textId="77777777" w:rsidR="0043332B" w:rsidRDefault="0043332B">
-[...28 lines deleted...]
-  <w:p w14:paraId="64576F1E" w14:textId="77777777" w:rsidR="0043332B" w:rsidRDefault="0043332B">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1097443260"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="33997DB8" w14:textId="00FDB928" w:rsidR="00F80D12" w:rsidRDefault="00F80D12">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r w:rsidRPr="109EFD67">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="109EFD67">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="109EFD67" w:rsidRPr="109EFD67">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="109EFD67">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="60BF456C" w14:textId="33D85D7C" w:rsidR="002A63F0" w:rsidRDefault="002A63F0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A999AFE" w14:textId="77777777" w:rsidR="00B41DA2" w:rsidRDefault="00B41DA2" w:rsidP="002A63F0">
+    <w:p w14:paraId="20F548D9" w14:textId="77777777" w:rsidR="00C7223C" w:rsidRDefault="00C7223C" w:rsidP="002A63F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="251D5552" w14:textId="77777777" w:rsidR="00B41DA2" w:rsidRDefault="00B41DA2" w:rsidP="002A63F0">
+    <w:p w14:paraId="634AFD90" w14:textId="77777777" w:rsidR="00C7223C" w:rsidRDefault="00C7223C" w:rsidP="002A63F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="61DD4D37" w14:textId="77777777" w:rsidR="00B41DA2" w:rsidRDefault="00B41DA2">
+    <w:p w14:paraId="2B106822" w14:textId="77777777" w:rsidR="00C7223C" w:rsidRDefault="00C7223C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="003E7A8F" w14:textId="670F637D" w:rsidR="002A63F0" w:rsidRPr="002A63F0" w:rsidRDefault="1D248960" w:rsidP="1D248960">
     <w:pPr>
       <w:ind w:left="1440"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="4471C4"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="1D248960">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="4471C4"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">PHD Active &amp; Completed Analytic Projects </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="24268C63" w14:textId="77777777" w:rsidR="002A63F0" w:rsidRDefault="002A63F0" w:rsidP="002A63F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="6rp+cX6jdEWBwe" int2:id="q9H2mj02">
       <int2:state int2:value="Rejected" int2:type="spell"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00B37D06"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01E43C63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="B2D4DBA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9176E770">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4C1E9EA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16869,250 +21936,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6396C720">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="88F6DC90">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...198 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B561654"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="855E04B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5ACCCF4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8FFEAC0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17154,51 +22022,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="084EF11E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8F04F742">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF70572"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28B06E4C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17240,449 +22108,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F8AED5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0C043E6E"/>
-    <w:lvl w:ilvl="0" w:tplc="4FEA12C8">
+    <w:tmpl w:val="16B8F38C"/>
+    <w:lvl w:ilvl="0" w:tplc="FA1235AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DCBEF048">
+    <w:lvl w:ilvl="1" w:tplc="3392F39C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9AB8EA72">
+    <w:lvl w:ilvl="2" w:tplc="373C5BE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CC94EF52">
+    <w:lvl w:ilvl="3" w:tplc="F488B800">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E416DFFA">
+    <w:lvl w:ilvl="4" w:tplc="63EE0D08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FDAEBA4A">
+    <w:lvl w:ilvl="5" w:tplc="652A936A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3CCCBEBA">
+    <w:lvl w:ilvl="6" w:tplc="BAF83460">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="876CDF5E">
+    <w:lvl w:ilvl="7" w:tplc="B76881BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BD8AE652">
+    <w:lvl w:ilvl="8" w:tplc="44C47E92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...284 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="145A6BD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2B63880"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17751,449 +22334,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1739D7A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="74A2EDFE"/>
-    <w:lvl w:ilvl="0" w:tplc="E87A423A">
+    <w:tmpl w:val="CA0828BE"/>
+    <w:lvl w:ilvl="0" w:tplc="80DCF7D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0E26248A">
+    <w:lvl w:ilvl="1" w:tplc="A6849704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19E4AA64">
+    <w:lvl w:ilvl="2" w:tplc="06960DF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="353EF8F4">
+    <w:lvl w:ilvl="3" w:tplc="1526D704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3F7CC622">
+    <w:lvl w:ilvl="4" w:tplc="54E40A28">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B52A961C">
+    <w:lvl w:ilvl="5" w:tplc="DCDEBB82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3300074A">
+    <w:lvl w:ilvl="6" w:tplc="EC088B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F072EF6E">
+    <w:lvl w:ilvl="7" w:tplc="C8D8AE28">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D4C2BDF2">
+    <w:lvl w:ilvl="8" w:tplc="D20A7F84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...284 lines deleted...]
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19A0499E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FC8AED46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4DD672A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -18262,793 +22560,137 @@
     <w:lvl w:ilvl="7" w:tplc="7496241C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CCCE73BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A21B724"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B1CE723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="67361110"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="·"/>
+    <w:tmpl w:val="37E0E2AC"/>
+    <w:lvl w:ilvl="0" w:tplc="5E369DE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...113 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="8618AD8E">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="15B8A948">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BD807A3E">
+    <w:lvl w:ilvl="2" w:tplc="AA74B366">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24C04584">
+    <w:lvl w:ilvl="3" w:tplc="C6B831D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34DE73E0">
+    <w:lvl w:ilvl="4" w:tplc="2F8C5F42">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CD665698">
+    <w:lvl w:ilvl="5" w:tplc="BD6EBB84">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6736EC0A">
+    <w:lvl w:ilvl="6" w:tplc="711CD578">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FD180794">
+    <w:lvl w:ilvl="7" w:tplc="F856AF9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="032882E8">
+    <w:lvl w:ilvl="8" w:tplc="AC0E364A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...542 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="294A255D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -19090,51 +22732,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B662E76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49B89426"/>
     <w:lvl w:ilvl="0" w:tplc="D8EC6674">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="909A0486">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -19180,51 +22822,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="CE7A959E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6C94CD2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31FC3C20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="9080E12A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BFDE2A40">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3AEA8DCA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19266,4139 +22908,2031 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="29ACEE50">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1A684ADA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3799B0EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="626899AA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F38DD76">
+    <w:tmpl w:val="3E06CF42"/>
+    <w:lvl w:ilvl="0" w:tplc="8BBC397E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9A7885BC">
+    <w:lvl w:ilvl="1" w:tplc="E1DE89A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C58EFD8">
+    <w:lvl w:ilvl="2" w:tplc="86B8BCB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C792B644">
+    <w:lvl w:ilvl="3" w:tplc="950676EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FCDAD84A">
+    <w:lvl w:ilvl="4" w:tplc="72DE36EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="200A93CA">
+    <w:lvl w:ilvl="5" w:tplc="7968EF9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2E90D28A">
+    <w:lvl w:ilvl="6" w:tplc="8DB84EC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="997A6304">
+    <w:lvl w:ilvl="7" w:tplc="A4C49B6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="235A8380">
+    <w:lvl w:ilvl="8" w:tplc="3566010E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="37B23CBC"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39942EBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3038349C"/>
-    <w:lvl w:ilvl="0" w:tplc="97588F94">
+    <w:tmpl w:val="3F2850D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0C904872">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9CCCB738">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="97900164">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BCD27320">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1E30A046">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1D7A39FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8C7C196E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D5FCA10A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A60EEDD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FFE47C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="14CE91C0"/>
+    <w:lvl w:ilvl="0" w:tplc="138AF37E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EFDED7A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8F7CF4C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="61AEADA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="559CD2C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10000DC6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A9549A3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8A9E68C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="21B6C2A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="406812FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="50BC8F34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5DEC820E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B984B066">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C83AEE50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1E261F3E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F1FA9880">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D870CC88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="29540150">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="96A83E3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40C39C09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B748EA80"/>
+    <w:lvl w:ilvl="0" w:tplc="D3060E32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBFCBB3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9F808598">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8F7603EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="733AFDE2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="599885A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B14AF316">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3BD6F498">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3380165E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="412CB97D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39B6677A"/>
+    <w:lvl w:ilvl="0" w:tplc="48C06B44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6EF6388E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="199A8644">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="76DE8B68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A37E89A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4F8CFE84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C34A77CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="40123D0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="66EE4C8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="413678FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3F6BDAC"/>
+    <w:lvl w:ilvl="0" w:tplc="F18C1E04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E38CFBAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DBA87772">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C8503AF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C8807936">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="83E096E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9580D094">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E6C7794">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08064818">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49D094F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3042DD52"/>
+    <w:lvl w:ilvl="0" w:tplc="260A99C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BFE658D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="53787B44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3CEC95CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A656C03A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="21700C2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C6C63D6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8BA6D1C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D86887DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A3890C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7CDC9020"/>
+    <w:lvl w:ilvl="0" w:tplc="8510277E">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90EE6C60">
+    <w:lvl w:ilvl="1" w:tplc="884AF176">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38546A40">
+    <w:lvl w:ilvl="2" w:tplc="F13AFFD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9762F61A">
+    <w:lvl w:ilvl="3" w:tplc="6CF21BD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0838A6E8">
+    <w:lvl w:ilvl="4" w:tplc="69404858">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BE9AD502">
+    <w:lvl w:ilvl="5" w:tplc="AE3CBEF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55CCFC6C">
+    <w:lvl w:ilvl="6" w:tplc="4B74188E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54C6C9BE">
+    <w:lvl w:ilvl="7" w:tplc="76F03756">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="02E8FE34">
+    <w:lvl w:ilvl="8" w:tplc="397A8906">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="39942EBC"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D9783B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6CFC91F8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="8AC678C4"/>
+    <w:lvl w:ilvl="0" w:tplc="7660E224">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...339 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="2B7219A2">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="428EC0EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B128EF92">
+    <w:lvl w:ilvl="2" w:tplc="EBB4EBCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="418C294A">
+    <w:lvl w:ilvl="3" w:tplc="C1DC8A18">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="582CE25A">
+    <w:lvl w:ilvl="4" w:tplc="3356BF82">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3B06C372">
+    <w:lvl w:ilvl="5" w:tplc="93E067E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7B3A0468">
+    <w:lvl w:ilvl="6" w:tplc="99D04EEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="461E43E2">
+    <w:lvl w:ilvl="7" w:tplc="97643E7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B08A1B7A">
+    <w:lvl w:ilvl="8" w:tplc="CF98A2EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3E4B17C1"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56861FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="684814BA"/>
-    <w:lvl w:ilvl="0" w:tplc="71369768">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="02D875E2">
+    <w:lvl w:ilvl="1" w:tplc="B992AA02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A834590C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B9628506">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DE1C5B54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0FCA2402">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BA468A4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="666834F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FAB6AEFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56C9AFA3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD287392"/>
+    <w:lvl w:ilvl="0" w:tplc="44362A5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9D2E5778">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EE62DA24">
+    <w:lvl w:ilvl="2" w:tplc="EF1ED91E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3C8E6E10">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="3" w:tplc="E4567916">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="DF0EA9E4">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A030D8E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28ACB406">
+    <w:lvl w:ilvl="5" w:tplc="161A58A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EED03828">
+    <w:lvl w:ilvl="6" w:tplc="19F067D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B7A0F82C">
+    <w:lvl w:ilvl="7" w:tplc="58A2D582">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6AC6AAFE">
+    <w:lvl w:ilvl="8" w:tplc="561E409E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3EFF88E2"/>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A2F150A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CF4E976E"/>
-[...113 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="138AF37E">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="91C48CF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EFDED7A0">
+    <w:lvl w:ilvl="1" w:tplc="A6385D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8F7CF4C8">
+    <w:lvl w:ilvl="2" w:tplc="F4D88260">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61AEADA0">
+    <w:lvl w:ilvl="3" w:tplc="09F420B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="559CD2C2">
+    <w:lvl w:ilvl="4" w:tplc="5A84EABC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10000DC6">
+    <w:lvl w:ilvl="5" w:tplc="D41A6E1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A9549A3C">
+    <w:lvl w:ilvl="6" w:tplc="D64E2ED0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8A9E68C0">
+    <w:lvl w:ilvl="7" w:tplc="38E28234">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21B6C2A0">
+    <w:lvl w:ilvl="8" w:tplc="82C8B32C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="406812FA"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BA80CF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
-    <w:lvl w:ilvl="0" w:tplc="50BC8F34">
+    <w:lvl w:ilvl="0" w:tplc="9EBAB05C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5DEC820E">
+    <w:lvl w:ilvl="1" w:tplc="3B827032">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B984B066">
+    <w:lvl w:ilvl="2" w:tplc="96F4747E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C83AEE50">
+    <w:lvl w:ilvl="3" w:tplc="8162EA46">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1E261F3E">
+    <w:lvl w:ilvl="4" w:tplc="FBE64544">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F1FA9880">
+    <w:lvl w:ilvl="5" w:tplc="924CEBCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D870CC88">
+    <w:lvl w:ilvl="6" w:tplc="F1D05BB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29540150">
+    <w:lvl w:ilvl="7" w:tplc="9888FF24">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96A83E3A">
+    <w:lvl w:ilvl="8" w:tplc="C03A00D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40C39C09"/>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D9E92BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C1788D86"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:tmpl w:val="6CC0769A"/>
+    <w:lvl w:ilvl="0" w:tplc="8DC2F50E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C8DACE7E">
+    <w:lvl w:ilvl="1" w:tplc="D8E45D54">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38FA2436">
+    <w:lvl w:ilvl="2" w:tplc="B5BC7F4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94CE3718">
+    <w:lvl w:ilvl="3" w:tplc="1AFA4414">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="006470EC">
+    <w:lvl w:ilvl="4" w:tplc="2FC04DD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ADAE6512">
+    <w:lvl w:ilvl="5" w:tplc="CA40B056">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="03B8F0F0">
+    <w:lvl w:ilvl="6" w:tplc="48429984">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C9EC0C3C">
+    <w:lvl w:ilvl="7" w:tplc="02B8B3C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C122E48A">
+    <w:lvl w:ilvl="8" w:tplc="91D62CBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="412CB97D"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="644904BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AA74A02C"/>
-    <w:lvl w:ilvl="0" w:tplc="27DCA04C">
+    <w:tmpl w:val="FA8EE702"/>
+    <w:lvl w:ilvl="0" w:tplc="CEE48D56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FEAE06B0">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="07187146">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D4962A28">
+    <w:lvl w:ilvl="2" w:tplc="29A2A022">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8E6C424E">
+    <w:lvl w:ilvl="3" w:tplc="BD029726">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35A214A2">
+    <w:lvl w:ilvl="4" w:tplc="F7E262C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CF10422A">
+    <w:lvl w:ilvl="5" w:tplc="04AA34F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D17AEB5A">
+    <w:lvl w:ilvl="6" w:tplc="CE148EF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="654EF26A">
+    <w:lvl w:ilvl="7" w:tplc="3B6E7B0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5B08AA80">
+    <w:lvl w:ilvl="8" w:tplc="2CCA9060">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="413678FC"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CAA79B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="46C8CB90"/>
-[...226 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="703876D2">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="CA940FDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C952F52E">
+    <w:lvl w:ilvl="1" w:tplc="A3BAA4EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6C50A492">
+    <w:lvl w:ilvl="2" w:tplc="52A87E2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1EACFE30">
+    <w:lvl w:ilvl="3" w:tplc="05F84854">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3B5213DC">
+    <w:lvl w:ilvl="4" w:tplc="38687D50">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6518C4FE">
+    <w:lvl w:ilvl="5" w:tplc="CA8AA44C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EA0C6EF4">
+    <w:lvl w:ilvl="6" w:tplc="8CBA5A86">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F39AF798">
+    <w:lvl w:ilvl="7" w:tplc="326A64FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4788B710">
+    <w:lvl w:ilvl="8" w:tplc="CAD24D32">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="49992536"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F571A36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7CB0F6C4"/>
-    <w:lvl w:ilvl="0" w:tplc="568828DA">
+    <w:tmpl w:val="9992F6A0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BF583CD8">
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="755CD67C">
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D0887E3C">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4FA49C22">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3296ED3A">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="634E479A">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70C491F4">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D9A89E2C">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="49D094F2"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70CB2E62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C97C4FA2"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="D598AE02"/>
+    <w:lvl w:ilvl="0" w:tplc="29504C5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="263A0158">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EF705AC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="15C2FE68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="90F6B9D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="13C843A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="184C6742">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D17C32D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9E6638B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71BB5AC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="058E6ED2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DE8E7CBA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="54A81124">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F4168B9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4E324E3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D270B7C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A9B86942">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AB2097B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F14236C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4A3890C7"/>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="733881DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7558305E"/>
-    <w:lvl w:ilvl="0" w:tplc="D4FEABA8">
+    <w:tmpl w:val="5904430A"/>
+    <w:lvl w:ilvl="0" w:tplc="48044018">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E7902786">
+    <w:lvl w:ilvl="1" w:tplc="22463864">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8E9C864C">
+    <w:lvl w:ilvl="2" w:tplc="C770B77E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8BAA7DC8">
+    <w:lvl w:ilvl="3" w:tplc="03D8C9E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="01A42E72">
+    <w:lvl w:ilvl="4" w:tplc="D25C9CD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="500A0590">
+    <w:lvl w:ilvl="5" w:tplc="9CBC7C5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E796F808">
+    <w:lvl w:ilvl="6" w:tplc="0A863000">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FEEEB30C">
+    <w:lvl w:ilvl="7" w:tplc="E1CA931C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84FE993A">
+    <w:lvl w:ilvl="8" w:tplc="400A2810">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4AEE5EF1"/>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74467CF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B308BC0C"/>
-    <w:lvl w:ilvl="0" w:tplc="CE72778A">
+    <w:tmpl w:val="FC18EA38"/>
+    <w:lvl w:ilvl="0" w:tplc="223474AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="493AB7A2">
+    <w:lvl w:ilvl="1" w:tplc="A8567E5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D8C21EEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EA380CE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="700CDA8A">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="DD2A1E9A">
+    <w:lvl w:ilvl="4" w:tplc="54A800B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5C9EABC8">
+    <w:lvl w:ilvl="5" w:tplc="E760F0CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="AC6406D4">
+    <w:lvl w:ilvl="6" w:tplc="77CA1916">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6D9EE0FA">
+    <w:lvl w:ilvl="7" w:tplc="DB7A968E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98F8E9A2">
+    <w:lvl w:ilvl="8" w:tplc="49A0EC00">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
-[...2264 lines deleted...]
-  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77281BA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="7D083048">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9BF0AFAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="9C68B76A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23440,137 +24974,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7110EF86">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="782EF882">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="782031C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="778EEEA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="162AC816">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="838E6600">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23612,137 +25060,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B060C8AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="03F62E80">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="798FCAFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7736D278"/>
-    <w:lvl w:ilvl="0" w:tplc="01964D46">
+    <w:tmpl w:val="66D0B0C2"/>
+    <w:lvl w:ilvl="0" w:tplc="700275CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EBA2272C">
+    <w:lvl w:ilvl="1" w:tplc="5FCEEE10">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="273A68D4">
+    <w:lvl w:ilvl="2" w:tplc="5C7A15A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F7AC0954">
+    <w:lvl w:ilvl="3" w:tplc="ED64CFC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="383E1480">
+    <w:lvl w:ilvl="4" w:tplc="3F0AC37E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F118D4F2">
+    <w:lvl w:ilvl="5" w:tplc="73249348">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D4821236">
+    <w:lvl w:ilvl="6" w:tplc="ACE0A686">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0052A3A6">
+    <w:lvl w:ilvl="7" w:tplc="FBC664D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9EC8D056">
+    <w:lvl w:ilvl="8" w:tplc="804C6E94">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AA735C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC4EC42C"/>
     <w:lvl w:ilvl="0" w:tplc="854E6448">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A3C8D7BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D50A9ABA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23784,1278 +25232,909 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="4D10DEF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="554247C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
-[...260 lines deleted...]
-  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D63758D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="14D456CE"/>
-    <w:lvl w:ilvl="0" w:tplc="7F009E6E">
+    <w:tmpl w:val="87960A92"/>
+    <w:lvl w:ilvl="0" w:tplc="C4BC0110">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90185300">
+    <w:lvl w:ilvl="1" w:tplc="FF88A024">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B32C0EEC">
+    <w:lvl w:ilvl="2" w:tplc="273C7BFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DB6A2A58">
+    <w:lvl w:ilvl="3" w:tplc="B950D9E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EB9ECBA8">
+    <w:lvl w:ilvl="4" w:tplc="2340B1EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9AB803FA">
+    <w:lvl w:ilvl="5" w:tplc="9C3AECAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FC169D8E">
+    <w:lvl w:ilvl="6" w:tplc="055E277A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F65259C4">
+    <w:lvl w:ilvl="7" w:tplc="B6E863B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16BC7BCC">
+    <w:lvl w:ilvl="8" w:tplc="B8702E74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
-[...86 lines deleted...]
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="1" w16cid:durableId="1500579173">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="695811703">
-    <w:abstractNumId w:val="63"/>
+  <w:num w:numId="2" w16cid:durableId="268240985">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1114524103">
-    <w:abstractNumId w:val="51"/>
+  <w:num w:numId="3" w16cid:durableId="1042170078">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1951693377">
-    <w:abstractNumId w:val="49"/>
+  <w:num w:numId="4" w16cid:durableId="1351754879">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1336608743">
+  <w:num w:numId="5" w16cid:durableId="777602275">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1898779435">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2055960170">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="623080103">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="273363515">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2086142198">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1223761098">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="445197673">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1318070976">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1256017171">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1072123010">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="177233929">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1998069131">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1635141931">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="611744411">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="918977282">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1343316117">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="145129013">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="662782699">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="34236480">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1866282667">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1059090106">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="874856557">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1421442171">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1080174045">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1204751322">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="310523021">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1176766830">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1121874733">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1960405341">
+  <w:num w:numId="34" w16cid:durableId="1618290325">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="883366033">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1510677785">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="80688408">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="37" w16cid:durableId="1703435482">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="634525569">
-[...170 lines deleted...]
-  <w:num w:numId="65" w16cid:durableId="1063256347">
+  <w:num w:numId="38" w16cid:durableId="1769814415">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="1138258929">
-[...47 lines deleted...]
-  <w:numIdMacAtCleanup w:val="14"/>
+  <w:numIdMacAtCleanup w:val="38"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00685362"/>
+    <w:rsid w:val="000000A1"/>
     <w:rsid w:val="0000575C"/>
+    <w:rsid w:val="00015BCB"/>
     <w:rsid w:val="0002F17A"/>
     <w:rsid w:val="000307FA"/>
     <w:rsid w:val="0006468A"/>
     <w:rsid w:val="00071D38"/>
     <w:rsid w:val="00094BAB"/>
+    <w:rsid w:val="001074EA"/>
     <w:rsid w:val="0011096D"/>
+    <w:rsid w:val="00113FA0"/>
     <w:rsid w:val="0011F0B2"/>
     <w:rsid w:val="0013713C"/>
+    <w:rsid w:val="00157707"/>
+    <w:rsid w:val="00162649"/>
     <w:rsid w:val="00167F14"/>
     <w:rsid w:val="001768C4"/>
+    <w:rsid w:val="0017753A"/>
+    <w:rsid w:val="001811C9"/>
     <w:rsid w:val="00182291"/>
     <w:rsid w:val="001852E4"/>
+    <w:rsid w:val="001B2BF9"/>
+    <w:rsid w:val="001F02A2"/>
     <w:rsid w:val="001F4784"/>
     <w:rsid w:val="00207795"/>
     <w:rsid w:val="002149BC"/>
     <w:rsid w:val="002154DA"/>
     <w:rsid w:val="002249EC"/>
     <w:rsid w:val="00234EDD"/>
+    <w:rsid w:val="00236BF4"/>
+    <w:rsid w:val="0023756B"/>
     <w:rsid w:val="0024517C"/>
     <w:rsid w:val="002506E7"/>
+    <w:rsid w:val="002A5547"/>
     <w:rsid w:val="002A63F0"/>
+    <w:rsid w:val="002C681A"/>
     <w:rsid w:val="00302AA9"/>
+    <w:rsid w:val="0032490B"/>
+    <w:rsid w:val="00346A73"/>
+    <w:rsid w:val="0035248D"/>
+    <w:rsid w:val="00353FA1"/>
+    <w:rsid w:val="00360C00"/>
     <w:rsid w:val="00361B46"/>
     <w:rsid w:val="00362F33"/>
     <w:rsid w:val="00374FB7"/>
+    <w:rsid w:val="00375A1D"/>
     <w:rsid w:val="003BC92F"/>
     <w:rsid w:val="003F6DBA"/>
     <w:rsid w:val="0041071F"/>
     <w:rsid w:val="0043332B"/>
+    <w:rsid w:val="00437DC0"/>
     <w:rsid w:val="0044747D"/>
     <w:rsid w:val="00462380"/>
     <w:rsid w:val="00473A50"/>
     <w:rsid w:val="00485C38"/>
+    <w:rsid w:val="004917B5"/>
+    <w:rsid w:val="004A3AE6"/>
     <w:rsid w:val="004A5387"/>
+    <w:rsid w:val="004C1156"/>
     <w:rsid w:val="004F30C9"/>
     <w:rsid w:val="004F6BD7"/>
     <w:rsid w:val="00536DD3"/>
     <w:rsid w:val="00573836"/>
+    <w:rsid w:val="005775C4"/>
     <w:rsid w:val="00592CA7"/>
     <w:rsid w:val="005B184B"/>
     <w:rsid w:val="005D4E2E"/>
     <w:rsid w:val="005E4243"/>
     <w:rsid w:val="005F1138"/>
     <w:rsid w:val="005F57A4"/>
     <w:rsid w:val="00621F31"/>
     <w:rsid w:val="006355A2"/>
+    <w:rsid w:val="00652942"/>
+    <w:rsid w:val="00681802"/>
     <w:rsid w:val="00685362"/>
     <w:rsid w:val="006935A2"/>
     <w:rsid w:val="006A0A6F"/>
+    <w:rsid w:val="006B773E"/>
     <w:rsid w:val="006C5EBD"/>
     <w:rsid w:val="006D215E"/>
     <w:rsid w:val="006EBA3A"/>
     <w:rsid w:val="006F037E"/>
     <w:rsid w:val="006F1A91"/>
     <w:rsid w:val="006F5383"/>
+    <w:rsid w:val="007000BE"/>
     <w:rsid w:val="0071A62D"/>
     <w:rsid w:val="0073167E"/>
     <w:rsid w:val="00733314"/>
     <w:rsid w:val="007351D8"/>
+    <w:rsid w:val="00753F17"/>
     <w:rsid w:val="00754607"/>
     <w:rsid w:val="00764D65"/>
+    <w:rsid w:val="007663A6"/>
+    <w:rsid w:val="00780AD1"/>
     <w:rsid w:val="00787CF1"/>
     <w:rsid w:val="007B210C"/>
+    <w:rsid w:val="007B784C"/>
+    <w:rsid w:val="007C2503"/>
+    <w:rsid w:val="007D3752"/>
     <w:rsid w:val="007E05D9"/>
     <w:rsid w:val="007E1310"/>
     <w:rsid w:val="007E6710"/>
     <w:rsid w:val="00802F81"/>
+    <w:rsid w:val="008055DE"/>
     <w:rsid w:val="00821F9D"/>
+    <w:rsid w:val="00844423"/>
     <w:rsid w:val="0086157F"/>
     <w:rsid w:val="00885407"/>
     <w:rsid w:val="00892E79"/>
     <w:rsid w:val="008D3BF5"/>
     <w:rsid w:val="008E632F"/>
     <w:rsid w:val="008E6771"/>
+    <w:rsid w:val="008E7E69"/>
+    <w:rsid w:val="008F0572"/>
+    <w:rsid w:val="00916B48"/>
     <w:rsid w:val="009519E2"/>
     <w:rsid w:val="0099007E"/>
     <w:rsid w:val="00998D42"/>
     <w:rsid w:val="009B1606"/>
     <w:rsid w:val="009B31AC"/>
     <w:rsid w:val="009F25EC"/>
     <w:rsid w:val="00A044D7"/>
     <w:rsid w:val="00A1564F"/>
     <w:rsid w:val="00A75B90"/>
     <w:rsid w:val="00A815A9"/>
     <w:rsid w:val="00A87A54"/>
     <w:rsid w:val="00A94212"/>
     <w:rsid w:val="00AC5D16"/>
     <w:rsid w:val="00B27882"/>
-    <w:rsid w:val="00B41DA2"/>
     <w:rsid w:val="00B571B2"/>
     <w:rsid w:val="00B67A07"/>
     <w:rsid w:val="00B71BF9"/>
     <w:rsid w:val="00B7465C"/>
     <w:rsid w:val="00B7560D"/>
     <w:rsid w:val="00B93BAF"/>
     <w:rsid w:val="00BA520A"/>
+    <w:rsid w:val="00BA7C4D"/>
+    <w:rsid w:val="00BC103D"/>
+    <w:rsid w:val="00BE1ED7"/>
     <w:rsid w:val="00C04CEC"/>
+    <w:rsid w:val="00C21CA2"/>
+    <w:rsid w:val="00C23CA7"/>
     <w:rsid w:val="00C31033"/>
     <w:rsid w:val="00C529A6"/>
+    <w:rsid w:val="00C531FA"/>
+    <w:rsid w:val="00C7223C"/>
     <w:rsid w:val="00C7EEA2"/>
+    <w:rsid w:val="00C844E9"/>
     <w:rsid w:val="00C97BAE"/>
     <w:rsid w:val="00CB6183"/>
     <w:rsid w:val="00CCB4CD"/>
+    <w:rsid w:val="00CD141A"/>
+    <w:rsid w:val="00CD74AA"/>
     <w:rsid w:val="00CE02CC"/>
+    <w:rsid w:val="00CE05E5"/>
     <w:rsid w:val="00CE1C55"/>
     <w:rsid w:val="00CE7892"/>
     <w:rsid w:val="00CF3296"/>
     <w:rsid w:val="00D127FD"/>
     <w:rsid w:val="00D13736"/>
+    <w:rsid w:val="00D13B1C"/>
     <w:rsid w:val="00D204DD"/>
     <w:rsid w:val="00D370EC"/>
     <w:rsid w:val="00D54094"/>
     <w:rsid w:val="00D54FD1"/>
     <w:rsid w:val="00D56E0F"/>
     <w:rsid w:val="00D620D6"/>
     <w:rsid w:val="00D73E9C"/>
+    <w:rsid w:val="00D75F13"/>
     <w:rsid w:val="00D80A94"/>
+    <w:rsid w:val="00D83CE9"/>
+    <w:rsid w:val="00D9364A"/>
     <w:rsid w:val="00D9392B"/>
+    <w:rsid w:val="00D93E49"/>
+    <w:rsid w:val="00DA53FF"/>
     <w:rsid w:val="00DB2D38"/>
+    <w:rsid w:val="00DC34A6"/>
     <w:rsid w:val="00DC6B5A"/>
     <w:rsid w:val="00DE1D29"/>
     <w:rsid w:val="00DE2498"/>
     <w:rsid w:val="00DF2D85"/>
     <w:rsid w:val="00E05478"/>
     <w:rsid w:val="00E06BBC"/>
-    <w:rsid w:val="00E20508"/>
     <w:rsid w:val="00E207E2"/>
+    <w:rsid w:val="00E21A6D"/>
     <w:rsid w:val="00E31837"/>
+    <w:rsid w:val="00E356EB"/>
+    <w:rsid w:val="00E500FB"/>
+    <w:rsid w:val="00E60D08"/>
+    <w:rsid w:val="00EA4C0C"/>
+    <w:rsid w:val="00EB0CB7"/>
     <w:rsid w:val="00EB6E41"/>
+    <w:rsid w:val="00EE6A08"/>
     <w:rsid w:val="00EE7158"/>
     <w:rsid w:val="00EF65F6"/>
     <w:rsid w:val="00F24C4C"/>
     <w:rsid w:val="00F33E14"/>
     <w:rsid w:val="00F3584E"/>
-    <w:rsid w:val="00F50858"/>
     <w:rsid w:val="00F550F4"/>
     <w:rsid w:val="00F65BE3"/>
+    <w:rsid w:val="00F80D12"/>
+    <w:rsid w:val="00F817EB"/>
     <w:rsid w:val="00F87939"/>
     <w:rsid w:val="00F90598"/>
+    <w:rsid w:val="00F93205"/>
     <w:rsid w:val="00F93AD3"/>
+    <w:rsid w:val="00F94DAF"/>
     <w:rsid w:val="00FC22B0"/>
     <w:rsid w:val="00FC6A27"/>
+    <w:rsid w:val="00FE072C"/>
     <w:rsid w:val="010F864A"/>
     <w:rsid w:val="0116A2F8"/>
     <w:rsid w:val="0120D735"/>
     <w:rsid w:val="012322F0"/>
     <w:rsid w:val="012DA14F"/>
     <w:rsid w:val="0139008F"/>
+    <w:rsid w:val="01442081"/>
     <w:rsid w:val="0181B75D"/>
+    <w:rsid w:val="01A612FB"/>
     <w:rsid w:val="01A65536"/>
     <w:rsid w:val="01A8AD32"/>
     <w:rsid w:val="01B59B59"/>
     <w:rsid w:val="01C5D752"/>
+    <w:rsid w:val="01CE5094"/>
     <w:rsid w:val="01D524D3"/>
     <w:rsid w:val="01E4E336"/>
     <w:rsid w:val="01E81D54"/>
+    <w:rsid w:val="01F7AE52"/>
     <w:rsid w:val="020F2B2F"/>
     <w:rsid w:val="0220DB17"/>
     <w:rsid w:val="027A6661"/>
     <w:rsid w:val="029A3CA5"/>
     <w:rsid w:val="02B1E2C2"/>
     <w:rsid w:val="02B4EC18"/>
+    <w:rsid w:val="02C5C84A"/>
+    <w:rsid w:val="02D00B30"/>
     <w:rsid w:val="02FA24B6"/>
     <w:rsid w:val="0322C539"/>
     <w:rsid w:val="0330177B"/>
     <w:rsid w:val="0342E761"/>
     <w:rsid w:val="034F9274"/>
     <w:rsid w:val="0365F0DC"/>
     <w:rsid w:val="037290A2"/>
     <w:rsid w:val="0382765F"/>
     <w:rsid w:val="0392FA09"/>
+    <w:rsid w:val="03C08E00"/>
     <w:rsid w:val="03E9B6B3"/>
     <w:rsid w:val="0413D323"/>
     <w:rsid w:val="04546C0E"/>
     <w:rsid w:val="048CCFE7"/>
+    <w:rsid w:val="04B44C1B"/>
     <w:rsid w:val="04C97A40"/>
     <w:rsid w:val="04E8152D"/>
     <w:rsid w:val="04EAEAAA"/>
     <w:rsid w:val="04EE989A"/>
     <w:rsid w:val="04EF70A4"/>
     <w:rsid w:val="050AF07D"/>
     <w:rsid w:val="051F063B"/>
     <w:rsid w:val="0537D14E"/>
     <w:rsid w:val="054097C6"/>
     <w:rsid w:val="0591A065"/>
     <w:rsid w:val="059A04B4"/>
     <w:rsid w:val="05A76B86"/>
+    <w:rsid w:val="05D3FFB9"/>
     <w:rsid w:val="05E4BE63"/>
     <w:rsid w:val="05EB375B"/>
     <w:rsid w:val="05EC22C4"/>
     <w:rsid w:val="0618A10A"/>
     <w:rsid w:val="061D33E0"/>
     <w:rsid w:val="063F32AB"/>
     <w:rsid w:val="064ABB77"/>
     <w:rsid w:val="06624389"/>
     <w:rsid w:val="067BB7D3"/>
     <w:rsid w:val="06A0184F"/>
     <w:rsid w:val="06C7F139"/>
     <w:rsid w:val="06D7F831"/>
     <w:rsid w:val="06D84F07"/>
+    <w:rsid w:val="06D942EE"/>
     <w:rsid w:val="06E97639"/>
     <w:rsid w:val="06FF58A7"/>
     <w:rsid w:val="070023A6"/>
     <w:rsid w:val="07136970"/>
     <w:rsid w:val="071C3834"/>
     <w:rsid w:val="07256D4A"/>
     <w:rsid w:val="07317D21"/>
+    <w:rsid w:val="0734D05E"/>
     <w:rsid w:val="07433BE7"/>
     <w:rsid w:val="0755EEA7"/>
+    <w:rsid w:val="0767CD75"/>
     <w:rsid w:val="077ACC61"/>
+    <w:rsid w:val="0785F0C4"/>
     <w:rsid w:val="07A1FF5E"/>
     <w:rsid w:val="07BEE17D"/>
     <w:rsid w:val="07CAF663"/>
     <w:rsid w:val="07D02A92"/>
     <w:rsid w:val="07D0E10E"/>
     <w:rsid w:val="080B94EF"/>
     <w:rsid w:val="084899FD"/>
     <w:rsid w:val="086B2A60"/>
     <w:rsid w:val="08783888"/>
     <w:rsid w:val="0883EFA6"/>
     <w:rsid w:val="08956F82"/>
     <w:rsid w:val="08A03344"/>
+    <w:rsid w:val="08AEB4D6"/>
     <w:rsid w:val="08C13DAB"/>
     <w:rsid w:val="090BD53A"/>
     <w:rsid w:val="091E6658"/>
     <w:rsid w:val="092FD8E6"/>
     <w:rsid w:val="0934844C"/>
     <w:rsid w:val="094FA12A"/>
     <w:rsid w:val="096BFAF3"/>
     <w:rsid w:val="096DE69F"/>
     <w:rsid w:val="0988C5EF"/>
     <w:rsid w:val="098F7BBD"/>
     <w:rsid w:val="099CF6BA"/>
     <w:rsid w:val="09B9F156"/>
     <w:rsid w:val="09DABA98"/>
     <w:rsid w:val="0A12DBD9"/>
     <w:rsid w:val="0A1F29A8"/>
     <w:rsid w:val="0A50425C"/>
     <w:rsid w:val="0A517157"/>
+    <w:rsid w:val="0A638515"/>
     <w:rsid w:val="0A770632"/>
     <w:rsid w:val="0A7C8C33"/>
     <w:rsid w:val="0A7F09C8"/>
     <w:rsid w:val="0ABEEF47"/>
     <w:rsid w:val="0AD3D282"/>
     <w:rsid w:val="0AE4FD99"/>
     <w:rsid w:val="0AEA3BD5"/>
     <w:rsid w:val="0B0CF010"/>
     <w:rsid w:val="0B31B7FF"/>
     <w:rsid w:val="0B32EAB0"/>
     <w:rsid w:val="0B53516B"/>
     <w:rsid w:val="0B769962"/>
     <w:rsid w:val="0B919655"/>
     <w:rsid w:val="0BAC1AE7"/>
     <w:rsid w:val="0BC7E4DA"/>
+    <w:rsid w:val="0BE1F18C"/>
     <w:rsid w:val="0BE55ACF"/>
     <w:rsid w:val="0BF319DB"/>
     <w:rsid w:val="0BFFA864"/>
     <w:rsid w:val="0C0D6361"/>
     <w:rsid w:val="0C171FDB"/>
     <w:rsid w:val="0C1B3B30"/>
     <w:rsid w:val="0C322230"/>
+    <w:rsid w:val="0C48A09B"/>
     <w:rsid w:val="0C494672"/>
     <w:rsid w:val="0C718EAF"/>
     <w:rsid w:val="0C7D97FD"/>
     <w:rsid w:val="0C95ABE5"/>
     <w:rsid w:val="0C9B6727"/>
     <w:rsid w:val="0CB33251"/>
     <w:rsid w:val="0CDB01BA"/>
     <w:rsid w:val="0D23F2EF"/>
     <w:rsid w:val="0D42F25C"/>
     <w:rsid w:val="0D476ABB"/>
     <w:rsid w:val="0D49F2AB"/>
     <w:rsid w:val="0D5760C9"/>
+    <w:rsid w:val="0D6083F0"/>
     <w:rsid w:val="0D693710"/>
     <w:rsid w:val="0D7BF27B"/>
     <w:rsid w:val="0D7EB7B9"/>
     <w:rsid w:val="0D94DC35"/>
     <w:rsid w:val="0D96485A"/>
     <w:rsid w:val="0DB17E94"/>
+    <w:rsid w:val="0DCB3361"/>
     <w:rsid w:val="0DCD1EE2"/>
     <w:rsid w:val="0DE15A39"/>
     <w:rsid w:val="0DF2FBFA"/>
     <w:rsid w:val="0DFDBB5E"/>
     <w:rsid w:val="0E0BFDA7"/>
     <w:rsid w:val="0E0EC3AA"/>
     <w:rsid w:val="0E2240B9"/>
     <w:rsid w:val="0E6818DA"/>
     <w:rsid w:val="0E7AD673"/>
     <w:rsid w:val="0E84DE7F"/>
     <w:rsid w:val="0E84F279"/>
     <w:rsid w:val="0E8DC313"/>
     <w:rsid w:val="0E906094"/>
     <w:rsid w:val="0EC8454E"/>
     <w:rsid w:val="0ED916EC"/>
     <w:rsid w:val="0EE11C30"/>
     <w:rsid w:val="0EEB627B"/>
     <w:rsid w:val="0EEC0D1A"/>
     <w:rsid w:val="0EEF1147"/>
     <w:rsid w:val="0EF55A80"/>
     <w:rsid w:val="0EF6EFE9"/>
     <w:rsid w:val="0F0044F0"/>
     <w:rsid w:val="0F02609A"/>
     <w:rsid w:val="0F2A71CA"/>
     <w:rsid w:val="0F45E7DB"/>
     <w:rsid w:val="0F49BA9A"/>
     <w:rsid w:val="0F4D4EF5"/>
     <w:rsid w:val="0F6A8A50"/>
     <w:rsid w:val="0F7A8E70"/>
     <w:rsid w:val="0F93C179"/>
     <w:rsid w:val="0FA03443"/>
     <w:rsid w:val="0FAE58BD"/>
     <w:rsid w:val="0FDB3CFF"/>
     <w:rsid w:val="0FE1100C"/>
     <w:rsid w:val="100EB68D"/>
     <w:rsid w:val="10199572"/>
+    <w:rsid w:val="102B1B09"/>
     <w:rsid w:val="103D33BE"/>
     <w:rsid w:val="104E3DDC"/>
     <w:rsid w:val="1058CFFF"/>
     <w:rsid w:val="108732DC"/>
     <w:rsid w:val="108B00C9"/>
     <w:rsid w:val="108F018B"/>
+    <w:rsid w:val="109EFD67"/>
     <w:rsid w:val="10BEFCC9"/>
     <w:rsid w:val="10E11A42"/>
     <w:rsid w:val="10E362B6"/>
     <w:rsid w:val="10F9B0D7"/>
+    <w:rsid w:val="112D9804"/>
     <w:rsid w:val="116403D7"/>
     <w:rsid w:val="1193DF97"/>
     <w:rsid w:val="11A059AE"/>
     <w:rsid w:val="11B2057C"/>
     <w:rsid w:val="11C4885F"/>
     <w:rsid w:val="11C9F531"/>
     <w:rsid w:val="11E19201"/>
     <w:rsid w:val="11F07E0F"/>
     <w:rsid w:val="1205F271"/>
     <w:rsid w:val="1214D9C5"/>
     <w:rsid w:val="121A1118"/>
     <w:rsid w:val="1222985E"/>
     <w:rsid w:val="122AD1EC"/>
     <w:rsid w:val="1243B6CA"/>
     <w:rsid w:val="12487C05"/>
     <w:rsid w:val="124DC7AB"/>
     <w:rsid w:val="12627EFC"/>
     <w:rsid w:val="126BC75A"/>
     <w:rsid w:val="127897C8"/>
     <w:rsid w:val="12C2ECEC"/>
     <w:rsid w:val="12C69096"/>
     <w:rsid w:val="12CD0918"/>
     <w:rsid w:val="12DC6616"/>
     <w:rsid w:val="131BEC48"/>
     <w:rsid w:val="134541B3"/>
     <w:rsid w:val="1363054B"/>
     <w:rsid w:val="13672578"/>
     <w:rsid w:val="137CCC3C"/>
     <w:rsid w:val="138E03EF"/>
     <w:rsid w:val="138F7C2C"/>
     <w:rsid w:val="13A35F80"/>
+    <w:rsid w:val="13AA5E4D"/>
     <w:rsid w:val="13BE1C48"/>
     <w:rsid w:val="13BEFFF0"/>
     <w:rsid w:val="13BF1A82"/>
     <w:rsid w:val="13C5B029"/>
     <w:rsid w:val="13DBBB48"/>
     <w:rsid w:val="13F747B7"/>
     <w:rsid w:val="1411CEE5"/>
     <w:rsid w:val="1444581A"/>
     <w:rsid w:val="146CFAC4"/>
     <w:rsid w:val="146D32EA"/>
     <w:rsid w:val="14768947"/>
     <w:rsid w:val="1480B892"/>
     <w:rsid w:val="14946DFC"/>
+    <w:rsid w:val="1496D4C9"/>
     <w:rsid w:val="149D7A23"/>
     <w:rsid w:val="14A0BDCA"/>
     <w:rsid w:val="14A36068"/>
+    <w:rsid w:val="14A654D6"/>
+    <w:rsid w:val="14AF43C3"/>
     <w:rsid w:val="15081B10"/>
     <w:rsid w:val="152F4E6A"/>
+    <w:rsid w:val="15388972"/>
     <w:rsid w:val="154BB0AB"/>
     <w:rsid w:val="155CC87D"/>
     <w:rsid w:val="15A8CABF"/>
+    <w:rsid w:val="15B2DF5C"/>
     <w:rsid w:val="15B6C503"/>
     <w:rsid w:val="15DF24ED"/>
     <w:rsid w:val="15FB6F42"/>
     <w:rsid w:val="164839B6"/>
     <w:rsid w:val="1659CBB4"/>
     <w:rsid w:val="1668652B"/>
+    <w:rsid w:val="166E3E07"/>
     <w:rsid w:val="16771813"/>
     <w:rsid w:val="167CB19C"/>
     <w:rsid w:val="16B5B3F7"/>
     <w:rsid w:val="16D6FAB2"/>
     <w:rsid w:val="16DF8984"/>
     <w:rsid w:val="16E17E11"/>
     <w:rsid w:val="1709E2EE"/>
     <w:rsid w:val="17160FB3"/>
     <w:rsid w:val="1718F446"/>
     <w:rsid w:val="1719F782"/>
     <w:rsid w:val="173CCAEB"/>
     <w:rsid w:val="1749C293"/>
     <w:rsid w:val="1756D57A"/>
     <w:rsid w:val="1789EA1D"/>
     <w:rsid w:val="1795E6AD"/>
     <w:rsid w:val="17D44E02"/>
     <w:rsid w:val="17DC484F"/>
     <w:rsid w:val="17F2AAD1"/>
     <w:rsid w:val="17F84AFC"/>
     <w:rsid w:val="181881FD"/>
     <w:rsid w:val="1858810A"/>
     <w:rsid w:val="1858E173"/>
     <w:rsid w:val="1862ED4F"/>
     <w:rsid w:val="1868C598"/>
     <w:rsid w:val="18795881"/>
     <w:rsid w:val="187D33CA"/>
     <w:rsid w:val="1891EEBF"/>
     <w:rsid w:val="18AE80CA"/>
     <w:rsid w:val="18E466E5"/>
     <w:rsid w:val="18EB5693"/>
     <w:rsid w:val="18ECF209"/>
     <w:rsid w:val="18F06ED6"/>
     <w:rsid w:val="18F7A6FC"/>
     <w:rsid w:val="195C8038"/>
     <w:rsid w:val="19F6E919"/>
     <w:rsid w:val="1A458466"/>
+    <w:rsid w:val="1A4A9908"/>
     <w:rsid w:val="1A6AB3C2"/>
     <w:rsid w:val="1A6B2377"/>
     <w:rsid w:val="1A77E6FD"/>
     <w:rsid w:val="1A786549"/>
     <w:rsid w:val="1AADE01E"/>
     <w:rsid w:val="1AB53717"/>
+    <w:rsid w:val="1AD34224"/>
     <w:rsid w:val="1ADBC866"/>
     <w:rsid w:val="1AF2436D"/>
     <w:rsid w:val="1B0388DE"/>
+    <w:rsid w:val="1B3071DC"/>
     <w:rsid w:val="1B518ADC"/>
     <w:rsid w:val="1B51CFA5"/>
     <w:rsid w:val="1B7780CE"/>
     <w:rsid w:val="1B7FB5EF"/>
     <w:rsid w:val="1BBD5315"/>
     <w:rsid w:val="1BF1E87C"/>
     <w:rsid w:val="1C05F828"/>
     <w:rsid w:val="1C322701"/>
     <w:rsid w:val="1C582BAE"/>
     <w:rsid w:val="1C678642"/>
     <w:rsid w:val="1C74DCA2"/>
     <w:rsid w:val="1C7B4198"/>
     <w:rsid w:val="1C93695E"/>
     <w:rsid w:val="1C9F00B8"/>
     <w:rsid w:val="1CB06683"/>
     <w:rsid w:val="1CB1D2B4"/>
     <w:rsid w:val="1CB6BBFA"/>
     <w:rsid w:val="1CB969BC"/>
     <w:rsid w:val="1CBDC549"/>
+    <w:rsid w:val="1CD89BED"/>
     <w:rsid w:val="1CDBF84F"/>
     <w:rsid w:val="1CE37097"/>
     <w:rsid w:val="1CF783C9"/>
     <w:rsid w:val="1D0C4331"/>
     <w:rsid w:val="1D241444"/>
     <w:rsid w:val="1D248960"/>
     <w:rsid w:val="1D48E14B"/>
     <w:rsid w:val="1D570F37"/>
     <w:rsid w:val="1D7A8935"/>
+    <w:rsid w:val="1D85DEDF"/>
     <w:rsid w:val="1DC9D344"/>
     <w:rsid w:val="1E00A141"/>
     <w:rsid w:val="1E221510"/>
+    <w:rsid w:val="1E22A595"/>
     <w:rsid w:val="1E2936B0"/>
     <w:rsid w:val="1E5995AA"/>
     <w:rsid w:val="1E63E874"/>
     <w:rsid w:val="1E8128C2"/>
     <w:rsid w:val="1E93878B"/>
     <w:rsid w:val="1E9C194F"/>
     <w:rsid w:val="1EAA2D72"/>
     <w:rsid w:val="1EE4B1AC"/>
     <w:rsid w:val="1F053511"/>
     <w:rsid w:val="1F115EAB"/>
     <w:rsid w:val="1F2BBB08"/>
     <w:rsid w:val="1F2BC19C"/>
     <w:rsid w:val="1F47B5B8"/>
     <w:rsid w:val="1FA1A6E8"/>
     <w:rsid w:val="1FB14878"/>
     <w:rsid w:val="1FBE799B"/>
     <w:rsid w:val="1FC9E98B"/>
     <w:rsid w:val="200280D7"/>
     <w:rsid w:val="2082BB2B"/>
     <w:rsid w:val="2087DD15"/>
     <w:rsid w:val="208FD8CA"/>
     <w:rsid w:val="20988A48"/>
     <w:rsid w:val="20C2E887"/>
     <w:rsid w:val="20CC9A1A"/>
     <w:rsid w:val="20CD9A87"/>
     <w:rsid w:val="20F71CF0"/>
+    <w:rsid w:val="20FE5606"/>
     <w:rsid w:val="2111CAC6"/>
     <w:rsid w:val="2129F9FA"/>
     <w:rsid w:val="2161619D"/>
     <w:rsid w:val="21908732"/>
     <w:rsid w:val="21B1A970"/>
     <w:rsid w:val="21C0B559"/>
     <w:rsid w:val="22055AE3"/>
+    <w:rsid w:val="2207B3BD"/>
     <w:rsid w:val="221AFAD5"/>
     <w:rsid w:val="22278151"/>
     <w:rsid w:val="22696AE8"/>
     <w:rsid w:val="2273006C"/>
     <w:rsid w:val="228F29F6"/>
     <w:rsid w:val="22D5DF77"/>
     <w:rsid w:val="22D6D629"/>
     <w:rsid w:val="22E511F2"/>
     <w:rsid w:val="22EC3F3A"/>
     <w:rsid w:val="22F57266"/>
     <w:rsid w:val="22F86646"/>
     <w:rsid w:val="22FCF94B"/>
     <w:rsid w:val="2305AB69"/>
     <w:rsid w:val="230AD2DD"/>
     <w:rsid w:val="231D1032"/>
     <w:rsid w:val="233BC28E"/>
     <w:rsid w:val="23443153"/>
     <w:rsid w:val="23638318"/>
     <w:rsid w:val="2376B3BF"/>
     <w:rsid w:val="239EFA72"/>
     <w:rsid w:val="23B7B5FB"/>
     <w:rsid w:val="23C28ABD"/>
     <w:rsid w:val="23DC1E95"/>
     <w:rsid w:val="23E68CAD"/>
     <w:rsid w:val="23F7E1B0"/>
@@ -25083,1113 +26162,1212 @@
     <w:rsid w:val="25FBF47C"/>
     <w:rsid w:val="2601D253"/>
     <w:rsid w:val="2604F367"/>
     <w:rsid w:val="262121FA"/>
     <w:rsid w:val="2624AF1F"/>
     <w:rsid w:val="26389C26"/>
     <w:rsid w:val="264CC8BA"/>
     <w:rsid w:val="264D630D"/>
     <w:rsid w:val="267CFB75"/>
     <w:rsid w:val="2683D415"/>
     <w:rsid w:val="269003AA"/>
     <w:rsid w:val="2694267C"/>
     <w:rsid w:val="26A764D0"/>
     <w:rsid w:val="2702ED44"/>
     <w:rsid w:val="27032C02"/>
     <w:rsid w:val="270E159E"/>
     <w:rsid w:val="271DBE17"/>
     <w:rsid w:val="2729A7FD"/>
     <w:rsid w:val="272D549C"/>
     <w:rsid w:val="27586A82"/>
     <w:rsid w:val="276A8CFF"/>
     <w:rsid w:val="279F77F3"/>
     <w:rsid w:val="27C8E389"/>
     <w:rsid w:val="27E517BA"/>
     <w:rsid w:val="280491E9"/>
+    <w:rsid w:val="2805E028"/>
     <w:rsid w:val="281A6FB2"/>
     <w:rsid w:val="2836AA7F"/>
     <w:rsid w:val="287BB07F"/>
     <w:rsid w:val="2892EEFA"/>
     <w:rsid w:val="28C96587"/>
     <w:rsid w:val="28CB52D3"/>
     <w:rsid w:val="28EC2FDA"/>
     <w:rsid w:val="28FC4B93"/>
     <w:rsid w:val="290C85EB"/>
     <w:rsid w:val="2918CDC8"/>
     <w:rsid w:val="2934A4FC"/>
     <w:rsid w:val="29504A0A"/>
+    <w:rsid w:val="295E430F"/>
     <w:rsid w:val="296B7D49"/>
     <w:rsid w:val="2971D057"/>
     <w:rsid w:val="29829842"/>
     <w:rsid w:val="29B37C8A"/>
     <w:rsid w:val="29BEDE01"/>
     <w:rsid w:val="29EC4872"/>
     <w:rsid w:val="29F00FB0"/>
     <w:rsid w:val="2A00727F"/>
     <w:rsid w:val="2A1AC4E4"/>
     <w:rsid w:val="2A20C29C"/>
     <w:rsid w:val="2A26FDB8"/>
     <w:rsid w:val="2A3A8E06"/>
     <w:rsid w:val="2A3E6849"/>
     <w:rsid w:val="2A43344D"/>
     <w:rsid w:val="2A64ED4D"/>
     <w:rsid w:val="2A672334"/>
     <w:rsid w:val="2A67CD19"/>
     <w:rsid w:val="2AB179D2"/>
     <w:rsid w:val="2AC3AD2B"/>
     <w:rsid w:val="2ACEDB6E"/>
     <w:rsid w:val="2AD2D6F6"/>
     <w:rsid w:val="2AE3931C"/>
     <w:rsid w:val="2B179E82"/>
     <w:rsid w:val="2B203663"/>
     <w:rsid w:val="2B35D7EB"/>
     <w:rsid w:val="2B4FD8BA"/>
     <w:rsid w:val="2B5D265D"/>
     <w:rsid w:val="2B5FFED8"/>
     <w:rsid w:val="2B7ED87B"/>
     <w:rsid w:val="2B9BE68A"/>
     <w:rsid w:val="2BA60B99"/>
     <w:rsid w:val="2BA71139"/>
     <w:rsid w:val="2BAE5337"/>
     <w:rsid w:val="2BB89F61"/>
     <w:rsid w:val="2BB9FE31"/>
     <w:rsid w:val="2BCCFAA8"/>
     <w:rsid w:val="2BD41857"/>
     <w:rsid w:val="2BE02F3A"/>
     <w:rsid w:val="2BE5EE00"/>
     <w:rsid w:val="2BE656DA"/>
     <w:rsid w:val="2BE81BBF"/>
     <w:rsid w:val="2C068A8D"/>
+    <w:rsid w:val="2C52AB35"/>
     <w:rsid w:val="2C6BB3AB"/>
     <w:rsid w:val="2C7C7145"/>
     <w:rsid w:val="2C7EAC22"/>
     <w:rsid w:val="2C837C14"/>
+    <w:rsid w:val="2CD9BD85"/>
     <w:rsid w:val="2D2C2E1A"/>
     <w:rsid w:val="2D2E1313"/>
     <w:rsid w:val="2D394823"/>
     <w:rsid w:val="2D53B2BA"/>
     <w:rsid w:val="2D57D52C"/>
     <w:rsid w:val="2D59DBE0"/>
     <w:rsid w:val="2D9B8D7F"/>
     <w:rsid w:val="2DAE83A9"/>
     <w:rsid w:val="2DC0FFCB"/>
+    <w:rsid w:val="2DC38C14"/>
     <w:rsid w:val="2DC6CEB1"/>
     <w:rsid w:val="2E01F6C2"/>
     <w:rsid w:val="2E060E57"/>
     <w:rsid w:val="2E0D3EB5"/>
     <w:rsid w:val="2E2B30CF"/>
     <w:rsid w:val="2E41E890"/>
     <w:rsid w:val="2E4380D4"/>
     <w:rsid w:val="2E4B8719"/>
     <w:rsid w:val="2E674168"/>
     <w:rsid w:val="2E6B9F4D"/>
     <w:rsid w:val="2E6EC4B8"/>
     <w:rsid w:val="2E8E4B6A"/>
     <w:rsid w:val="2EE95E6C"/>
     <w:rsid w:val="2EEA0E2A"/>
     <w:rsid w:val="2F05D35D"/>
+    <w:rsid w:val="2F06F33D"/>
     <w:rsid w:val="2F0C1B49"/>
     <w:rsid w:val="2F1A57D8"/>
     <w:rsid w:val="2F2C535E"/>
     <w:rsid w:val="2F325FA5"/>
     <w:rsid w:val="2F45FDEF"/>
     <w:rsid w:val="2F54D66F"/>
     <w:rsid w:val="2F71DBE3"/>
     <w:rsid w:val="2F90CE87"/>
     <w:rsid w:val="2FA60840"/>
     <w:rsid w:val="2FC5414A"/>
     <w:rsid w:val="2FC94928"/>
     <w:rsid w:val="2FD75479"/>
     <w:rsid w:val="2FDBB85B"/>
     <w:rsid w:val="2FEA8282"/>
     <w:rsid w:val="2FF28B89"/>
+    <w:rsid w:val="300D7C9F"/>
     <w:rsid w:val="303922A9"/>
+    <w:rsid w:val="30519EC7"/>
     <w:rsid w:val="3052DED6"/>
     <w:rsid w:val="306DB620"/>
     <w:rsid w:val="30888682"/>
     <w:rsid w:val="30A0BF35"/>
     <w:rsid w:val="30A5EE65"/>
     <w:rsid w:val="30B4F466"/>
+    <w:rsid w:val="30BEE8EC"/>
     <w:rsid w:val="30C8F6CC"/>
+    <w:rsid w:val="30CF52C2"/>
     <w:rsid w:val="30DE523E"/>
     <w:rsid w:val="30DFD459"/>
     <w:rsid w:val="30E59CB9"/>
     <w:rsid w:val="31006D6D"/>
     <w:rsid w:val="3107C7DE"/>
     <w:rsid w:val="3122C163"/>
     <w:rsid w:val="31350FE1"/>
     <w:rsid w:val="314289EB"/>
     <w:rsid w:val="314F334E"/>
     <w:rsid w:val="315C72D4"/>
     <w:rsid w:val="319C1FC1"/>
     <w:rsid w:val="31AF1110"/>
     <w:rsid w:val="31D44EAE"/>
     <w:rsid w:val="31D5E194"/>
     <w:rsid w:val="31DCC92A"/>
     <w:rsid w:val="31E65687"/>
     <w:rsid w:val="31F00180"/>
     <w:rsid w:val="32131B8D"/>
     <w:rsid w:val="3213FB5B"/>
     <w:rsid w:val="322723DD"/>
     <w:rsid w:val="3240C9DA"/>
     <w:rsid w:val="325687D8"/>
     <w:rsid w:val="3264C72D"/>
     <w:rsid w:val="326AFB58"/>
     <w:rsid w:val="329C3DCE"/>
     <w:rsid w:val="32A07297"/>
     <w:rsid w:val="32A5D21F"/>
     <w:rsid w:val="32C10117"/>
+    <w:rsid w:val="32C76AA3"/>
     <w:rsid w:val="32D4FFA0"/>
     <w:rsid w:val="32F511AD"/>
     <w:rsid w:val="32F51504"/>
     <w:rsid w:val="333E53CB"/>
     <w:rsid w:val="3355D730"/>
     <w:rsid w:val="336B70D5"/>
     <w:rsid w:val="3379C842"/>
     <w:rsid w:val="337F0D7B"/>
     <w:rsid w:val="3384FE8B"/>
     <w:rsid w:val="338E7CAE"/>
     <w:rsid w:val="3395BD92"/>
     <w:rsid w:val="33DC7CC3"/>
     <w:rsid w:val="33DF1E42"/>
     <w:rsid w:val="33DFDF56"/>
     <w:rsid w:val="33EFB8F2"/>
     <w:rsid w:val="33F391BE"/>
     <w:rsid w:val="3401D010"/>
     <w:rsid w:val="3411DEF1"/>
     <w:rsid w:val="341D28A7"/>
     <w:rsid w:val="3420C5E0"/>
     <w:rsid w:val="3421ACE9"/>
     <w:rsid w:val="34341220"/>
     <w:rsid w:val="345C9557"/>
     <w:rsid w:val="34713846"/>
+    <w:rsid w:val="3491BC0A"/>
     <w:rsid w:val="3491DBCF"/>
     <w:rsid w:val="3497E596"/>
     <w:rsid w:val="34A8E12F"/>
     <w:rsid w:val="34B17175"/>
+    <w:rsid w:val="34BB7863"/>
     <w:rsid w:val="34C96494"/>
     <w:rsid w:val="34F77BE4"/>
     <w:rsid w:val="350DCD4D"/>
     <w:rsid w:val="3542B4EC"/>
     <w:rsid w:val="35459C42"/>
     <w:rsid w:val="354F8360"/>
     <w:rsid w:val="3552F3A4"/>
     <w:rsid w:val="3558DC23"/>
     <w:rsid w:val="35597C72"/>
     <w:rsid w:val="3569F86B"/>
     <w:rsid w:val="3575B0BC"/>
     <w:rsid w:val="357AEEA3"/>
     <w:rsid w:val="35BB6B4A"/>
     <w:rsid w:val="35C88AAC"/>
     <w:rsid w:val="35CFE281"/>
     <w:rsid w:val="35D79D36"/>
     <w:rsid w:val="35ECB6B0"/>
     <w:rsid w:val="35ED2A4B"/>
     <w:rsid w:val="35FE51CE"/>
     <w:rsid w:val="36288352"/>
     <w:rsid w:val="362D3E88"/>
     <w:rsid w:val="3649EF7A"/>
     <w:rsid w:val="36611B4A"/>
     <w:rsid w:val="3665AFE7"/>
     <w:rsid w:val="366BDE56"/>
     <w:rsid w:val="366F89FB"/>
     <w:rsid w:val="3677B10A"/>
     <w:rsid w:val="369F7B79"/>
     <w:rsid w:val="36A4B543"/>
     <w:rsid w:val="36A749D0"/>
     <w:rsid w:val="36AB3C20"/>
     <w:rsid w:val="36C9DB02"/>
     <w:rsid w:val="36CAB4D9"/>
     <w:rsid w:val="37094063"/>
     <w:rsid w:val="371BE43B"/>
     <w:rsid w:val="3728FD4E"/>
     <w:rsid w:val="372988BF"/>
     <w:rsid w:val="372F6E42"/>
     <w:rsid w:val="375C8DCC"/>
     <w:rsid w:val="375E1056"/>
     <w:rsid w:val="376A6B69"/>
     <w:rsid w:val="3792E829"/>
+    <w:rsid w:val="37936063"/>
     <w:rsid w:val="3795F5CB"/>
     <w:rsid w:val="379E0D39"/>
     <w:rsid w:val="379EC2FC"/>
     <w:rsid w:val="37BA06BC"/>
+    <w:rsid w:val="37BF669D"/>
     <w:rsid w:val="3806CB7A"/>
     <w:rsid w:val="380727AA"/>
     <w:rsid w:val="381318C0"/>
     <w:rsid w:val="38184C14"/>
     <w:rsid w:val="381C7AA1"/>
     <w:rsid w:val="383A3B0B"/>
     <w:rsid w:val="38598926"/>
+    <w:rsid w:val="38816D34"/>
     <w:rsid w:val="38850439"/>
     <w:rsid w:val="388F8C89"/>
     <w:rsid w:val="38937E2E"/>
     <w:rsid w:val="38AF30C3"/>
     <w:rsid w:val="38AFF4FA"/>
     <w:rsid w:val="38C4BC62"/>
     <w:rsid w:val="38E097AD"/>
     <w:rsid w:val="3931A66D"/>
     <w:rsid w:val="3933651F"/>
     <w:rsid w:val="39784E79"/>
     <w:rsid w:val="3985F039"/>
     <w:rsid w:val="39878135"/>
     <w:rsid w:val="399CAF05"/>
     <w:rsid w:val="39ACA6D7"/>
     <w:rsid w:val="39C5C429"/>
     <w:rsid w:val="39CF5964"/>
     <w:rsid w:val="39E09DB6"/>
     <w:rsid w:val="39EEAB2D"/>
     <w:rsid w:val="39FD444B"/>
     <w:rsid w:val="3A167546"/>
+    <w:rsid w:val="3A20A032"/>
     <w:rsid w:val="3A288F26"/>
     <w:rsid w:val="3A312663"/>
     <w:rsid w:val="3A393E85"/>
     <w:rsid w:val="3A407930"/>
+    <w:rsid w:val="3A515084"/>
     <w:rsid w:val="3A56B467"/>
     <w:rsid w:val="3A7356A2"/>
     <w:rsid w:val="3A779F6D"/>
     <w:rsid w:val="3AB90F22"/>
     <w:rsid w:val="3ABEC3DE"/>
     <w:rsid w:val="3AC99805"/>
     <w:rsid w:val="3AEA8172"/>
     <w:rsid w:val="3B0E282A"/>
     <w:rsid w:val="3B2E34CC"/>
     <w:rsid w:val="3B2FB616"/>
     <w:rsid w:val="3B53D6B6"/>
     <w:rsid w:val="3B7BA806"/>
     <w:rsid w:val="3B8115DB"/>
+    <w:rsid w:val="3BA03555"/>
     <w:rsid w:val="3BC7DC0F"/>
     <w:rsid w:val="3BCA0904"/>
     <w:rsid w:val="3BEC5B60"/>
     <w:rsid w:val="3BFF5D0C"/>
     <w:rsid w:val="3C1E4C59"/>
     <w:rsid w:val="3C2D4356"/>
     <w:rsid w:val="3C717E5C"/>
     <w:rsid w:val="3C73FA8B"/>
     <w:rsid w:val="3C84EA19"/>
     <w:rsid w:val="3D0A4E49"/>
     <w:rsid w:val="3D1AD9D2"/>
     <w:rsid w:val="3D34DF36"/>
     <w:rsid w:val="3D5AAE1D"/>
     <w:rsid w:val="3D6E76CF"/>
     <w:rsid w:val="3D8ABEC1"/>
     <w:rsid w:val="3DBA9C06"/>
+    <w:rsid w:val="3DBD3017"/>
     <w:rsid w:val="3DEAD12F"/>
     <w:rsid w:val="3E001A81"/>
     <w:rsid w:val="3E0387D3"/>
     <w:rsid w:val="3E03F98C"/>
     <w:rsid w:val="3E1C6034"/>
     <w:rsid w:val="3E29A521"/>
     <w:rsid w:val="3E4D6386"/>
     <w:rsid w:val="3E5AF258"/>
     <w:rsid w:val="3E61C65C"/>
     <w:rsid w:val="3E6767D3"/>
     <w:rsid w:val="3E7EBBF0"/>
     <w:rsid w:val="3E853D49"/>
     <w:rsid w:val="3E8A78E1"/>
     <w:rsid w:val="3E9C1C40"/>
     <w:rsid w:val="3EB23AF5"/>
+    <w:rsid w:val="3EB3EC15"/>
     <w:rsid w:val="3ECFA248"/>
     <w:rsid w:val="3EEAA951"/>
     <w:rsid w:val="3EEF7565"/>
     <w:rsid w:val="3F064886"/>
     <w:rsid w:val="3F296766"/>
     <w:rsid w:val="3F333393"/>
     <w:rsid w:val="3F3769B7"/>
+    <w:rsid w:val="3F499EF3"/>
     <w:rsid w:val="3F670849"/>
     <w:rsid w:val="3F80B062"/>
     <w:rsid w:val="3F86871E"/>
     <w:rsid w:val="3F99C64C"/>
     <w:rsid w:val="3FAE6075"/>
+    <w:rsid w:val="3FC5B69D"/>
     <w:rsid w:val="3FE0FE83"/>
     <w:rsid w:val="3FE71B39"/>
     <w:rsid w:val="3FEB6A95"/>
     <w:rsid w:val="3FF4AD6A"/>
     <w:rsid w:val="4025386A"/>
     <w:rsid w:val="404EBDF5"/>
     <w:rsid w:val="4056CFA6"/>
     <w:rsid w:val="405E5B69"/>
     <w:rsid w:val="406C85CF"/>
+    <w:rsid w:val="406EA084"/>
     <w:rsid w:val="409C5679"/>
+    <w:rsid w:val="40BF2B37"/>
     <w:rsid w:val="40D43A3D"/>
     <w:rsid w:val="40E800D4"/>
     <w:rsid w:val="40EC7896"/>
     <w:rsid w:val="40FDD34F"/>
     <w:rsid w:val="4108CDD7"/>
     <w:rsid w:val="410F93EC"/>
     <w:rsid w:val="41268091"/>
     <w:rsid w:val="413CFB14"/>
     <w:rsid w:val="4187A08B"/>
     <w:rsid w:val="4194725F"/>
     <w:rsid w:val="4196ECC5"/>
     <w:rsid w:val="419E459D"/>
     <w:rsid w:val="41AFD522"/>
     <w:rsid w:val="41D47120"/>
     <w:rsid w:val="41E9DBB7"/>
     <w:rsid w:val="41EA1014"/>
     <w:rsid w:val="41F59294"/>
     <w:rsid w:val="42085059"/>
     <w:rsid w:val="423C068F"/>
     <w:rsid w:val="4240A3CA"/>
     <w:rsid w:val="42591055"/>
     <w:rsid w:val="427CF250"/>
     <w:rsid w:val="42A8116E"/>
     <w:rsid w:val="42E0BFE0"/>
     <w:rsid w:val="42E6EB54"/>
     <w:rsid w:val="42E8AD66"/>
     <w:rsid w:val="42F0B8F3"/>
     <w:rsid w:val="432B934B"/>
     <w:rsid w:val="43378413"/>
     <w:rsid w:val="4373EB0E"/>
     <w:rsid w:val="43938D65"/>
     <w:rsid w:val="43A629BD"/>
     <w:rsid w:val="43D90A1C"/>
     <w:rsid w:val="4410B886"/>
+    <w:rsid w:val="44196F2C"/>
     <w:rsid w:val="444CA8CC"/>
     <w:rsid w:val="445A12B3"/>
     <w:rsid w:val="445C3CD4"/>
     <w:rsid w:val="44641005"/>
     <w:rsid w:val="44647845"/>
     <w:rsid w:val="44940240"/>
     <w:rsid w:val="449862D0"/>
     <w:rsid w:val="44AB162B"/>
     <w:rsid w:val="44C24BD2"/>
     <w:rsid w:val="44C7467C"/>
     <w:rsid w:val="44C97027"/>
     <w:rsid w:val="44E6770D"/>
     <w:rsid w:val="44F0196B"/>
     <w:rsid w:val="45029FCB"/>
     <w:rsid w:val="4514CF99"/>
     <w:rsid w:val="45170D47"/>
     <w:rsid w:val="4528CC8F"/>
+    <w:rsid w:val="454DFE22"/>
     <w:rsid w:val="454E8037"/>
     <w:rsid w:val="45541231"/>
+    <w:rsid w:val="455E489C"/>
     <w:rsid w:val="45853BB6"/>
     <w:rsid w:val="45AC5656"/>
     <w:rsid w:val="45B2B4CD"/>
+    <w:rsid w:val="45B76A31"/>
     <w:rsid w:val="45C9BC8E"/>
     <w:rsid w:val="45D7A6DE"/>
     <w:rsid w:val="45F5E314"/>
     <w:rsid w:val="4600EDCE"/>
     <w:rsid w:val="46044B0C"/>
     <w:rsid w:val="460AAFD3"/>
     <w:rsid w:val="461190B6"/>
     <w:rsid w:val="4622FDB7"/>
+    <w:rsid w:val="4634615A"/>
     <w:rsid w:val="463635D3"/>
     <w:rsid w:val="464338E3"/>
     <w:rsid w:val="464410A5"/>
     <w:rsid w:val="46456D02"/>
     <w:rsid w:val="4654B2FB"/>
     <w:rsid w:val="466A1DE8"/>
     <w:rsid w:val="466A2E97"/>
     <w:rsid w:val="4681BBF7"/>
     <w:rsid w:val="469F5986"/>
     <w:rsid w:val="46B7A772"/>
     <w:rsid w:val="46C2991F"/>
     <w:rsid w:val="46C49CF0"/>
     <w:rsid w:val="471C8E54"/>
+    <w:rsid w:val="4726CD30"/>
     <w:rsid w:val="472B84CF"/>
     <w:rsid w:val="47392C35"/>
     <w:rsid w:val="474538DA"/>
     <w:rsid w:val="47485948"/>
     <w:rsid w:val="474937C8"/>
     <w:rsid w:val="4751D9AA"/>
     <w:rsid w:val="47528B6D"/>
     <w:rsid w:val="47683852"/>
     <w:rsid w:val="4782374F"/>
     <w:rsid w:val="4787D79F"/>
     <w:rsid w:val="4795D6DD"/>
     <w:rsid w:val="47983D92"/>
     <w:rsid w:val="47B78B75"/>
     <w:rsid w:val="47C42590"/>
     <w:rsid w:val="47CB770B"/>
     <w:rsid w:val="47F7EFBF"/>
     <w:rsid w:val="47FBA4DC"/>
     <w:rsid w:val="4813C92C"/>
     <w:rsid w:val="48172A63"/>
+    <w:rsid w:val="4839FF78"/>
     <w:rsid w:val="4854E98E"/>
     <w:rsid w:val="4855CF69"/>
     <w:rsid w:val="486E843E"/>
     <w:rsid w:val="487095BF"/>
     <w:rsid w:val="4877091D"/>
     <w:rsid w:val="4877B3F5"/>
     <w:rsid w:val="487F7C70"/>
     <w:rsid w:val="4883E38E"/>
     <w:rsid w:val="48A7CEC2"/>
     <w:rsid w:val="48B7F505"/>
     <w:rsid w:val="48D48842"/>
     <w:rsid w:val="48D93065"/>
     <w:rsid w:val="490036E7"/>
     <w:rsid w:val="49161183"/>
     <w:rsid w:val="49230EFE"/>
     <w:rsid w:val="4928602D"/>
+    <w:rsid w:val="494914D6"/>
     <w:rsid w:val="497AF98B"/>
     <w:rsid w:val="49A9BA5F"/>
     <w:rsid w:val="49C60F95"/>
     <w:rsid w:val="49E734E5"/>
     <w:rsid w:val="49EF179D"/>
+    <w:rsid w:val="49F82B75"/>
     <w:rsid w:val="4A05C118"/>
     <w:rsid w:val="4A05EA2A"/>
     <w:rsid w:val="4A36F92E"/>
     <w:rsid w:val="4A4AAA9E"/>
     <w:rsid w:val="4A4F7F38"/>
     <w:rsid w:val="4A52D32C"/>
     <w:rsid w:val="4A668499"/>
     <w:rsid w:val="4A725B65"/>
     <w:rsid w:val="4A85755F"/>
     <w:rsid w:val="4A8D9417"/>
     <w:rsid w:val="4AAB681F"/>
     <w:rsid w:val="4ABE25D7"/>
     <w:rsid w:val="4AD2AB19"/>
     <w:rsid w:val="4AD58061"/>
     <w:rsid w:val="4AD6EF85"/>
     <w:rsid w:val="4AF3BF4B"/>
     <w:rsid w:val="4AF5E000"/>
     <w:rsid w:val="4AFEE43F"/>
     <w:rsid w:val="4B1C75E5"/>
     <w:rsid w:val="4B22AC19"/>
     <w:rsid w:val="4B24C18E"/>
     <w:rsid w:val="4B541911"/>
     <w:rsid w:val="4B584EDE"/>
     <w:rsid w:val="4B6B6557"/>
     <w:rsid w:val="4B8C82E9"/>
     <w:rsid w:val="4B960A42"/>
     <w:rsid w:val="4BCC6D3C"/>
     <w:rsid w:val="4BCE344F"/>
     <w:rsid w:val="4BDA2A91"/>
     <w:rsid w:val="4BE9DB33"/>
     <w:rsid w:val="4BF4176D"/>
     <w:rsid w:val="4C128C55"/>
     <w:rsid w:val="4C7CC0BE"/>
     <w:rsid w:val="4CA887C6"/>
     <w:rsid w:val="4CC306E3"/>
     <w:rsid w:val="4CD27E53"/>
     <w:rsid w:val="4CF1BB62"/>
+    <w:rsid w:val="4D00463C"/>
     <w:rsid w:val="4D8A02BD"/>
+    <w:rsid w:val="4D8BAEB8"/>
+    <w:rsid w:val="4DB12395"/>
     <w:rsid w:val="4DD855A5"/>
     <w:rsid w:val="4DDBA07A"/>
     <w:rsid w:val="4DE4C06E"/>
     <w:rsid w:val="4DECA946"/>
     <w:rsid w:val="4E0D8C8E"/>
+    <w:rsid w:val="4E105039"/>
     <w:rsid w:val="4E55C13D"/>
     <w:rsid w:val="4E57836F"/>
     <w:rsid w:val="4E6BB8F4"/>
     <w:rsid w:val="4E8E582A"/>
     <w:rsid w:val="4E98FEA6"/>
     <w:rsid w:val="4F092DC7"/>
     <w:rsid w:val="4F10F34E"/>
     <w:rsid w:val="4F148587"/>
     <w:rsid w:val="4F4AECE7"/>
     <w:rsid w:val="4F50CD6F"/>
     <w:rsid w:val="4F6CD3E5"/>
+    <w:rsid w:val="4F938CE9"/>
     <w:rsid w:val="4F9BD1FB"/>
+    <w:rsid w:val="4F9EC92C"/>
     <w:rsid w:val="4FC288AF"/>
     <w:rsid w:val="4FD862D8"/>
     <w:rsid w:val="4FDB2411"/>
     <w:rsid w:val="4FF6B79D"/>
     <w:rsid w:val="5028F4E9"/>
     <w:rsid w:val="5038F2D7"/>
     <w:rsid w:val="503EA962"/>
     <w:rsid w:val="5043AF87"/>
     <w:rsid w:val="50496407"/>
     <w:rsid w:val="506F3DDC"/>
     <w:rsid w:val="507FA6CC"/>
     <w:rsid w:val="50867F72"/>
     <w:rsid w:val="5093D294"/>
     <w:rsid w:val="50A2E1A0"/>
     <w:rsid w:val="50A629ED"/>
     <w:rsid w:val="50B0B015"/>
     <w:rsid w:val="50C17592"/>
     <w:rsid w:val="50F418AE"/>
     <w:rsid w:val="5100805D"/>
     <w:rsid w:val="51408341"/>
     <w:rsid w:val="516450B2"/>
     <w:rsid w:val="517DA26F"/>
     <w:rsid w:val="51888B94"/>
     <w:rsid w:val="51B4CC44"/>
+    <w:rsid w:val="51D030C7"/>
     <w:rsid w:val="51D40D9E"/>
     <w:rsid w:val="521EEDF9"/>
     <w:rsid w:val="5234B01D"/>
     <w:rsid w:val="523FFC7B"/>
     <w:rsid w:val="5256246A"/>
     <w:rsid w:val="5282B727"/>
     <w:rsid w:val="5284DF0E"/>
     <w:rsid w:val="529C79D7"/>
     <w:rsid w:val="52B55E7D"/>
+    <w:rsid w:val="52D2214E"/>
+    <w:rsid w:val="52D26817"/>
     <w:rsid w:val="52E26ECC"/>
     <w:rsid w:val="52E5A8D3"/>
     <w:rsid w:val="52EFD767"/>
     <w:rsid w:val="5307A5E1"/>
     <w:rsid w:val="530E5891"/>
     <w:rsid w:val="531F88B0"/>
     <w:rsid w:val="53281D8B"/>
     <w:rsid w:val="532B5EE8"/>
+    <w:rsid w:val="534761DC"/>
     <w:rsid w:val="537CFD0C"/>
     <w:rsid w:val="53AA545F"/>
     <w:rsid w:val="53C52327"/>
     <w:rsid w:val="53D18BB4"/>
     <w:rsid w:val="53DC9876"/>
     <w:rsid w:val="53EB5892"/>
     <w:rsid w:val="53F44131"/>
     <w:rsid w:val="540644C6"/>
     <w:rsid w:val="540F2D9B"/>
     <w:rsid w:val="5410D1BA"/>
     <w:rsid w:val="5418FE3C"/>
     <w:rsid w:val="54333FE1"/>
     <w:rsid w:val="5438D1EA"/>
     <w:rsid w:val="543AD995"/>
     <w:rsid w:val="54479758"/>
     <w:rsid w:val="54617005"/>
     <w:rsid w:val="5469A523"/>
     <w:rsid w:val="54744B96"/>
     <w:rsid w:val="54782403"/>
     <w:rsid w:val="549B7E23"/>
     <w:rsid w:val="54A3ABF6"/>
     <w:rsid w:val="54B8F0CE"/>
     <w:rsid w:val="54BEC98C"/>
+    <w:rsid w:val="54C2432D"/>
     <w:rsid w:val="54D1C647"/>
     <w:rsid w:val="54E9EACD"/>
     <w:rsid w:val="54EB0050"/>
+    <w:rsid w:val="54F0EDF5"/>
     <w:rsid w:val="55116EA6"/>
     <w:rsid w:val="55132795"/>
     <w:rsid w:val="5518E911"/>
     <w:rsid w:val="5550331D"/>
     <w:rsid w:val="5580F807"/>
+    <w:rsid w:val="559107D4"/>
+    <w:rsid w:val="559FCE8E"/>
     <w:rsid w:val="55E84198"/>
     <w:rsid w:val="55EAEF8A"/>
     <w:rsid w:val="55F6D65C"/>
     <w:rsid w:val="563E1924"/>
     <w:rsid w:val="568A0879"/>
     <w:rsid w:val="569C11DC"/>
     <w:rsid w:val="56AB3717"/>
     <w:rsid w:val="56C5B578"/>
     <w:rsid w:val="56CA1B82"/>
     <w:rsid w:val="56D2841C"/>
     <w:rsid w:val="56DA681C"/>
     <w:rsid w:val="56EC9C05"/>
     <w:rsid w:val="570998DA"/>
     <w:rsid w:val="570E6059"/>
     <w:rsid w:val="573A8EE5"/>
     <w:rsid w:val="573F4D25"/>
     <w:rsid w:val="5743D533"/>
     <w:rsid w:val="5758A1E2"/>
     <w:rsid w:val="5785384E"/>
     <w:rsid w:val="579DB1E0"/>
     <w:rsid w:val="57ACC11F"/>
+    <w:rsid w:val="57ACD821"/>
     <w:rsid w:val="57D816D6"/>
     <w:rsid w:val="57DCFBA9"/>
     <w:rsid w:val="57FAE819"/>
     <w:rsid w:val="5804D398"/>
     <w:rsid w:val="5809AE35"/>
     <w:rsid w:val="5855F674"/>
     <w:rsid w:val="58612764"/>
     <w:rsid w:val="58760B6B"/>
     <w:rsid w:val="5879B807"/>
     <w:rsid w:val="587A1B2E"/>
     <w:rsid w:val="58890A78"/>
     <w:rsid w:val="58F9AE01"/>
     <w:rsid w:val="58FA8D70"/>
     <w:rsid w:val="590C263A"/>
     <w:rsid w:val="5917D0BB"/>
     <w:rsid w:val="59260EF6"/>
     <w:rsid w:val="592662CD"/>
     <w:rsid w:val="593FA445"/>
     <w:rsid w:val="59521AFC"/>
+    <w:rsid w:val="5963A9E8"/>
     <w:rsid w:val="5969F3CA"/>
     <w:rsid w:val="596E29A4"/>
     <w:rsid w:val="597249C9"/>
     <w:rsid w:val="5973E737"/>
     <w:rsid w:val="59838E38"/>
     <w:rsid w:val="59A01933"/>
     <w:rsid w:val="59D71DF0"/>
     <w:rsid w:val="59E4DC1C"/>
     <w:rsid w:val="59EE1066"/>
+    <w:rsid w:val="59F59867"/>
     <w:rsid w:val="5A05BEFF"/>
     <w:rsid w:val="5A089210"/>
     <w:rsid w:val="5A17478E"/>
     <w:rsid w:val="5A184B31"/>
     <w:rsid w:val="5A3649B1"/>
     <w:rsid w:val="5A400746"/>
     <w:rsid w:val="5A66E30F"/>
     <w:rsid w:val="5A7092D4"/>
     <w:rsid w:val="5A7CF577"/>
     <w:rsid w:val="5AA55795"/>
     <w:rsid w:val="5AA792BE"/>
     <w:rsid w:val="5AA93413"/>
     <w:rsid w:val="5AB7C0B6"/>
     <w:rsid w:val="5AC8C52F"/>
     <w:rsid w:val="5ACFA686"/>
+    <w:rsid w:val="5AD5015A"/>
     <w:rsid w:val="5AE36F97"/>
     <w:rsid w:val="5AEA2A9A"/>
     <w:rsid w:val="5B111991"/>
     <w:rsid w:val="5B554892"/>
+    <w:rsid w:val="5B59F0FD"/>
     <w:rsid w:val="5B83E5E6"/>
     <w:rsid w:val="5BD37A78"/>
     <w:rsid w:val="5C2FAFC4"/>
     <w:rsid w:val="5C4ECD99"/>
     <w:rsid w:val="5C797507"/>
     <w:rsid w:val="5C7FB66A"/>
     <w:rsid w:val="5C956804"/>
     <w:rsid w:val="5CA5D7EB"/>
+    <w:rsid w:val="5CAFEF9C"/>
     <w:rsid w:val="5CB81CDF"/>
+    <w:rsid w:val="5CD8CCB6"/>
     <w:rsid w:val="5CF403F7"/>
     <w:rsid w:val="5CF935C9"/>
     <w:rsid w:val="5D1860FF"/>
     <w:rsid w:val="5D1AEFB2"/>
     <w:rsid w:val="5D2BB6E1"/>
     <w:rsid w:val="5D2FAAC2"/>
     <w:rsid w:val="5D351ED3"/>
     <w:rsid w:val="5D409F9F"/>
     <w:rsid w:val="5D4A334E"/>
+    <w:rsid w:val="5D543234"/>
     <w:rsid w:val="5D84ED56"/>
     <w:rsid w:val="5D876344"/>
     <w:rsid w:val="5DB080AC"/>
     <w:rsid w:val="5DB9DC2C"/>
     <w:rsid w:val="5DC86739"/>
     <w:rsid w:val="5DD0DC9C"/>
     <w:rsid w:val="5E24D4FB"/>
+    <w:rsid w:val="5E321355"/>
     <w:rsid w:val="5E4DA496"/>
     <w:rsid w:val="5E4FE681"/>
     <w:rsid w:val="5E7E38A3"/>
     <w:rsid w:val="5E8F93F2"/>
     <w:rsid w:val="5EBECB84"/>
+    <w:rsid w:val="5EC9A8F4"/>
     <w:rsid w:val="5EE3D060"/>
     <w:rsid w:val="5EF768F6"/>
     <w:rsid w:val="5EFDDD3B"/>
+    <w:rsid w:val="5F0E76F0"/>
     <w:rsid w:val="5F25170A"/>
     <w:rsid w:val="5F4581BB"/>
     <w:rsid w:val="5F4AB22F"/>
     <w:rsid w:val="5F4F5D58"/>
     <w:rsid w:val="5F600F25"/>
+    <w:rsid w:val="5F644801"/>
     <w:rsid w:val="5F6A6546"/>
     <w:rsid w:val="5F7D0B73"/>
+    <w:rsid w:val="5F7D9870"/>
     <w:rsid w:val="5F940977"/>
     <w:rsid w:val="5F9E0C3A"/>
     <w:rsid w:val="5FA53A4C"/>
     <w:rsid w:val="5FD733AA"/>
     <w:rsid w:val="5FE86911"/>
     <w:rsid w:val="5FF7649D"/>
     <w:rsid w:val="5FFAE91D"/>
+    <w:rsid w:val="5FFF626D"/>
     <w:rsid w:val="60307FB3"/>
     <w:rsid w:val="6052F75C"/>
     <w:rsid w:val="6076BAA2"/>
     <w:rsid w:val="607A2336"/>
     <w:rsid w:val="609238BA"/>
     <w:rsid w:val="60A36777"/>
     <w:rsid w:val="60A58E5E"/>
     <w:rsid w:val="60CAA584"/>
     <w:rsid w:val="60E3358C"/>
     <w:rsid w:val="60E7FA82"/>
     <w:rsid w:val="60EED820"/>
     <w:rsid w:val="61017A21"/>
     <w:rsid w:val="6128348E"/>
     <w:rsid w:val="613700BA"/>
     <w:rsid w:val="6196EF8C"/>
     <w:rsid w:val="6197B6AE"/>
     <w:rsid w:val="61AA4E24"/>
     <w:rsid w:val="61B23223"/>
     <w:rsid w:val="61C73313"/>
     <w:rsid w:val="61CF01C2"/>
     <w:rsid w:val="61DCB280"/>
     <w:rsid w:val="61DEF804"/>
     <w:rsid w:val="6207D759"/>
     <w:rsid w:val="620BD88C"/>
     <w:rsid w:val="62311B83"/>
+    <w:rsid w:val="626AD1F7"/>
     <w:rsid w:val="62801778"/>
     <w:rsid w:val="628FF4E2"/>
+    <w:rsid w:val="629C71F2"/>
     <w:rsid w:val="62A69E45"/>
     <w:rsid w:val="62AD5BE5"/>
     <w:rsid w:val="62BE3202"/>
     <w:rsid w:val="62EF8EC7"/>
     <w:rsid w:val="62F5114A"/>
     <w:rsid w:val="62FE8084"/>
     <w:rsid w:val="630838F4"/>
     <w:rsid w:val="6311D3C4"/>
     <w:rsid w:val="63174BAA"/>
     <w:rsid w:val="631BD584"/>
     <w:rsid w:val="63262D42"/>
     <w:rsid w:val="6339D5D8"/>
     <w:rsid w:val="63534821"/>
     <w:rsid w:val="63611987"/>
     <w:rsid w:val="636D3869"/>
     <w:rsid w:val="637BC6F6"/>
     <w:rsid w:val="638D3837"/>
     <w:rsid w:val="639598A9"/>
     <w:rsid w:val="63BED4EA"/>
     <w:rsid w:val="63DA2ED5"/>
     <w:rsid w:val="63DB12C1"/>
     <w:rsid w:val="642480E6"/>
     <w:rsid w:val="642A08D8"/>
     <w:rsid w:val="6435ED98"/>
     <w:rsid w:val="645DFB1B"/>
     <w:rsid w:val="6492A0E0"/>
     <w:rsid w:val="64AC5BFB"/>
     <w:rsid w:val="64C965AB"/>
     <w:rsid w:val="64CE8C3E"/>
     <w:rsid w:val="64E98DC8"/>
     <w:rsid w:val="64EF9EB2"/>
     <w:rsid w:val="64F7DCA2"/>
     <w:rsid w:val="65179757"/>
     <w:rsid w:val="65231851"/>
     <w:rsid w:val="653412AF"/>
     <w:rsid w:val="653AB794"/>
     <w:rsid w:val="654B10F3"/>
     <w:rsid w:val="656E902B"/>
+    <w:rsid w:val="658C0754"/>
     <w:rsid w:val="6595D220"/>
     <w:rsid w:val="659F9F18"/>
     <w:rsid w:val="65A13FFB"/>
     <w:rsid w:val="65AF226E"/>
     <w:rsid w:val="65BD102B"/>
     <w:rsid w:val="65C264F8"/>
     <w:rsid w:val="65EBD1FA"/>
     <w:rsid w:val="65FC0D9E"/>
     <w:rsid w:val="6608D6D8"/>
     <w:rsid w:val="660D938A"/>
     <w:rsid w:val="6614B740"/>
+    <w:rsid w:val="661D6DAB"/>
     <w:rsid w:val="662599A6"/>
     <w:rsid w:val="662AAF29"/>
     <w:rsid w:val="66497486"/>
     <w:rsid w:val="66589FF1"/>
     <w:rsid w:val="66703FA7"/>
     <w:rsid w:val="668343A0"/>
     <w:rsid w:val="669161FB"/>
     <w:rsid w:val="66930588"/>
     <w:rsid w:val="66CA0AD9"/>
     <w:rsid w:val="66CBFC36"/>
     <w:rsid w:val="66CCB7FE"/>
     <w:rsid w:val="66DC40EF"/>
     <w:rsid w:val="66DCC16E"/>
     <w:rsid w:val="66F1BDC5"/>
     <w:rsid w:val="6719840D"/>
+    <w:rsid w:val="671A6629"/>
     <w:rsid w:val="6720AF41"/>
     <w:rsid w:val="6727AE70"/>
     <w:rsid w:val="6756666A"/>
     <w:rsid w:val="6757B35E"/>
     <w:rsid w:val="6773B7B1"/>
     <w:rsid w:val="67A1252F"/>
     <w:rsid w:val="67A7EE4F"/>
     <w:rsid w:val="67A99525"/>
     <w:rsid w:val="67B349D8"/>
     <w:rsid w:val="67B642C2"/>
     <w:rsid w:val="67BEB8DF"/>
     <w:rsid w:val="6806601D"/>
     <w:rsid w:val="681B786C"/>
+    <w:rsid w:val="6823A4C4"/>
     <w:rsid w:val="68317B44"/>
     <w:rsid w:val="68330E08"/>
     <w:rsid w:val="6867CC97"/>
     <w:rsid w:val="689EB615"/>
     <w:rsid w:val="68A08325"/>
+    <w:rsid w:val="68AF7DB7"/>
     <w:rsid w:val="68B115DB"/>
     <w:rsid w:val="68BF1C21"/>
     <w:rsid w:val="68C300B3"/>
     <w:rsid w:val="68C8420A"/>
     <w:rsid w:val="68D04DEC"/>
     <w:rsid w:val="68EA9E0D"/>
     <w:rsid w:val="68F2415B"/>
     <w:rsid w:val="68F383BF"/>
+    <w:rsid w:val="68F79175"/>
     <w:rsid w:val="68FF3666"/>
     <w:rsid w:val="6908B6C8"/>
     <w:rsid w:val="6908CBDB"/>
     <w:rsid w:val="690CD073"/>
     <w:rsid w:val="690EF2BD"/>
     <w:rsid w:val="69191EEF"/>
     <w:rsid w:val="6941239E"/>
     <w:rsid w:val="695930DE"/>
     <w:rsid w:val="69719C40"/>
     <w:rsid w:val="697D5EF5"/>
     <w:rsid w:val="69A2307E"/>
     <w:rsid w:val="69AA9B53"/>
     <w:rsid w:val="69ABDDA1"/>
     <w:rsid w:val="69C0D750"/>
     <w:rsid w:val="69D06DC0"/>
     <w:rsid w:val="69DC9D25"/>
+    <w:rsid w:val="69FC05CC"/>
     <w:rsid w:val="6A07C4CF"/>
     <w:rsid w:val="6A64126B"/>
     <w:rsid w:val="6A66C6FF"/>
     <w:rsid w:val="6A68781E"/>
     <w:rsid w:val="6AB4535F"/>
     <w:rsid w:val="6AE1D7BF"/>
     <w:rsid w:val="6AEEBF4F"/>
     <w:rsid w:val="6AF28150"/>
     <w:rsid w:val="6B05E428"/>
     <w:rsid w:val="6B2AFB0D"/>
     <w:rsid w:val="6B2CBEDF"/>
     <w:rsid w:val="6B32842E"/>
     <w:rsid w:val="6B81C8DE"/>
+    <w:rsid w:val="6BB07DEE"/>
     <w:rsid w:val="6BD213C7"/>
     <w:rsid w:val="6BDA1AEE"/>
     <w:rsid w:val="6C014EA9"/>
     <w:rsid w:val="6C740898"/>
+    <w:rsid w:val="6C7BF445"/>
+    <w:rsid w:val="6C8F9637"/>
     <w:rsid w:val="6C9BC6C3"/>
     <w:rsid w:val="6CAE32D6"/>
     <w:rsid w:val="6CC9B5A2"/>
     <w:rsid w:val="6CF44CC6"/>
     <w:rsid w:val="6D136DD6"/>
     <w:rsid w:val="6D1D1B3A"/>
+    <w:rsid w:val="6D2747B0"/>
     <w:rsid w:val="6D39A9E6"/>
     <w:rsid w:val="6D6C4173"/>
     <w:rsid w:val="6D713EEA"/>
     <w:rsid w:val="6D8A47CA"/>
     <w:rsid w:val="6D8B6F47"/>
     <w:rsid w:val="6D8E5DF4"/>
     <w:rsid w:val="6DC52E5D"/>
     <w:rsid w:val="6DE41571"/>
     <w:rsid w:val="6DE63052"/>
     <w:rsid w:val="6DEE78FC"/>
     <w:rsid w:val="6E0BEA0F"/>
     <w:rsid w:val="6E15D0F7"/>
     <w:rsid w:val="6E1AABEF"/>
     <w:rsid w:val="6E255898"/>
+    <w:rsid w:val="6E395EF8"/>
     <w:rsid w:val="6E40B02A"/>
     <w:rsid w:val="6E7C13A8"/>
+    <w:rsid w:val="6E7D6E98"/>
+    <w:rsid w:val="6E7F2E19"/>
     <w:rsid w:val="6E9A6A18"/>
     <w:rsid w:val="6EA01C74"/>
     <w:rsid w:val="6EAD4926"/>
     <w:rsid w:val="6EE82B46"/>
     <w:rsid w:val="6EECE81F"/>
     <w:rsid w:val="6EF0045D"/>
     <w:rsid w:val="6EF7DB16"/>
+    <w:rsid w:val="6F1CCB1B"/>
     <w:rsid w:val="6F1D2329"/>
+    <w:rsid w:val="6F2BC242"/>
     <w:rsid w:val="6F2F59F6"/>
     <w:rsid w:val="6F31F753"/>
     <w:rsid w:val="6F524B32"/>
     <w:rsid w:val="6F58FBEB"/>
     <w:rsid w:val="6F5CFA21"/>
     <w:rsid w:val="6F746EEF"/>
+    <w:rsid w:val="6F783C35"/>
     <w:rsid w:val="6F809D7C"/>
     <w:rsid w:val="6F8CEFE8"/>
     <w:rsid w:val="6F9D8194"/>
     <w:rsid w:val="6FA851A2"/>
     <w:rsid w:val="6FA94898"/>
     <w:rsid w:val="700DFB62"/>
     <w:rsid w:val="703AF882"/>
     <w:rsid w:val="70429F7A"/>
     <w:rsid w:val="70484D09"/>
     <w:rsid w:val="70540A2F"/>
     <w:rsid w:val="7058D679"/>
     <w:rsid w:val="7069AC96"/>
     <w:rsid w:val="708AD0E5"/>
     <w:rsid w:val="70A4CD71"/>
     <w:rsid w:val="70AB950A"/>
+    <w:rsid w:val="70B47A8F"/>
     <w:rsid w:val="70CC9257"/>
     <w:rsid w:val="70FB794C"/>
     <w:rsid w:val="71411B3F"/>
     <w:rsid w:val="7142DD52"/>
     <w:rsid w:val="71474AC6"/>
     <w:rsid w:val="715CF95A"/>
     <w:rsid w:val="7164E52F"/>
     <w:rsid w:val="717E1F18"/>
+    <w:rsid w:val="71831ADF"/>
     <w:rsid w:val="71837C16"/>
     <w:rsid w:val="719FDAE0"/>
     <w:rsid w:val="71A5AEA9"/>
     <w:rsid w:val="71AD2109"/>
+    <w:rsid w:val="71B85AE8"/>
     <w:rsid w:val="71CE92EC"/>
     <w:rsid w:val="71D092B8"/>
     <w:rsid w:val="71D72012"/>
     <w:rsid w:val="71D82F75"/>
     <w:rsid w:val="72067047"/>
     <w:rsid w:val="721F47A4"/>
     <w:rsid w:val="7227C9D8"/>
     <w:rsid w:val="723361DF"/>
     <w:rsid w:val="723618FB"/>
+    <w:rsid w:val="7240A559"/>
     <w:rsid w:val="7244CFA4"/>
     <w:rsid w:val="724B447A"/>
     <w:rsid w:val="7269E2F9"/>
     <w:rsid w:val="7278B32A"/>
     <w:rsid w:val="7285D4F6"/>
+    <w:rsid w:val="72938A7A"/>
     <w:rsid w:val="7295BF56"/>
     <w:rsid w:val="72B35BE4"/>
     <w:rsid w:val="72E35AD7"/>
+    <w:rsid w:val="72E6CD01"/>
     <w:rsid w:val="72FA3D2D"/>
     <w:rsid w:val="730A9B84"/>
     <w:rsid w:val="7323E524"/>
     <w:rsid w:val="733719D9"/>
+    <w:rsid w:val="73684BC7"/>
     <w:rsid w:val="736CAC0C"/>
     <w:rsid w:val="738956F9"/>
     <w:rsid w:val="739C1186"/>
     <w:rsid w:val="73A5EB5E"/>
     <w:rsid w:val="73C915AB"/>
     <w:rsid w:val="73DC6E33"/>
     <w:rsid w:val="73EE9235"/>
     <w:rsid w:val="740B87DD"/>
     <w:rsid w:val="740B87FA"/>
     <w:rsid w:val="7423CA97"/>
+    <w:rsid w:val="74242AA9"/>
     <w:rsid w:val="74365712"/>
     <w:rsid w:val="744F831A"/>
+    <w:rsid w:val="7456A496"/>
     <w:rsid w:val="7489584E"/>
     <w:rsid w:val="748C5A80"/>
     <w:rsid w:val="748E4EB6"/>
     <w:rsid w:val="74AA90F2"/>
     <w:rsid w:val="74AE637C"/>
     <w:rsid w:val="74C1734C"/>
     <w:rsid w:val="74CD42E0"/>
     <w:rsid w:val="74D9ACD4"/>
     <w:rsid w:val="74DECAAF"/>
     <w:rsid w:val="74E80A87"/>
     <w:rsid w:val="74E9468D"/>
     <w:rsid w:val="7503D023"/>
     <w:rsid w:val="75066255"/>
     <w:rsid w:val="750E5C00"/>
     <w:rsid w:val="750FCFF5"/>
     <w:rsid w:val="751D0100"/>
+    <w:rsid w:val="75406A3A"/>
     <w:rsid w:val="7541F7AC"/>
     <w:rsid w:val="75B4FB45"/>
     <w:rsid w:val="75D96320"/>
     <w:rsid w:val="75E10910"/>
     <w:rsid w:val="75FC69B2"/>
     <w:rsid w:val="764BC20F"/>
     <w:rsid w:val="76641417"/>
     <w:rsid w:val="76645595"/>
     <w:rsid w:val="766CB316"/>
     <w:rsid w:val="76750A7A"/>
     <w:rsid w:val="76A6AD1B"/>
     <w:rsid w:val="76A713CB"/>
     <w:rsid w:val="76C6FFD7"/>
     <w:rsid w:val="76EAC8F9"/>
     <w:rsid w:val="76FA799B"/>
     <w:rsid w:val="7708803A"/>
     <w:rsid w:val="7715DC75"/>
     <w:rsid w:val="77242D70"/>
     <w:rsid w:val="773D23F5"/>
     <w:rsid w:val="77781398"/>
     <w:rsid w:val="777EFADF"/>
     <w:rsid w:val="778020D3"/>
     <w:rsid w:val="77927CF2"/>
     <w:rsid w:val="779E4024"/>
     <w:rsid w:val="77BD51CE"/>
+    <w:rsid w:val="77CA69DA"/>
     <w:rsid w:val="77DF70FC"/>
     <w:rsid w:val="77E1265D"/>
     <w:rsid w:val="77E76515"/>
     <w:rsid w:val="77F009EA"/>
     <w:rsid w:val="786E02BD"/>
     <w:rsid w:val="7872342E"/>
     <w:rsid w:val="7872EA43"/>
     <w:rsid w:val="7878D244"/>
     <w:rsid w:val="788AFA01"/>
     <w:rsid w:val="78C4BC5C"/>
+    <w:rsid w:val="78D714D8"/>
     <w:rsid w:val="79033167"/>
     <w:rsid w:val="79049E38"/>
     <w:rsid w:val="790F7F00"/>
+    <w:rsid w:val="793171A5"/>
+    <w:rsid w:val="794D8FF7"/>
     <w:rsid w:val="79632265"/>
     <w:rsid w:val="7975E701"/>
     <w:rsid w:val="7987D0EC"/>
     <w:rsid w:val="79887811"/>
+    <w:rsid w:val="799D77A5"/>
     <w:rsid w:val="799DCCF2"/>
     <w:rsid w:val="79BEA38B"/>
     <w:rsid w:val="79F196EE"/>
     <w:rsid w:val="7A05A39C"/>
     <w:rsid w:val="7A129D85"/>
     <w:rsid w:val="7A188ACE"/>
     <w:rsid w:val="7A1B12BD"/>
     <w:rsid w:val="7A2F7681"/>
     <w:rsid w:val="7A513BD5"/>
     <w:rsid w:val="7A93825F"/>
     <w:rsid w:val="7AD0349D"/>
     <w:rsid w:val="7AD4924C"/>
     <w:rsid w:val="7AF0EB06"/>
     <w:rsid w:val="7AF6D10C"/>
     <w:rsid w:val="7AFE8912"/>
+    <w:rsid w:val="7B46F3E3"/>
     <w:rsid w:val="7B475949"/>
     <w:rsid w:val="7B4E91D8"/>
     <w:rsid w:val="7B5014AE"/>
     <w:rsid w:val="7B58A41B"/>
     <w:rsid w:val="7B72FE4C"/>
     <w:rsid w:val="7B74F0DB"/>
     <w:rsid w:val="7B776131"/>
     <w:rsid w:val="7B9285C9"/>
     <w:rsid w:val="7B9B4916"/>
     <w:rsid w:val="7BA31B0F"/>
     <w:rsid w:val="7BF44A9E"/>
     <w:rsid w:val="7C25DDD8"/>
     <w:rsid w:val="7C2E040A"/>
     <w:rsid w:val="7C3A9349"/>
     <w:rsid w:val="7C447CC8"/>
     <w:rsid w:val="7C4646C9"/>
     <w:rsid w:val="7C4F1758"/>
     <w:rsid w:val="7C581734"/>
+    <w:rsid w:val="7C716F42"/>
     <w:rsid w:val="7C72A47B"/>
     <w:rsid w:val="7C7AE133"/>
     <w:rsid w:val="7C849B2A"/>
     <w:rsid w:val="7C92B65A"/>
     <w:rsid w:val="7CA1CD0C"/>
     <w:rsid w:val="7CAE3DE3"/>
     <w:rsid w:val="7CB2B0A7"/>
     <w:rsid w:val="7CCD14AA"/>
     <w:rsid w:val="7CD81AE2"/>
     <w:rsid w:val="7CFB3584"/>
     <w:rsid w:val="7D13292B"/>
     <w:rsid w:val="7D482E18"/>
     <w:rsid w:val="7D5211A6"/>
     <w:rsid w:val="7D5F2582"/>
     <w:rsid w:val="7D80CD5B"/>
     <w:rsid w:val="7D8AA300"/>
     <w:rsid w:val="7D8B4A57"/>
     <w:rsid w:val="7D9143C1"/>
     <w:rsid w:val="7DD3EEAE"/>
     <w:rsid w:val="7DE0A688"/>
     <w:rsid w:val="7DE380B2"/>
     <w:rsid w:val="7E4B18C4"/>
     <w:rsid w:val="7E54D5DF"/>
     <w:rsid w:val="7E5552F1"/>
     <w:rsid w:val="7E78DF8C"/>
     <w:rsid w:val="7EA33AB1"/>
     <w:rsid w:val="7EF0D1B4"/>
+    <w:rsid w:val="7F08A2E8"/>
     <w:rsid w:val="7F0A4BDD"/>
     <w:rsid w:val="7F6D3B2F"/>
     <w:rsid w:val="7F791F6E"/>
     <w:rsid w:val="7F96099C"/>
     <w:rsid w:val="7FB72BFC"/>
     <w:rsid w:val="7FDA80DC"/>
     <w:rsid w:val="7FE2E1EE"/>
     <w:rsid w:val="7FE3FF09"/>
     <w:rsid w:val="7FF901BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26810631"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3B0AF19A-FB75-4014-88C5-D63C0800C43C}"/>
+  <w15:docId w15:val="{5BA3364B-8197-4BB4-A685-6C77E782FC6F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -26753,67 +27931,65 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E31837"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E31837"/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA520A"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA520A"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00BA520A"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA520A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -26881,77 +28057,98 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00844423"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC34A6"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="552085654">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marc.Larochelle@bmc.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mwflores@cha.harvard.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Benjamin.linas@bmc.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SHADLAND@MGH.HARVARD.EDU" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Simeon.kimmel@bmc.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joshua.Barocas@CUAnschutz.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marc.Larochelle@bmc.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joshua.Barocas@CUAnschutz.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rachel.epstein@bmc.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alatimore@air.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.bovell-ammon@bmc.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.bovell-ammon@bmc.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alatimore@air.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marc.Larochelle@bmc.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mwflores@cha.harvard.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SHADLAND@MGH.HARVARD.EDU" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rachel.epstein@bmc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Benjamin.linas@bmc.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Simeon.kimmel@bmc.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marc.Larochelle@bmc.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joshua.Barocas@CUAnschutz.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joshua.Barocas@CUAnschutz.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -27218,63 +28415,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="da17af8e-411d-4b8d-910b-6c647cf9e860" xmlns:ns3="e0462724-c287-4692-a122-48640871c549" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7b0a047175d00aad622f7518074b35d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AB56821AB0234D46B96CFB9019AB4E7E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9bf422baf195806d58d625f3ecf4adaa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="da17af8e-411d-4b8d-910b-6c647cf9e860" xmlns:ns3="e0462724-c287-4692-a122-48640871c549" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f1a9ed1e5066d3a4c2151f108d315cb" ns2:_="" ns3:_="">
     <xsd:import namespace="da17af8e-411d-4b8d-910b-6c647cf9e860"/>
     <xsd:import namespace="e0462724-c287-4692-a122-48640871c549"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -27463,112 +28649,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="da17af8e-411d-4b8d-910b-6c647cf9e860">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="e0462724-c287-4692-a122-48640871c549" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18BB89D6-0C90-4614-A8DF-44B772416942}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF190351-A25F-41A1-B544-7C2F7D69F43D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{777022AE-8745-4746-BBA0-30BC366BDFF8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="da17af8e-411d-4b8d-910b-6c647cf9e860"/>
     <ds:schemaRef ds:uri="e0462724-c287-4692-a122-48640871c549"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18BB89D6-0C90-4614-A8DF-44B772416942}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="da17af8e-411d-4b8d-910b-6c647cf9e860"/>
+    <ds:schemaRef ds:uri="e0462724-c287-4692-a122-48640871c549"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{761B2C1D-198B-4873-B415-C601901DE150}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>53951</Characters>
+  <Pages>24</Pages>
+  <Words>10620</Words>
+  <Characters>60534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>449</Lines>
-  <Paragraphs>126</Paragraphs>
+  <Lines>504</Lines>
+  <Paragraphs>142</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>63290</CharactersWithSpaces>
+  <CharactersWithSpaces>71012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Erdman, Elizabeth A (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AB56821AB0234D46B96CFB9019AB4E7E</vt:lpwstr>
   </property>