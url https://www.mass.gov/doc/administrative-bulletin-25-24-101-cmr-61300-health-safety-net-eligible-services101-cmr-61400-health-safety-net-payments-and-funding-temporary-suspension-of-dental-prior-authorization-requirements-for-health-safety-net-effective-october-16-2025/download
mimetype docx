--- v0 (2025-10-17)
+++ v1 (2026-02-09)
@@ -132,73 +132,80 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">101 CMR 614.00: </w:t>
       </w:r>
       <w:r w:rsidRPr="007F41A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Health Safety Net Payments and Funding</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04FBBEA3" w14:textId="77777777" w:rsidR="00A72FAD" w:rsidRPr="00A72FAD" w:rsidRDefault="00A72FAD" w:rsidP="00A72FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A5BE69" w14:textId="5EF1FD5D" w:rsidR="00533A3B" w:rsidRDefault="00533A3B" w:rsidP="00A72FAD">
+    <w:p w14:paraId="27A5BE69" w14:textId="0E898FCB" w:rsidR="00533A3B" w:rsidRDefault="00533A3B" w:rsidP="00A72FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796A70">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Effective </w:t>
       </w:r>
       <w:r w:rsidR="0090395B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>October 16</w:t>
+        <w:t xml:space="preserve">October </w:t>
+      </w:r>
+      <w:r w:rsidR="001D07F3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="002F10F3" w:rsidRPr="002F10F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2025 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02B0D633" w14:textId="77777777" w:rsidR="00A72FAD" w:rsidRPr="00A72FAD" w:rsidRDefault="00A72FAD" w:rsidP="00A72FAD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7673694D" w14:textId="74896169" w:rsidR="00F44E10" w:rsidRPr="00F44E10" w:rsidRDefault="00372469" w:rsidP="00100E5C">
       <w:pPr>
         <w:pStyle w:val="SubjectLine"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00372469">
         <w:t xml:space="preserve">Temporary Suspension of Dental Prior Authorization Requirements </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -247,91 +254,123 @@
         <w:t xml:space="preserve"> the payer of last resort for health care services provided by acute care hospitals and community health centers to qualified uninsured and underinsured residents of Massachusetts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37AF364A" w14:textId="0C123517" w:rsidR="0055573B" w:rsidRDefault="0055573B" w:rsidP="0055573B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As part of a recent transition to a new dental third-party administrator, there have been unexpected delays and disruptions affecting administrative and operational processes. </w:t>
       </w:r>
       <w:r w:rsidR="00FA7737">
         <w:t>Because of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> current system limitations, prior authorization requests for Health Safety Net dental services cannot be processed at this time. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22BFFC0B" w14:textId="50F68022" w:rsidR="00852E4B" w:rsidRPr="00533A3B" w:rsidRDefault="0055573B" w:rsidP="0055573B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>To ensure continued and timely access to medically necessary dental services, and in accordance with 101 CMR 613.03</w:t>
       </w:r>
       <w:r w:rsidR="00600C7B">
-        <w:t>(3)</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00600C7B">
+        <w:t>3)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve">(a)6., this administrative bulletin temporarily suspends prior authorization requirements for dental services until operational capacity is restored. This administrative bulletin is effective for dates of service on or after </w:t>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>6., this</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> administrative bulletin </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>temporarily suspends</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> prior authorization requirements for dental services until operational capacity is restored. This administrative bulletin is effective for dates of service on or after </w:t>
       </w:r>
       <w:r w:rsidR="00EB11DA">
         <w:t>October 1</w:t>
       </w:r>
       <w:r>
         <w:t>, 2025, and applies to acute care hospitals and community health centers that are Health Safety Net dental service providers.</w:t>
       </w:r>
       <w:r w:rsidRPr="00533A3B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3367D1D3" w14:textId="77777777" w:rsidR="005665DC" w:rsidRDefault="005665DC" w:rsidP="005665DC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7905"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Details of Prior Authorization Suspension and Provider Responsibilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E963FE" w14:textId="6677A9B3" w:rsidR="005665DC" w:rsidRDefault="005665DC" w:rsidP="005665DC">
+    <w:p w14:paraId="30E963FE" w14:textId="5E608D4E" w:rsidR="005665DC" w:rsidRDefault="005665DC" w:rsidP="005665DC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Effective </w:t>
       </w:r>
       <w:r w:rsidR="0090395B">
-        <w:t>October 16</w:t>
+        <w:t xml:space="preserve">October </w:t>
+      </w:r>
+      <w:r w:rsidR="001D07F3" w:rsidRPr="001D07F3">
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="008921A7">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 2025, the requirement for prior authorization for Health Safety Net dental services is temporarily suspended for dates of service on or after </w:t>
+        <w:t xml:space="preserve"> 2025, the requirement for prior authorization for Health Safety Net dental services is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>temporarily suspended</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for dates of service on or after </w:t>
       </w:r>
       <w:r w:rsidR="00EB11DA" w:rsidRPr="00EB11DA">
         <w:t>October 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 2025. This </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>suspension will remain in place until March 1, 2026, as ongoing system</w:t>
       </w:r>
       <w:r w:rsidR="00E00D9C">
         <w:t>ic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and operational limitations are addressed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04ADE709" w14:textId="54839D17" w:rsidR="005665DC" w:rsidRDefault="005665DC" w:rsidP="005665DC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding the temporary suspension of prior authorization, providers may only bill the Health Safety Net for dental services that are medical necessary and consistent with Health Safety Net requirements, including billing requirements and existing clinical criteria for coverage. Providers must </w:t>
       </w:r>
@@ -373,77 +412,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1E84FCFE" w14:textId="77777777" w:rsidR="005665DC" w:rsidRDefault="005665DC" w:rsidP="005665DC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7905"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Additional Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BEC9F2" w14:textId="5CF42484" w:rsidR="00DD626A" w:rsidRDefault="005665DC" w:rsidP="005665DC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The dental Office Reference Manual (ORM) contains the required documentation (ORM Section 6.00 and ORM Exhibit A) and clinical criteria (ORM Section 16.00) that apply to the Health Safety Net dental services. The ORM is available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00EF31AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>massdhp.org/orm</w:t>
+          <w:t>massdhp.org/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00EF31AD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>orm</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00656FFF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3945069E" w14:textId="77777777" w:rsidR="0034082A" w:rsidRPr="0034082A" w:rsidRDefault="0034082A" w:rsidP="0034082A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7905"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0034082A">
         <w:t>Questions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="281BA0EF" w14:textId="582E6DC5" w:rsidR="0034082A" w:rsidRPr="0034082A" w:rsidRDefault="0034082A" w:rsidP="0034082A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0034082A">
-        <w:t xml:space="preserve">If you have any questions about the information in this administrative bulletin, please contact Health Safety Net Dental Customer Support, supported by BeneCare, by visiting </w:t>
+        <w:t xml:space="preserve">If you have any questions about the information in this administrative bulletin, please contact Health Safety Net Dental Customer Support, supported by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034082A">
+        <w:t>BeneCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034082A">
+        <w:t xml:space="preserve">, by visiting </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00EF31AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>massdhp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0034082A">
         <w:t xml:space="preserve">, calling (844) 643-3685, or emailing </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="0034082A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ProviderRequests@massdhp.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0034082A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A0D332" w14:textId="2FC2EB8D" w:rsidR="0034082A" w:rsidRPr="0034082A" w:rsidRDefault="0034082A" w:rsidP="0034082A">
@@ -1487,60 +1542,66 @@
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1DA94F95" w14:textId="77777777" w:rsidR="00E964C3" w:rsidRPr="00AC798F" w:rsidRDefault="00E964C3" w:rsidP="0071737A">
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00AC798F">
       <w:t>EOHHS</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="035EBA9C" w14:textId="08E3B429" w:rsidR="00E964C3" w:rsidRPr="00AC798F" w:rsidRDefault="00E964C3" w:rsidP="0071737A">
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00AC798F">
       <w:t xml:space="preserve">Administrative Bulletin </w:t>
     </w:r>
     <w:r w:rsidR="001B3BB6">
       <w:t>25024</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="64299DFB" w14:textId="4A897CBF" w:rsidR="00E964C3" w:rsidRPr="00AC798F" w:rsidRDefault="00E964C3" w:rsidP="0071737A">
+  <w:p w14:paraId="64299DFB" w14:textId="18B9A92F" w:rsidR="00E964C3" w:rsidRPr="00AC798F" w:rsidRDefault="00E964C3" w:rsidP="0071737A">
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00AC798F">
       <w:t xml:space="preserve">Effective </w:t>
     </w:r>
     <w:r w:rsidR="001B3BB6">
-      <w:t>October 16, 2025</w:t>
+      <w:t xml:space="preserve">October </w:t>
+    </w:r>
+    <w:r w:rsidR="001D07F3" w:rsidRPr="001D07F3">
+      <w:t>17</w:t>
+    </w:r>
+    <w:r w:rsidR="001B3BB6">
+      <w:t>, 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B9E7F93" w14:textId="77777777" w:rsidR="00E964C3" w:rsidRDefault="00E964C3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="294A4997"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BEE4E602"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1747,93 +1808,96 @@
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1868056383">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1215969281">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00153DCE"/>
     <w:rsid w:val="00007C23"/>
     <w:rsid w:val="00024809"/>
     <w:rsid w:val="000722C4"/>
     <w:rsid w:val="000B3478"/>
     <w:rsid w:val="000B79D2"/>
     <w:rsid w:val="00100E5C"/>
     <w:rsid w:val="00103746"/>
     <w:rsid w:val="00130559"/>
     <w:rsid w:val="00134791"/>
+    <w:rsid w:val="0014416F"/>
     <w:rsid w:val="00146C2F"/>
     <w:rsid w:val="00153DCE"/>
     <w:rsid w:val="00154CA9"/>
     <w:rsid w:val="001876A6"/>
     <w:rsid w:val="00193348"/>
     <w:rsid w:val="00195F63"/>
     <w:rsid w:val="001A7742"/>
     <w:rsid w:val="001A7A68"/>
     <w:rsid w:val="001B3BB6"/>
     <w:rsid w:val="001C0F9C"/>
+    <w:rsid w:val="001D07F3"/>
     <w:rsid w:val="001D628B"/>
     <w:rsid w:val="00214F1D"/>
     <w:rsid w:val="0022152B"/>
     <w:rsid w:val="00236C49"/>
     <w:rsid w:val="002448DD"/>
     <w:rsid w:val="00247D69"/>
     <w:rsid w:val="00266B97"/>
     <w:rsid w:val="00271D28"/>
     <w:rsid w:val="0027639F"/>
     <w:rsid w:val="00284238"/>
     <w:rsid w:val="002865DE"/>
     <w:rsid w:val="00291039"/>
     <w:rsid w:val="002A188D"/>
     <w:rsid w:val="002A2683"/>
     <w:rsid w:val="002A779E"/>
     <w:rsid w:val="002E0806"/>
     <w:rsid w:val="002F10F3"/>
     <w:rsid w:val="002F35BB"/>
     <w:rsid w:val="003113E4"/>
     <w:rsid w:val="00326652"/>
     <w:rsid w:val="0033130A"/>
     <w:rsid w:val="0034082A"/>
     <w:rsid w:val="00351564"/>
     <w:rsid w:val="003644F6"/>
     <w:rsid w:val="00367FB6"/>
@@ -1847,80 +1911,82 @@
     <w:rsid w:val="00465E5A"/>
     <w:rsid w:val="00492A95"/>
     <w:rsid w:val="004A7A47"/>
     <w:rsid w:val="004D48D7"/>
     <w:rsid w:val="004F3A6E"/>
     <w:rsid w:val="005246D9"/>
     <w:rsid w:val="00525DD4"/>
     <w:rsid w:val="00533A3B"/>
     <w:rsid w:val="0053555D"/>
     <w:rsid w:val="0055573B"/>
     <w:rsid w:val="00556450"/>
     <w:rsid w:val="0056474D"/>
     <w:rsid w:val="005665DC"/>
     <w:rsid w:val="005702E6"/>
     <w:rsid w:val="0057224E"/>
     <w:rsid w:val="00585302"/>
     <w:rsid w:val="00597C39"/>
     <w:rsid w:val="005B5D35"/>
     <w:rsid w:val="005E2329"/>
     <w:rsid w:val="005F20AC"/>
     <w:rsid w:val="005F66F1"/>
     <w:rsid w:val="00600C7B"/>
     <w:rsid w:val="00607406"/>
     <w:rsid w:val="0064272D"/>
     <w:rsid w:val="00656FFF"/>
+    <w:rsid w:val="00657099"/>
     <w:rsid w:val="006718AB"/>
     <w:rsid w:val="006A6684"/>
     <w:rsid w:val="006B0F79"/>
     <w:rsid w:val="006B1D87"/>
     <w:rsid w:val="006B6EE0"/>
     <w:rsid w:val="006C41D9"/>
     <w:rsid w:val="006D3AA8"/>
     <w:rsid w:val="006E5DED"/>
     <w:rsid w:val="006F115D"/>
     <w:rsid w:val="0070235D"/>
     <w:rsid w:val="00704C16"/>
     <w:rsid w:val="0071737A"/>
     <w:rsid w:val="00720C4F"/>
     <w:rsid w:val="00721C69"/>
     <w:rsid w:val="00734039"/>
     <w:rsid w:val="00746B81"/>
     <w:rsid w:val="00752392"/>
     <w:rsid w:val="00782360"/>
     <w:rsid w:val="00796A70"/>
     <w:rsid w:val="007B48C3"/>
     <w:rsid w:val="007E0B34"/>
     <w:rsid w:val="007F04B8"/>
     <w:rsid w:val="007F41A7"/>
     <w:rsid w:val="00800711"/>
     <w:rsid w:val="00835677"/>
     <w:rsid w:val="00852E4B"/>
     <w:rsid w:val="008669CB"/>
     <w:rsid w:val="008921A7"/>
     <w:rsid w:val="008A50C9"/>
     <w:rsid w:val="008C7C8A"/>
+    <w:rsid w:val="008C7F6F"/>
     <w:rsid w:val="009033D2"/>
     <w:rsid w:val="0090395B"/>
     <w:rsid w:val="0094516B"/>
     <w:rsid w:val="00964EDE"/>
     <w:rsid w:val="00980273"/>
     <w:rsid w:val="00984786"/>
     <w:rsid w:val="009A3538"/>
     <w:rsid w:val="009E6140"/>
     <w:rsid w:val="00A015DE"/>
     <w:rsid w:val="00A01D8C"/>
     <w:rsid w:val="00A06F80"/>
     <w:rsid w:val="00A13213"/>
     <w:rsid w:val="00A2440E"/>
     <w:rsid w:val="00A34C8D"/>
     <w:rsid w:val="00A375C0"/>
     <w:rsid w:val="00A40946"/>
     <w:rsid w:val="00A40E3C"/>
     <w:rsid w:val="00A72FAD"/>
     <w:rsid w:val="00A75CD6"/>
     <w:rsid w:val="00AB33D8"/>
     <w:rsid w:val="00AC798F"/>
     <w:rsid w:val="00AD1945"/>
     <w:rsid w:val="00AE1AE3"/>
     <w:rsid w:val="00B0173B"/>
     <w:rsid w:val="00B05E0C"/>
@@ -3099,74 +3165,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DDFE772BD5B5B74C94EFFE3DE6602178" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="33831e21d057e0f1fff8f6c6a4c915a3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="92d6340a-28f9-40f2-b67e-9117d40e80df" xmlns:ns3="b99dd02c-9c1e-437e-afaf-826568b6bf7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7dad606df8685053281a4a003996675" ns2:_="" ns3:_="">
     <xsd:import namespace="92d6340a-28f9-40f2-b67e-9117d40e80df"/>
     <xsd:import namespace="b99dd02c-9c1e-437e-afaf-826568b6bf7d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -3333,111 +3384,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b99dd02c-9c1e-437e-afaf-826568b6bf7d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="92d6340a-28f9-40f2-b67e-9117d40e80df">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1C86C88-07C1-4361-8AD7-2F635A547B24}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{442BB599-8839-4967-BFFB-C4F243E4CE35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCC67892-B434-4B21-B44A-AA9E27893A59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="92d6340a-28f9-40f2-b67e-9117d40e80df"/>
     <ds:schemaRef ds:uri="b99dd02c-9c1e-437e-afaf-826568b6bf7d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1C86C88-07C1-4361-8AD7-2F635A547B24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDF5ACEA-0E3A-42F0-8A33-5640CCF1BBD7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b99dd02c-9c1e-437e-afaf-826568b6bf7d"/>
+    <ds:schemaRef ds:uri="92d6340a-28f9-40f2-b67e-9117d40e80df"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>468</Words>
   <Characters>2670</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3132</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>