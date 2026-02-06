--- v0 (2025-10-19)
+++ v1 (2026-02-06)
@@ -2,3377 +2,3419 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="68A0C5EE" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="412904A6" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="360"/>
+        <w:ind w:left="352"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B39BCDA" wp14:editId="410EB6BC">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="0" b="17780"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C868C53" wp14:editId="70C2204B">
+                <wp:extent cx="6858634" cy="2245360"/>
+                <wp:effectExtent l="0" t="0" r="0" b="21589"/>
                 <wp:docPr id="1" name="Group 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6858634" cy="2220595"/>
+                          <a:ext cx="6858634" cy="2245360"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="6858634" cy="2220595"/>
+                          <a:chExt cx="6858634" cy="2245360"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="2" name="Graphic 2"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="0" y="64515"/>
+                            <a:off x="0" y="88900"/>
                             <a:ext cx="6858000" cy="798195"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6858000" h="798195">
                                 <a:moveTo>
-                                  <a:pt x="0" y="797674"/>
+                                  <a:pt x="0" y="797801"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="6858000" y="797674"/>
+                                  <a:pt x="6858000" y="797801"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6858000" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="797674"/>
+                                  <a:pt x="0" y="797801"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="2E5395"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="Image 3"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="862583" y="0"/>
-                            <a:ext cx="2926079" cy="758951"/>
+                            <a:off x="838200" y="0"/>
+                            <a:ext cx="2961639" cy="787400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="Image 4"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="3331464" y="0"/>
-                            <a:ext cx="2688336" cy="758951"/>
+                            <a:off x="3317240" y="0"/>
+                            <a:ext cx="2707640" cy="787400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="Image 5"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="131445" y="126111"/>
-                            <a:ext cx="668655" cy="668654"/>
+                            <a:off x="131445" y="150495"/>
+                            <a:ext cx="668654" cy="668654"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Image 6"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="6017895" y="126111"/>
-                            <a:ext cx="668654" cy="668654"/>
+                            <a:off x="6017895" y="150495"/>
+                            <a:ext cx="668655" cy="668654"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="7" name="Graphic 7"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="76200" y="1842770"/>
+                            <a:off x="76200" y="1867154"/>
                             <a:ext cx="6581775" cy="365125"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="365125">
                                 <a:moveTo>
-                                  <a:pt x="6520942" y="0"/>
+                                  <a:pt x="6520941" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="304292"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="365125"/>
+                                  <a:pt x="6520941" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="304292"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="0"/>
+                                  <a:pt x="6520941" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="8" name="Graphic 8"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="76200" y="1842770"/>
+                            <a:off x="76200" y="1867154"/>
                             <a:ext cx="6581775" cy="365125"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="365125">
                                 <a:moveTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="304292"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="365125"/>
+                                  <a:pt x="6520941" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="304292"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="0"/>
+                                  <a:pt x="6520941" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="9" name="Textbox 9"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12" y="1086154"/>
+                            <a:off x="50" y="1110538"/>
                             <a:ext cx="6858000" cy="726440"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFF00"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3D64895A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="3ADD9AC3" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="62" w:line="487" w:lineRule="exact"/>
-                                <w:ind w:left="4" w:right="3"/>
+                                <w:spacing w:before="64" w:line="482" w:lineRule="exact"/>
+                                <w:ind w:left="35"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-22"/>
+                                  <w:spacing w:val="-17"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Step</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-21"/>
+                                  <w:spacing w:val="-17"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>A:</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-19"/>
+                                  <w:spacing w:val="-11"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-19"/>
+                                  <w:spacing w:val="-10"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Profile</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-19"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>(First</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-20"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Step)</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="54F603B5" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="62870F2B" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:ind w:left="3" w:right="4"/>
+                                <w:spacing w:line="201" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="20"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Need</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="12"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>help</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="13"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>with</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-1"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="12"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Step</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="13"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>A?</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-1"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="23"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Direct</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="17"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>your</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="13"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>questions</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="26"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>first</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="17"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>to</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="14"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>your</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="13"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>agency’s</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="26"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="30"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="gramStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Officer</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>;</w:t>
                               </w:r>
+                              <w:proofErr w:type="gramEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="11"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>if</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="24"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>more</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-4"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="24"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>help</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="15"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>is</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-1"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="27"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>required</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="15"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>contact</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="17"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>the</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="24"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>NREMT</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="24"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
-[...2 lines deleted...]
-                              </w:r>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t>at</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="725DC6C6" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+                              <w:pPr>
+                                <w:spacing w:before="17"/>
+                                <w:ind w:left="35" w:right="6"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                              </w:pPr>
                               <w:hyperlink r:id="rId8">
                                 <w:r>
                                   <w:rPr>
                                     <w:color w:val="085295"/>
                                     <w:spacing w:val="-2"/>
-                                    <w:sz w:val="18"/>
+                                    <w:w w:val="105"/>
+                                    <w:sz w:val="17"/>
                                     <w:u w:val="single" w:color="085295"/>
                                   </w:rPr>
                                   <w:t>support@nremt.org</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="10" name="Textbox 10"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12" y="862190"/>
+                            <a:off x="50" y="886701"/>
                             <a:ext cx="6858000" cy="224154"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7A23C735" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="0F9E1F77" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="60"/>
-                                <w:ind w:left="304"/>
+                                <w:spacing w:before="69"/>
+                                <w:ind w:left="297"/>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>For</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-10"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>additional</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>info</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>recertification,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>please</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-7"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
-                                <w:t>additional</w:t>
+                                <w:t>visit:</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-7"/>
-[...74 lines deleted...]
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="3"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId9">
                                 <w:r>
                                   <w:rPr>
                                     <w:color w:val="FFFFFF"/>
                                     <w:sz w:val="16"/>
                                     <w:u w:val="single" w:color="FFFFFF"/>
                                   </w:rPr>
                                   <w:t>mass.gov/dph/oems</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:color w:val="FFFFFF"/>
                                     <w:sz w:val="16"/>
                                   </w:rPr>
                                   <w:t>.</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>General</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>questions</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>for</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-6"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>OEMS</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>regarding</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-6"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>email:</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="-11"/>
                                   <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-28"/>
+                                  <w:sz w:val="16"/>
+                                  <w:u w:val="single" w:color="FFFFFF"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId10">
                                 <w:r>
                                   <w:rPr>
                                     <w:color w:val="FFFFFF"/>
                                     <w:spacing w:val="-2"/>
                                     <w:sz w:val="16"/>
                                     <w:u w:val="single" w:color="FFFFFF"/>
                                   </w:rPr>
                                   <w:t>oems.recert@mass.gov</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="11" name="Textbox 11"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12" y="64515"/>
+                            <a:off x="50" y="88900"/>
                             <a:ext cx="6858000" cy="798195"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="542C4126" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="1E4212E3" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="80" w:line="631" w:lineRule="exact"/>
-                                <w:ind w:left="6" w:right="3"/>
+                                <w:spacing w:before="60" w:line="644" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="31"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
-                                  <w:sz w:val="52"/>
+                                  <w:sz w:val="53"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="52"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="53"/>
                                 </w:rPr>
                                 <w:t>MASSACHUSETTS</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-28"/>
-                                  <w:sz w:val="52"/>
+                                  <w:spacing w:val="-16"/>
+                                  <w:sz w:val="53"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFF00"/>
-                                  <w:sz w:val="52"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="53"/>
                                 </w:rPr>
                                 <w:t>ADVANCED</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFF00"/>
-                                  <w:spacing w:val="-28"/>
-                                  <w:sz w:val="52"/>
+                                  <w:spacing w:val="-19"/>
+                                  <w:sz w:val="53"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFF00"/>
-                                  <w:spacing w:val="-5"/>
-                                  <w:sz w:val="52"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="53"/>
                                 </w:rPr>
                                 <w:t>EMT</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="40CC3C5A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="67DB4310" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:line="240" w:lineRule="exact"/>
-                                <w:ind w:left="3" w:right="6"/>
+                                <w:spacing w:line="254" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="25"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
-[...163 lines deleted...]
-                              </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-4"/>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>All</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="1"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>individuals</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="1"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>seeking</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-12"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>recertify</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-13"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>their</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>Massachusetts</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-16"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>Advanced</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>EMT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-20"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>certification</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>in</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-12"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t>2026</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="76341199" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="61A8AA48" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:ind w:left="3" w:right="6"/>
+                                <w:spacing w:before="32"/>
+                                <w:ind w:left="35" w:right="28"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t>need</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-12"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>follow</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-20"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>both</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>steps</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-16"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>outlined</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="6"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>this</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-17"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>page.</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>Please</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-5"/>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
-                              </w:r>
-[...80 lines deleted...]
-                                <w:t>on</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-4"/>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>read</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
-[...77 lines deleted...]
-                                <w:t>carefully.</w:t>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>it carefully.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="12" name="Textbox 12"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="128158" y="1847560"/>
+                            <a:off x="128158" y="1871944"/>
                             <a:ext cx="6494780" cy="345440"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="39505427" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="0015805A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="100"/>
-                                <w:ind w:left="21"/>
+                                <w:spacing w:before="94"/>
+                                <w:ind w:left="15"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>1.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Log</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>into</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>your NREMT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="3"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>account</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>into</w:t>
+                                <w:t>through</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
-[...67 lines deleted...]
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>NREMT.org.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0B39BCDA" id="Group 1" o:spid="_x0000_s1026" style="width:540.05pt;height:174.85pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="68586,22205" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBWxCaOMwYAACwiAAAOAAAAZHJzL2Uyb0RvYy54bWzsWltP40YUfq/U/2D5&#10;fYmv44sIqxYWtNJqi7pUfZ44TmKt7XFnJiT8+5652U5CYkKBwi5IxOP4+PhcvnMb5/Tjuiqt25yy&#10;gtRj2z1xbCuvMzIt6vnY/uvm8kNsW4zjeopLUudj+y5n9sezX385XTVp7pEFKac5tYBJzdJVM7YX&#10;nDfpaMSyRV5hdkKavIaLM0IrzOGUzkdTilfAvSpHnuOg0YrQaUNJljMG316oi/aZ5D+b5Rn/YzZj&#10;ObfKsQ2ycflJ5edEfI7OTnE6p7hZFJkWAz9CigoXNTy0ZXWBObaWtNhhVRUZJYzM+ElGqhGZzYos&#10;lzqANq6zpc0VJctG6jJPV/OmNROYdstOj2abfb29os235poq6WH5hWTfGdhltGrmaf+6OJ93xOsZ&#10;rcRNoIS1lha9ay2ar7mVwZcoDmPkB7aVwTXP85wwCZXNswU4Zue+bPFp4M4RTtWDpXitOKsG8MM6&#10;E7H/ZqJvC9zk0vJMmOCaWsUUFLCtGleA4isNGE/oIh4NNMKG+oxpc95rIRSErrZB30qOA/AUVoqS&#10;2FVGalXFabZk/Con0t749gvjCrdTs8ILs8rWtVlSQL/AfSlxz20LcE9tC3A/UT5oMBf3CSeKpbVS&#10;DpOiLFpJxOWK3OY3RBLyzmlREqEoELxA1I6krPukAgKSo9Std4MhM8dGcu6Ty/AE1obCHBUl2MsA&#10;boBmQ07DJCsJy5XoQnmpQ2sQYNg3OSNlMb0sylJYgNH55Lyk1i0G23qfQr/1Vo8M0MlShQOxmpDp&#10;HYBoBbgZ2+yfJaa5bZWfa4CpyEpmQc1iYhaUl+dE5i5pfMr4zfpvTBurgeXY5gChr8SgFacGGyC/&#10;IFC04s6a/LbkZFYI4EjZlET6BCLn7LQpshT+dZaB1U4IDWdjuIsvhW4qo1cP4lFh+n3ZfICECPYv&#10;JkVZ8DuZ3CEAhVD17XWRiQQlTrpo9E00fq7wPLd8gUNDIeiFpju3T8qiMY4Uay0oRMZWRr1HV5Wt&#10;L0i2rPKaq/JD8xJkJjVbFA2DCEvzapJDqqCfpy7EM5Q+DvmioUXNVcwxTnOeAdxwOgNA/QkxqkDY&#10;XpBCd3IKFfYklBh5YQxmMGGAU5NRvMRDTpTojBLGSejqMDU5ScBDZBQNJJErwNw7CFJJR4qkhJBL&#10;kOnt4QWqkMreCi8yb70mvEB1eWa8+L7vBgjscA9gUBz7PnoHTC/BhJuAkUX7NQEGIv+ZAeMCXgIw&#10;A+DF9ZDryiTSZRmEYhTCZdG2yLXpBX7eJAMR1E8y6LUVpefHDHLcCOrNYdDoieCZQPMiw0BkPG2G&#10;gUj4+sHDQIRgfFVGigMvivQoago4CmM3inRs+Sh0PZl+oK8zsdXvT03bB/PnM4wERhQYCbQkolHo&#10;+n3duIeekwRQxExxAVk7GtN1a1oHhoINSnPdHBWdH7mR4hhEyeFpAEDngUtEporiQDaDIIBhZ46K&#10;bRDprgn4w0r1X4bEHBWpchFyYl/OentZKjrfCaDzOsiwe7YXJe3kYB5qjurhnU5+EPlecpBxZysf&#10;OX54WApQSDtgA1vm8eaoxEA9zz6IHGpGAt0v+OIhooTIT3xNPqwmCiOUxKqH8YdN2MaREGbYO33y&#10;YadvyDIIJdRTdBijKOysOAj+voe2w+Rp5lzYars8N6zf9pz7ItUBstvmVlH8k1eHNuEYEO2rDV0e&#10;G4R9lx+H46nLu4OB+p7zoZ1/z/mmCJqjKYa9+jMIpf8p52+JvBN75voxtaGsxf6wFwbQtor+r1cE&#10;tvZE99UKtSd5gdlC7Z1KDm1Po7ci39ae6YvUEtjGU7XkBqaDCVlbshHsTRoWX/9O4G2LHM/F93v2&#10;C13VS7tOjNxQzuq9Wd5s08t3EB4KApOozcBx1I7hIXxcwh+ASG97dlvrW3vmfD1Z64nqibbPH7AJ&#10;/iIOdaHCbHoUvtkcHo90KewEu2pA2uNRzwu0y3sj5JN5dF/E3+NR+SKtBeqP5lgYY7Yc26qqXxEe&#10;6dhHvS08yq/7fCQHSBEOP5qPIAlu+ahV9Wgfxa4eo904iEIko7gXgUECbScEu8ipfgATncl6j8qp&#10;+zwldzBe1lMgivxJAhTtjd889M9lQe9+5HH2LwAAAP//AwBQSwMECgAAAAAAAAAhAA4UHO13YgAA&#10;d2IAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAPBAAAA+ggGAAAA&#10;gR1F8wAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJztvet2&#10;4zisdYtUqi97f+//qGd3d12S86OCeGkZoChbdpzSnGN4OBfbIkUSxAIg+en19TUAAAAAAAAAjsCX&#10;j24AAAAAAAAAwL1ABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAA&#10;AADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQD&#10;AAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBh&#10;QAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAA&#10;AMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMA&#10;AAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFA&#10;BAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAA&#10;wGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAA&#10;AAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAE&#10;AwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADA&#10;YUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAA&#10;AADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBh+PrR&#10;DQCAx+Dp6elp7TWvr6+v92jLHqz15zP1BcaMxppxht8NbBvAfrCejssTY3t7fjdxMeJ3MCYz4+V8&#10;hn4pRR+39HnR14/u+5V9iXiw/ow4wtwc8Rnm7aPb+3u379HPh/Jo+9dntm2X2Ko9uKaPH9XmS9nS&#10;19+5b7N85vUEtwERvDO2yC4xOp9ikf1OxmRyzPTvXVtfIz7FmFX9HY2n9+e1+Pv7z/fo/2DMnmLc&#10;l4gN/XmEsWzGbfES+flTzs2OlXH2v61xs3G+0O7fbUwm5pBz1Xp+9PORXNPOiJs76lvtdERt225u&#10;p3fwe27BsK8P2uZLWBvH36Jvl87XZpyvWU/V86fbW+EXiOCdKDauyhmfoVxkj7LAmn7q8ywP0c+3&#10;/lRjttavzqF+dzoeYcxW5uWTPfx1STVW/rP/7V4OYteHqk9J15+qX++v+8As0MwYKZXTu+jPI8zN&#10;ERvmrb/GGY11FD9fml0Z2ZBRm25qLybm0Frb3v82075HPx/JTu2M2HEtTdi2mTm/Ns93tWu2f2qb&#10;H4GzvhrX+mqPwloff6e+Ta+3z7ie4P4ggndANoKZRVbRCamzRfYAGdPsx5eo+xkx19eun3fpY+Mc&#10;frGf8//6HDHuw0vcuS8Vgw3gS/Psffb+ep9fmuezebvHOWjGS9vt/ejW39rYvUQ9lu/vveP8vOnc&#10;jHi8DXtlnLt5u+boVeegmq8v8vrVczOwh/rzqC03tRcrc2itfb4OYq19G87HUyz3vG7N3cR+2hxb&#10;a2dIW2/SziYQ6+2qxm7GtlVtrub+NcEft0t6w9V7C7A1/0LbdYmv9iiMfMaIWvjp3x+Zqm/T661Z&#10;T2u+zzXrqfQVHm1vhRpE8JXIgtOF9RzbnLSI3iF3x/zui6txGr7EcnMeOX7KqI/v/bxjFkD78Rzn&#10;/ZpxZrPtP6Pozwdnt6vxqvrqfXYqR6rr825zduBszfRnNH6+gemjHEd5vkeWam3Mts7Nql8Ps1Fv&#10;GOdujD0wENGLl/Z82GvbsTaBOZqH2SZ1qPz4+byb7dswh7x91fn5GStruTkf1ZrM40Wcj8nNzoe1&#10;M9ug7RytrZuspWLOu61+jvo86mudtf21s23TYniwf87sI/egm1f5925tqB35DHTBjYg+mPJZGM3h&#10;cr1N7iHVmhqdn0oA+xqq9pGLgktwf7g79BUUjsZz/Dqn+dxt/opHm3Rh6eN9kT09Pd1tYa04DdlX&#10;30gizvta9TP79iOsn3foowYssi/5yL91zoYbRh2nH/KIO/UlIlqnSg2+9k1/ztd0wYyR4K/G8EfY&#10;pnXJOSjEvM+/qi/ap7Xx843Mx9H/9v7eW41pYVO+xvncHDlt3VjpvMy+3NWWVKw4LjqWPsY6r9ec&#10;GHUSfUxbO/v2CD9HheDr7Ifafm2L24on+dvZ8bYy2Jeq9lVCz+fLon3N8SL681HthXnMm5+PqsmD&#10;dnbjls5vtvN7nGx8xMa11GTpZ+3aSGh6kLKb82d7br736enpaaIf1f5Z2d+I8zbeiiqQozZPRaLa&#10;lGrcP0rAzzAKqL28/U/HZ8YPfRS8bz5fF36VUa0n98sr32e0nrr9I+eW+zzu+8yuJ/ggEMEX0jir&#10;f9hDN/9RZHTktH6PDxRWb2Q/03hk3/I5/z6KUEfUwvH72+Pb2/tu2kcbtzSIf0TEn2+P7JMK4U4U&#10;+kar/Yhb96XoV0QfrNDx8nGrhGN+VrXhVo6rz9fvUWxaFzqJnTPv/akcmiqrE9YXXXM5J6u1p87U&#10;7s75wKbo3Pyj6V9S2ZLvsVxn3/U8fJQQboRAFUysHl32LmI51l2wyudujrXOg6cYj/WTtNHHSOdh&#10;rqNsRx7ve0T8Z+1VR/0a1MbpHPozlsI0z5sL4JwrOl9eo58v+Tl+Ptym6jip/bz1+Zix/XluXMT5&#10;WvoW5/vce+Znog0Ry/le7a2VnfZggouaar5XQQ0932eBsVE/Bucwz6MHPe4puNz2fbfHjzhlgvNc&#10;68ODao+M+x8qxLKPXdDrs/RN523aoojTOIY8q+/Z+T3580gI52flZ3fJKV9Puaa+xPl6ukUgD3YC&#10;EXwdKg7/iIi/5JGbfxVZdipRpU6rG4CI+wmrasPL/rnj4E5OhQvHbxHxbyydsVf5+Ra4g/hXRPwd&#10;p7GrnNiuH9mXb/HLgXu213+P2/alEhO+AaSDos+6MVTlQWHt9nIg3wx8vj7HhXO2yWSp01L1xYMX&#10;l4pgD2joQ8f1VptbtlXX2t9vj5Gjrug4ZV/+i9M6i7f/pzNx1825qVjQYIyOZzVfZ8Y5Ys6J8eCA&#10;O82ZlQzJPHi7cy7mOKUNqcSUCqn/7H/vDuyl86oIHuU51LblOdV9SR1PXcMqkBdlfn7o4nz8T5zb&#10;VN0Hdd39d4vz0dCdm7+tnbpWdNy0Hzq/hu1sMuaVkKzsmq55DTjn51WVVmvzXR/fpalrdrraP/VR&#10;2adbCy+36yqc/pU2vMTJvrq/pu0Oec8jUWVK1WblpQs+r9ReJo/eN92H3U692Huryin3E/60/4+C&#10;SrPrSedZ7rM5FpnU8bbCA4EIvoCmHC43g/+J0+afi66LMoX87CJYDbg7u++RsDuVZapBVYdBHZxO&#10;BLsA9D5q/9zZ2tX5aRxEH7cUG+okjrJt6sSpc7Qoidm7L4M+eYbjr+K5ywTr5zg+RzUCnYIhHfv/&#10;4nwuTM3ZQTmwBl3UcdFMk2eBRyVOo81Ns1LdGtxVPNo4qhj8O5Zzs3Iyu7mZ2RB33D0AcJO5WTGo&#10;WKiEQCcIquqFWRFcVdqoKE27m21LceClwCPbnzZEs5/utOac8qDSXg7T2t6U5zLPWWWXI5Zr42y+&#10;rOyFf0fE/9r58Mx4jkH+71bnI89Jd16ynbm+dM+eGbehoBiUjOt8d7vmTvta0Cein+8ultROu+CP&#10;KITwyv6Z568LJNxTBGdfs3/+/6c4ne/Rmng0kRhRi30NauQ+6xUgOYc+W9++RcQ/8ncv36/moyZq&#10;PCnVBf+3rCev/vP15MHmiA+suIIxiODrqCLK/xv1xj8SwRF99sYdBxWJ5TVaOzJybHLzUBFSOeUj&#10;EaxiycsVb2Wk3QnJcfufiPh/UQuNfF+iznUawwwERCwF4s84OU33EMC6CWiwQjOJlWisBLCP3UhQ&#10;5EbcZXw0ILDWHxXAnmnwjJZu8CMB7OtuRgj/GecCWF/vJVnX4n1XR+3/xXK9rZXqa/bK56aLjLtk&#10;g1cqFlQIVIKgEwPdOEf00Xyftzl3/4xTxrwKemipYWdH0jZqIE1tdx4z/6Zt0L5cOh4joaKiVB3+&#10;JM9J/l3b+xzLa2Cr4+r5yOP5PuHnIzPPtzofVTt17vm50aBunhs9D2nXVFT6HFzLoPqcVxutlQRV&#10;Fq9y2GfttGazfc+u7FrHml/wp7T5I0SwztmIZalw7sdaveGBqy54+gi4UMzxzPOdly48x9Ke5ph8&#10;tr59lb9phY76F2rnss+arOmC/5esp9xXvZqxCvzoerrLHgvbQQRfjmcyvCQuNwPNBkScGx931HSz&#10;GomJXFy7R5gmMqYp9LWPa5Ff7WduSvl6N+a7Oz+DjKkKjRy3Khvg6HipUdZNWK+3espm3CAa6HNQ&#10;I9yaQazKaXUjiOI54lzsVeIxAwH52SH/9xuTnPV/UMapjkr2Rfszu6kplRBWp1zXnwZCSgF57Y0v&#10;GnHoG3qVCe6cGe2Pj4dfD5j9uGk2eLJiwStMVAx49N6DNqPAmzpX1bxNR8YDDPp+nbdd8Mkzep0I&#10;zqDYjzgJ71F5+xSDMvPuch3NDKkti1g6oaXzLMfzY6rI87GszocK7plLUTYzODc6/3IOdiJYx61q&#10;51MU9qCpqqr2Ha0gqwRwNd+32mn/bA9IqJ2uBPHo/Lnfc0/BpX31scpKmJzbWmmjbdd9/5GFovoe&#10;7nd9iZPd92DiZ+tb7lsqNHPsNAHkwSz3Fbpg+dp6yjZ52zwj7Pc8qNbTXSuuYB5E8GV0IrEqa9oi&#10;DiNOi6e6nkyvQ8iFdStU5KtBdSPjQn+mny+xdMwz6+ZiJstd9jQa3Qbu45bGtupL9iMjrl/kb1rK&#10;rhHaXceqyZqqYNRsfXc96SiLlrwWf6+cLL/myLNtM4LLMzR5XaEGXvy6Rr+uR/uxtT/pPOT6003N&#10;M4c5pntGeDtHWYXhjDOT7fkpr0v78Vcsr2HaTWh0TASgNHBY9dWv3/KgwQy5VqugR2Y/3Va7M5M2&#10;KYr+eEl3PlT0vcZpjuYxu+DNtXbPgyrZPy8tV9uVbdAgkM+16nzretPAsIrh2fMxGue9s8HeTs++&#10;6t6rdkCd6eE8nBDAGlDWLLCW/VdrvbJhM3Y657GOe66B3K/eM/4m6H0dVwEg3Wc6G3ULEeA2L2K5&#10;xvKRc65bs9cIxUvs6CXnQvfctO0/41f78/++j37GvkWc+uV2Icc4s/q6nvzyBg8obRG/1d87v6fz&#10;FX4UnwMPAiJ4I0X0WzcDNTzuvOXrK9RYvMRyseffdFFpSUgXsb2IJiNXOax+PfBI6CcqNrRfuVG5&#10;E/repp2iZ5VD4hv4lkzES5wbv+qz0gju4sitZOq1JN9FY5vVETwoszj04Fk/b5TVOTvmys18shRY&#10;HUXN2PmmNtufyqFMJyk/T8c1y4rXsrCX0gmW6rrYtT6H9MP74NdGpRDezYYMWKtY8IBNVwoaMT73&#10;M3M3nWG13R7E0eu+9M6r+pmVKKg+Lz/TXzeqNrkWnccaKNL2VU6et60KlnXrqTof3t/k3udD27o2&#10;bs/2eg14ujO+Zgd0z9Hgntppv4/IbKBri53u/IouS3b6wD7rr+fra8z5Pd7mPeyOV3743Pc9yteE&#10;z9dL7fuW91wqEjXgUa0dtW3V+vpMfVt7PMd5QMnXk/qo3XqdWU/588x6mjkmPACI4OupNtJuU9eF&#10;4M6Uf15uvFo2p1kczaztKRS9HVXJmJeXjAxr1+c1A72b0VgpxaxuulM5fhW54bxGnU3wCObeJTHa&#10;lxybKrug4snn4uvgobgDUTm9mR3VczEMKKzcgdyvP9dSdY8MJ9f0R9sSUTt2XebuovEs5qauOS8F&#10;rrJkI3J++nzXgEhmfp5i37np/dPx9RJ3nas+Xz3bVtmT7vm9GfacP2vbdBw16JillHqePOvmn+Mi&#10;Sanmzu42b9C+SsRFLDPBlWCYaVsnhB/hfHRtrNrqx3+Jui9+jpcHWr9TtwcrR4FKDSC7Tat8iWoM&#10;I5brsBKts3atmu8eJNC9xts46sMlaHbOK3RGx/C9ofvZ8fGu5ms3fzXLWLVt67kY9aF6zdrnf3Tf&#10;1oIkT3HaF7wM2teTJ2l8Pem80d/1WPk88nvUB6yqOPI9tw40w0YQwZdTLYpuI60WwYwD+zV+LU4V&#10;wOkgaonpnovLnYKZbGkX8fXPjVhGaatzdcuomTvjMwJ4pi16rvRzh9H1izpQf31QdZOPKmvqzo06&#10;DdX15otDx/ncqJwlPcejtVBlF6pyQRVJXqrufen604lgbVs1j0fO/GIsdwhCVXPTb2J2zdx0YX2T&#10;ay+VDaWgfmdZd1xcOI0CHerc+PwaCa10ZP6I5bWT1Tny+eF/i+Lns9Oz4bXXMJon1fG787PleP7Z&#10;1fGq/93jfHTHvqQt7fkZVOt092zoHHa3bXqNYRXgq/bSTrS7XWttW9N/Pd5sAKWy1ZV9juZvIzSA&#10;lb6R3qAy//8U53uE3pAzbcfaHNTXVHuHPmsbfVy3BgR0Luh1p9pP/xpDTax8xr6pT6LBXd9P/N4Z&#10;nqTpfIWfcd5W7aOvJd8z3e/ZkkyBDwQRvA8j56qb/JUxcMPjWRwvE9w1w1h8jYOLOncMvZyuy8D4&#10;37pNu3Ja98DFjIvgSqzOHNvP1yiLl3eE9f5f0ycXFv71VZVjFXEy9L5R6u++Gajx17nXiVFv68iR&#10;9HGpSu+ra4AT3dC0L3rtvF6T7fMhj+3nSTfea4TBGtqenD9rWZqZz8xn7V917eNzLL+O5ur5OfHV&#10;OTMVCzMO9NmNAq0P3g7PSrrN1XPlZc3qSC66Wzy7LVPn8yPE3tr+9Fr87Zpj+fOjnQ9vV7Wu/Nxc&#10;YgPSTlfzv7NtbqdVFKjAqwKWlV3zeR/R+x+zfZp5TyWSXMz7jbguxT87v/JMkwX6na3+rQa5j+kl&#10;TrNCsQomzLa1CtaO7K++Rq/l1u85V7Hvl3g8et+ynXoncx3DfI1XFXU3zNQ2d+up+raE6jx0AjeK&#10;93Xs5f/BTiCCb8fI0MxExXTh+TWC6Szm91nu6Th0gq7KSlV9nNlc93K2VinuCqpCoCvZHQn794+2&#10;n/WzXWCrI31twMI3Ji9Vr26u0glgv87cb2CVr60cK7/hSB6j2/hm57p/bciaAHbx6/3xzU2d2Gy3&#10;9kWP8RpLZ3PXG2E1pdBVWX233mbnpo9bJbDfAxk7X4OvdkS/RsgFcBewSTzQUT06UeDnoBK3Ie/z&#10;97hYwomBNdx51uBedZfuat5roLKy03qduto2tSVq19xOV1nlrX3Uvo4CBC5AfthjD/uqn59fMflv&#10;nIRUnsu8tEG/2ibPyWwg3IPCep71/96+kRCbPQe6h/v31Or3BGtw4ccn7Vv261ucRHC2rbtMby1Y&#10;rt8I4H6PJgC6vcN9H11PVQLB+wcPBCJ4H2aj2V2JiL6nc2Arx9hvbJPHuJRq487Nu7rG1Tfsqk9f&#10;4uMXficEZkqWO1FfZYNcyExdFzvdiWVZmgsmvcv16JjV5vlNnvUmQDmnqnnhGcs81mssBWgnhrvg&#10;RM63UX+0L9qf7Ef2xa+d12NXG3wV5MnPvtZhHJHt8XmzdnONLW3QseuqOnbpm4l7PWZ3J+hRKWjE&#10;ufj1O2+qA+N9cIfuayzbpGI49ug/wBvV/j1rp3XOpy2rbJtXuVQOexX0eo31rHJERLy+vr6ulESv&#10;oUH/FCH6DQp+47lL12CVIXUhnP30LGme59E+7ftvZVMjTqK6el+2swraarZzlChRsanZ7JwT2b78&#10;PP2u+M/Ut3zvv3HK6udc70Sw75n6uXq+ch3p3FjcZ8fOhQaVKr8npN9VIoE95UFBBH8MuSBdFKjD&#10;FvL3tQzj+w1bLs3iFKXQVelkVQbtEUDPpoT1J+K+BqFyyKuSUI+QqqGuBK9nh/QYVbm1l6/rMbb2&#10;p8vUzwhgjcSng/BPnDaayrlyEawbQZWtVCen2lhm+7MWQHCH51/rj2YAKhFczXMVRzlWP5rPeh+/&#10;KzKna23psvn5XM1Nf9bxq5xiL9ffI9vpWeBrBbBH770E0J15b0dn0/Q853HLMQaYZGYv7e5Dofup&#10;Bvf+idpOrzntnd8Qb++rAp+7XRYh+N6j9joFTlWOuuXz9ThqL9R25/+9XfmVYCqeRmLRK1yqMeiS&#10;BGrT/pOHZqtnhaIKThWaX+JkG6vS4M/St+yDBjG6S3t8PSkzfo/OQe9vJYLVf9SAeVVRBw8KIvi+&#10;uKHQDSejs8+xLMWoHNhu0V/rtFUZv8rIuFj0ctGQz3myv92NInPaZf06wejBCh+PiHOHx8+dZ4Ov&#10;CVisOVddf9S5UlH3b0T839vjnzgXwd7v2c0gnQq9JqvLNKzNN++P96Xrz8i56kqcqhLkiNqZuirK&#10;a9nSmeDJyOnYMjerqhLNhv7M9l0RTHM7kiI4b2CyJoATzf56NkyzYpeKYP9e0xQHXRlfBA4NzFHt&#10;pV0QuwoSa9YqHfa00xng8+ya22kNWI4CfN3n7UWXCU57rcf39bv1OJVA9NJxt6VdFngkFNWW/C2f&#10;mxU1mW32gGKVwVUxptnqTiRqX/Oz9LKQbKeX7n62vvl18J7BX9srs31VVUW1njRQ4nuqHrPyubQK&#10;zoNUZIMfGETw/XHjpRmPzEZ4Fqfa0Hzx/4zaMK0y+RVCXUZKNxyN8qkj7s7tPdkiACqR5QJKo4xV&#10;VHXN6bkoYFFc29yVvM30x0vFXATP3CBiptRuVJKsn1l97rN8XpcF9g1XncXceLtMtFZddH3xCO8w&#10;G3whawENHccqAOBrbmZujgJBewXTdK2NrvPuqjDccfHofRXBn5m3ui617D7PRQZxqpJTnBiYpRKk&#10;blt8bScqAHIeum2rbhY0c1xdcxHL9XVtNnZEtwdlv/T41wacPDBf3ePC25Lnas1XUVGkZcJf3n73&#10;81eJbg/e/hdLMTazv3QJFa3e0jlQBRk/U9/ytTlGI7+nq4BLMa17yVoQpgss+f7p66mrQoMHAxF8&#10;P6oopUbuNBqsWVT9fU2cXpXFiXHZYJeV0o3Go3XZ7o+KgrnIUkfAhVsl7P1aQ83Y6ee/2u+aAfNj&#10;XRWwKPr0bI9KMFb9Uicks2r/xrxg7URrHjuzwXp9cDcPOnGtG1rlKHpmQUvs1rIL3hfNcOummqJI&#10;hbBmFS6lE/+jTFHlSOrczM9K3Kao8+DBtMop3yOY5tdtzQhgH9d0pKrofRVkUWc3+95lx/58+4zM&#10;BmtEvyoVJaIPs/ia6wKVSmen0z5r8GfNTmsGS9ugNkUDiWcBvj2/MzzObZfelyKF/V4i2P0tF25u&#10;S2dFYsTpfKZdSHvS3VSyalsVkP4n6kqsmX76690Wf+a+eZC3EvijYLkKar13iPoKVbl2nhc9N5Xf&#10;oz6hJgBuvZ5gBxDB9+HVftZIr97IIGJptNLQdJmMvbI4esyqZLArs9Won5esvMbSWN2VphR6Tdir&#10;I57jo05wxOlc5OfqcxeB37vs1MWbR0Ar0Zj90jFTkfpN/tZtUroZVMJCxzrPod/9M/9XiepuU1vb&#10;2KobcVR3UK36om3QjIDOi0p4vm9uW8evyepXwZlRllSvA8vzmg5LNQequdmVnb9kO6+Ym3qMtZuX&#10;VFH7Klv0/8Upcu8lnN1NV6o5+xynm8Xk3PeS6KqSAQEMW6js20xgz4Ww27XuRkN63IjTPpPHrDKe&#10;7ovcY577Gs/HniJYf64+T89xZSs78nVf397/JbZfA1r1X+91MFMW7n0aBZg/e98izvcJD/B0wX/9&#10;TJ3nvpZGpdq+h1Z+gvsK1Q2y4AFBBN8Xd95zoaTBiVguahcLVRZDo1GaFZpadBNisRPA2R/NkqWB&#10;y748x9KgjYzULehEqQqOqsTbM3+5Ob8LhKgd+JD/+VjtGbDoBORIOGbfdP5pRYKWja2J4BzLnGse&#10;SdfNwEua1jaYqi8dXV/0sbax5c+aTf0pP1fzYo9NbSRK1y4/8I08q0m+ymfn5+u6czsyuqZq2oZE&#10;xNolFXrTNg8GKZ5J0CyCXruuWYWqXNkj+RHLdftTnlMMf4ulCK4qGXzccWzA8bXW2emRMBnZ6cqu&#10;dbZNBV5l1zo7fVFwbwUXa1UgM5+vFcHVcd9vXmg3uvZg2ZqPouOW59THomu3/933lC5o3DFri3yv&#10;G73uEfumbcrfv8T5XHbBX825NT9hzVdwP2EtkHur9QQ7gQi+P5UQTuGoDqQKpYjaYW7F3MYsTicW&#10;1xxyN256974UFh+VPamCB2t9iqgzUVl69vT23ojl+eqEhovua8tO/RhqgK/JtvsG9/6zzaH8qgzv&#10;bxVNz89ZbKDN121Um9isU6LH0ufzF9R9yffoz7m5hf397HHFdz2P5klVpp9tqErNcm7qpRXPsRyX&#10;kP+tBbs2B9Osb50I1qDdaL5oAErv+J2P6m6j3fi7k5vH+CLPP6PO/muWSkXwvYN58HnpbNsW++Z2&#10;J8Lm+cC26fvdHlS27ZZZKxdtlSBeE1vzB2tss/zd94CIeRFcBXhV2K2138eyCkRsEYozr1uz54/W&#10;N5/D3s61oP8sZ2tqwlfI51xTEfdfT7ADiOCPoYpIqZhJR1EF5Wuci1TNrnyLpUHYIqzccfXPVsfV&#10;+6AC+HucFn+2/+4iuPi6pzynnQhWx7dyxPMGS2r08vM0gOHHXMuqX3sN91nXJ/7vDxfSatTP2lQ4&#10;EC6I89k3lpFgvNRR9H5UkeEWbY/4jLk5V+Ipn6sAwRSDO5ZXd6b29axrrvpuyD9iOe8829qtdb9h&#10;zvu5uyCYpp+fAnj2jrhV/6prIcs7jq+00+drJYbzkXilxKvABusaAAAgAElEQVS9H2AGD17639de&#10;P1vp8841dtrefw/cR7hbG4pjtMdsAgtnH7m1Cc3jltn4Mx6xbxu+mnq0jvwYlXj+Mnh9RJS+QrWe&#10;Fm/RZ7LAjwsi+GNIY6DXKORCypsSfJXXubOfDuZXe+Tifok3uzZafBu/G7jLAqdYzEfy0dfQVQ5/&#10;5Yy7AdNMm4tgLfPW79+rIuxPdtwqa39pSfQ1dCLoayyd/ZeIXwZ/LaIum5ULhC6yemm79Wd3ELv+&#10;5Ji9ZDurtjROox93r/507a6Eoh9f11xmStN+vMrnVTZEj91VfOR7f0b0TsGiM30ptNuSqgpC+6bV&#10;MXrDnKEAnh0Lm68uhjWA4m3yTAjAHlQO+oxd0/scvNvpiLFtMzudx1u04wGc9YcVDW9VTBHLoKQ+&#10;rj6EPd+NR+xbUzV2Cb43+Zr6EcsbW/1O6wlWQATfH4+IZSY14tci0hu9VNcGV6WGo/LeNUZi0bPA&#10;LoI9E6z92NOAbmXNIV+76ZCXQqsITqGR5z7HSYVGxDgbnIY4xcvWzJJuKNXPo/PhWfEsU61uIPUa&#10;v8TjUwzEhpcObeiHvqd76P9dCGt/tC/+pfc/9XNGG9xO/RnRBbSqaoFKkHmARjPB3dz0SoXq2J4N&#10;ng6mWd+6LPPIPqk99FJv/z7gq6+zasRwxEkMV21TR2evOVFl5hZZ+As+zx/w8WwRFTlm3SUFbqd1&#10;PUw579auR2GRnd6xOgp+Dyp/YHY9dX7zX1F/zdjvsJ5gEkTwx+FCOOKUPay+ky3/r+LKM4xf45ej&#10;uCqsJm5kM3PdrJdC/5DP+5BrISay21XmPOLcEde7JqfQyM/OrwzQjFRGEkfH77L2s2WnLs60zWub&#10;gmann2O5CegdhrPdmg18b2N+9jUOShHhHYngkbD3stu/Ynl363ydlrK/n6s1Mbw3g5vQ+fxIAdyV&#10;6bsIzjUfcbqUYfRVFB4Vn7kJ3mr3orZPXXa7Epuj/p19F/C141ZE9LMdZ7/LnPVgzKVUwtdt8tbs&#10;s4tfRPH98fnhdtrXZDWfquDe33EugHNMtWpj1Xl/QLog0EUf9kn6DJdxra+Q+2MlgD0J9VnXE2wA&#10;EXxfKhGTjl/+L0tt04H0LFgKmS67mY7mbBany1h6CaOKRXdW1UnNY+96k4uNzGS3Kye/ym6rE57n&#10;QcsyNRLvmUoVnZUQnwpYGJVT5TexyNd5//KcZFv+imXGVEWMCuHFhhCxy6ZQbWBVXyoBpz/rxuaB&#10;o+xPXi+vQYuPEsMuFEcZU6W7/EAzwU+x/GqoH9HbkJlr5WfnZhdQe7bHSAB7YE3XXfcdjrtQlMJX&#10;/9uzPC/x8+bXJW/NOvsY+HWkEefnHvZnza5V+6PbNQ0kjey07kOPLoar/bG6l4NWv83y3r8H6zNc&#10;gdncGV9B15Pvd5Xf8yr/zxsupq+n6+lDAudwexDB90cd+1zAusHp3Ujz714S7Yu6u9nTKJOgG8+o&#10;DNodchfBWgqd5Zcfcv1ckd3urqnyG2JFLPvVCQ0Vhyo2LhUal9yJ1zeB7jb/PmdC/pbXMetc9Oyg&#10;Cn0X+3s6WR4M8v7k/1wUZn/SUfT++PjrV+p8lBjW+dkFR7oyfReJGqBJEZxOsTvGayXRVYBmqiS6&#10;yG5X113NCmCtwvA1dpevm7iDc1NlfPV8pS24RPD73tDZOwTxfZix08/yel9Ladtm7LReK/+IYriy&#10;PZW9eIqT/7ClrZ5dR7D8fvhe4X5yl3DxoFK1nvL/3+J0qVr3+cyt3whE8MdRLejXOF+AXUl05USr&#10;I50bYdj7Z2+I5Tey0XZXmeDcgHXz/cgNd5QFrm701Yl7dcQ1E1wZSS2J1gjjzHXJw5LoIiLqzpXP&#10;l+7cpxD+Q/5Wna+8DtPFo4v2a5wsDQZpP/S8amBFM2Tan9zcqv5kX/zGSj52NxXDF96xPKKemz4v&#10;v8vndt9tW2XUu7nZ3Zhr2MU4dyg8kNYJ4eynr7+RHfxsaJCrWm9ZyZABkrV13B1DRXB3WUs3BrAf&#10;nrVy+6ZC2MdDA2Vhf/c1q3YtbbXazkfKZHU2Ii//ijjtTxHzc9/Pte6Pw5s7wqegW0vq91TJCLe3&#10;mQDogkrpK+S3rXRB2A+7pAr2BxH8sfjCfo26BLDK5OjCHTmw3U0mRtmgmbtCexY47wytm9hHUPWr&#10;KjWtyk0zGOEiw0VwJf67kmgVPKPzO5MJrrJmnjHLuwJ7H7VdlXNV3YRFhbCfkzbjsHFDUKelqy7w&#10;TLBvYNqP0Zz+Fsv+3FsMr2Vgc+26QKmcaB8PF8FbSqI7O3JJSbQG6LQs17OP+pkjsXA2Lp/Y4agy&#10;wCqAI36NwaWiXys+ciz/jqUY3hLYgOuogldup3N9qE3TAKrSBU/STv8R5+vfnfePzgxXe43P/S0i&#10;eCSQIk795UZbn5sqaTTylXMN6T7T+QojvycDS3mMR7ikCnYEEfxxqKHXkui8JljFhhr6ytn0O7zm&#10;NZBf5H0REWs3xEpD0DnkXUYqDUS8vWdrBuNqmlLoGeEZMZcFVjFWOTQpNBbNivPz3JUpDstOhS4z&#10;mAY7b4qk2VOPikacxraLzOeGkHfprcSwZxymHSzLbPvGpsdx592d+EoIz/TFjzMUwztsbqPgzCWl&#10;0D43n5r/V4E0FaJdW7Q9a3NTP68SwmsZ4FFlw0x1w2eiEsAZPMsqIJ1/Wz87YjnH8qZKatfJBN+e&#10;Llg5cz+JiOVY6t9Gti3tmx9neM3wHS8B8KBbXpv59NYf9Xci1ue/VhKpfdSgfP7/d7AdR2fkp6Wv&#10;0FUwdevJ978Zv6eq5qDq4JOCCP54Foso6sWWzkui5VKja3kzQ1Q5sKOMlF4XqNE0dVLV+Gim9KOd&#10;1VEWeLYU2s9/9vlLnBvgqgxZz1nnuHTZ9hlUFKkAzoc7u5oBjDjfENacq7/iPDrq438mWDYI+tc4&#10;dxT/izqD5RlFbb/+rM5W9qfry0jcv0aMv2N4DSuFdhFUrTnPenel0HrOI04BGp2fayXRVVVJt1aG&#10;3ZS26/nvghdKJYTPou0TbfgMaPZB7f6XWN7VO+KyPneZ5r+iL4v+Xc7to6D2thLBadt8PKoKnYjl&#10;eK2JYP3ZM1kuhj9CCGtwJud5/p72dosIdvuY59dfg0D5pLwFzCPqsdaHi2C/fMoTAL5X6Zpa8xXc&#10;P9yUBIDHARH8sXgkMyPC7ujm/3wzHIlYzTBGRJstrUoh9f3pJK1lpDIT/GqPe+IlLh4g0OyU0kWS&#10;q3LMKhPsGUQvb/Ox6oTG0CEdbAbfY100VhnUiPOMcFUZUDlXa9nhWfHYZbXdUfS5q30I+XtX6ZCR&#10;Yv0u4exD1Re9Q2S285qs8Frgak0AdwEaLUvvXtcJ4dnM9Bd5f9cvdTRcDPt6y775w7PB7hR/ZsdC&#10;52qekz/k97wu8tIssB9Lq2F0bC8JusF2cj7nulSnPa879DXfOe66L+hesua4d4FLvYTiJa4M8m1A&#10;92btz9pXunV4ADUDwOqzvMhr4HNTBcxzLXVJhU4IjwJL32Ob36Pl2GSFPxmI4I+nK+mphLBmGiNO&#10;TnUnhDVKpcdyh1xvojK6IdaoXDg3/Je4M02J9yg4oE57V2JTCdynOBdsVdnpqx2jE5juCG0pic52&#10;pGisrnvWNkSsbwidg5VOlgtUveFUdROteGtneV26ffeq9+c/6YuXcObftA9h/9dznuPyx1u7si/u&#10;OKrzqJclpCO7eXObvGN5dQ1uRB14qrI6s3Mznc+ZublaUVJ8XZAGzjwg4Q8/fy6E/TKQz+xM+HlK&#10;26t2eOFAxfUiOOJ8Pfv9IhDCt8erdtKudYGvFHERcWbbMriaaz0FZVaLuQNf2bXqJlrZzr0u/VCq&#10;/Uf9kGvmvtqLPLe5j6YdnAoww6ehqoJLIVz5ChF90Dzs9boP5iVuM36PX8K4yAojhB8bRPDH4gI4&#10;N6SRCE6qaL9nPT2Ls5ZFHt2wSdv4Pc6jYHpd00ct+sqh78q7I8al0F0pqWapXJRUgYquXd62HzHh&#10;lDbZYHWuukzPq/wv4rx9Oc4jMZwCUqOkuil8jZMj8hQnITxysHQNaER/xmn3LIo+e3YlnS2//kfL&#10;CLMv+Zrc6PLY787aBZvbKBDi/UxmS6E1Qq7zsrp+ybOyW7PBo/7p51XCt8OzwdXvEZ/fiXXHTO1x&#10;Bij2Evx+7kdZedgZsdO5fr/EyU7nWquqkiK22WkXw2qn3a79ESdbne35HlcE+S7gKU5CP9t9SfWD&#10;rpWfcboPymucbGVWAI2Cb/AJsPWU81XXU7WH6liPhLAGbnM9eWbYq+Iqvyd9BU0AIIQfHETwx6MO&#10;XjqZXdmjl0SvZRgrMavZB39PVTJcCcUqG/WRGZs1ca9ZLRcao1JoPe/ZtyyRHWXl/BzoOHVt2xqx&#10;dhGcn18Jxtf4ZbTz50o86s/d+dSMg2aI/Rz/F8s52jpYhahPEaxOu/flNU5z1dvtfXEx/FL0Jzc3&#10;XwsuAnOsI7YJ4WqtepBmayl0FaBxITyqJhm1rbIHVUVJ10+dO7PZRhW8e5QEPyqVqEnn/Rb97YIR&#10;ZIHvh5fsdhkr3UPV7kTU86YSwy9xHujTh9o1tdPJrRx3n2/ZP/V79Hizx9bLQV7j/AZJCxvEXaJ/&#10;C6qAuY61r6mq0mptPeUa9Coy9Xsq30d9hdyLEcIPDCL4MfCsh5ccV1kfdzbdsfaNwN/j1xPNZoG1&#10;Xepg52vvutCLmw55Fnh0A6o1cV/dmKc7F14SXWUoq6y9G9DVkugiy9Bl3HxepYOUJdsqutw5Xss4&#10;eB8qQbfFwVIRPMog6nhk9syPNyOGNSCR/enG5Tki/pXPmhLCO9yxXM/J2vyMOJ+bVZCmKon2YMdo&#10;PKvS9pHAWhNebjP859/RcfDz4IGvvTLB/jMC+I6YnY5Y2gJf62rXXuK0f6sNjqjXVuW8V/ef6G58&#10;l+25tePubfeqqa3H0j2sEiJdBRF8QmQ9RSx9hdHemevKL61aW08hr6uqyLyar0uyRCCEHxpE8ONQ&#10;Ob1d5kfRhapRKl2cfgfZqvRxRixW1wJ7KfRHoCKjc+SrUpmq3NRLoddE8NaS6JEQ3pI5SyohnOhG&#10;kK/zr8DyY85mHCony50Q/7yI4gYlhbOoQnitLynss02dgHYxrH0a9aXLrm/JCFfHGc1N7e9sKXT3&#10;npmS6DwvaxUlMxlLP/+z89n7UQVJfmfULu1lS3H+PxirdEnbVwUqde3+FcuMbq67KmiZP1fOuwf7&#10;RgJ40ey4byWG7jF5/EvetxZwg09OURZdXUbmIjh9hT/iVAm2tp4ilj6M+z56SUPlTyGEPwmI4MfA&#10;M3bdDajWSqJTCFcZUN1IXTR75ssj1FU2yjNS+fn3Rs9DJ+4749T1rRMZ+r5LSqKzjaOS6DS2UXzG&#10;OxYVdWFZCcZs78/BcbeIYS2/dsHYlTG/t21QFq1Zk64/GoDJ/uS1ZVXZU9cvzb5ru6v+eKQ53trw&#10;GjHc3HyNdnPTS6HTDqyVQsfE+7aURLuznI/FtXXn98Rq+62/b+V3dRZei+c9Rb/PU1+/cH/ShkX8&#10;Wkv+d7XT+civDeqyWBHrzrs67vo8Kh99n5c7O+0eTH61x9bPys/Rc6ZVT5d+Njw+up6qv6uP9nec&#10;+wq+t3eZ4bD/bfETvF1nCQD4eBDBj8Uo+1M5sZWDndc4qtDRDGWXidSoszpNXZvcsdZI9F02HfPE&#10;PUK3JdN2idCossFepuqGtcpWe8AiI5vlHZUXDanLg9yxUPGb/dPrWfw68K1i2DeGJ/sMd/Tfz+lE&#10;WXT1Xj/nf0l/qizHWpl0xDKDXL1PnU4vWyw3t+aO5aOyRBfZVYBm5hr8mbnp9iPifG522eC1jbxy&#10;ABBeJ3xOu8Our7kGz46N1jXckMZOR9RZYA/IrtnpNefdbZo/fK/3x8tEwGsGndMvxWOrWPU9rvNL&#10;EMC/GcW3Srz/K8brKX2fyjdUnyaiX0+eCOj8jOF6Ihv8OCCCHwdfwKOsqzuxa472s7xPM8bu6LoI&#10;ujSzdE/cIFWZtrVSaBWK1eapAt+FihvaaoyUvcpOfzVimUHV149E/l9xcrBcPG7JOLijXYlNjcyr&#10;w9OVRVebmztMnoXX/lQb3IwYdgHvD50zlfPWbW5VFlifu2xM1VcXwNo2x9/v2ZLn4j26hrpA0vTc&#10;tP7M4GvldxVq1Ty6VAx0VEGd0fVwcENWApZup9Ou/R21nd7ivGvQ0gMiVdCtm4t7zEnva/Y3/3ap&#10;EE4RrF9dU+3Fr4iP34NiPSnVetKg0l9xngBK+3jJeqp8n5k1BQ8AIvjxyAVdldt6+XFSOdournIB&#10;+v+7kmHfoD3Sqm1R7rnAfWOfybR5lC77p8/ahyyXrQRfxHkpW2fstrRVr/HdIoQjzrOElWjM75D0&#10;DaG6IdRstsGFXMTJQfES5ndh3JRFuxB+tc/TYEx+xZFmhNNhzHmtAR4tPe42OP1d+1I5rDnePlYu&#10;QqoAVXUdkc4dF64/47x9X4q/JVWJ5drcrIJkXk1RjbWeJz1f/veOaizCnj+78+CBlCrAofbnkv76&#10;utR5l0HQah3DjWkc95GdzgCf3935Euc9YukzvDcrzgOM1V526TzRuazH6L5mcYvN0HOn3+WqQlj7&#10;AL8RxXrS+eBrSv0e9Rc6v2dmPblfGXG+nqv9d3jjU7gviODHwYVLCofv9jzKBnfXxP4hr6/+PyoZ&#10;rjbmatO664JuSqHXsqudqPGNUoXqzzgPOHg03Q1vF/HzzMwoa503Upj6SoeBEHaHW4Wjf++dZlK1&#10;PSMB1DlYvhFU1023fXnre8T55uZlwt4fdRq7cn8V91X2Mfui9jGPPypP9mtlXVh214FXwYMXe/a5&#10;mX3Q86jH88oHn5dqP/Rzq7Xk2ad27KytM1Fvj6LPCO3Phjv2mr3K+btnGacL4FwLf8ZyjsCdsRtl&#10;VXu+2+n/4pdNWxPDuTYjzgNI+XO1rrqgzC0qvdSfqASr7gszx6sC9fm5+pmIjd8UW08uRKsKxpHf&#10;U93t+TXmA0u6ntcusWNOPgiI4MfCF9FoIWk22B3YKtObm0U6Q5340ra4iKlKoTVLem+6TJtn22ay&#10;VmGfk8Yvf/Zsm94VULOLr/b6Koqexxldv7y57LTJNHiEXzeEajOosqmetczzoM8Ry3NQOXQ+f1Tk&#10;zfTHP1cdn+xHOo3V92NmXzIjlu33KgEVwrmeUgBnJDnPXVcRsUVUdoLPs7U6N7Ot1dzMedsFtro5&#10;tUW0e2Z2JH5Ha6E6fvX4Haic9v/i19dv/RfnN0DM98yijlnOgby5ks5rnSdwZ4pqlyp75I77yK5p&#10;qXTuWx74dduW9s+zs2nbqqDMNetQ+5gi+N+I+CfOM7ezAlg/t/NT3s8vmbffk4mguQZ3OhHc+Qrd&#10;/VIqX8HnuFc7/AipLCQb/Bgggh8TzzpVX4+iznDiDqwuaM0E58apX5czKoX2smwv3dMI3L3wDPjI&#10;aa+ybfo5mpX98+3vWkLuYiQf+p41QVO1ucrKV1nXTUI4YrEhqLPl18l8i+Vc8EzqX7G8mcRLnF87&#10;7nPQRV+1uXyPyWx3Een1DU4zF90Gp5mUteBPJ+pzPeVx8tx9i3rcfW6ulRdXqMOa5zIFfHcNnWYB&#10;/Xr/tWPl+9eEe1cF4pmtfF6jygZX13FvWgsPSiWC/3l7ZKBoa0Ys0THM8c+v2/HA3a3wYMgsOjer&#10;ANuj4IGnyz5kaacjzqt31E5/jWWgz211ZaNzjN1Ou+P+9e09+Xnf5JH7fTU2m7prfUtfIue+BoG2&#10;ZsoqweOXqnx2mwETrFTDVYEl9U/c76l8hYjzteCBpTyerqcMzqs/OrMvwh1ABD8enZM/c4Osqsw2&#10;N8ncCFQce5mobnCj63e2RGx3R2pOvc9rmSvHz9dfb3/PMuiujy5k0+B159LfO7pOVNu9qSRaacRj&#10;jmkKmec43xS0/C6vSUvHQgMEYf2cEcJVcGJ1Mxg4jB7p/RrnG5w6dn/F6esScqPSNie+0VWl6y4w&#10;sy86TtXcrDL+Plc8o+tzc7T+/L3qNHfl1/7+rrJiFKDphLD+zY9TZbArAXx60wVr4cHQzJWWhWZW&#10;TO1rvn4WPY/Pcfoe7S/xa/w+6q65lwj57vePpOrH1WK4qXZRQVfZaQ32pZ1OW522NumEsO5hlV27&#10;5mZ4ZXdj6ddkf/59e2QAaGsQxW2OX+JEFvggTK6nnHsZXOr8nlxPWUGZAehqPUXUFX5VZvmnvQ8+&#10;EETwY+IlPl022C/MdwdWRXB+biVK3OF0R60T4SMn99Z0/e1uOpTvUYOlQiENWgrgLtOmx87XuxCu&#10;nHg9t5UD4qXHVzsfhXhUZyHnT7UpVNkAdZ7/kP5oebQLxyrbvVZWO+yPbXC6EXm0NzPOejOM7Mvf&#10;0hcXrZ7droIWo3nmgm7tWvWQ43Rz4+84zbW1clnPBqoQroSsvkf7241dtuGnvS/b4tcer12HrOdL&#10;j63Pa8L9M6BzzYM33Q19tq59D4C8vv2cQume16T554+Od2/hOzped+w1AXzx+TQ7XQUtO+c9bZte&#10;brJm2yKWNiLnyFq1ir7v4q5Kv6p7VHgVxOxn+vMiAIcAPhaT60mD5uorjPyepPIR9H+jS/MWfgIl&#10;0R8PIvjx8Kim36xilIn1zKg6P7lQv8ay3KO7prUqIenuYnpvKgG8JrQqx9uvsUxR6ALYDWAyEked&#10;4/408d4UVlqKdq2T9SoZ9JwPOcZf3o6VGQcfcxde2Y+vcb4B5LNHRatrqKuM4kxffIPTTSnFvYvh&#10;LO0eZcO6za0Std11vf6er82je4+/V+emXks9MzerTM9aNtjXls5LtxfurHbZmOp1lRDxOXPxPHlg&#10;dNy6Mr09RHCKm8wAe3Ai27Cn4KyEb9f+aq11gZlff7i+CsBt1VPU/Z85J7vPw43Oe3XNYRXk0D5q&#10;wDLk58pWV3b6mj57wEDnv/o4W0Vw9dnvzwiM47Kynr7Is/oKne9T7bNr68n3/N8pqPvbgAh+LHSh&#10;5QKtrsmtbkylzoNfF5yfFXEqk/PrgZXqWuA97156MVYK3TnrXVmyOl7pKH6V3/+IpchY66O3YST0&#10;qve6CPa2vwuNPcpACzHsouVnLJ0S/V2zeCoKZ0q/3bnSCoa4pH/NBpc/6yY3uuNptlH704l6F8Ke&#10;rXyyh76uK58eVSnk3Mzf89q9WXG0Nje7eRnF+9YyRBHLrG+e9xf7W9Xm7pxV7c3Xf3bH1gOd1fq7&#10;5K62KlZy7/BxuBWeibu07TkPfD3tjX9+d5xKvA37upOdXnPeVQx7oNJt21OcyjmrQIDbNX3sJYKz&#10;Lz73Z4JmM5+7/APiF96YXE8ejKkCMr5vdwHsbk2t+YTwASCCH5vuulxdpHkxvjsRKaxyET/Ls1+f&#10;qYtylAWuNtuPcEqzvV2paZdF0vdHLCN5Wnq8ZROuROGaMNRj+jUk2ofvsZ8D8o6J4Srj4A55ng9v&#10;c5Up8M2gOze7bAZFybeWCVf9cCdRNyvNnjpVX56j3xirKoVRmb4+h33es7R7i8DoAhZdiaPPTc1k&#10;d9cz/3x7TyfqZoR7tRY8aJJtfv0NrgtW/LypOLg0E/wU5+f9UnG6lUrkdMfubIXP0T2phG+3HpJO&#10;+N70fE4672fXv0YdUHqW94f8XDnvXXXLrt2T5zKo8ButcXgANorhkQDWh66nfK7WUiWAf4eA7qcH&#10;EfyY6KZQZWW9LFmddl18lQj+EvX1gXm8TgRf+/UdV/Mm2qpI29oNfBYfE8uMW/5NDdo1WYy1zIK/&#10;x4WG37k4x3j360cGm4I7sNleDa5km3MDqbIM2k93cHdlRQz7w0WqBh/0NU7Vl86prrKoVeCpmyN6&#10;TlMIX5thu2RudoGmKkM0E3joslGjMdnlGvkHo+vHYq5uWe/Ftf+j4+yJ280tQnEULKuCbJuxfcPt&#10;kP88ohL4ETc+vyvOu7clog7AaTWYt3nt3LgtvwWLc4kAhlsxcdlB5Su4jzaqrKnsjT7ggUAEPy4u&#10;SLvvwPOSaHco/3z7PR18LzX0jS0/rxLA97yxyoiRg15l2pRRNsL/t9bHTvTp+z3i7u/vMoZd2eny&#10;A8TzjbjMeRjcfVnbqeX1+Vgrja9EVyWOnyIWZdoX96cRwyMBrNfNZ2WFBkTW+lQJui6L6hn0s+Y3&#10;x6yCDI8yN/38eiWB2ymPnqvQ13NWCeGbBYRs7uXP758v3+16C0rBekX/7ibOmksrPIg2EsOVoziq&#10;sLimT/o5o7Lfbt+oAoRTWfsb2DZdt12gMu+DUH2bRNlMe/a/IUzhIbjxevohv6uPmTc/3bKeKnty&#10;y2ASbAQR/NjoRlvdHOtHnK710cXoDvZTnDJj6qAvygxjKYBH1yHfXQQPrgWuHPQqit1lK6r/zdJl&#10;clxcVL/ns47H6NrLSiieGVIpcb50U8hjaAm0zoPqDuE6/9ayPpv+d2l/GjGcffkS5yX+l9yQpcqQ&#10;dAK4u/wg4vZz0+dktXGP5ubW64L9Rjcz9xHw7LkGW/zOse9je60QNruiz/mzzyOcl3X8Wk+fz51T&#10;WN1MJufgtfdG8H1j7Vo9n9ce5KmyRhE2x4v5pf87HeBy25Y2Syu33K75+vMxwFGHT8Ed11NEfTmg&#10;r6dRcA8+AYjgx8YzKyMx4tcxalTYM1vpCLhIdCe2uvPkrW+wMqLKtK0JR6WL5kcs+7S1f5Uwrcpl&#10;q9eOBL06aC8x76iomL1IQEp01DN77gBOfaQ9OyOH6/09ucld2JeI8TXPW0v8q81Px36trLcSwvea&#10;mzrvRmK4EiaeDdbggdqP7iYjWrWiffHj/WkPD1T8jLhcCEuJrB7b16qPibYVlnQicU0Iu033+aaX&#10;hTxFbBvz4hKaLYHTUd/agHARqBza6exTxMW2LddUZdv8Ro9VEKKyZSMHH+CuFEmQe66n6v4WEeO1&#10;cc2eDXcEEfz4VBnatbtEuxCrRHC32ft3EvqxfHO8t0O45sx0GaqIsROzl6Fyp07L+2b6s5oNtmM8&#10;2f9cSP06yAWbguAZyurRvW/ttdmP/NkFkovC10sjvsP8x/oAACAASURBVE37Rr937+n65EKu+/7n&#10;tbnZiYdrqeaml51WwtSvBa+y2i4UfkSdkdJyc7dBvg7yO1Dd/oQca3puN1lfPx8ugtNW5O84ND26&#10;HqqAmYswfXb796f8nF/f9m4LZjLCIoBdYPvnj9amzzd3iEd7iB67sm1eVr2Hna7s0tbAXtWfe839&#10;p5gcXzgGZre/2LNydgnGlespcf/nktfP+kxwZxDBj0m1AXXXBXfXJ+hz5aj78aqMc/U9sR+1eLuI&#10;/tr1wOpwVN9JOPre1a3tCzm2ivRXaZu+di0LUt0UyM+BZ/Q7IbVwshLfHIqIq/ZJnbmZa+jyWYWs&#10;tsmzb9XYDYXhmiBuIsh+3kf98D652HPRuCVA4wK4y5zuNTd93mS7ki/22ur13p/M0mkbu5vqzVxD&#10;Xl3T2H1f48L2aeXD4Bzocbx/Pj5pH57k5+rzDotVjWjQQOfz2mU0nUjN6/WrsX91W1aga1zXo1YY&#10;jC5TyH753jjTL59bamvycz2Arc77Yi5P2OkuwKV96k6YO+dnYqJ53174eX8Xwtd8KCL6t8L9pJGv&#10;8DNsHl+xnnyvqMR3hfsJewe0YScQwZ8DL3PqssFVSfTazx6975zXLd+fuzeVE1+JDL9rbaLnL68v&#10;1OsMXQhfigtgzTho+30s1PnvssEqNPwGQs/ymeqs/ZTfs6R60c+Bo+FZbL+h2mhDqMRiV0JYBQ2+&#10;yOd4aV+VwU9B3PWlE3TVzarWHMUqE5Slsl2AZnSTMxXAOi/95nfXzs1q7fwp/foay3WWz2tBJw3Q&#10;qB2pbEl+Z/mLfK4eLz8nrwv2m2tVQsPHwAMGVZ/cmfK5kA5T2gt3tNZExVHxNTJat1VQQkvhtQrA&#10;gydPUdgyo7Kr+bn5UBE8ukzB996qT35snWNuA6I5R+4wvzvuK7bN53N3zbOeF+2f9vPWlSj6cyU2&#10;1JZeddw14QOPT1HNUd0zIGK5j1brKWLeV6jWU1WVVwXPO9+nqhphPj4AiODHpxOp3U2KZrJanomK&#10;6EV2eT3wje+WWtE55PpcCZk8dyoy/o2I/94elZO11TipE6+Oz1+xdGjy0TmBmgWrMm7ZLr9u8o84&#10;bQZaMbB2M4c1B7K6PrP7mpxqLrgArhzH7Ld+vguR7qvBZh01zzRpP9auJR8J+so5H41hVW6bffwe&#10;pzn5bzQ3g1rpZ4WLPw3OvMjruiDAWuAp+5VZ0krUq7B3MeDo+unGONu05a71HtHPdmRf/pS/PcVp&#10;TNzJisExjoyvkaoc3u2PZyn1pmjV+3LsPDhUidBKWP9tjxTCHkjU/qgIrr6m0INUag/9Jm9p22Jw&#10;jrrreCv0OHrzui1ZbrdrlY3dw2HvMm1qm/NyiUttnaKfkcLn1x8Qw5+Rzh9Jm15VanQ38JwNnPla&#10;WgtoV76CJyT2CGjDjiCCPwfVoqoytVl622VBtn62ZkrfHeYP2kR8w6wybdVmr05MCo1/3h7/Rl1u&#10;d60I/hqnW+mr89aVqHVCQ8VGXhcXsXTqMqvhzpVn8z2jX/V3JOb1WOo4dpvBizxXG1KS50v7k6Le&#10;5+S3WG5wnUjSIEMl6LU/ng2q1ky3qen5zPd0Y9gFaHRufovl3Mz+7j0381zr3PSxrJxVdbS1bykW&#10;dW7ppRvf4te6q861imFtax6rEk15jjOIpdcLu1D1/ndZbRcpP94+P+LckSEDXFNlTauKpSoA4oK1&#10;yorma6oKHhehHlTMNf+/bw+1NaMAWLfnjoIvvl7y2Gk3M8Cnn/mt+Fy1odqmak7P2OmR495lu6vA&#10;xbVU+136LlkNErHd1iU6Htr+lwiuN/5kVEElnee+nn7EaS1VgXO3F+4r6Lqd8RW64H9VCYMQfkAQ&#10;wQ9M8T2MviFXgqDLsJSHiPNNsBNPa1G0W+EZ07WbDulGr5m2LG1MEfx/ccoI7y008mYuaWCra3wr&#10;oTYqO32W96iz+D/xy0inYfYs3MjBGpXyaTv+ejtOOo+dcIxYzhOPzHoGxaOueZx03vQzNJtYBWg6&#10;Z1SPoecsH7m5dY7iWjZIRX1VpTATLMjP07n5T5zGTYX2XgGaPP9a6lW1swo++bp7fmtnOiN6rr7J&#10;47/ifHjQQYVxNzd1fczcvT6P9Vy837NmuTa/xykjnP3I8/AS8E5zXXAXiNOAUMRyDlRVABr8yLHT&#10;ddGNd+fM5rpXUerB02rNu+0ZHX+Uhc7slQe/vsX5nquf73OuE/qVna7W9chOj4KW19DtcX+9/b+6&#10;v8Al+PjlcwRC+NNQ3BDLg7j/E6f57UGlLmje+bJeVZH7gtqLKmiWdBng0f17XpmDHw8i+MEpvq7G&#10;o+xrN8hqP1qeOwf/kco4/DqNTmg4Xp6pJaf/F+fZtkv7qBu8CuA0qLnhd+fRDb0L4UpUq3OXQi6d&#10;Gt0IKuE448BVDqQ6j57Z7hyr6iZrnj3NY6WzmBHeStTPZmQilnMmN7Y8RorgNUHfOcMuUEdVCqNS&#10;aJ+bmQ3O/u4xN/U8pwDWkq+8BreLcOt59ExwzgM9FyoeNQtcnZPMvnqb/e8uLPLGSR4Q8cygHkcD&#10;Ul4Wn2Iog4kvb+3XKhPo6faoFHlZ5vz89jodX52jXWb1j/g1l9S5dZHm1QJuw7QU2udv9iGiXvMu&#10;VqtLFdRx90BiHjf7XZ2jrty6E8FVhYsG+Drbpn2sAo1rdnUrVaA3bXHEad+8RnTr2LlPkwGt/D/i&#10;4/NQVSNp5ZhXwek89gRAF9jpgv+6njyo5P7mWuXIHn4m7Awi+PMwcsh1kVeZxks+053814j4iFLo&#10;zqmobtBTlbO50EinPJ2pPUVwtlGznGlM0wFMEeKZEI9EViJfM44qlHNDUCdeS4O6suiqzy7EU2x4&#10;WZBfR6eOoDtW+nDhqOLfs3Nf4nz8tC8u6j1jUpXdeRl5F90drQ13hD1DXwVnulJozwj9Z8+3mJsR&#10;S2ci+9KVH1cZdX9kSXR13vI6/KpyI+SzPSvspdLqBKmomhHBOq/1WmC3IRGngNP3qG0LYrjHM8G+&#10;/j0A4uOeY5y/e/a/C3yEfYZn/LVEWMVhFTzt1mW1Z1TzrVozaqc1wOfVV5Wd/hm9nXanvbLT7rB3&#10;tscDjdV6usQGZYBUz4fekyADlF1gdoYuqO9z8L0vl37HOHwIahs8QP9HnObYaD2Nkjp+aUFVDp3l&#10;124zugxw5ffsWVkBO4AI/lyog+FZtm7D6hy2ylntsssfFb3yzXMtCzwrYqqy2mujw5oNjTht9hqN&#10;TIcmS323lJ1+jaUIrl77p7Qh54neZGZNBHdiR0tGR9cDV46VPnxeuQhyhzGd4Vd5X1Wp0GVMqo1T&#10;M59+85huY/MAivYlj1cFabossH5+NTerMq58zyX4mtC5Wa13z8B268/7+cP6l/PAM7B+TlT0utDM&#10;QItnc3P8KrFQZQarSpKqPfne71GPm65xeKOpWNI1U601H3cf80pI+nx1gTiqqPkzlja1yu5Xa15F&#10;sN5MUYN5js87DyxmwOglljba+7bmtPt6dDvdVbhUDrsK/VG59yVUWeDsR1Y6LUpFLzxOVfml5/oR&#10;qtpgG1VgyfcizQZ362lWBHeXy4wqxkaBv+oml5RCPwiI4E9A4WBUQjh/zs19TQDr540yyx+9Ybgz&#10;4Q64XsvodNdnVJmEPYXGU3O8mXNaOTZpfNPp8iyybgoqHLPEVTOzeo3USARXYkGdqk4Au1P1b5yu&#10;vVbh+BLn87Ma63xNBgG8Ly6AtT+aber6UpW6rlUQeJY2j9VdMztTZj1af3vNzfx55niV+PMASXfd&#10;s/cvndFne21VoulzW+f7H3G+Piqh4OfJ53X1rOK2ClhUP8M51Z7yX5wHTPIc6xr3gEj+zcXTWiCv&#10;Ep5f43z++ThXAsptmDq0WwRbZVf9fFWPSrhVdtKDw7ovenAvP9vtWmenr53zVSY45Ocuq74VtdvZ&#10;N60mGlVAwedBBbGu6VzL1Xr6IX/3YEsVKO18ha6qwn2Fyu95BH8aDETw56JyLr00NDeTNP4RtRhe&#10;y5SeXRN0x8hVlyHtSjG7TJtufl2kPc/BVf17C1JoFlaPW2UvvBy0ynz4I9/vfXQHUAW5iseXOHeq&#10;/P0R55lmFwxdxn0kgMtoqB2/EuS5uelxNLihfXGxWG1u3iefO74mvC/an9xY9fOrLHAXOdZgVleB&#10;8b5pXjo/5ZvMNq33WDoIEafxqK4LrsrJ/TxW513b9hr1ukghnO3JbLWfI3UwfA7oXPDnROfPaJ2M&#10;AoyHZSIbPBKg7lw+2evSJnZBDx0TF8JVwMPXvO4Vuub/kUfl0Grfq8BJZee0T/matNOVrb7UTlfz&#10;28clbVr2r7tspZrzXR8rO+XBjfw5bYna70vQY2sFSiWKdfwRJI+Pz63KzuuekvuI+ztdsLxaT9Wa&#10;qoJmGizvfAUNKl21l8P+IIL3w7MFvjlX//f3zR5HRdbWTKMbE3fEqyzwNQt21M/Zz1Xn2zNQarTc&#10;Ab9bllscwCiO7edXDXGXbetElZ7PzrD7uXiW977G+bjqOXDB4KLBnQd3rNx5zM3AS+zyuD5WHq3V&#10;NkWcxJD3o3LA9D2VAPL++JpwJzH743cU14i0Z5jXssAezCrn5jWbpjjoW9ZFVVmRfelKirO/Oi4/&#10;41yAugiJWI7bq7028fHSuVAFUvx9/hn5u9vErtpgZFP92fujf6/+d2u6ddK189pjqU1wIVqNv18H&#10;HPa6nFfp3I5E1yjoUYlfFcBuw/JO7erQjoLDI/vcZXT9vH2Vn2ftdNdX7afu9S701Wlf2/9n52+1&#10;v4W0T4P11/gH+vocy/zcH7EMwCzO+Y3uEl3ZA29jN3cfnY/sW2WjdY76mnC7rj9722fWU77O26EB&#10;pcpmfJO2kgl+MBDB+zA7qbvNZPX9KyXR3+1Z7wDrzqwvYM9E7VG60Tlaaai6TdRf7xG60bV8/v7c&#10;DKcyXntshJYN6M6vlq3nGClqiJ/toX11IZOfq4bbjXfEWCx4G6qf9b0+D6uNQDMMXgrdzcP8ucrc&#10;aBs0k6LPXX+qvkQsM4lexpl3EdeNTQW9nm8tzVrLmldBkuqapT3nprZhrUIixYbbD+9rJfh9rqkQ&#10;7oRI9llv5tMJJg/EzDrlvtb0+G4r/IZyKmL8vVE8r7XlXmJ4tM5VpLhduMiRtXmW4/4lfq2brvLi&#10;NU7Cr3pNPj/La2bXvP9c9bEqZRzZsPdS6GZtVnus7kFavTSyb/pZXR+1f2t2WgNu2sfsZ5W1Whv/&#10;ar6oKKnGycWw//8S8v25t2QwobNNe7Pm8+jfuvc+Kp1NuFfffA5X+6buV2u+wqXrKWKZ/X2Jej11&#10;NuOaSge4EYjgffDNRh/qsPlrOsMyeyzfvNUouADqMh76fr9R1FZH3PuRx8nn6jz4z36cThR2DnfE&#10;ubEcXfu49+bj53h0bXBnsCOWQtave/YIpN+w4TWW14V3Br3q+8hJ8L55/zKb8H/yGN1opcpKZoZC&#10;r/GpnOPKodnSH52nVTuqbJA7islawKKam6N5sUcFRkfVX//qqSw7TapAjc/N6nopPd7POKdy0l/i&#10;NJ/TqdHP7YRN19Y158zn8X/2ULvR2ejK1unPycj27z3er/ZztT9ldlXb1+1JW9um4/49zjMq3qa8&#10;W7BX90Qsx9QDIDN0wjLHvSoPzjWf3ye/5WZRnf1PW622rSvRvtZOh7TTrwH+Fid7VmW6z0o3rdQ7&#10;j+HBQy/j7trqgvi1eM2lVOdxzWZcw6zPE1GvQV9bjySGq75pH2/aN5t3vp7ST9D19Brnl8fN+gqX&#10;rKeqoiL9nraqglLoxwIRfD2Vg6HZlIjzrFdnLGYXhzsYurmpIIqob/rjxsRv5b6Idk+0RZ+r85AZ&#10;AX2Pl76OzkNl0CpnKs9z59y313Ot9HErnbDK853Zri4iruegMuI5ftVXjrzGOJvmDuVMX7xdOq5+&#10;DbBeQ5cOpWfT9LP9OjwtW9OxrYIflXM8059uruY5zbb8E+f90Yy2H7/KNnggzLOva989egvUfmgW&#10;3zNV+dpqrUUsxXCVwcv3RJxEsP/PnYofsfwKm+qSh0ucWR93d951HnvpuwcG9fMqIZ+PzFhWwT8X&#10;DbegEuZ67By/fO1Pe3QO7XBuFpeGqBDW9/vY6x2Nq2v2LxUwVeCtC75pebCXNC4ypL5vNNdE5+fn&#10;V4SpnU7Rv9bX2X5Xc7Kz06Prnd/HPPtYCJJqL8j+5pzqsq+3sG3V+LoovSSYMzrWrM/zJK/r1tat&#10;bf4slaD/yL75XFPhmWsnX5fHnFlPW3yFbj1p0HTkK7zv6QjgxwMRfDmVA+SlyRFLh/4lrig7Hmyy&#10;6UjnRpuGQQ2COmL5Pr/brWeC3zfAyXPhzoU6++o8Zxvc+Z/NgrlBijh35tRY+tfaqMDf1SgV11/6&#10;GGWbtL1qrL1vvoF7pF0zb3q86uZMXZlhtSG40ztyHjWDMrophM9zD8jkefHz4HcCV2FfZQirvmif&#10;vD8qBHXO+LVyenOviGVZZhSfndliD9Do5jkSwbtumhP2w4MQL7E819Xc7AScZwkiTufN51VVtZFf&#10;TaFCeFQeH/azH3vk1HUOTRfNd1Fbtd+FgM51DzZWQcBrx71yHrN9uidVARrNfntp7FS7ZK75/OgE&#10;VB43v46kq/qZFcRuv6oAhAvg7gZ4Z98LvLIuq/WlmW0912vBniie/VjaR7c/ngHurgM+sz9FH9cE&#10;Qd78Lt7+f+sS5K5t2qZbVX5V57rzedRedJVpN/FHLsTH2fv1HPftm5/nnGeVbfU941brqQucedAM&#10;AfzgIII30pRodBtBZoNdBHeO76yRrjYhdWKf5P9aRpvvVUd8dPOiLZuGnwsVe69xHrVzMVBdi+QO&#10;pztq+XmaVdU2qFG6xVc/dOTnenCkEhl5PYtfs6LZOR+TLM3UoIJuVi4gvFxVhaNvCHpOdCw0c+8C&#10;WIMp/8ZY2Ok5yk3Uy/d9nPU7Rv1rjWZLCWdEkPenmjtaReB2wOd/xCkjGPb/0ddH3doZqtZSBjJ0&#10;bmqpma4vdXbyHHqb33+2zOBPe00XiPgr6nHvssJdtmkU+NCxV1tUBT7cZrgY8HLXPL+Vo5a2ye/E&#10;e5VNsgCcCzG1Pzm+ajdDXjv6vtjp9g2EcMRSBOe50zGvvuqnqrYYZRm1zVWAVsfd171XRk0J4CII&#10;mnPagw3f43yOd3et32rbVOR7AFZtWvZzS0C+m/dpO+Lt75r19nbfAt1zO9/iLKh8pTCpgh2dz5Ov&#10;17U4attH3kG4sh8evF/rWxvYjZjv2+AeA2pXtZJE7cde66kKBFR+T9dveGAQwZdRbTq5+HUjyO+1&#10;rDbF6isXFo5jeeB6k02nKo+lx9HSxpA2qyNe3bxoiwF2pzo3xdwMfsRyU1RHQDfm6lx4RDLfk31K&#10;EVmJYM3qaBbvJpm2Aj8neg5yDDqhke9zR0WNqz5XorFzJtcERLZh5Fh5KX2V1WydR7uB2FOcKify&#10;b3oMd4w9M7hWMtkJYHeGq750lwg8xboNGM3NtAE6vlsrMK7B15Rm4fPvab+qAEUXwFoIRSunzGPr&#10;efTx+DNOY+DBnNE8jqgdmmoeq1PjY++Ps3GxtrvN07Xtpf1VgK60S3E52kYf32xL7k0pgrPNum9U&#10;gdHN7SqEsJ87D0JVa92zOt24V4EPP5Zn7NWh1TEvA9Qb7o2Rff5hf/fAU85vt9OjIJ8f6xo7rYGs&#10;Wdvjc9nnlu910bR9T/Sc53lXcVKt42uPN+Pz+KU9uh7bO47v1MZrmPXn8m/eN/Vv9+ibnu/v8je1&#10;cXkZTeX3rFUR+XFG68lthovfsww4WeDHBRF8Ob4oNZv3M35tbrqZ6cahZRT6dSuzTlAV9VSBmYYr&#10;BVaVCdboXhWVXF28TXlldS68fMUdLo1Kqwh/idPNW3TD/SLvd3HtAvuWG2FJcV4y0/lvviROIqMS&#10;GtX58Zv0vMhrPaNSOZLVDYzSyYo4dyR1DEYOZB7Ty6BUcI6un4tYZgddoOY87voz4xhv2dj0Z93Q&#10;PNuZQtiF7SjwUzkWd61SMFGiTqvOPw3aVHcld3E1lcluhHAXlNBxT5Ggd98ezeGIetxHY++VFz4e&#10;OiaVqPUAn9u8iPO50p27PaiEigffvERX96ecn1cHDwshrOdVbUqOtwrD0R3XRxUAM0E8HXO3Xy4M&#10;p/vc9Dd/r/rrgj/7uXZ3/Hyugnte5eD9dPG7KoAH+5pWumjw5yNEcBX8cd/i4nU26fNkMK+znfdY&#10;/5t51L4N1lMVVOrW01oCoAtwut/jNqNLUNwrmA1Xggi+jlyET3Eqf1QnY5Th0whtbkhbo2R6/Crb&#10;7HcVzjaogdurHdq3/6Rt7kxXr/esmzof6aznhqtC/7/o+1dleRYZjTsYJxflOg/SWfC7Geb7Zs5P&#10;xNJY67z6GvVGsIcIdkfSHcepKOhKdjCP5f2YEcFrYkgdxa4vvqFpJivPVzU3ff11AahqXPU49yDP&#10;xVOcr1ktJ6vmZs5hXV+rASYbc88O6Bzuxry6PvgaEexz2gXQQtQX7fe1Xdk8DYK4bSqzJZfapkao&#10;qN1Ju+l2x9ddZTf3cmRf49y+5Jj/Ie3TMb9GBP+MZd9UJHb2a7Hmt47HpPDvbNoo813N8U4Ed3at&#10;cta39NHHLf/mwR8VSffC57Ha2UWQbudS6JHPU63/zv7v0bZrebi+TawnFcGV7cg9Y1RdMbOeujWl&#10;dmaxX2ztK9wXRPAFFAsyjYNG0isnozLQZ1HntYXTOGKVQ+HRuojlIq8cwPeNcWYBN05X/l5lRDwr&#10;Vp0LFwN6XlVUdp9bObvuyN3UOK3MkXSAqjIddeK6MVLB+FS89rl5VOKhcyR9M/Bzqj/7BjAdBW2E&#10;sGb61TGs+jN7fWgn6r0/nQBSEeTjlPNR18BobqqzUM7NW26ehf3wNZtrq8rmjNbulP3Ivw/GXefx&#10;lzhfKzNzOPszmsfdmJ8FPpq+5HlIqgCIB0FmbNMe5LG8rd3Yru1Pm/aFskHLeefr5zlODmYlfN2R&#10;7da69yX7resun33sf9r7rnJkC+HvwZ7sjwd33Lat2Wnf00f2bcv8XuuTtkPnvgvgewnhV3nuAl5X&#10;r7HG59FjVj7PqF23WP8XUVQKad/Ub1nrmwaZ9j7vupe/vLVHhXAXOHu49QQfzxNjdRlyTWM6Yr5R&#10;VwutWmC6+W5ygN/akA9vgy/4tTboY9MitnY8FefBnUFvR2VQ8jVd/6pSsc6InUXp7mWk5NzoeajE&#10;r58fF20+Vt5+/yw/nmd/R+IhohcQ7ZyJKzYBW0/aj3zuNrNOAKtQrebFqC+l+B201+fl1rl58dq7&#10;hsHcXBMbVbT8osxSM+7VHK7GfCYjOJrH1fx9jZWxl3aPzp/aPJ+LN7dNzdhWtsDbV62Ni/anlbbl&#10;cSOW4znzqNZ6snXcqzUfe/TT+uv2Yra/1f5Q2bZqv/BxrOb4ZpHf+D4zIuNerI39XnN41udZW/8f&#10;Yv87Hr1vxXoazcNn+/+srzBaT5t8BXhsEMFXUDhwlXPm+CLbQzxUzkTnKKizU7XlIkPVtGPruXBH&#10;5P3jm/59sf/frH+XMiHuKkcuou/Hi/3//VDFcbo5WZ07nx8uBqpxyrYs2nTN+R2IIu/DaEMbOcXV&#10;2ivFT6zMlZW19/BzM6J0eCrHe3ZuXtyPQhjNjvmas93N4e5v7/1b68OVNu/m478ytnfZnybaFzE/&#10;5n5eqz7M2K9uHkTcaA0O+rplnuv7w9rd9a3q563sdDXvR2vzFmifdH/afY09+vq/hs/Qt0YM77We&#10;Or/0JusJPg5E8JUMNjf9m+Kb9PvfLl1Ek214kuNV7dh7Y+zaoUydi2bD9eNUn6mf/aGGqjHYUTwn&#10;m/oh58g/szpn1xx79/lbMTGXZuZCUp7D6Ps13Zcmq9W155Bz84K2VMcezeOqjdq+szYWv7+//oIq&#10;mKqdXZu0XTcf/wnbuda297/dan4W5zB/XrNdM33I57varxE72rYP72dhO6p2fhRn5+dGQiziuvV/&#10;k7Zdy2fp20SAKYqf9VmZ8Q8+xG7AbUAE70QjQka8n/idI5Nb2vDejhsJmNl2TJ2Lxlma+uxHMFST&#10;58WDFcl0PwbH6c5f51z571cJhkvYoS8RdX/O+hJxeX8++9yMmOrD1XPzwvZ4my4+17HzuL836EFs&#10;b8cF83P3/WmGQTBPn/3/zrT9ivjw4NP7r8XPW23bh/Xzwvl/a+42xo++/q/hs/Ttd1pPcD8QwTfC&#10;FuQZdzbKH9KGmXbsIDp2/+x7MdOHiN0ya4s/b/yYxfE/8rwW/bnE4bppf5ib+7PDPD5r5x0ym31j&#10;HmsNnfEI83OntR7xQPZrxA79fah+ztqQW8D6ug2fqW+/23qC24AIBjggjyZyruUzbc6wL6OxZ8x/&#10;P34327UGtg1gP1hPoCCCAQAAAAAA4DB8WX8JAAAAAAAAwO8BIhgAAAAAAAAOAyIYAAAAAAAADgMi&#10;GAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAA&#10;DgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAA&#10;AAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIY&#10;AAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAO&#10;AyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAA&#10;AAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgA&#10;AAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4D&#10;IhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAlPDPuAAAAfNJREFUAA4DIhgAAAAAAAAOAyIYAAAA&#10;AAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIY&#10;AAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAO&#10;AyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAA&#10;AAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgA&#10;AAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4D&#10;IhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAA&#10;AA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAA&#10;AAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMi&#10;GAAAAAAAAA4DIhgAAAAAAAAOw/8PGKPpvtskov4AAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAJ8C&#10;rUFIWAAASFgAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoKAAAADUlIRFIAAANzAAAA&#10;+ggGAAAACx4e9wAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFU&#10;eJztne1228iubeEk3dl7v/+r3tOdTmLfHzGipSWgWKSoD7rnHENDsiyRVWQRhQWgqJe3t7cAAAAA&#10;AACAY/Hp0Q0AAAAAAACA9SDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYA&#10;AAAAAAAOCGIOAAAAAADggCDmAAAAAAAADsiXRzcAAABgL15eXl6q99/e3t7u3RYAAIBb88L89px0&#10;DsmIZ3dWtvSp4ln7uaZ/R+7Drdu+dpw867FUjiAwjtDGpGjrmjFz1p979G8v27eFW/Vvzz494xh7&#10;Rh41jm55fp5hzrkXS33ds5+PtDlb+Cjn+FEg5p4Eu/C6i1Df707cW8RjL4wrHa0tlH19gJO2yaF8&#10;tBGTPqxu/x5tnziG0+N+rzZdw8Yx8WiBsdTOhx7fQVs3j904P+b3HM+P4Krx9YA+XbTv0df1vXn2&#10;cbTlfOzQp7vbyS3s4AOt7ueTjpctPM1cfiQQc0/A+0WoTok7KN2F6U6JPt9d1BWiYIujtYULp6z6&#10;e+9jsXDeqj7/Pi/F67sbLjtfS+OuG2Ob296Ml2vG/jMcz61jv7yWb9GHheOu7/t1dffjOzFGZo/5&#10;cPwWr68RPEt24BFc9H+lg/gom343e/4smB2JeL5xtPo62fHauJud3MKO18t0P5/c7mzh4XP5EUHM&#10;PZDGmf5kr/P/+hxROyX5eNW/H+B0VX0J+f81dJP7onOv3732mMiEq339ZO9Vba/OUb6+m9Fq2t+N&#10;u2x7SFv1OWLlODOHxfc9EsbdefbjubpNW7li7FdiqXrsNi4Wjrv2QdsUcefj2xzT6vhW19woADC6&#10;/jYf++J68seoXbdkdJ0M+zcYK3v3acamj+z8h3D2BnYk4vxmdfceRyNfY+hjTFzHM+Po7nZyLSv6&#10;GdH3ddTPV/3M29vb2xOPly10Y+yuc/mRQcw9CLsQP8njs/29Rhy8RsRPeZ2Pm14IjTDQfoz6sBWf&#10;4CunszX6cYXxl/76eav67O3V8/JTnu8mvq39L9Lu7pz5ONN2r267jZeZse9UBr8a+zc/ngNRP9OP&#10;UV/O+rBHP4q2Vuc9pK16Ten5vlmwaOCgLD1mAhEqZqrr8NX+v1b0VOPZ23VvunGlfb3o26BPt7Lp&#10;nYCbffz+7hGdvoE/MGtHbs3I1pZ2YOc+3c1OrqUIemigae31Muqj9vP37uM5x8sWKtt8t7n86HA3&#10;y8eiwudz/Dof+cj31OlWKgc7Hz/kERHx+vLycsuSLRdx2ZfPcd6Pa6O5VeQqoo6yu2N2YfQj4i3n&#10;m9lj0/T3S0T8Eed99nOW+9Tz9D1+naOXECf55eXl5cYZD50AfNxlH3zy0Uk8x9b39/+loFuzfz9+&#10;Pu5HE1LlWJTj/n2f9x77Ov61HyHP7rR6X/RxdT8Kx8ptTjVu3bbksc3X9xJx2jZvq7e7c5rcNuix&#10;/RH1MddHefxtDFTnvxPKt8YFrF+7P9///xp2Hos+5XHfu09uz/N55LhXtl0/F2tt+hOxNIdWduTW&#10;eEAnr5dZOzvjF4zG0Ro7+RY39HUqmqDH5+JRVZwoVT/d7r6E2KN3qnn8keNlC1XQsLRTt/SNjg5i&#10;7gGYQ61i4M/3hwuDykFx45aD/5/45WTnZ387XTc2cjnxa1+yH19iv0iRR2JdxKkj9rN5vhB3GxyA&#10;PHd63rLPaky13dmG7++Pz3E6X9mPzITdCh973v5K0Gnbc4z9Y32LWDeR6v597Oc4GmU4vU3aLv38&#10;z7g9PvazP52gSyoHJUVyPqvQv9ZR0XPf2ZxKzKld0fEaO7RplN1U588DDjpONbtYOUyVMPgRceGY&#10;Vo+fcXKizmxoI+b/sIe28d6Rcu9v2h0/Lr/79YA+dRk5F25u1ys7/yLf32LTH8LAH1A7ktdmZUdu&#10;iV83OYaGdnahT/kY+TejNuR1WdnJiDsJuoXApF8rM9dLNa/l8f4Up+Bpfraax32/KpafFe+3jrHv&#10;8plb+0aHBjH3OPxC/BoR/3l//hr1pOl4tOyfiPj2/vAJ+yICe3UH6izPn9KHr3Hu1G7Nznm7l6K3&#10;VdROnbMqAr/oAAyyWn/Gr3OX5y8nqjxv2sY00N/iNEF7n24ivIvsTE4A2vav0Yu5HGOf7f2psVUc&#10;v5z0dP8uLKqJyLOcafhVjJyNjb2PZ+Os+Njfcg1nX/6J88l/j6CMt7eyOXredXJNuxJxmRHZI1vo&#10;EXwVEXls9e+ZTO5IzLldcAdCH5o9j1OzT12J5THgY/mWDrln5ZbOYfZL23TLPlX2PJ8re+5O/M/B&#10;66mM6hNS+QM6h/qcEnHbMRRxmTFRH6Oat15lCFUBgZk+5Xc9a+vZKreTKXZuXo1U4EGP7J/arLVi&#10;Tv2Eb8V3MniR82heo+6DfI77jZe16LnxYLH7sOpjPPu1/BAQc3emiOaoGPhvRPzv/bWLIHdqq2iG&#10;OrTuaL/l7m9g4Dwz8VX6UYmbiHWGpRNzEZdlNp2Ic6fNxd1aB6A6f37uPMuhxuqPuDxPZ87Vjagc&#10;+v/Kw8+Xtv37+3dysv3x/nc6uzORsy6I8T/bfxUASKqMw7foReZmwTHRF3d68zoejX2lC8j8HeeT&#10;/1lQZk25SWNz8tjnec9xq+c9r6e0Kyrw8vESG+xKs56mykp41ruKeHs5eiXmsj+VnVDhlg7it7h0&#10;FCNO12ZGiqvouNuCP+Jc+NzLCXebk8fJs1t6nLogRY7r/8Zl1jlifZ/WBOi8HNbtuT6rTc++Pm3p&#10;5cK1mWPoP1Fnzu8p5jQgkOf8ohTc6Hwc7dNIcLiz7xmrFDoeVMjA183OdROYVEGVD8+sjuxTxKWo&#10;8YCvippq7nmk3dmCXu96XtU3OlurTallDWLuMXQR/f/FuQgaTZhVSl4NbeV03aovnUP7vzhFqfYW&#10;c/k8irr7xK9Rd329WFLV9LlzeDy7FXHusOck5udPz9WtsqgjMZXny8WcOvV5fFLYddmzpf27oND9&#10;63jxse/RYhcbmrFTkb53IGM0BrpjWY15HwP/xOXxz8/9DsrEtvGhzkcKDxV0GoSIOI3XL/Z3XjOf&#10;YkPgobkRSzo8Kdy+yrNGuqsSSy8/8wCA2wvP4nuZ7rf346OCWreljuuS8Kmup0dkVP6O07Wr5/C3&#10;kyTfHwnUvfo0CtB12TkXcy7CPZuq/Xv2LN1SkCtt4j0zLTqO8njnvKVBkCrj1Pk4HrBeI+aqgKhX&#10;kOi4uVXwOts5mss0QKbXSpXJ7sRcBij1fRXO1f5zzDzC7mzB/dgMoKm4G82f8A5i7o4MHGotddOo&#10;/pKznBdCXvzuhOnE9nuBcOwnFDw6pf3RCJWLuT0mfn3dleeooPPIuz/akqoVgs7XC3rJWrYpDbS3&#10;LSfGW01EHkmsztV/pC+a5crylWz/1vUb1divoplLBlwngPysXgvq0OX/djmWVo621JeuxMYd12y3&#10;RuD1/17OuqWMSMVT1WaN5kacRHteDyngN1/LCzcQ8uPnpX2+BvezbSv72FFl6NR5+jN+2QJ3wPT7&#10;Po46p04DO24L7p1R0RtVaBa7Km/T17fs06xNr7KpVYBOs6lafuc3j3hGQdf5BH4t7Ln2fAY9B2pH&#10;NWukQkzxQI2PoaqCpQt25bMHRL2sXrO4NyvLE/s/EqtdFrsT4tU1qxlQ9xESt6FpL3UevZfd2UI1&#10;xrpzrKIdDMTcY/CJUqPRvtZsyaF9i8ssikau/ohzkRB7pKnNoc0+uWOWfVqqGV/Tluqz6mBVjppH&#10;c3VtYa5d03INdX5eL7t6sc8kDWseB3cGsz352tfPZcni73O1I1UmRJ0Gz35oyWK2+WdcTgyz586F&#10;f+XAaxuWxGKeY3UmtNw4x/1na/fe4rhywvSYjpxeH7eZBfOymjLTuLIvnrXydWl6swW1JekEdzcz&#10;mnYQBkLOHVcNaKktrG4EsbYdaS9dMKSN0KxfbtNtiV6f3bjWse0lw9fYvxl0TOV+f0o7lhzLe/dp&#10;ZNOr85TXimdU/4xLm57BiJk7Lz4CvyY6W7IkfG7Rl9xmjvmI0zXi83llXzuBqtf1UmCoqsKp7KSv&#10;i/8ctyvLq+ZStWGafawESUR//rIvGvD9HqexrYFLHzNdQHlrVmvLd9YeZ722u7mGrNwEiLn7Uhlt&#10;Fz/dHcMq8kJwo5YXfxqAL3Ga1G4R2ej6VZVE5ee9H6O/Z1kqp/JjU909VI+3OgBV5Fj/p+/58XAD&#10;/sd7W0bne61YamkySe7IV5kP7auLEF+TNrN/DWJ04766y1lFjvt0ql/j8rzmOqFdAxnSFxcmvubL&#10;hcHIWXmN8yx8l43Qsri12VuNKPv1qu3X8/Vm/3+J2jFZc0wrB++/9sjIcnWH2JEQUbqMuj7nOPLj&#10;oNlczwb9LtuTbVXj4Iu87sZAJ2Suwb+v53rJqXTn/JF9qmyul116RtXted5I4VP8sv15PT1c0BU3&#10;nPHjXc2jt55Du22oePAxUl2D+tmqP7M+jrels5Ne4ZLneXF+WoPNZV7hoBUZfpOXmaCTz7U/43J9&#10;cPbdg73uc+g4Wh14s+3OsvUazz5rYkLnqGva/68BMXcniju3uePndz6aKWXKCyAvgtc4d5J9e78X&#10;vO84kakRqYzJJ3touxUviejaVjkf3f8qB0CPeSWk/JifRXSNao1etf5Enej8nk5qbrCzLGjvqKKe&#10;h2r/o8m1yna6oBu108dGNU67zEG3vdxf1Z9OIN8qkOHiyMf9kpjz/6uY83LpjJRvcVTcDvn1m6+r&#10;/o1EwHin47t/ZlmSrjXJqHYl7qtjNXrWvnjbu2OgTqILSi05q85/ZwO13Xre9Tzu5Xyq86vbnd3+&#10;PfvU2fDKBrkN1fLkKijV2ZKnEHRGNY/OzqF6zJfm0Fl8/uy2311n+dr7MuqT7rvapl/7eY1+jcsl&#10;Eyl6brFe2ucxXeNbBYg/NdtR9Nh+Lh6jLFUXQFFxuPYaHF2L1X79uh+1rdrOzNiCBsTcfakinaPJ&#10;Z01Eooqgzkxqe1I5RV0/dDLSC3mU7XEj485l5aSlA5Db7rKGIwHtgq4SNn4Tk9FkVJ2ntZHKNbjD&#10;6f2vMki5f1+zohkizVIsTRS+f+3zqO9Lx8EFggpE7ZfeuW/PSV3b4BHFmes421M5KdWayly3tsci&#10;/0qgeRuXruPlnSwLOX1UQk6PqeICpRIs6syM+pOfyRJMz54vXZvdPqp9aiS6s33XZlpyGxkMqG4I&#10;siTubt0n3ceSTXfRmI56l8GqHGAXC89WcpmM5tGIui+d8HK2jCMva62CeV0fvM0ju6i2eWRjNCuX&#10;9j4rbtTu77pkYWG9rwq6LkDcbrr4uxsDFXru1RfR4zQzj/q+o3jt+638OA8gLaG+VLXucaoC6N8O&#10;Yu5+jBxqdWwrY7e03XyuDMy9MhRdu/K1/62RY7+Y3QHoJvzK4H0qPhf2fy9D6IScGhC/3bFOnH7D&#10;jezLl6L91WRQlaPucp4Gv+XlYt/FiPbfbxRRlfy9RcSFU9SUeI5E7NqyCj2n3bbP+rVztrObiP3/&#10;S5N5jpMMPKgwzaizZ+i2TnLVBN29t9T28Y56B8jXl+idEqv1HkvOqz7codD+uQ1w+xHR24cl52zG&#10;8XbcCZsuX17YZsi2cl1ujqHuLpYVe/ep2n7EyfGsbHn1iDgJbx1bVebHx44+r74b642obMbS5yIu&#10;HXl91utgC75tvblMZYOWRF01hkY2pgqI6ueroLiLKV3juqfN98BUt2SiysiNtts9V8cw4nJuzjXj&#10;ud/ZMsvOPlZZ04rODi8dcx1jfsdxvXEfQm4BxNwdmFyzNHKo203b60okVA77LUoPtA3d34k7Y34H&#10;wnyvM+ad0ekmcn282Xcrp0HbWbU34rLt/kiD5sa8Eh9dmeGe50nHho8PLWNT3ND6wx3CUYS/6vNS&#10;Vm4mY+B9qwIZGaXdRSAP2jMz9kfbcMc0s0N+kwd3yG95C+690D7lDRC6dXKjhfseXKgelXhwm9GJ&#10;tJDvVcJvSbz7/zqqSHp5O/3YPl412JS/XZg3BVkSWR3X9qk6JxGXGe3Opqu91m38tpcxPmelHX+i&#10;62fGgU+qObSag64NDGi5t944TMfRzPZn7WE1n7jdzqBXFcDzOSVLaq8N4rkNWVqyMTuXVZmzmfkj&#10;z6ve+Et/nupH05alfuUx/fz+/0/2WW+D2plqyckooFAFDP6OPvD0DNfoU4KYux/VxeLObF54Thfx&#10;qsRO59TOrkW6Jxo5HkX9Inohp9FYX5zvx7QSdS/2/4hzA+Npfs/OVT9/UBkgP+bVWHDRvdd5qoT+&#10;7PpMd860jx6FG+27i6QurdOb6Vs+L2U7bx3I0OdrtuGOSgog/x0tP/ZPNdE15ZXZF83KLWXkPNPU&#10;jUcvAdNrVYWA2wofJxGX13rEpVjfcrw9s6+O2CjrsQU9XumIq6O0V9R7qU96Uwq3hyrO3KarHdfX&#10;b3E+PkYPbaM6nm7jn7HccoQfcw34qCM8U067tJ+c53IfKuZ8HxV6LkYixefYSvj7NdgFRd3uXzXO&#10;V9zzoJu/q/3rNmfmT9+Wnhf/sW2962h3zEd9en1/1v8rHuD2nwqpglL5PacKGPwV5wEDhNwCiLn7&#10;4CLEs3Lq1OqF45mhbpv6nk6Imv0YOUmPIPukRuDvODkbmmJPvASnyzRVWR8XDD7BeLs8A+AlBBHn&#10;Rkh/+kCdyi+yPXc0qvUelbjadJ6aErclsaNjT/tbidU8Lr++0JdYejSzCmRU+x9NgNXrUXbu2QIZ&#10;S2R/tNzSSy4z8voWET9vcAvuPfBz73evrO78NhJy1e+LdSWo6kRUwTQdH/57UG9xKaj02F5znD0a&#10;rUJL7Z/3Ycs+3OFTweiBgGuujaU+ueMfUQfnXGz7HDayWSoMq75UpWDZnmcpt1yDzz86h27JnFXb&#10;1/34T0FU2986jvzaGgVjZoTVLdZLV/Ooj8tKyFU2RIPIEduOWfYpM1rZv/x7FKTVfaovksE2zXK/&#10;2vfdX9JgQgp9Hx/5Waey7zm+vkUR2HrCOe4pQMzdmMKhrYRHVeoTcRk9dEHgGad83YkbnQQfWZ7l&#10;Ykknov+L0+R/JhZiWcypMfefHshMhx/jfK3Xgk6SfmOTbM9rXE6mmiFYKrX0iaGbFPY4T52Y8n0p&#10;VdStKuNZivpqX7u1cl2Jp2/fz30V4Xdn/SZrEa9kad/ZlxyzvnYus3Q6Lj0A9FCKQIJn5apbeHel&#10;cXot6kSvj6WI8EjMqa3Q8qKfxfb2Or4qtDQa/Vf8sn9r1rV1289nPX7VzVD2FnRVn1Jc6HnxMVIF&#10;uKpzpPYj5Lu6za5daq/1ZlVv8Vzllkt0mTmdQ/cOClSBy59xOQdsPX4eQPSxmXNU5wd4+f5FEPeK&#10;gFdnz7qgYaJ+gvbH+6LHYAY95j/k/RwLOq9WQWvtVx5DF3LVkhVtowe8c/ylDVN73PWtslN+069r&#10;7OC/BsTcfXDnvRNZetG5AXVD4PXMPpl5dq5yah+NTkQayf0rLqPHapS8ZMqPaTqI/4nL6HrlAOQx&#10;zOOlBqq7i5cati2llh5VrNaw7XGeloRjZfSTvUosR9HMKnro416dPxfilaDrsnO3LrUcke0cOTx+&#10;/P2cqaDL39b6EieH6tmyc34+9EeDVch147ByFtRGaBZCI8Gj9VlVQM2DP1/eP/sal5ksDzBsFVqV&#10;yHL7t0eppQfOVNDsOU5m+pS2owpMenbOz4/a9HQ4tf0eqPFyWbdlbtevLsV7AJXIUofay9QirhtH&#10;avO9WmXvsaT7iDj3eXyucpuvgj9vBrI5iDcZkO8ChhpEyEfali+yXX2exe2QZsW7wNhZ16xPf0r7&#10;tG/V+e1EWF7v/xfryrmrsXyx/u6J5ranAzF3e0YO7ShroELHRUSWVn2OSyM1a3DSqX3UxeFOhpYB&#10;ZbTdy3Ii5ib/zF54huzr+zbSWQvbVrYrDZhGIP1ulUsRy5lSy5tlkorMSJWV69bL+cS9R4llF8Tw&#10;zKA7Xho9z+24KO/GfrWvvBHKI/DotY9rfa2BhhRsGajQm6H4mHx4dqEp71Wn3IVcjgEfg5510EzP&#10;/8VJ0C3dYa/L3mpgwzM/Oa7SJnkQQ1lzrN/sdTp7GtBKcTqzHml2n3ks9XWEOEh2o6612/d9LfUp&#10;qYJ0umYugwBq07tIvQY232RblZ3uynKPcDMhpetXOtV7ijmf837//fb29nbF+NHteyBVxVzEZQBg&#10;FKTZs8qlCr7OlPLrHJrnIbeTFRUe6F3Cz4WflzweIyGnfdI5JoXc11gOJnXXVXezpfzOUr88O0tW&#10;bgLE3A1pbgvvpQAusBKdENVhS0PwR5wiPBGXxq5zatOJSaf2kZNXZ8BVEFXlUpVzpsfWM0hqjHwC&#10;iLg8ZtmmdJZ9bc6P989q+cC1pZaV0DqbhGKbQdNJqNpPZfTdkd6jxHKULfN9a4Qx9xdxOsch36uc&#10;9dks4KMmiEps6CPisk/p1P6Iyx/IvbaU6hZU510zLC7kRuPAMw7/L06lZL7G1qPAet2H7Cfb9j1O&#10;ASAvtczrWsWiZpauFVgR57bPs+B7irl8PjsuO9v9tX1KKudcBV1VclU5eNX1ozbds9t6/aRNv/ZY&#10;P4oqqOilkBHb+1YJ9ggJBuwg6BIfOxm4jricuyOW55jNQbxBUHRJyFV+jYo5fb7m3Pj3M8sccXkt&#10;VLiPMRM0qdpQBRT0+lq6rtxG+eNIAZaHgJi7PVVEp8rCLDkyaZTVoXUHUPe5Jjv3CPzirUo41Jgr&#10;LpKzv146o9sM+VzlPCdeFvYj6htPaFRtJuqrjrv2w8VHl5nbUu/vYqoqsawc6Yjz49/dRbE09M0E&#10;OBKsnpHxsZ/7/Bzn57ISQCp+ukDGI0stfbznvjUooYxEkY/HvFYelp0b/K5cVcroWdnErynNyv1f&#10;nLJyWo7tZZAR52Mzx4gGv9Ke/oiTw5elqzkuX+N8/O8ZKa5soGek9xBzvr9bjo01fVL8Gk5x1dl0&#10;DYK4Dan+1nH4Pc4FXY7Fo2XnOge4mkevFXPVfvc6RlU/PJul123ab/WbdJ7phJb6O2vbXc0r/iPl&#10;VUDKxfVbnOxdzmcZRNgihPXYVX1b2qba37wGumu0a2M39rTvMzasGqOUVk6CmLsRA4d2ZGhGDm2u&#10;oXh5/27INl0ouDPVLdT9Gef7fDRuFC6iM+9U4jX7q8bIhdyWyV+d5ywVyjtF/S5ti0vjtVRqmW2q&#10;ykT3KLX0KHclFquykCqiWPWnLbG0NlTHsstIV+M+SzUyOvsm2/TF5rpPLysdlcLcA590fT1g9ilf&#10;d6J/lF04Oy/3xqLylf3RMsZOzEecH6OM8GYW7q+o1wR1Gbmwv93Gqs1IUafjqnLIVExcy1JEercS&#10;ozsHLfK565N+LuJyvKeQHpVc+fzqY0n/n/ZD7VA3Fo/Em73uxs8uAYE7jKFq/lHhlna/mku74HWe&#10;38zOva0IjHZByW49tgaNtMRSM1TZl2uv7d/X2XtW1N/P9s9QXV9rBFhuQ8+fb3PNto4QTHkqEHO3&#10;p8uSVQ57xGnQu5D7O06R5HRCum10GZEqQ7HWuN0Cd8IunAFrW1XO0U1gEXUGbJQJqZxnFyLf49xx&#10;0HM2U2o5EnSdmJsSdMWP1K/NjLmo8v6o4zwSctXYr8pIE4/Kppj75/39tFe5vSrjWQnYvaO0W/Ho&#10;pa8J8UnYx0iXXfBM8Fu8Z+ceQJWZUzFXOUCKjwFdR/t3nJdWlr+3t2DH0nbkmKlEnbdLgzV7Zsp+&#10;t2nh+YiOzZKoHtl0vZ79mulsul7XlShTZ18d8RyTV98o48nwMTpzbTwLPv9o0MvPd46VLjBa2f2p&#10;63fit+XWZOXSViUqSHehObft9t/7l+WVVSBg1e6b984eBxl/hwQxd1sqh7aL6Cge0dHF4xpl/CPG&#10;ZXxVeZ3vd9q4PRMDR6Ary/TslE4Kmq2LuHQURjXyeux9fcjaUssuopglYWtKLUfRxNkSS+1HdbOA&#10;i3ZsXGOgk4mOe12rmG16ke11grTqt39nS5T2WnRi83UUn+K0DladhySPZ1Vq6TcA8Qn53qquEvEq&#10;5HzsdZlhX1Dvd648E3Kz51Bu+JH7U1GnY9fblM9h/7sFRxZyFWdzTNWnxqZX4rmyz6PApmbnKnvk&#10;c6I6uB+Bowg5D8hqqWWe08ye+3zqQbxKcGk10uz5HfkCSwF5n8t03V72QT//qKxwF3jZuq1KFCLk&#10;bgxi7gYs3ElwVEYXcVlioJHpFHMRp+xQGpYq86MOYLV/zS4devJ6NxR9numEAAAgAElEQVTqACSV&#10;WFKDrAuGY+F73bnTyWdrqeXIMfFM0hJdRmfk9MSgH92NT9aUWHZisopmanldOu+aNUlx4LX92paZ&#10;fT8ikOFRZ19H8WIPfd/FsQs6F9v3vKZ1X122OYVcV9KmTpCX2nY/RrtKyJ3trBZ12f5KtN1aILsA&#10;iff2PdPPTdwNKR3za9SDNZ7x7cbXyKZfjMsPcNx1PD26+mYtbgfyvHhA1n2eUeBcA7Az59dF4lIQ&#10;oGu73rwn23iLDD/8i0HM3RZ31GfugFQZAnXW8vPq0KpQ2JJdWpv1eVrEAUhnNo/Z5/jlDKYTnAY2&#10;I2TuTOfrSgyN1ptdU2rZleJWJZ0lzU8CLLV/afzpZLS2xLITUz4RezTWAxn5/7yOvsfpd3Eqgaz9&#10;dyG+NUq7B9UxznGRffCsufbr8/vndd2P3wxFM/gh3701LkLV7i2V9yYj++fjcLOQO9vhuajTdlz8&#10;LXfs2yuSXh0DfT+FxaaNfxB77pnTHN9pG/xnJb7IZyubMApwfYjgZlz2+yjjqMrO5fUe8es8eXWI&#10;ZudmA7DD81vMo0vlm3pgu6DujzjNOwg52BXE3O2oHMou66K4INByMxVzf8TlXb5GZXw+cT06Q3Ez&#10;GkGn6w/9phEuhJOZrJlODDrxXHNXy+EENCm6O0GVr6vIdR6zpRuflBnC5k6G3cTalVi6E693EXx7&#10;357/vtprXIqDymnTMr9HBjK8rykqsx/6OHPG4jJKnEJOBV06s9cusN9C5VTp85KQ0/KkvGa7gMKu&#10;yPm/WJOrY2PHW7ArLjby9ZZM4O+2ihA6rLArBF0l9N2m65qkLshTZXm6sfms+DyS/dNnHUtbx9Gv&#10;Nx5nIyN+tT3tQM4lo1JLrWDwIN5M5UKVlVvKAmd7tMIkx2oK0rU3GQFYBDG3M4Nbc1eZsaUSy2rN&#10;Uk441Y84V2UHatyW1i0dPRrpeLbHxbH+MGYXye0mf534fX9bSi1HUcWubKhjJgKtUWg/Vl5iWf3m&#10;1SgjUvVF9185TO7E6yToYq7M0Mh2kior/uhAhkees78R52LO25fk39onFXRV8ODeaB8qh3lJyOUY&#10;1DHggatdsnIdd3Ja3cb4cUsbsWV8XmTPD3K7/ZIiQNfNkWoTPheb8kzLZ3uonX32+bDLOvq1l4Gi&#10;iHX90fHzFr+CHL/+uO04chupwZsvcWkHqlL0alnFVCntxDKZyofTtqv90odez4+yzfBBQczdjpGY&#10;8yhgxHKJm5ZPfSr+V5UcRNTGrXJqZ+vID4Gtt9CMmR/PkdPbCTp3tkO+7+dvptRSy+s64ZX7aicB&#10;m4Q8Qlk51LPjzzNzM+WVI2HalVj6zzv4jS4ixuevEsjef78G7xXIeLPXPunn324zNMigY0XXC2nW&#10;OUuI/WYoEffJNnRjwMdxl/2oAiIz1+rR0HHq14quo1y7tkY/+yqPt4gPIei6DJ3aBL1ZjVe+VOOz&#10;HZsHmA9HNjczQRoQWjuOVHj8rsq40zjS85xtSDE3sv1uQzWbtuaupUtCzsdMN4/pnSx/+1oAe4KY&#10;uw1LDq0aAkXT89UktZSZqyb+rvRgdFfBj4RH+9XIVsfNS1GWJn/Pbo3O4Uh4eFS1EnR5N6ylH7Xt&#10;AgmjsRdx6URPC7mF2zjrc3fcqgyqC+GwtvkdDZdKLfe6U+geeBZU+1BlgCPORf9bnPer+t25PF9Z&#10;xhlxPrb3Zib44e1Qm+Mi16/Vs3UyT+5kd+jx9/GZwjzHgY77mb5WIk6v3RznhxV00We2K5uen/ex&#10;Vo3RqlrhKLi9zbX0Eac1ZmvEnB5jHTtaJnhre9ll57o7K3sgM8+tzz9qU1+jnku7gKiKuSqYuxSM&#10;z+1dZM0BrgUxtyMLmZGRgIq4dO5GJUafohYKXanljFM7W0d+GGxty9Zovwstd0y7csG1pZYRl478&#10;llLLrjxkVOrmgndriWU11johWWUEq/3mI/dXib2u1HJWWN6j1LK6rnyspOjystC8LqvrWh240e/O&#10;3ZNO0C1l5LrAyyhYdVR8bLqQ0zt2Rqxzwjv7E/FxBJ0L1h/yrP/La9uDTZ0993H6rMeoCjJmUCft&#10;SGaxujL0Cg8IuE0O+f+9MnPZjqoiKefTxG1PlVHL43Jhh5obiHXb+GzbGF172f6PUlkATwZi7jZ0&#10;hqBbM7Q0CatD8ynmHG4vy1oq+TxSacka3uyhDoCXIY367A5AJ+Sq6NxMqWU1CY1E2FlbN/4cxlK7&#10;t5RYqoPaRTOXhGS3RiqiHvejm8vMlHz+zngO+ncL/Jjr8asiyfkdz85VP1Ogt/C/l1CtHOXKWe4C&#10;Etdeo0fCswfZv09xLuzWijl1fnMc+LV22GNoATovw/PnjiqLo3b9KFQBgex3/u3X/4yY0+Oa88C3&#10;4jP3CAq4cM8109X8UJ1TDYxVQbzqeugC4H8W29B5o6ou0Tkq+/OR7Bg8CYi5faki0jNrhiKWy/PU&#10;Yc3M3FIpnGYoRlkfXVT8zNHIrXRR/4vSraijuHpefbLwyV/LU9aWWnbnqZqAulLLavx1glDbvkeJ&#10;ZRT7nhWS3TqDfD+P1YxI1r5VgRU9JnpM7xnI8FKmH/K/z3H6GY3vcV4CpnZDj3WXnXNn51a8FM96&#10;jaggVTzYUl2nF0Lu4MEmv9b/kPfVFq8RXpUT/u19+xHnx3XWsX9WfJxUNn3GYVab7nbxKKJOM/TZ&#10;Xw8IrBEPbpPy5x9e4vy452duje+zmx+yfFHtz6jK5WLZgnzP59A/4lIQenWJZzIrMfcS4yADwGYQ&#10;cztRrBnSEqilMrdRZqKKPi2Jvmp9ijsPauRmhcLRqRzG2axcJ/D0vcoZXVNqOTpPvk5v1M6l7F43&#10;Ee1VYqljv/o5AM9ILwnf3L+KuS6DNwpkdJny73F+Du+JOuB5PPLc/xOXYl77FXE61j/jcu2cOnQ/&#10;7Hu3pIqQd9ePH+/q+vRgy5HxLOZnef9TnG5csVZ06XFLJzy3Xa09PNqPSHf4eKmCAxU+Dl3Q6Wee&#10;7Rh58Czi3C7osok1md38XH4vAwLpF+Q4ukcZqp47tQOVUPKgh9ue0bKFqsS+CgBWYrCa97v5Kf+f&#10;fQPYFcTcvnTp+ZnfJVly/t24XVNqOSo9OEpEcgq7A1rEeZRvduJP3DmtIrjV+VxTatll1dpSy6bE&#10;cun7S+3dWmLZlXdW5cW5f52kvaxYx76KTl9TOpPxHEVpH7Fm1IMLuia2sh3V8dO+pXjzm6Fo2dkt&#10;sw4j53hmv348qr8j7nd+boUKcX3vc2wrKdXjktewCrn8KZaPZOM7+13Z9o4uMKfPR+Alfl3/ags8&#10;CzuDHrOfcbrzY2bEvsdl8OvW9tLt40ucz6WjUsu8prrs2mfZ5iigmlUPvlZuTVBSPwewO4i5/XAD&#10;ok7saL1cxLrsxChDMVNqObOW6hmjkXtQTfzuOLkYUNyJ9tcuGK8ttfQbYZQZVGtHFVWsMnt6jvcu&#10;sZwJYuR+q+Okk7RGNKtSlqVSSw9kjKK0L9mnO/84rgraPL+69i0diXT23eGs1nZouaUex3s5qV0m&#10;bkbQvcbl9fkRUcGr63fc6Vsj6rIyI+LkkHcVIR+FTsjNsnaMPgveTs3eV1mg2WOiwuktftkQr+D5&#10;ve872EsP5Pl8mnOFllquCay7Ta2qS7yKaZSVq9qmnwXYHcTcDgzWDFWR9ZFD2zmoPkHNZFKqyXup&#10;fODfVmqp70XUhraK2HaizvdzTalllVmrooJh3+uycrPj79oSyy6QcW2JZdfeNaWWXcbr0YEMdVbS&#10;CdN1cO6Q+zn0SPKfcS7oNDrsDuve2a7KMV6TldO/u/99BDTQkHjJ3No+a2b5c5wHcKq54KMc0yoY&#10;F9Hb8yoT56+Pgrff55O15/gtTuPQg4DVOLollc8TMa4e+WzbqErsR0tePOA9Ks/Udvoc5mWgfr19&#10;lGsPngTE3H50Dm2XGYmoozqjzIhmUtaUWnobq/Z92FLLAbdyErto3VKpZcQ4olhl1/R7nVjvhNxS&#10;VHFtieXopj9rSixnxdyWUsultYSPCGR4pjjidOOB6pbYS9k5FXJf45Sdy8/fOzvnf4/23znm+v9/&#10;C2sFV5UN1fc/IjMOcldp8ZHxYMHsOPLvPcM48syr32RE59Ou1FLnJK10yFLLPD4u/vQHx3Wu0LYt&#10;VeFo1jDi32XD4E4g5vZBDYfXWrshqBza2XI8ZU1pXJWhWFo395Eit/ckJ8IZI+/ntsqguvjwNV56&#10;jkZZuZnykK0llp75molmzpRYvsY53uafMRbJ2tdK6Ha3mn4EKuay3DLLLL/Fqa1ailkFavL4q6Dz&#10;W5R3gm7v7Jy/3spHtkNvg8eW7ei1UQVEPvKx/DfiQd5rx1Bux8eQiqlHZMp1v1UA+0f8so9u46rA&#10;aFUx4mJu9NnRHFqVWC5liwGuBjF3JYM1Q11Wrorq6DqgqmSsik5XjniV1ajKa0Zr+s7qyD9oqWUy&#10;W/7lfy9Fg700ZKnOf1Q2tyTKvDyk+p7efcvbuUeJ5SgjWO17dvx2Y3+LAB2Vgj4ykOFZKL1uVchl&#10;lq4SnlWJkK6d8+j1R107dSTUOX21xxaHWbdV2Zlrtv3MrC2T9P7PZPaelapioRpHa7aXjwyUdQHI&#10;e6JjO+KymsPb15VaaqAr56i8MZCLOc3iza771mOlN556i3PBCLA7iLl9mI0AjRxadU67rI1ncDqH&#10;uCs3y+9qFH8UffqIuAiKOHeKu35XoqL7n77fiaWRYBmVWnZli56ZqQT6Uonv1hLL2ZuLVCWWo7Gb&#10;+/Bx79//GXWbRxnPZ1wzqg5Lng8VdNVPFcxm577H6Xg9+/XdlWd+FFzIVeN3rTOu2/sRv87533E6&#10;9x6c+Uh0pYCz5YEu7o50fKps7A95b6ugS3Hy7f2ha29ngny3ogvkedDCSy1VpPkc9SNOx6iax/xu&#10;wokeq6r0U6tLjjSm4IAg5q7Ha7NnnG8tw/Nys8oRre64pBNYtY1q4nbDNloU/CnGjvxRcSM/cgKc&#10;t+YRcXmcuuyTlwX+EZfnO59n1ni9yWcrUbXHWs0LihLLatznY5SRrsZtblfHa9KtV9BnPTejjGfV&#10;1h/Rn/9b4Y7kW5yXWqaYy8fW7FxmbV6iFti36NNaqsBT2PNHsUl6/fkPvW8pz9Lr4Xv8EnN/x6/x&#10;o2XIvz78sSou3F6szdIt2fNnQttYZYZ0HLkNX+qXZ3jT/qig89Lde6HBrpmlC5WY6+x+9sVFXFVh&#10;slRiqdew+m3PPKbg4CDmrmCwZqjLdlWTjDu2LuI+x6VD65OWisO36MWcf3d0y950ag9damllsJUY&#10;roSd00365TGx37abyX7Nllq66O4Wbo9uatO1qxJ0S9HXmbGkQk73HXE+TvPZt+nlKS9Ri9Ol8qJR&#10;IOOZ1owuZef8946WsnMq6HQN4i2zc+48uoPsIjuijqQvXZdHRK+9vP5ybeQ1mTS/plIgphP+PcbX&#10;xxEZ2fCZsbNk149wnDQzVAmvtdkhnxvU/ug2HyHkZgKk2V/3l7p7BeQ65Ny22021tT6eqnZoW9Sf&#10;e/ZxBAcHMXc96nwsrUNTqsnDt/UWJ2e2+lw6pL4er5qUZoWCr+9TB/DIuJP4yR4V1cRerT35bagL&#10;0dNNPjOllp7t9TVw3cLtLiunYmpJZLbR140/Ul4FMbTfPtm+xGV2QvfrYz/i/FxVVNdqFX19RKll&#10;N87SSfMbofhvHoU8V9m5PK8Rp3UlXYBpz34MAx8Na4MtRySPSV5/f0fEX3GeSVtTJqfHPa/f6jbp&#10;RxAoM3gg1W360ljpxqn+79lRW6GltX/FZSZt7RjKcVStnfs9Zz0gyJv785tmzdzR2OdHvalUbld/&#10;2sXtbBVAHK2H1wAlwE1BzF1HFe1fukPk0jb+iF9R9Hj/e1Qu+RLnhmlpX/7dLlKlmZ+PUiJQCRA1&#10;0O4QK9XEP4xwv2fnQj6bE+7SXbi0DZXodqGUk8XMXSy1PzPRzaVzPpPhXTP2/4xTVFUdz2rsf4rL&#10;BeozTpye/6U1fvemcqby3OQNUNTR+BKna1QX/atgVTH34/3/mQ32dbx79Xkp49FRZef8Gn1k1nRP&#10;/BpMsZ6C7p/YdsMJtTc/7fE7QHPUSgtjxqZ39twfmtnPzzwz3na1ExoUyIzsGhHvx8TX4j1q+YXa&#10;x6VqlwyGVzbFBZ2KORVx3ZwwCobO3IkcYHcQcxsZrBnqsnI+sVRZhryFeIq00WReffer7HfkkHYZ&#10;lSpD8RIRby8vLy8HdgCqc6XPM5H/V3vMOqud4dcboXSlluqcVGNLr9+qxFLLHJfEnLfnd59WlFjO&#10;lhZHXE6sX9/3l0JulJWogh9VWad/R9u9VGqpWelHOS4+Zjw75/ZFj3WVncvMXK7H09KhPYScXwd+&#10;nUSMj+VMsOXXB49tjzyLltfftzitc/Osypq+6ncqu3VYrCrA5zG9dmcCMiObHnGMY+XBwrQTOY7S&#10;pq/tUyd0H5WV80BXVm5U69CznVWppdv8FHOJrk12G6t4gLa7EYu2HeBmIOauo3JouzVD6kxqBiYn&#10;ocxKvMQp9T+ayD0754JulHXK7Y0yijopHjm61E36leDoori+FnFpfVa3je5mI0vneZT1ze9UJb6+&#10;aNvbsleJ5UxWzgMZ+t3MRH+K80jp0tjX4/I1TmscRqWzXSDDj1uuGb13IGOUnfO1c5WzobZFBa+K&#10;9PxsdXOcvfrgayGrh9smFaTatluVhD4CP7+aWdHzrOvc1mbmfPtn19KBRbDic68+qkxuosdcbWEn&#10;6J6dLlioY0jXzc1u059zHxH3F3KKnp+lOcztjJfy/ynfyTHiwcEqGD+blcvP6jPATUDMbWDg0C5l&#10;5SrHJQ1Lvp8ZudHdzKrsTZVlGGVFPLNXtf+7ffZQBsmyp93Ev+TMenSyumNoRHFsVpZaujjr2u1l&#10;lDlZqdhbKrGsHMi1vyW0JiPdfTfbH3Eqm/SoZkQ99itBpxNw5czpGK7aXmXnHuHYaWYr4vxGBH9E&#10;LeiWsnMZ7Ekx9xZjG7GlzXp8u+BH9R2lEttV6dyhbFFDlfnQgI/OA2u26a8/koiLqJ3z2XW6+dyN&#10;zyOVxvm5rgJ1Li62bvv384OFXOLXy+xvuLqvpKX9Ie915fvVXN79ttxr7GNbARZBzF2HO9pLtdb5&#10;HY8WfZHX6dDORgg7h38p61RNhl37f0YctrTJRatP/KPj5I6p3gJ/zTnqoqc+AeSkou0YlcOqmPPy&#10;ys6p6aKK7jy+RR+B9bHrY6eKkOt3NTOU7+UazVlnygMS2ZaZ8k5vf3Wral0z+kjxoOdLI+4p6Lyc&#10;Nr8TcTo2b/Grf3lss4S0Gv9b25jPlZPsDs5oTKlAr+zZRxN0SlcBsLafZ58/oM0uKYKoVYBrZHsi&#10;+uBcFUA9wrHzzOuoimTtds/feJ5jocEuD46ObizmwfcUbmkTQ95zIedzaJcV1DJPbSvATUHMbafK&#10;rlXO9FKpmf89cnhm2jKzZqATlKM+HCVaGRFt9nRJcHcZLI92VmU5S7iIWlNq2WWRstb/Jfp+6Rir&#10;Irddrf9FOxacKRdESyW+6bTntrZGxXU/PvZH418/OxKjjwxkqNPiN8r4U56/S5vVrvj1nQ5GHm8V&#10;wKPjtaXdPtZmzm+XbXEn/cjBJccDQh5AGgVV/q14VcDMOuGkGpvdGD3aMfegir5+dFZtb/Q8zlS7&#10;VHNXBrgiToHFLPv3u1gmVUZQn30MkZmDu4CYW0nj0FbZiZGT5OVe+d6nuJzUp5s2eHSfz/2Pbgah&#10;64cOEQ2f+EHrpd/qSqqMmmawziKe1UR5g1JLHWuVmBtl5pYmwGvuYjnrTIW9r+WBWxwoPdd6rKp9&#10;5d967fnYf5ZARpXtyvPlgs4FvDoR7rzke7l9z+pd43x4hkCvER9b7uh0dvUPef4nHntObk3ljH8k&#10;B3wzMu9qEKYLznU2vQrQVXfw/SjH+8yX+CDjSM+PnkfNjnXVLhGX9jDtUM6l6if4OMp9ezBUf39v&#10;yx1oAa4GMbedkZgblXlEXF7oamj8fzOOdbUd/b5m4qrvV4LHHfPXiENFw6uMnNbC+80yRhO/R3Cr&#10;yX/pmFTCcLbUsjpHeufTiLkS32r/XmI5ygZUmc4uAFAFFKpARTf214x7345SjXttVxeMuSjru+Nv&#10;zjkeCMhbkOd4/ifGGdEUP1rWmv3wjN61kWQv8eoCIBq48kqBpeBLbmf3cyKBoGxX9unXi1/BGaLt&#10;d2QQQP0z6rsPVtUwVaBBx+WF/bt9z+AKqvl55id2dAxp9ix9YV06kHOA7tPtcLc/tW0ANwcxt40l&#10;h3aUGfHn6r01VJ/vHFiP2OdzOlCdc679eGpnxiK41aT/NS7vVtVN/FVZpAuvNRN/t82lyLD2Sc+P&#10;rulSp/eaEsuyP8XNZKrMydK419fXjv3RZ0eBC329tB7xrKwv4sLZvykpUiyzO7qzZYrQXHjvgi7k&#10;b3U23Gm5uukxvhHD6Jrp7GqKVl8TE3sIOhvf+pyv9Vz4/+FGTAi5r3F+DYwqLSKW7S9ZlePQiauZ&#10;HxDPsRRxGViq1l12wdgtNw8D2B3E3AqK37iZFUCKRwgrp9ZfTzWveO0Rys5RmRGmv6PhG9p2c5pz&#10;45P+f+I0+S/d8bPLoo2ifiU7lVpWmbnMcERcZuZuUWK5RgBV4z7ifMxXWc1rxn3+7Y+u7HJWmD5D&#10;WV/luPjvzvk6D3VE9Bio8xLyeS213NrXLvuhz3/I51xYVk771zjd+CXXpeR3cv3cJkEndkP3v5TV&#10;gRszuBOx2/S0634zIJ979fpRMdcFGlin+Lx4QLAT6LqGrSq11Ndv9rdX7Pj86Vk5tUuMG7g7iLlt&#10;VM51VZrok0nEeQnS2lK9Ne1zx9szNaP+rCkZ3Zup/TTlUJ3o+U9E/Pf9WSf+6k5+XZmY1sZfTP6T&#10;E38X3Zup868cGi2dcyF3qxJLFT9LpYlVv3Xsa0BjL3QNnkZfK9EX9rnZNaN3zcpIMCCP26e4XDuX&#10;j0pQV4JOxVQX6FndVHnWzJxngPW24doGfe3X8NfoI+5ZAv5r5wvXYpOFq5w4twk/5e+3uBzne3JK&#10;AR6ntL3Cj/GvP4o+NTZdz4mOBbXpHpyrbF/l9GemV8fVR3TGXyLu/nuZ92KULevWsHmw28Wc28Rq&#10;P4tzaNzONgBcgJhbhzvVM2uGIs6FXFV6tOY290vtizifAP1ucO7cVkKhuplLttX7tAeV8Tx7b1De&#10;1GXk/ojzST8fmpnryss8g6U/wDq69fEMo0jiUqmlrv/LMZNjLQXeqNb/2hLLiHrsVzcNqSKaSzeR&#10;uXbs61jO9izdFKEKAFQ3c3mWjMxbXC6+H/2QuAsXFVBh/1NRtaVd+roKhsxmgfUc/inb8Ah4cjZ+&#10;38fraNuJijYd137ssh8vcRq3e1KJy7O27lHee0dHvhO5W2x6laX9b0T8L042XQN0M0Iur5tqTD7L&#10;dX4t1Xx69RKJJxKDmtVfk3GtrrFqrtX/LQVhP3IgAA4CYm6Spuyjcv4qhzaiLpHyCNIexiD365Ft&#10;vZOdt80nzlGf0jDuHXXyCVwjZnpcOsGnzphn5P73/sgyyy6LVDmh/9jjYs3ODFeUWuq4c8cmncs8&#10;391dVL1E5NoSS1+757fzd3ISzPGex3F2HdUMfl3mMXp9b59nf7xfXXDmy3tbb5mFWcSyc3net4i5&#10;SrBdiIdrmhrjaHme97wteB5/3X9e91/eP/M1xneKe4nzrG/IZ9xuVFF5PfcekEvx/D0u7cQe+Hnx&#10;x24lvipy7+SUax/cpusY7OYitTU5vv8TJ3vuQq6rDFBn33+rUe9EuLbS4hno5kM9jq/y/6v65YGS&#10;Bx+nqhKgWstWVbuEvY7B+10A1scOZZbwMBBz69BJxh0/d6IUdaTTCPz9/qgmk4h1BsGjzepsf41z&#10;Yz7r1M7cHfEauokn9/Ml+mPRfU+FnGbluol/KYLrk77X4m+Z+JeifLOllilQ1CGuztPIud5SYqli&#10;qRL9nSOV+/07fh1PdaQ8Ir5l7Od+Vez+iF/nPOLSyfPX3i8XqX59PkzYRZ+dy7Vlo2u2uvaj+Pva&#10;9o2yIXkNjW68ooJO7Zifg0+xLjCg48BFXPWzMq/v21dRtUcmOdufz27HNJhzrYOodvQlfmVofr2x&#10;vzPutkLnS++TfieK7+V3dI1c2vG06X4zq65kXsdgZdOPmFnpAgF6/LKkeYtf4eg23iJiurT5xoyq&#10;Xbpg5cje+fj0ypbRXSwBHgJibh41luoAuFPbrRnSyODfEfHX++PvOI8gbTW6GnHW9QU5SamzkAKg&#10;m0SXbmzROYRbqKLjuR4sor4ZSPazE6C6MD4Fnd7FcvZOVTnpd+Jjq/EeTT7d7Y39HOYx0HPZ3YVr&#10;7xLLURCjEpIqjr9FxP/Fr7Hvmc78zhpckOU40CCGBglmSi1nxv7dabJzHiAarZ3051u0zx1pz4bk&#10;w2/Uo6JOr/E8n5qhdzv8Lc7HcyW43D5WY9lvJBNxGrch/dE1NrrtNXh7VMRlRjLF5B5izsvF3uJd&#10;1O3oiFfXYh7fH+/71OoO/V4lRDTDnlk5t+laMj8TnPsWp4CSirmjl1hWNiwDojper5mz8ru+XvWR&#10;d7j286xia+mulknVdvUL3JYNf5KAny+BR4CYm2CwZqi6g+BozVA6Xt/ilzOrTu2eYi7blhOoOj7q&#10;1Kph8+hw5bB7qeU1dPtLJ/wlTk5NNfF7GY5P/H6ns+7W1Xq8q0lfJ/6rsnJX3tVSz2/+rcfGx141&#10;Ge1RYtkFMtyZqvqZgiPHfgYy9hZzGcSIOB8fVRlWFci4dVZ6M+IojDIOWm6pZbj3al/E5Zir7r7Z&#10;nY98zrFeZYr9XHU/G6LkvlQ4qZBTMZfXz4/376Ujl23eWm6uwQAXpSP7d60TnvbtNc6PUezgd/r8&#10;6OXgaTM/xWlO8mNQZSf93Hy1R3fjpcoBd5ueVTEXa6APVGIZ0c/ZX9//n9m5vcScjp+0sQ/JSokt&#10;XJrjdJ5TYTsa+D53+ra9kubsGkXQwb1BzM3TObR+45OuxNInFtd/dzsAABfQSURBVM3OuZjbYhhd&#10;zH2Pc6dAM3Wd8V2bobgWd8r+I21WMVpN/B7R9gi7O2cuZJUqI/d31BP/tVm5iMuJcU2pZUR9Dtwp&#10;0n3tVWLZrSsbZb1mHKprbwDkjmBuT8eWr6tZCmT4ta2BjEejEfJq7dy3uLRL1ZqRW7fRhXy2q1vb&#10;VwnO6n0XC39Gfwc7tR2jAJCOkZwXX+M0Pv1nH66hEy6aTc6bHF1bATByRkP2t0elhYtTF3J5fiqb&#10;XgltX/Ptd22dKSsf2XNf4nA0KruVGcx4f+/arKPaGs9+ZXVA/v9ZBF22b23QstxFXPa7W/MN8DAQ&#10;c3NUkcM/7NGtGYo4z/pUdft7irmcEF/ldU6E3+N0U4iRSFpaNzcb3Rq11Sehr7LNL1EfjyUxpw64&#10;i9Aqu6IRaxcbWgarEdzfxvvKCK6LrKVSy8QFiIuSbh/XlFh65qoTczr2KyfSy1a/xfWZuWyfjqc8&#10;JuncpKOfN92YCWSMxv5DHT/LzrmTkYLunzg505o13cNpn2lf7qs6/1WAKOLcqQ959hJMtcHaz61i&#10;zm94k/Ytg0mjktWtqPBJIafjdg8nvKoKyfnGP7cHfm7yHHyKc2H3at/xczNay+g2fRS8qmy6Vlsc&#10;/cYnOV5yPOfcHnFeobBVbGg2zwOCn+M0lnwM3TsjVQVHu7luTVCrE4jVNo82fuCDgZhbYLBmqMvK&#10;eZRQI1o+ofpvolwb4VEHP9tb3UlOSw6q7E7l7Ogk+sP2s7WtviYm3v/Ou9dVde6jyV9LSfVRZbLc&#10;+Oekr+WvLubSGdnMDne1jMnXlTO3tcSyEzpLTpVPhNVjr5sPZBsziDFz58xuTHkpaVdqeW+nRdGI&#10;eQq2LOHO7MU/cS5Qso8R92m7jvF0AP246rXpmWdtZ44xzeBo5kYzzb5uLrdTnWNtk57j/O73qNt4&#10;DVVgMMdjZ/+24DbuW5yOo16fezigVZ/y/RSn1XWu53zWpns5efa1E3J/2SODSGdtOqAjXmXl4v29&#10;rGzRMbS1f17S/S1OAY/XOBc0j6KrdvEqlC9xfiyq69nnThWI/5bfJoSDgZibo3ICPAO0lJUbLZ49&#10;W8MQ2w2DZ2tUPM7efcmzMFU/r8lOqAhM5yXJfeoEUX1fHQed0PQc6f9Hk76vY1Qxp+vl9o7gdu3o&#10;Si3znM46k7OT20yJZRXEWCpdjbicCCsRt4fTmm3N76u4Gd2muhN0ozWjfg4eIuia7FeKt+qnCvYo&#10;D9zavrxpSF5n6qB35bkqOvPc5nt/xOV5cjvaZbXdXlQCwSsBfndL/neNjdaMymd5P0XQXvOBBhL/&#10;iZNd1IzuXkFEtU/apxQWS3OO23O36fpwoV8FTX19bj6q4NwRHfEqMxfyWm3dtQGBvIbTl/gk7+1p&#10;w7c18LzUsptztpREzszPv/t8wGAAfCAQc8u4eFhaU6N0mREXcr8jpNcYBFtvO2vUKoc2J2QXrh69&#10;9ra6Me+Mu2c78z0Vc6PvegTfnYEqiq7nohJyPvH7nUb3Kq9URqUhoxs5JLNRxWtLLD3iPsquaL+8&#10;b6NS0r3GfrXftYGMpTWjDy2zNCqHo7oRil63a7Nz14z3PL8/3veboqITcvl5L79UQZc26zVOJeV6&#10;rej5dWFWCQc9JhHnIsq3XV0v3fEZHTc/D7P2bxa1Ad/ft/sif3vGcc12K9Qm63t6fpZseneOujH7&#10;Ks9VOa8G51LIaVbuGcvjdNz6w6mOuWd7r7FVuu8UcynUXdzpNfoIumxaFTx029Jtq/IVpudQgHuC&#10;mBuwocSycmg1ejV0LK+dUCQa7vsfZWVmMhRVf1OEts2x17kPfb8SZUvRb8+KeLv9c7kNdco0S5pr&#10;t7wUp7rb2S4MSi2rTJKXhWjfhruR7XtU8ZoSyyqI4e2ZnVR/O3k7jn2fhLt+59jPfuZzV2rpAqQb&#10;D+6M+Xv6fBVFn7O/oxuNZJ9nBF3lUI6cy659eayyPHsp6KKvu2xoJfD8mHsbK3uhf3eBkFEGorJz&#10;S+3wNqmgXCsYR6QTnhm5zNBV61w7R3y2T/q3B+j2tOneBj1P3bpnt+m3Cs5dg4+j0eeqeU7Lg/2Y&#10;d/uZbVeOo9zuj+grkjp70o0d9Quqsb+mvZUAGwURNbtZtfO1+P6aYGvXxtHf+d5qe7sz3f6rc/MM&#10;18+/HsTcHJ1T291NK59HjvpFZmKPhhYlB26Q3KGunPHZ/o6c+JFBGom6iNpg6Oe6vxVvgzpkup4q&#10;F8Tr4vh73ba6Ej1V9vY1TlHupf1XE9pieeOgX9046EqL/XhXk+kepV0duv9q3GcbMmNQHdORoKvG&#10;/ugaHjkLe133PoZU0Hlm8SXOS7K8fd42HaOdkGn7YILuZ9QZGN1n7ifvWKhl052oGzkaFaNovF8z&#10;1V0Pq6oG3/es+NG2fG4+u4XcTtrUXC+ka1wr21+1Ubc3K+hmzk2171mbXtk4vcFS2nMvl39GIeeM&#10;5tHumLqo8/9vbUfEaf55jUtbOFO+3dmJ2fYtfs5+CqAaF5UIi6irqXRsub/g2/m9/8m+5D6662cm&#10;uHZLRtd1Ze9uMZ/BBhBzy6iw6R6eUYqYE1JbIjszVCKmcurdIfcLNd/r1pd4OZMawjSG+bqKJmp7&#10;w/4/mvCr71VGRZ1cX8Rc3SZf77D4Xb53CyGn7V6afDKjUQlo31YlDqu1mksllvrQsT66qUxusxtz&#10;1aLx3Y7r5G2qv0f/G2faDu/vqCww7O+q7C/s7yXHeE2fdb/u2PpdGrPtavu78/jaPKo+zJDn46Ib&#10;tr+0G9n2zDao49hlb8L+r/uo8H2rGM6H3rDKr51K8LoN9AzYqF2j63srlXieyaRs7VN+39uwh013&#10;R1vHuwbn9MfB/YYntwokXYteV9UcqtUAo3FUZZyuQeeBLgu3NI6q8ZR/e/DZP7NG9Ol+RvOflwNX&#10;84b7DN38udS+zjfxPn8q3uv2cwufUV9rO/K1V6TsPp/BdhBzc6jxqhZiV4apcs6rdWsRsTqyM4NP&#10;CB5pVof2Lc5vRKIXaDIzeXu0NB95TEZrNNYY7OrvzkBWwqK6RX46beWarr3Pz0JZoJ4ndcL1GCYe&#10;qdWxp8K1ywov4YLOz50HJN7ichLtIqO3EseVoPXjoHf18/VSuQ13YqqbL+Q+K+fLM986Ht1J88lw&#10;S791DPldAD1in9f8KMPeZYqXSqzPN3Ze/p1ibiabmz8MrWJUx+FScKNsTpwf5yoK72uudK1Vde1U&#10;TmD2I9eq6TibFZrX0ImxyqGsvnfPPi3ZdJ1fqwqLkU1vb4Dx6KycZZNGx1vFx6gqZvcmvj+PRNZI&#10;0HRzstrGtLPe92sEnV/Pld+jx70Sc/49nz9n59DOP/HybZ/HdR83qeJq2pr78Xks26jVU1UJ+l7z&#10;GawEMTdPFb32ga4GQh0D/U25MjuxZ0MnSg4yYp8CLu825hdqlcGpsnhqrN2Jz9KhUXnmVLcGr33C&#10;ryZEN87+8KjbzYSc4QKsOkdp6LVEKuL8HOi2sh8qUn3h/zX90wlJnbl8X29CMMps3AqfNP06TGHw&#10;Fpdi2Sepqq2dkHMR6+dJP6OPqyZqK2V8kT7nLcT9pkWv0WcntU96HtWhWS3IG0Hnoqq6Xv1Hor0/&#10;lairMqedQMi+6D6rdbRaoueOSmX/NBDzKm329t0Cdwq1zPkiUBWX5/AefVoScCH710e2P/vT2fM8&#10;X5VNf7iQEyrBUwnViFN2ZOscek3bfsal/+LXQn7HhYn7IN/jUpyqz5Sfq8qa2/NWVGbkPvWGUDl+&#10;s20a0NLvqR1oy3Rzv4PjN8r4fY/zuUjb9ajlCVUb1QfRcVfZlqvnM9gGYm4eN7Y60NMAuID6Hpdl&#10;fJVDfcv2fopLo6ZCLidInZj1fV87VkXK1PnTtWi5Pd3+UnlP1xf/2yeLSsi506wOaRrmKtr2mtu+&#10;06Tvx68Scj/j8hbzVXZDx56uHfHJaK2h9bH/z/v+1cFwEeBZjZsL5WLNqAtknTx/xqVArhzgyvn1&#10;8adj7Jvtw8Wcitxq+9eg578qBc++/Wl9r6LTeQwq+3UWjJo5j42gizi/dj2T+jXOb+RSrdfpRF1u&#10;O5/dadbx7ONES7BVzLrdro6XjjMXzlG08RZ4u5bGXGVjb9mnkU13e97ZdBc8nj35Ydt4NiGXVLY7&#10;51C9e6SXSt8rKOBzSrWO1P2Bzl/KgEDaoso2/b20jwUBlW12+/9XnMbryO/p5s8tgXhvj2f/PaiY&#10;3/kpnxmt2908nptlCdU1n+3PjHyS52tkW+BOIObmqCZszTpp9CJiWcydTaQ3nlyqC9SFXHUzCzdq&#10;Zdvj0mhr9DbiNAl9se3vIeYq52wk5qookou43wb61pN+kVFxIZTHKM+DirmuNK6ajPSHcl2wLjYz&#10;zsdQnt9sr0ZZXczpDQjuaeizHX5MM8Cg0ddKzPl3KhHsjo4eG73rm06Avt1q29s6fC6UdAxU/foe&#10;4zuS5vFRh8LP46ZgVCHoOscvf/RcfzNvdHfRzra4QKiizy4guyyP2z4vD6vGQB7rLghzK7yvnilX&#10;W6DfuVef3PnXNndCrrLpbs+rLMY95tlrqWx3dRfSR4k5DQq0P/FQfF+FXIqXiJNt9ECgCi//jdc1&#10;9kb3nb6a7utHXAYksq8quKpg6Fq7l5/X7fo8oe3Qz+bxdhuk/byGKihZjb/0P9LOuk/QzWfPfM19&#10;KBBzy3ROsjqzXamWRmC6OyTeptH9bcuzne6cV2LOL9ZKEGh/f7xv/295r9v+7ERUHaORmPsZ5w7A&#10;D3vWR34ut5GH7hEGSMeMTtj5Xk48oxvW6HHwsbfl95Uqp05Fuk6S+nl1jHcVLSvxCV3bns6EZztz&#10;TKVj2E2mXdRao8wZ2fQAiR6byiZsGoPFTwF4KbTaJB1PlZjzLFmX3V1NI+hGmTK9K2e2uyq5HGWs&#10;cx95HLJ/eUw007OUtVcHKGJsX7sfbb+lI+7iyOeib9EHJ+7Rpy44l/v1ObcSdNVrPUd3DcxtpbmB&#10;kR5X9TGuqW7Z1Dx5dkffxU0X5FARqLZRx1BXor8USLtscF9yrscz968BCW9zXvtdIP411tnpbp6o&#10;ROWSUNoUSFtgxset5vqbzWewDsTcHG5odWLLCIZHd9T46ZqdM8N0h0GubfdSMhUJHt2uHHntg0fj&#10;ch9hf2t5zrW1/pXDUQk6j+i60PPJ52GTfuOA6xoJF9wzmblu7GmZ2Eybcrue5amCGCH/c2e8Wi93&#10;s7FfTOjVuPRjWmWmqj54xNGzYFUQY2m7u2Usre/Zbw+45DXpwYFoPu+lbGftvVJ4Zlv1OtT9+s9h&#10;ZLv9hijdTVG6oI+KuSqD32bts79284qfsm+1uZ5Nv0dWLtF+e/bxIqhY3JDjHn1y4TkTpKuefS7I&#10;Lh3FiXRnOt/ToFBn++/ZNh9HVaZKz+lo7nBx4MG3yu6uIdtcVSdUgbz8TnW9dJmxlmYe0rZoYETt&#10;sI75tL2epdzFX7Fggl7v2e7Oh/MxcZP5DOZBzA0YONpqpFwIeVTRnYW7DfKi/T9ibNAqMVdFy7Nf&#10;7tSGfFdT89fcfU636X9XUXd3At6K19reZ4nc6mQW8jrPU1dS5t+fHXuzjo4LopyEKueiGzMXpU93&#10;PN4+8bpDOlozppO6H0O1CaPtV8dHz82toph6nevY0mtSf29M+zIaR3rtX9fAkyjKt3K7uS4r95tj&#10;/4s9d2LuYldxaRf0/FbP/sgm/+53U9qqr33dYjTtuxVuE1y8XlyPd+5TJwDcple23O39m23jGWz6&#10;FMU8HXF+zqog3r3GkR7Tzh6c2S5bs5xt/SfObePIb9JxujobVozhygYuVSXsNX9qO3wfXcZV21oF&#10;m3y870Hnf3THqpojyjXmR7kOj84Lx3mM/eZWGtTP9lw5g+7Y6vPdBrlEWrX92XYvUaocU71gu0ho&#10;bl+PUyU+9pqA3ornLrIb8vy0E37z226+LmgpEr7r2JM2dePGJ+Nsg0fUz/Y9u/9rWbh2R8e0Ooae&#10;1c3PjWyDCqWkyzbsemyK697bqO/PZrNudh6tvdV56x6jfmRftE+VKKgebktaW7Ewzjrbei9GNqE9&#10;jw/ok9t0t93VOXlae76WwTw9a/tvzSggciGyivnMfSbPiFX7KMubZ89xMYarNszY/mFfN7RjNE+4&#10;D1n5XbsHRJu5vjpW2sawNt1sPoNlEHMTyECPuDQCVXRSB3oVPbzrAC8cpcoJiricKLwf+hwh/SiO&#10;kRvzavtb8OPWCTt//fszz2pcGge8O09LTqs7cZvG3uAHxEfOc7Xf1ZPxHjTjshufStWPLiJaHaOl&#10;4+PHJuIGdqE4f9UjYnweqzbf5DzaNZDPo+th6TwmnRDYJcMzcZy1T/ekswuLY+6OfapsemXX/X+/&#10;339Wm76GJqBRCY57jyM9tqW4ro7/wCeYzaJfPXc089doHO86f25oh9LNPTfxH69o493mM+hBzE3S&#10;GNooniMWhMWjBrgZ16U+RPQTadmPxhGrtrsnFxN79fdRjMrAmfX3OjpHaPPYWxg33bgv2/KI8zBx&#10;TEeT1MXryXE/c03d5dgstK9q4+82yeu7nscFWzI6f2v70gqHjY5j1dZnYFMfH9SnD2XT11LYW31+&#10;NBfjaHQeVtpG3/4uNqfw3fx1/l2Nu6HPs1M79FmZmn/2ZMLPdZ5qrv83g5hbSWGcZniawS3tj+j7&#10;4IYtWesALO1nD8q2PMOxvoaJ89SJBGeXsTc5bsp977H/PZg8pu24jxj3Y6VtuPux2XgOIx58Hgft&#10;3myLI0rHbZf+XXGcb83mft65Tx/Spq/lScfRpjG0oS+725xn8d02tOORc8XTthHOQcxdQSFaLnj2&#10;gT3Th4jdxcBVPPsxvQVbjt8dMj0P2f8erDmeV2Qzd93mLThKO5OmvZuE6e837tDHPe3fWh5tB2Z4&#10;tnH2rHyEcfQMNudZfLdnOBZLPMuxgjGIOQAAODwjpwNnAwAAPiqIOQAAAAAAgAPit4YFAAAAAACA&#10;A4CYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACA&#10;A4KYAwAAAAAAOCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIAD8v8B213WIbvwo5oAAAAASUVO&#10;RK5CYIJQSwMECgAAAAAAAAAhAOGQa2AdigAAHYoAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQ&#10;TkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlz&#10;AAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHFXV/nvvreqemcySIRMYAoFAHFZlF1AUN1BRARdE&#10;4XNhcQEX3EU/cUEQRUUQ8cOfuAEugICiIsgiIpsQRUAQSCDBBLLOJLP0UlX3nHt+f9Ttoaenu6d7&#10;ZpIZlfd5zpNM9a27VNXdzj3nPUpE8BxmLdTAwEBHV1fXC5VSOzKz1loPBEFwD4B1AEZfXi6X2zoI&#10;gs44jjfefffd+SOOOEL87wKAy9M+h5mBeq6zbXFkBgYGWqy13Nvbm6+TrsVa+2FjzKcBbAUgKd0P&#10;wAK46Mknn/xcX19fDADM/HljzJf9/y2AQQCDSqlBIjolk8ncX6OcEGlHpGlo23Oog2CmK/AfjACA&#10;xrOdBACUc+7cuXPnvgfApwFcXONeZa39mDHmLABDIvJZZr4ZABljDgVwplLq4319fQTgMwCglOoG&#10;AOfcH5VS9wLoBtAtInNFpGanJqIvaq33EpF7jTG3A7hziu1+DrUgIs/J9Eimv7+/U0RUsVg8jJmv&#10;IaLPi4gqT8fMXxERYebv1cprZGRkGyJ6gpkdEb278ndr7TE+j/6hoaF5Pt8fi4gQ0SeaqLNi5r/7&#10;vCwzrxkcHNxqFjzL/0jRM93Z/42hBgYGOpMk2dNa+2Hn3NXd3d1XAOgKw3AegKONMa8CkC2/yTn3&#10;d//ffWplnM1md1JKbSMia+M4vrny9xUrVvzWOTcIoD0Mw+cjnUU7AUBE9mXm44noCGvtwcVicUcA&#10;qkZRcwHs6ZxbIyIPA+jIZDK7VyZavXp1D4AvJUlycpIkew4MDHRO9HCew3g8t4xsDgbAfCLaU2v9&#10;2u7u7kNFZC+llAWwCsCNAJQx5gkAOWbe1RjTCiACkBkZGelqbW3NAYCI7IT0Yx+sUk5WREKl1Ijf&#10;f41BX18fMfOIUmqO1roL6XvsAACt9dEAjlZKhSKSyWazNwE4Euk+bwyI6MAgCELn3O0iUlBK7d3a&#10;2rongLvKkmV6e3vPcM59OAgCAOC5c+eeAeDrk3uE/714rrM1DuOc+5KIHK+13gHAMIBupdRa59zJ&#10;QRDcASDn0y53zg0ppRYy83uUUtsA2HPOnDmLACwCAKVUW6FQ6Gtra1tSWZCIbFRKjYjIgkwm0wNg&#10;Q/nvQ0NDXR0dHfMBkNZ6NdL32O6cS5j5UwAeUkrNCYJgDhENa63HdTQA0Fq/1DknzHyn1tpprU9y&#10;zu2v9eiCRzHzO5RS7wPwGIB5WuttACydyoP8b8Vzy8jG4fxscg8RncjMbxaRpwF0WGuH8WxHA4BN&#10;IrJSa62UUmeJyLEAegDcJyJn+KVkazab3aVaQRs3blwO4DFjTHsYhqeVL9tWrVrV2tHR8RmtdQuA&#10;FWEYPgzf2ZAqY/4RhuHdQRDcDODXQRD8sU6bDkGqhbzXObcEAETkAPjvwlp7kFLqbAAjRHQBAGHm&#10;XBRFD1bJS1lrDwXwVgC9Ez3M/0rM9KZxlokSkR2SJDlUREyV34Oy/4fMfLWICBH9b2Vaa+13RESY&#10;+ecismjp0qXZUhnMfKH/7dxadbHWvoaI1jKzFZE/WWvPYuYzmfkWZiYi6o+i6HU+fQ8zryCijSKy&#10;TyNtXblyZSszDxNRv4hkhoaG5hHRBmZeUygUFubz+e2Y+S/MHBHRqdbao70S5T6vCBqTHxG9jZn7&#10;OcUjhULh0FnwPmeVPDezlSGO4z7n3PXGmGsKhcI2VZKUn0VZrfVN/v+HLVu2bIwiRCn1oHNOAHQB&#10;eKZ0HgZAiKg0M9RUkgRBcJMx5hit9a+ccwu01icBeA+AbZ1zVznn3pDNZn8PAENDQ05ElgJ4KIqi&#10;oUba2tvbuw+ANqXUEgDJ0NBQwRjzCIAurfU+bW1tXwHwQgA/Mcb8GMCBWusAwAPz5s0bKcvKMPMH&#10;lVI/9L8v11rvkclk9mqkHv9VmOnePptk6dKlWSK6T0SEiD44UfooivYQkUFmXhtF0a4Vv7+EmXPM&#10;vGLNmjVzyn/L5XL7EdFyZr5Sqs+g5RJs2LBhQbFYXDw4OLh4ZGRkaxHRFWmUL6O7gfwgIiCi44ho&#10;IxGdUcqDmb8tIsLMS5g5YeY/j4yMbCMihohulRQnlD8vEfkSEUXM3B9F0THMfL7P4ysz/T5nm8x4&#10;BWZIAhm7JBwVIvqoXwr9pWzpV0vamflOfx72jorfepl5HRGN+A92TPn5fH67lStXts7UM1izZs2c&#10;KIp28Z0XIoI4jt/BzE5EhIhWxnG8n4ggn89vz8wrmLkYx/Hzy9r+f75TrisWi68VESRJ8nlJ8ZMq&#10;5episfi8JEkOzOfz20nFGeR/usx4BbawZKy1RxLRTX4U76lMUygUdvR7F0qS5IUT5cnMZ4uIWGt/&#10;KmM/HiUiL/czXjgL2j6hrFmzZo619hVJknzOWntkqT1JkryMmYtE9Ih/Zj0ichUzk4gIM99lrX2l&#10;Xxmc6q/dXJF/mCTJGcy8moiGmHmVtfayOI73lv+STjfjFdiSQkTHMnPBfwzMzHcnSXJQZTpr7c99&#10;mu/K+A60g4i0lK4lSXKoH/UvmMmZajPLPsx8OTOfWywWd/JKGiaiZcz8C2YeYOY8M/+NiH7tn93D&#10;5Xnk8/mDmXmYmYvMfIG19svM/AQzrxWRt8p/QYeb8QpsSSGik/yHcB0RrfD/X0dEHxKRTCmdtfYI&#10;Zo6YeUN/f3/nypUrW6MoeiMzX8PMq621ry3LN/QmU/8Ws9cUxCxdujQbx/ELROQnzHxnHMd7Srok&#10;3p6ITmPme5iZ/XNdWa61tNYe7a8/JiK9IqL8KuIBZt5ULBafNwvauFllxiuwJaXU2Yjo41EU9THz&#10;Tf4DSKy1V+Tz+QUio4qSx/xv1xLRciJKiGgNM39naGiob6bbMsMSiEhblett1trX++e2rlgs7lT6&#10;zR8lPMLMxMw/Gh4eni8isNZeICneNwvatVnlP1H1r5MkOdFae1CdNO3ZbHaZ1vqtRHSV1jrUWh/b&#10;0tLyJyJ6VV9fX+Kc+5lX3R+tlFrOzCcZY/bQWn+ks7Nz2ZZqzCwFAShUuV4IguBe51yitc62tLRs&#10;NTw83OecO99a28LMJ4jIEwBOaGtru9Va++IgCK52zv2JmauZrf1nYaZ7+3TK4ODgYmb+vR89L6/8&#10;vTSziciXRGQ3Zr6UmQteRT8sIkJERWY+M4qiXay1Z4rIblJDc/mcVJU2IrqOiPLW2tdYa49kZsfM&#10;t/rn2MvMP/fvaISIjpd0CR6ICPL5/AHM/BciWk1EfyKi46TB44zZLjNegWmSDBF9mJk3MvOIiHxG&#10;quyhypaRq/xGfYSZLyoUCjuKyM5EdAsz32OtfcN/ygueIVFRFPUVCoUdh4eH9yCiTcz8cMkdSERM&#10;kiSfZeaEiNaL1wp7q5bV/h09ycx/80cLvyk/ovh3lRmvwFQljuMXMPNt3pTojyMjI6VzoIykB7Dd&#10;pbRlCpIcM18SRdEuFfkZmXmtmJoFdZhO0UT0v37P+5soinZZunRpNkmSQyQ1CHClvV0cx8/3s2DR&#10;D4A6juNjfbobKo0D/t1kxiswSVGSWlEYZr5WRISZ/yGpV7KO43hPZr411U7TR0r3lXW2i2ZBGyrF&#10;eO3c55j5O9baY/L5/AJ/nPDv3vkCIjqJiJ5i5hwR/c3PaMLMt2/YsKFDRDJLly7N+mMU8k6wRkQ0&#10;M3/XK7GOnAVtmbTMeAUmIbpYLL7WWvtmEUEcx3sx81pmdkmSfIiIPi3pSLiBiD4qZSr9ss52ySxo&#10;R0lakiQ50Fr7AyLaJGXw+8m7mfkb1trXSaoyb5nm8reYDA8PzyeiU5n5N17lf2mxWHyetfa1RPTr&#10;YrG42Fr7KmYeYuZERL7kl5YX+HO99890G6YiM16BZiWO4xcQUT8z/1G8+pmIPu2XkcTMMTNfL6li&#10;A+L3D8Vi8VVE9C5m/oe19qgZbocSkW5r7ZuZ+QZmjkVEfN2fYObr/Mc2Bn5PenOSJGdMoezZKJ/x&#10;7fuuiMDTSjzDzGSt/b98Pr9dkiRfjON431lQ10nLjFegWRkZGdmamf/BzCNJkhzor7cz823+hf1d&#10;RNpFUvMjInqvf3EPSNoBu2ay/v4A+ONE9KDfnzh/sH6N5xaZG8fx3sw8IDXAzCtm+j1Mp3iNZcLM&#10;5SZv+zPzcma2SZJ8ZCbqNd0y4xWYjDDzWSIi1tqvy7P2ewdzajbERHScX17+logsEd2WJMmLZrre&#10;ku4x7xQRIaKcV3F/fGhoaFcZuy/bgZn/JTXAzLfPgrZMp2SY+Vec2l+eVNqn+qMX8ccG1e7ThUJh&#10;YRRFR/w7KE9mvAINyM4i8nIp23tJaqvXz8yPlKuEmfnLfim5jpnXE9E6IvqU34DPdDsgqWbuZhER&#10;a+3ZtWwp+/v7O5n5EakBrxSa6z+w/5Qjih5mvoxTG8s/WGu/6RUqjpkvrkjbks/nD2TmC5n5KSIi&#10;Zv6BVDEsn00y4xWoI6pQKBzCzI8QUc5a+8Ph4eHdJZ0BQr+vIW9zB5H0IyWiJcxsiej33qJ8ptsx&#10;pk3M/H0REWY+p066NhH5q9QAEW1k5vu98uRmTo2Bv0FEH7TWvjqO4+fX8Hub7RJ6j+8/E9EGSRVd&#10;t4jIIv97j4i8lYiu59TL3Pk97gAzuziO3zML2lBTZjMjcgDg5wDe6pyLtNYtzrmVInJRPp//UWdn&#10;5yudcz8DcK3W+p3w7FHFYvHQTCazqzHmZ6huUjSjsNZ+NgzDc5xzV2ut3+ovt42MjCxqbW3dXWv9&#10;EgAHiMh+xpi2ZvP3JmaDANYCeFJE7hORu4Ig+CcqKMtnK1atWtXa3d29s1IqM2fOnBUAeq21b9Fa&#10;H6uU2sMne0hELmPmW4wx1xljFltrXxKG4V318p5JzObOBmZ+hzHmcufclUg7zrEAWgAsEZEfKKVO&#10;BzB3ZGTkxV1dXU/MaGUbBDO/zRhzhXPuMRE5S0QO1VrvB2BHAD26jNpqGstMAKwUkfsAXBtF0R3t&#10;7e3rp7uczQDFzG9TSp2ntV7gnLNIOTCXFQqFt7W3t//DWnuwMeYmAEWt9Z4A+me2yrUxqzvbyMjI&#10;/Dlz5vxVRPKFQuFlra2t+2qtP4eUFSoCAK31HGvtaWEYfmdma9sYiOjwIAhu8jMQtNa1CFQ3C5xz&#10;BGA5gGustZdns9lHt2T5k0CXc+5059yOAH6klDrYD7IPENEHjDGvUkqdD+CWJ5988sgyrpfZh5le&#10;x5ZJLzN/z1r7KnlWM6eZ+TxmjkTkjf7aXCL6ADMvF0n9pqy1r5gF9a8mJoqiPn+edi4R3cbMK2WW&#10;gJnXWWsvlGf3RLNVAnnW1jWM4/h/vBLsMWZ+UETEWnuOzHJLmxmvgJcMM1/vNU8jzHyJt41DHMf7&#10;epXwtfLshl8Vi8WdkiT5gj/onE0Pua1QKLyMmc9i5nuZeT2ndHSzFsy8kohObYBzZbaIFpGXM/Pj&#10;pTZEUfT6KulaZpP3/IxXwIvypjqXlFlTrCSiD3k+w5uYeb33DJ7pulatvzeiPYuIHmHmvPybwVuv&#10;XFGFnGjWiveej5l5qFAoLCy7vgcz/4yZ/+W/o18nSfLSma7vjBa+cuXKViJ6b9mBZJAkyYtF5E/+&#10;A7BEdLe19gecMliNI0OdYVH5fP5gIvqleAt2+TeGf8Z/Kfewns1CRB/29b5HvNWQtfbVnPKalNqU&#10;8yumTUmSnDqT9Z3Rh2WtPdvbNP5WylxhfCd8lzdLktIyjIjuny2WAsPDw/OZ+WJmzsl/EPyHuSSf&#10;z28vs+A51xPvIUHW2v+TdHX0PGZe49vxoN/Lz02S5EAiuoOZh0sG7DMhM/qwoijaxdssCjPf67kE&#10;R38fHBzcylp7jt/HbSSit8vs2J/t7A+V/61nslrwM9ztMsstMiR1Gv6ipOxc5ZTv/6yMM5fP5xcw&#10;81JvmTMj7ZrphwUR6fVaOsfMT8iz1volUcVi8Xm5XK4hDvstILsx8zKZQXBK27BHkiSHxnF8AjN/&#10;11tcTHc5121uU7coinYlonfJ5NnJSr6NIKK/ioh4g+5xaa213+SU6/KNkyxrSjLTH25J2iUl/WQi&#10;Wu/3bTNdp3HilylPyAwjiqI3ydi6aSI6TWSUD/OWeraVzYBTMtvNSdMXepOrOyUNCjLplQsR3SYi&#10;4un2xpUjIleJiMyUX9wWZddKkmRvZv5gHMfHWGtfGsfxLkNDQ1sNDAxoAO8F8EOl1DxjzI1xHL8J&#10;syikVaFQWJDJZK7VWi/eUmU656xzjiuva623g38269at28Y59y2l1LnOuUER+bzW+o1a6w3jMpwc&#10;3sfMx6F29NKpwgK4Xmt9iHPuL0R01hQim17vnHPGmFdWK4eIfuqcW+Gcu38K9Z08tlSv9qrxccsv&#10;r3FcT0QPM/MdzFz0o88TMj2+Z+3VQhw1Ixs2bOhg7y+3JUApHiKi4zkNvjEGXt19tv99uZ/N7heR&#10;l4iMEufcU3HbIBHdVXq+zcAfxFcu76dTDiOipKy8B71xQ7OsZnOZ+UEi6i8UCi8VkYw/Zyudz+oy&#10;MlgVx/G+1to3yRYy2N4iHc1/rDf4B5kjoj/7A98VzLyamTdw6gpf4NRFpt/HSJtq2W3W2qnSghv2&#10;lvqbG77TLEuS5LTSAOEP9es5kuaZ+bsVCoG5vvONgoj+ISI9URS9iVOy1KaUO8z808116O25R56s&#10;qG/EzOeVyFwbFU8A9aR/LtdLGtvuGClbnnpm5xOIaB0zb8jn8wc2U8ZkZYt0NpFRV/cnichZa39W&#10;5gLSLanP2v7W2leKyFsLhcIhUy1vzZo1c5j5+0T0h6nkQ0QnbQmto3/xZ+ZyuW0r68DM32BOab0r&#10;7nnSWvsWqRiZc7nctuXWFSKpA2Zp0PEH11dVy7MWmLlorX1NZd2mS5j5G1XKdMz8N0n9GRv22/N7&#10;6xu9FpuJ6LGSRZKkZoEX+9WBZebroyjaIgzXW6yziQiSJDmAiP7uH+KNZQ9gWmVkZGQbTnn5HRGd&#10;Ptl8oijalZn7q3wAKzn1H/s8M0+LFpCZv1WrHoODg1v5JbbzaRNm/mWV56dEZBEz/4BTe9Ly/H8h&#10;ZZ3Szyb/18xAQkS/l+q041OWOI73JaK4RtGDRPTZJjWjQaFQOMRa+2ZveaSTJDmYiO71z2OYmc/c&#10;ko7FW7SziYyOOrf5JdOSzWCCtX9JBcwpac5kjwwy/uMaAyJaEkXR7qUXysw3VqZpFOUfug85Va8+&#10;izhle348SZIPyljPdUgaDuvNzPzPamVZa79ZmafvcNc0Ud/idKw6aogiorvrlE2+rjs3m/fKlStb&#10;kyT5AKd2qs7rCR5ev379uFXE5pTNlvHKlStbrbVvYebLKKWj/rykm2wl6dnaNekMT8u8qn+qh9Ut&#10;cRy/l70FgX9BD8skaQOI6DiuMCBm5kK5jZ0PEri08sNoBH6w+W1pNPeHyHWfwdKlS7PV9jB+Jv82&#10;V7HJ9Muo22qow0tLzlVN1PtC2UwKBSJ6ZwPl/62RuHllEjDzt/xqIGHma5IkOZ2I8pwea5QPWqby&#10;MHw6ZXN1trl+KTNmWeC1WidIqmXqYubv+QdwsUyBT79YLC5m5ssrlyFE9NnJ5Ldhw4YOInq4yose&#10;Ea+V84EDm1qGleXjmPm2oaGhXYnoKX/tH5MwRVOe6Oge58ZXwyudzpngA1JE9Mkm6v6gpGS40/7d&#10;eDa0pxuow2Misn+jz4iITmbmdUmSfFZE2pcuXZq11n6HU2XdOyQd5LqI6IvMfGOzSplGZXN0tJBT&#10;IpaY03BLJxLRp4job/4jKwVTgKRBGN4jKflo02WtXLmyNY7jd3NqhjPma2PmQrkleJNyQuWs5vN0&#10;zPwLa+1rOA0OMY7bsREQ0T+LxeJir8S5w+e9okl7xMDT9K2rVgan/JhvkAYGMU+vV2iw7tFmjqX2&#10;mUbqwcwP1Zqtq0hmZGTkBVI2I/vVwB1E9C+/AvudV5hE4s2/plumPUNr7Ws5DVrxPSnbTK9bt66X&#10;06gxTEQPyNTs05SkDFvXVCoCSrDW/mKSeYdEdFeNdywizxpGTwbMvKoUq1pS59hSlNP+Jj6eNmY+&#10;v1rb/SB36aZNm5qx3G8hovsr86qDw5rIu1npIaK10gCY+e5STL3JSJIkh7CPmurzWx3H8Umb64hj&#10;ujMMmfkmZl5d7SF4Y9DHmDkuUzI0JUNDQ/M4pawb3ZtVeQm2yXV9eR0P8svFaQczr6/0q2LmL/vf&#10;okZ8rvyZ5ZXMVY8CVhPReyZxrpjhlMWqIfiD4M3V2UApz/+E8CuN70+yc8zl9Eil6JwrcXHuL8/O&#10;fm3T7WEy3Q9qLhFFfrNfNQ2nFHQFH9i9qfz7+/u395257vkQM/9KJrmJJ6IvTGYfNhGYub8afYPf&#10;M4iISAPuHy1E9MsqS2Zm5lsnGwzef6x/arQtmzvAhefNfLCRuhBR3Gzn9wfft3gNZ9Fae0HZPk37&#10;eAO3M/OZk3metWRaH5I/kBUielK8M1+FdDHzA5weVHY3k/fIyMjWlMZPq9sRmDlOkuSAybbBDxTT&#10;CmZ+2odIGldekiQHlpQblAYCqVe393BqtV6ed56IvjgVk7RGFRO+PCeTP05pRg7jBk3LiOiBJrSI&#10;geddEWZ+htJgixmRUZevy4hoxP/+xHTObtP9gNo4dUUnZj5XxlqLK0qDnMdE9EFpYsTwxwg/aWTG&#10;YeYfyiTV/f7wuGE1eCNg5kfqkcX6MFEbfdpv1Ksfp6GuyvNe7a1upsSKnCTJgY3O5sy8dsOGDZPe&#10;JzUhJkmSLzb4zh0RNeOFvQMzX+zPeJUn9/1f9tGQmDmy1l4iKRHS7JzZJO1QH/AVtsz8W2vtEZIG&#10;Sfgyp6f2N0pzBsaKiN5fOaLXeOjrZApMUT5CzsaJymkURHTTRBpRvwd92Nf/ynppmfnSivzvnmxb&#10;y0R5T+eGwMx3bClveW9QfX4j756IHmlydg9ERlm0f0tE7Nt3mz/3nfbQzlPOIJfLbVthzxf6fU/i&#10;K2+9hswx833SZGeIoqiPyzglJnjgH5CpjUQvmQ7lCKdnh9+Q6kvpMeKtOG7y9b9T6sxSVTrb36fQ&#10;VoiMzqwNUztYay+YaplNSkhE755oEGRmNxnKAyI6NlWQ08Y4jk/anGxcU/YXa21t/VJra+vjzrlz&#10;hoeH5wGwxpizmfnlzrmrAawG8CSAc3K53BEAnmoi+zAMwzO01ttMlJCZ/2CM+QmmRq8dYIo+dN5f&#10;6k1a69MB5CZK39fXFzvn/gUASqkuAB11khenUrcqUGEYnmuMmdPEPX+Y5jpMBGuMuZSZX1HPD01r&#10;rZRS7wYQ1kiyT43fdtNaGwBfyGQyP1q4cGGtZ5xprtpVMJWe6jeUI2Xr6kFr7dneqnzKa90kSQ7i&#10;Bg6OmXltFEV7TMPos7+IDE5UXo065DkN5tf0+WHJgoOZn6pnnM3MZ5eXOdWZzSsHmmnjEzJJA4Rp&#10;ki5OLZOqnnMyc77WuZu19lxvUTTmuySik0VErLWvrlFmW5Ikn2XmpVM50xOZ4swWhuEJSql2Ebnb&#10;OfdX59ycIAg+19bW9ohz7suFQmEBJu/hG4Zh+Amtda2RCkDqzSwip2ez2X9OspxRFAqFtc65pmYP&#10;51zROfebKIperrX+ICbBNS8ij/v/dhpjuuqkW1GiLQcApVS22bLKsA+Ai5u5wTl3M4AtFSNAx3G8&#10;C8auNIa01qeIyGnOuY3jbtC6LZvNHl4lL6W17jHGnI6Uun4Uxpi7nHNrARyNdGVTQgjgjc65+8Mw&#10;PAfATtls9vgptWgqPdXPbKs4DS5+NKXhfpaU7dfWUhpAvt4sV/U3795SV/Xr94HfkfEW8JMSzzk4&#10;IcGq34eus9b+OEmSg2WKhrkjIyN7EVHCzFTPadY7ksZl9Vg+mfK850VTpEXMnMvn8wdPpZ3NChG9&#10;y8/64zhQCoXCocz8z0ptpbX251Xeh/HKJ2Hmu2S8gu5rnJoRnjI8PDw/n8+/kIh+688vHaeOrSdU&#10;q0czMh0f6Gs4JcJcF0XR7kuXLs0S0ds59cSOKKUaq9rJ8vn8wTUigipO45fVBaWBBZs6r6sjITNf&#10;518IE9GIb1eOU4Pe9ZSyHf+QiN4+nczBhUJhIfsYAJTS9dVKG3AZkc8kO9vOfvnZFJj5ii1NT+5D&#10;Oq+w1l5Qze9s48aNO/hOMaqtJKJ/iUhLRdoMp17b4pUhH5eyQX5wcHArIrrVd6yNpfyYeaOIfG1o&#10;aGjedLRnWh4KEX3cV/CvpYr5s7GjKrkgvagoio7g1Bbt5Mrfvcq3rusKET1QLBYXT9eLjaLoLX7f&#10;5Zj5p0mSHJQkySH+MHofr3HdXFwVXcy8xLfrkxM86+PY20Q229lGRkZewMwP1Xuu1cDMa8vsObek&#10;aGa+gJlZRK6q5sUuaTz1bzJzwdfVSYXPm9cw/qmsPculQiuez+cXWGsv9Su1p5n5ZyMjI3uVpenx&#10;39ukbXqn66GY0qEzM/9sohHQz4brRUSSJDmt8nc/29V68SVX+WmzYvBL1kdFRIjod5vTp6mGaCIq&#10;zarfniDt6KzPqX1oI/kra+0reRI0fH518mGZIXLcJEn252ftF++o4WxsvHXNBhGRKIrG8EZ674r7&#10;ytrkOLVJrWyTGhkZ2cabbqnS795863G/rHzEWnvUZJ7HdD6Yucx8F6dGwJ+T2rPA/sz8VKnhSZJ8&#10;vjKNtfarNV48+eXAovIHLVPzINitZOXPzPdNwS1nSmKtPc/X4ZqJ0hYKhR39vnHjRGn9sv7k0uDW&#10;DDj13jhHxi/LtqS0MfPNZXV6zDNvjfu+rLWvYOal3lF59Lo33h6zdPbaxWqrLkjaeU8pOTUz8z2+&#10;gz7DzKu8V0Kj/nSjEkysQhkDQ0SvU0q1iUgBgBWREQAsIrEx5kKl1A/DMPyUtfbmMAzvK785l8tt&#10;09raeqExZsfRDI2ZW1GG1lofVlmwjzp52cjIyKe7urpKmqiAmU8QkUVBEJzRTEP6+/s7uru7Xwfg&#10;S8aY3Zxza5j5g62travKku0Qx3F7M/lOFmEYlrSgezDz8QDG8UWWkMlkNNIwvvOdc9+tl+/ixYu3&#10;BvAGrXWBCnQLAAAgAElEQVTLJKq1CcDWzrnzqv2Yz+e/1NHRMV38lLVQEJErABwGAFrrXQH8gpk/&#10;t3z58svKgx8GQXBbHMev11ofbowZzaCnp0c75ypDJi/OZrOvBvDjKmW+Qin1LWPMDUij3W4DIGLm&#10;N4ZhOOKcuwbA6QCOQ533NA7N9MwkSV7EzJtqjIIFv+exzLyiigLBWGu/7tff5fddJmOn5G6uOFsj&#10;oiIzn1NhJtSSJMlnOA1s8ZMG2xAkSXIQEX2BiO5k5qd8nRNKWXLHjJbM/Ae/Yd7s0owVx2zBdO6Z&#10;60mhUFhIRM+Ul+2/t29KdQVZpdawq5oOwHPMVNNkf01ExFr7FUm/iT8xc6HkVZEkySc4VQg25bnS&#10;zMwWGGM+BKCdme9VSq0SkYxSqgXpmURQ+peZL2tvb19XfrO19kBjzMlVYkbP8/clAEBEBwRBMHq2&#10;xsx559wXwjC8qLe3N/GX5xLRl40x79NaZ51z0mAoaheG4QYiuhfAX4joqTAMvy4iLT7gvStPLCKL&#10;jTHdDT+h/zIQ0ciWKKe1tXUNEf0RwDtK17TWrc65jznn9rDWfqIiXLEtv39oaMi0t7dXzmxQSu0b&#10;x/GO2Wx2Wfl155zTWiOO44uCIHDW2luNMYd6puUHlVLLAWxljFkM4PHKfGuh4c5WLBa3y2Qyextj&#10;AufcDgDuNsZ83xdmli1bZjo6OoIgCHRPT0/lwXDGGHOa1nqrynxFpBepKUzi/96v9BszDwP4eBiG&#10;P4GfrovF4o6ZTOYCrfWR3swGzrnhRjsbgOVBECwHgCAIwKm6fwDVTaumbqLzH4z29nY3cappAQH4&#10;lXPuf8pjkPuB+4gwDHdl5s8ZY36J2su6ah/INsaYvQBUdrYlAGwmk9kBwBoR+Z3W+svOudf29/f/&#10;YKuttjoNqVlgU+1v2IKktbV1VT6ff5Nz7qsiIlrrjznnbnPOfWt4eHhxX19f3Nvbm+/p6RlB+nBG&#10;USgU9haR11XLVym1YGhoaPSjNsa8wDd4BMCHjDE/RvoAlbX2oNbW1muUUkeXOhoAiMjaZhpdDmPM&#10;DYVC4a7J3v/fCudcMjw8PBU71KYQBMEDAKruD7XWOyulfsjM70UT37TWWmmtD6q8PjQ0dCuAfyml&#10;PgogWLdu3WMAhgDs09ra2u47/MNRFDUVM6CZZaTr7OxcBuAMAD8golO11idorT86Z86c44joJ9ba&#10;i1tbW/9VcZ/KZDJvM8bUCpawdTab7QawEQBEZBfnXJ6IPpDJZH6OdPQImPlYY8zXAWxXOYsppZaN&#10;y7VxrO/s7Gz4o3HOXSfphv2/BW1KqS9qrXeouB6LyBbrbEgVQg8AeHW1H7XWbc6585IkiTKZzKVo&#10;3CB9T6QddHSWmjdv3jCAbwC40Dn33QULFjzjnGtHqghka+3/OucG29vbmzNda2Rj5882dpaxCgRT&#10;LBafZ639lt/ku2oH1E8//fQ8T/BTE97nDSICIlojqWlMSWnS7o1Iq5pREVE0WT6TiYSIVlaWx8xf&#10;3RxlzWKZy1UoCvyZ1mahtKsl1tqjuAbBUwlElLPWVgazn1t+3FTRjiU1/OAy5Q7Lzjkhomtl/JFD&#10;IA2acTUy5YZBEJzrnFvCKf/HaXEc7wpAWlpangiC4JNJkuwP4Jzly5dfVXnz/Pnzd1BK7VavAOfc&#10;fP/fdgAXAbgM6ci0s3Puaq31J4wx4za4Ho9HUbSuxm9TxXS7tPwnIcbU3JmaRhAENznnrquXxhgz&#10;R2t9KVJD6xIEaX2roT2bzbZWuZ4sWbLkVK31Kc65y51znzLGnIx0BjT5fH4fZv68c+6+JEmObagB&#10;E/VGb2xczjLMnHpc350kyWfiOH6+lJ22V0ocxyfWG4n8aPRenz70IwW8xUPV0ahiZPpurbKnKpUH&#10;oWXlzfRssyWl1sz2+JbkyS+Jj1Q6bsVRpX6PlUwH/aF2VTM1Zl7WgOuMFh8BN0mST3Nq95srzXqc&#10;EkxNSE0x4cwWBMFBALZh5kecc+dore8QkRat9YuMMecEQbDEOfc3AFXdPYIg2KOhXp/CAiBr7YuC&#10;ILhWa71jvcTOOcvMV2HzjbDVNJSbKyhgVeTz+f2iKNppS5ZZjqGhIY3qSoeIiLaUNnIU2Wx2KYDP&#10;OOeieum01ru2t7dfAkD7ehYmU97Q0NBW1toPOOf+nMlkHjLGfE1rfSAAIyI3OOf+COCgOI53niiv&#10;CTtbsVi8CcCtSqk9ROQlAwMD74jjeGdmPhXATSJiAESoPU1v10TbAGCRMeYaADX9usrwl6Ghoc0Z&#10;RXK4yrVmrW6watWqasuUiWCstYe2trbekMlkHgLw8knkMWV0dXVlUP0IpNjb27tFl5EeYoy5Eqny&#10;YqLyj2LmU3p7exnV3yUA5Imo1reLlpaWecaYC7XWL0F6Hnyfc24QwFXGmKOcc2cD6AmC4NCJKj5h&#10;Z2tvb1+ntT4GwFVKqZd0d3f/3hjTZoz5ntb6tblcrjefz5+M6rNLCKCRkK0RkH6UzPxLrfW2E93g&#10;nGPn3IX+qGFzYajKtWbNtzLbbrvtBajtrl8V1toXGmO+r7XeWmvdzsw/9s64WxSFQsEAMNV+QpPn&#10;TNMIfuaZZ77knLuqXofTWhul1Fm5XG4xgIEayTZ1dnbW/Iay2ewTWuv7mXmN1nqx1volzrkbRORl&#10;uVyuJ5/PPwjgUaXUMZjgXLbRM4mh9evXnwzg+wB2D4LgRgD7A1BdXV0bOzo6Hq1z74TLLhHZBEBt&#10;t912XzXGHNBgnW4bHBzc3HwYm6pca/ag+3Ui8miSJC9o5ibnXI+ILHfOxQCglNoxm83+v2XLlk3F&#10;O7tptLW1hag+UIygGbvAacbChQuLQRCcCuDmCTrcVm1tbec656qq6Z1zj8IbVNSAMPOVSqluAPOR&#10;niFfrZRa0NLSckhXV9dG78G+P4C6S8mGDwB7e3vzWuuPAPi6Umpb59zviOgVqN+ZCA1o9ERkHYBX&#10;icgHGqmLc24jM39pM89qQPXOVksrWg2GiPYbGhr6oTHmdWhivycijyil9tRaZ5nZOue+o5Q6YNGi&#10;RR9tJp+pIo7jWsvIHGZuZithUz6ffweAW+t1OBE5XClVVXcQBMFtFZfG9Qm/rQmcc0f7e+4GsEZr&#10;/RYAKgiCXwNgItq9XmWb5SBJtNZfEJEvAJgbBMG11tqD66QX51xdq3Bm5iiKRpj5W8aYCZdazjli&#10;5m+FYXhPk3VvGsw8bukhIvWWxV3MfJK19v3W2lOstac75570g0KcJMm74jg+hoheH8fxkaizL21p&#10;aVkhIucAGBKRi7yy6Pda6zcmSfL8KTeuQSilMiJSq7PN2MxWQkdHx4Z8Pn+8iNxSq8MZYzJKqZdW&#10;XnfO5ZMkeaL8GhG9DOMHs5UicjeAtyCd5TcAuBHAQgCdy5YtW6K13td3upqot9nPDA0NtRNRa3t7&#10;e5cxZgcRWaSUWuStCSLnXKekrjY14Y026/2+trW19e1KqT3rpQNSA1EAVw0MDFzQ29u72UdVERnw&#10;Rqmjg5JSqh7t25Bz7kkRWZTJZH6DspnRGHOBMSYLoD1JkpcFQTAPQL5e+caYS5gZWutjnHOrlFI3&#10;ishVQRC8F8A3AaycWgsnRiaTyTrnxnU259xQg/aomx3ezedtAP4fM7/FGDOuYlrrasvvtUS0PpPJ&#10;lCXTHwBwP8bu18k5d40x5msADgJwZz6fPyOfzxd6e3vzfX19iOO4KwiCk6Mo+tGcOXPWVKtnrael&#10;mfmzHR0df+7u7n4gDMN/BEFwQxiGFwdBcLpvWAjgL+vWrVta70GIyD8mmOKHlFLvqeINMAa+o/1h&#10;/fr1H+vt7a37kU4XtNYDGK/4qavwCcPwdhG5h5k/BKD8MN8uW7bMJknySq11ZIy5GBU2pFXgiOhP&#10;APZVSq0A0KOUWszM1zjnflMoFLZvsklNw1rbAmCcL5xSqtoSeyZQ8jbZtHbt2hOVUhc55+rtwcqx&#10;qq2tbXQvVygUegEcYq0dtxy01l6LlDOzCKQdvPw7NMY8D8CXstlsTZ1D1Q88l8v1KKWOB7ATgBHf&#10;YX7nnLuImT/pnHtbHMdHaK2PW7hwYdXzjoGBgU4ACIJgKWprgqCU2lEpVVf76JxjEblBa31Sb2/v&#10;lqJSg4j0Y3xna51ISZHNZpeKyF3M/MLy6319fUdorQeDILiuSr5VobXuEpFhEbnTObfEGHO31np3&#10;AHtls9mjmmnPZKCU6tBaj1sBOedmRWcrFovbMvPJAAKvV/iEiHzCq+cnwt9R5o4ThuFCAO1Kqdej&#10;YinZ1tb2tNb6TQD+Vi0jInpMKbVOa/3yyntLqNrZ2tvb9wKwGKlK/k8i8vFcLneC1vrDxpjzgiC4&#10;urW19Q6ky5hqH00wd+7c9/n81wJ4qFZrtdZz6s1q3n3mm8aYd/q8thiYeT3Gt8/09fXVYy0GACil&#10;drbW3o10X/aSVatWbTU8PPwogKbO3EQkBuCUUmcYYz7pnPuxUur5IrIaqXZss8Jr4cZBaz2Ot3Em&#10;wMyxUuqjRFRSQJEx5iLn3FuYeVWt+1yKMd4eWutFANq01q9ctWpVU57tg4ODa0VkDdJlZtWtRtWP&#10;nIgCAPdqrY3W+kSt9e/b29tvJaJvAzgsl8ttjToasUKh0KuUOsFPywURmZSK3jn3pLX2XQA+h+qa&#10;wc2KlpaWDRjf2QI0cHbonOsMgmAxM7/BWhsvWLDg6CAIupVSTS39mHlQKTWcJMkJhULhI865v8Vx&#10;fC6ArFKqqbO7SWJetYuS+gDOOLxPXZvW+vwoihaVrgdB8Mc4jo9h5lp2s+uZ+eHyC0qpPbzr1r7z&#10;5s0b53tZgQDADlEUHcbMX5g/f/6vlFK7ANgdwNbVbqja2YIguFFrfXiSJK9k5k8BuAvAwiAITnPO&#10;Xd/W1nZ7kiRvq1WLbDZ7JICdMpnMrgAQRdEfmLmRaR0A4JwT59w91tqjstnsdZghrVccxwsxXr0d&#10;JEkykXVLizGmR0QGjTFXhGG4xBhzWRiGRim1a39/f2lmnFCF7zvUDkEQLMhkMq/WWneHYfgFY0wP&#10;gEr+ls2Bqp0tCIJZ0dmQHq6T1nrnMAy/jrL9ZVtb2xIReZ9zbpwST0SWrVy58qmKyy8AUi/wTCZz&#10;YJWyjLX2EGb+gnPu986528MwvMEYc6Yx5nCkRyRzAexVraL1lBKFTCZzvzHmm1rr1xPRocz8QQC3&#10;AOjWWlfdOy1btiyrlDpGa92mlHohAKxevfoxpdSddcqqxE0DAwNvKaMU3zmKosVN3D9VhMx8chiG&#10;N1UhygmdcxN95FZr/WVPeFQaKDgMw7tGRkbO8LZ67QD2q52FLywM9wPQpbXeSyn1lLX2Mq31oHMu&#10;jxodYTqhlBo3SjvnuFgszpbOVhSRBACUUm9i5nfi2UFMgiC4HsD5Ve67pZwsCGknLVeMvBjjB0Nj&#10;jPmsMeZMrfXhALZWSj1KRD+z1r7fOfdmAGudc9WOD+pa/bfFcfz8XC63n6TUcSWr5oykvm1VKb+L&#10;xeJO7GnDiej6st/eWknkUw3+nlESl9tuu62FmS+Pouioiayqp0N8iNkLuQb1OTPbyYQmqiL7VFKu&#10;VRNm/qr3sniGiE5i5m/7vweY+c7N/TyY+eoq72jjyMjI1lvifTRYx7vL3s+6KIr6yn/3jMd/LUsz&#10;7GnqRtMMDw/vxmV0f8x8q1TxU0uS5BRmvpyI3pvL5fbxngUlHzdDRLf79zIuXFi1yitr7eHejWCD&#10;dwx9hplvsta+RiZmBX5fWYX/Vcay1eUrURNE9OcKqmcVx/E7OWW/GkfmOt3iAxNezRMH33vfVMtK&#10;kuQ0Zv7RROmI6GpOo7mujaKozzNJF5l5ExH1y9Q4MyeSgJlvq2w8p3ECpov2fTo627UV9bteKoIZ&#10;RlF0VGmwJ6K/SUVn8I6po5MBEa2tEastlDp9gJnPZub1/f394zgpxy0jC4XCQVrrn3k3ghake5Ze&#10;rfXhWuurkiQ5ps6UbuD5/Ty2bmlp2dv/f8g5d34t1wjn3MODg4PHd3Z2ji5PkiR5fhAE52qtw4mO&#10;B6YB3XPmzPkBgDeV85vUqGuzngyV0MaYvUWk6kYaAAqFwnbOubOQ2ty1iEgcBMHhSLWZRms9VynV&#10;SkRfi+P4LdbaA3K53IRx7JrEHFS3ctmECgarGcbqir9fy8zvKr+QzWZvEZHbAUBEfofx7lMHlkdM&#10;Ukpt3dPT01OlLIs6ZmpxHF/inDuppaVlXJoxnW3ZsmXZlpaWTwFot9Z+UWu9Z6FQ2JOZX0REPwfQ&#10;FgTB/wKoqg5etWpVxjn34tHM0/3OW+DXr2vWrPm9iFTaosE5t46I3jFv3rynS9dWr17dEwTBD8s8&#10;ACZUt08BLc6585RSR010uO7RO8XyMgAWKKU2orqSZIeWlpZfAugmoo8AuMdae6JS6qthGJ4HoOic&#10;uw3A5UEQfEZrvV5r/br29vYr/Z5lWlAoFNpRXfM6sGzZslnT2UTkqfK/dRoZ8atxHJfvwQoi8j3n&#10;3CYR+W1FFkZr/dKKPJRS6nnN1kUpFWitz2tpafmfahUdlXw+vx2nEVsukwrPUx/s4tdExLUCD0ZR&#10;tDtXhPBh5g25XG7fsun6FVwWSpeZY8/NXu5tnSGiqyvy2Wwe0j4wyIT7ybIlRvletGnxcZzvJaLT&#10;ZfxyrN1a+wPPu3KipPTXX8nlctsy87VRFL2BiI4notOSJPlo2X0qjuP9iOihJEleOB3PxcdAGEdb&#10;zsw/lc0XZKRpsdYeQ0Tjlv7M/M/yYBzDw8PzOQ0xNmaJOTQ0NIaNoIQ4jt/dbF28V/iTkhIHj3lG&#10;Y0bxTCazi4i0Oed+jQp1+8KFC4si8itjjM5ms1WXP0EQ7FfO6+dHiJ7W1taTy9LcKSK3liX5djab&#10;/TWePc9SzrmvKaXeXJH9RKZNk8X+SqnT9QRBF8uhlKpkmmoKmUwmCyBh5jVIqa1HwcxvEJF/BkFw&#10;pqfMFhFZkc/nRWv9tmw2e6Mx5hdKqW2VUiXXJgVAZzKZB0TkJs+VMWVorTtQ5XjBObcaM2/xPwoR&#10;WamUGqfe11rv3tLScmnJ4qejo6Nfa30GKr6l1tbWV4rIuCV4NU3sRPBG5/9yzi1eu3btGAOGMZ1N&#10;KdWrlCKkvkrVICKCJEmqqn2VUrWs0Y/Cs74+VkT+HzNHzLxEa/1VlDWemT8J4COVnVY2zyFqxjl3&#10;hta62Yc6F415kldFabASkQFr7RgrEKXUm5RSj+dyuXZjzPY+3b/mzZt3NNLnRAMDAx0AjgyC4D4A&#10;WLZsWQbp0t6JyLUi8sKp1K+sLguqDUJKqWemmvd0IgzD5ahh1K2UetVOO+30v/5PQYVD8KpVq1qN&#10;Me8yxoxbzjfBhq28Y+9hzHwagPkisnNvb2/tzmaMKSK1TBhj0/dsvdWrnXOrrbXVQtkqAH01KrM9&#10;M7++9EcQBLcrpe53zn0Mz1qGKGY+EcDXauybnq5ybUogopeKyGsncWtrHMeT3bdppdTrlFIHaK33&#10;V0pVjqhdIrJfS0vLPvDnaIVC4X4A73DOfYuZT+nu7r6Rma+Af3Z9fX1hkiTbAIC19imlVARgygol&#10;pVRVDhgRmfZ3MUX0A6jkKwWQ7t+01h+z1r6o2u+9vb17wx9mV7u32nXPKHCyc+7/MfMdzLyhpaXl&#10;aefcTcaYb2utn6+U6o3jeExnrczsIREpAvgUM79r7dq1cwCE99xzTysznwDgaKXU3XPmzKk2y2ik&#10;/j3VKq2UUsfi2dP9Qj6ff08Yhn/xf6skSd6mlLq4mnuEc65ora36MKcAo7V+rzFmMtFdWrPZ7KQ+&#10;5iiKDtdaHwxghfezGp1V165dO0dEIgB/dmmcZwKAzs7OgcHBwdeLyJNKqT2steeEYXh26b7+/n6l&#10;td4eAAYGBjYBGLbWNkJHURcisqjG9c3u2jMJ/KXWD1rrDk/wW8174SitdVNUF21tbaFS6r1a6/cp&#10;pV7k48rnReRR59zVzrmfIrXRHOM9UPlhr1RK/Ugp1am1vnT+/PmPOeduOuigg/4G4Ad+03khqruR&#10;K9SxaNBav8BaO+qz5qkUSvvCo40xl9TwOQKA4SiK6vrFNQvPWDUhSQuQmo9VXGpl5kmp/40xBzvn&#10;7kHKRrY1yjy/u7u7d1BKmTAM7/V+c13wlATz5s0bNsZcpLU+LZvN/q48z56eniAIgh2BdG8NoFDL&#10;gLgJKKXUODd/51wxDMPNxdM5aWit73LO1dvXHwTg7RXXurTWR9S6wbt1jcO8efPykrJinyki7ygW&#10;iy/etGnTAmPMnlrrt1prz0bqLTPGR7Oys5HW+rPOufNEZL1SamvvMtCnlFpjjDktDMN6vPj11PNd&#10;WutXVV5MkmRf59wlxph6o8u/5s6dO60zWxiG+zdCLOQxZtT0+8mm1cIAoJRqMcZsKyJzAbxaREbz&#10;8e40WaSxwDbAEyFNBGY+jIh2xbMdNxsEwZSWkf39/e1KqWpL5XW5XK6hem1h3IvaDFrQWofM/NEy&#10;u1RYa/cGsGuteyR1saoGNsZcgDS23xVz5sy5v5yiY/369SsBjBhjdkNZH6u2Js0FQfDpKIr2s9Ye&#10;4938j4vj+EUAfoI6Wqg6MxMAQCn1GozlswiDIDhHa13t8LAcN9crdzIQkUMaSeecS5xz36y8rpSq&#10;+ZLqgYhuAXCkUqpbRAaDIDjAU0u0Oee2BtCTJMleYRi+HkDvqlWrJqTOM8asUUodliTJ6J6ZmbcH&#10;UpauQqGwfbNEQW1tbZ2obr2+Loqi2cgUvVJE/l4vgVJq9+7u7jeU/jTGHK21rufyNClFkF9d/F5E&#10;HkdZH6v2Ittzudyc9vb2Z3xhgTFmDmprKEfhnCtqretpwXaPomiHlpaWJwCAiA7TWr9sgjwLcRzf&#10;3No6GerFmgi01rs0mPaOJEnuC4Kxj0pEdkVFQIZG0NLSchsRXam1/ohz7pcADlBKfcA5F3ij4xXG&#10;mPO9ZveRRvLM5XLLWltbO7UPyeWc26C13g7pB/V5rfWeO+644zFInSUbgjGmC9U725oqIcFmC650&#10;zr2ilmJDa51h5pMA/HJ4eLirvb398HqZMfNj5RFMm4HW+oPjrlX8vY9z7jetra2XlF3bwTl3jbX2&#10;VNSncRMRqcazWI7eMoZkrbV+zwQjC0RkWWtr670T5Nss5qBBi3kRubmtra2fmccQeSql5qOG39IE&#10;cH55crUxZr5SakEQBKfEcXy6c+43zrmLoij6FMa+mwxquOPk8/l9oigqKKWe8vd0KaX+CKAvjuM+&#10;EdldKVXMZDJNHZ0YY7aroTj4FzbfmeeUUCwWrwNQ15NfKbV/kiR7tbW17YU6S0jn3Mbh4eGJ9ASm&#10;WCweYq39ONIlfAszv9M5d7G19sOosLQafaEDAwOdzHwJgJcrpUY/rCRJWgHsY4z5BhG9pk7BopSq&#10;SnQyWlgaD+ulABDH8WIAL6mX3nvTXo4G9y6NYnh4uMRbMSFE5H6kipwxbdNadxYKhara14mgte4E&#10;0K+1/qRzbqm19p2tra1PDw4OnlUsFlcEQZBHmRKKmY9BjcGhpaXlUD/TPCMi+zjnfgNgewBDWuvj&#10;/NHChv7+/qacb0WkKi0bMz9R7fpsgA/h9PN6nDdKqe5MJvNqAK/TWtebPO5uYAZ/aSaTuc4Y875c&#10;LtcB4F1KqR9orU8xxnzbOXdh+fJ9tLN1dXW9SCm1H4BfJknymdL1jRs3PiUi3wIArfXxqM6OC6QH&#10;ho3ESdsfQIuna55or7bWWjvtsdBERNAgBwgzP42UlmDM2ZJzriObzU7I716j/A6ksysBWKG1fhcR&#10;vbmnp6fQ0dHxzyAIjtVaj7IfG2NeTUTV9pjKS7uIZLTWnwMwKCI7A3ixMeblAIiZf9fT01MtbkFN&#10;1OJZVEo1HNZ2JhDH8QWoETQRAJRSAHBMNWVdOUTkWoydwStXFgERnaqUagdwm9eEHo+UK/RKSW2A&#10;j120aNG+pRvKlyovAjBMRF9uaWl5snSxt7c3v3r16vOR0nvtNDAwUIvKTbTWf63XAI+dNm7cOF9E&#10;Dp+Ae8Q5537U1tY27dYKw8PDRdTRXFWAkXbMMWdL3ti1KZbjsntD+EFLRNZ6e70drbWnENFRZaZq&#10;7T09PQcy8y5a6/0BKH/2qTyhUqeI7MRp3IUjlFL9WutvALgB6RL3zwAe3bRp08/QXPCRFq31OGdd&#10;51yxUCjMxjO2UbS2tq4SkbPrzW7OuX1Q4yDb//50oVAoP17pieN4jMHG0NBQp9/336K1/lhnZ6dy&#10;zm0rIk8FQfBRY8z/ANgUhuHLS/c8q5bUei6AeGRkZBxJireLXK21DubNm1ezg8RxfLtzri6FgYhs&#10;19nZuYvWep966QCs2rhx43cnSDMp+PY0RFjjNaUOwIoqP0/oaV0FCunharvPf8AYI2EYXpDL5X6L&#10;1Db0E8x8nIg8k81mLzHG7AHg3cx83Pz5869g5s92d3df4Zy7SGv9JmPM6f7opLB27dq/I12CriGi&#10;J5n5Z1tvvXVTREm5XK5LRKpZjzwTRdFE+/IZg+8Q4fLly78P4Npa6XTKrVNVy+ucExG5oKOjY1Tt&#10;nyTJEZXPo6urSyPdijwAICoUCi0AMt6To4iUnGrAOTd6fFLecRIArR0dHePCE/nRdEfnXLR27dqa&#10;rhWe06FuVBljTKi1fh3qMEN56rqzmv1ImkGjJkda60P8v9X2KosxOR6QDHyILRFZj9S0ynV3d68M&#10;guC6IAj+aIy5AsAfATwB4AIATyilfqyUOkQp9UUReTHSJfmjzLzBOSda60W9vb37Dg0N/RnATZlM&#10;Zo8wDO9utnJhGG5Vg5jo6TiOZ21nC4LghUmS7NbX1xevWbPm/d54oFn80RjzQ5QZxhtj/kdrXbln&#10;jgAMwn/H3p0sg7SjWU+KtRXKDPpHOxsR/R1AhzHmzAonxMz8+fPfr5Ta2zn3SG9vb00G5L6+vkRE&#10;LmugQUegvqHs740xlzeQz6ShlKpLLluW7kQALdbaxyp/E5H5ABZNpnwRmQMAQRCsqWVdrpRaiFQb&#10;vJ+0PCAAACAASURBVAOAOSKyRkQeA3CXUupepEvbBd6xlp1zfyei7nnz5hl/X9/atWubjjeezWZ3&#10;raYlds49WYsndDZARCLPFq232267AWvtic65ukq7cjDzX7TW70HaiQCks6VS6hVVjC7yzrnHAbwS&#10;wG5BEOyCVPuYHxkZ2aGtre1KAFsT0YOlG0Y7W7FY/AOAx5RSR7a1td1FRJd7UtZblVJfAZAEQXA5&#10;qq/9S1odMcZc4ZyrtuQqx661vKGdczlr7SeRzrQlBcC0wzn34ATmPQBSNw3n3OeLxeIy59wY7ZRS&#10;qouZ64YwrgVvjoVisVhEjTBUIpIDsFhrfaJP832v4h/wsgrA9SLyNe8VsVAp1YnUbWdvrfWSybBH&#10;E1HV5bFS6iFs4dC+TWIEwNvz+fw2QEqW688zJ3zPzLzMGHMigKfKr4dheBrS5WJlQBVBulRd6Jy7&#10;TWt9qR+gHu3o6Jijtd4XwJJMJvOso2q5c1uSJAcx8yOVTnQiMkhEH5AKp7uSENFx8qzzp/LENK5K&#10;PhOCmb9Vytda+6o4jl9QrcypSj6f3947+TVSp9gT7Txc5bfzmyxbMfNFIvJXEcHIyMg2zPy9ammt&#10;tT8iohOtteeIyAmS8mZoSR17y51tlbX2myIiRHRqkiT7E9HaOI73bbJuEJGQmX9dpZ1ORF6+Od7F&#10;dEmxWHwVM8dE9OmK9lwy7qWObduwtfa1Fc8UmzZtWlRydCaiT1Yps8VaewEzxz7NIyKy2/Dw8Hwi&#10;OrmMfwciVQh/PBPR26y15zLzhUmSfCKKot2lTsxgIrpBUsat0rU2Zv5lvQbWanQ+ny8RpWSY+Xc1&#10;GjkdYpj5iibqxsxsK68T0d1ShYWpnjDz+UT0uP97LjP/WMYPZG3M/OP+/v7OOI73HBwc3Kpentba&#10;I3x9PpIkyf6eqKet2efiSY/+WaWd62XsO551UupsnpBo9J14BoLllW0qgZm/KlW+b2vtj8ra/8Ea&#10;5WbiOH5BkiQv82RVNeO7j9MsdnV1bTTGXBkEwela69PCMDwvm82WW+hXQ49z7qNlfxeiKPoIMz8w&#10;0fRdgUvb2tpWA6OH3q8GcGSTeTQKds79opElBjDqFzVOg6WU2iGKoqY8t51zBX8+o+BDJA8PD4/Z&#10;w8ZxvD2A/nnz5uUymcyjXV1ddbWnw8PDD/v9yXAYhnkAbmhoqGn3oWw224MqQf3Klq+zGSEAaK2f&#10;R0Sj52htbW2riehMkfErYOfc3wuFwvmo+L6ttYdo/f/b++44yYpq/1N1b3fPzM4mZheWsARhBQVF&#10;QRQVRAwPH6CAgiIGMGBC8BlA4GcCffCMCCqigogBfQRBHjmDSAYlCMsSFmbZODO7M93T3ffeOt86&#10;vz+qevZOb8eZnp01nM/nfGB76tatW/dWOud7vkcf6csI1QdWJNls9rFMJnOHJ6uqn5ix7cepIT6e&#10;5yOUMhb09PSsMMYcYa19pP6V68Vaa4wxPybf2CAIjtKOVevlU5XAPQzDO8iZbicjC8IwbOvcppQq&#10;ElE4ODjYSy4XeTRr1qxxgy2Xy20rIkvJuR2a4i8322yzIWvtFcVi8SoiesZau2YCEegVaosNQMvW&#10;ZejcZC2RRERdXV0zyX/TWutjU3+SbDZ7uYj8OV3eg8z/2yNPxmTZsmXdWuuzUkYiodb9snWlYwm2&#10;giDotdZ+Lf1bV1fXM+Vy+T+ttTe2UMW1uVzuGSLH8qVdHm8iojna0epNhQyLyA+stRNmivI+m5bi&#10;4ipirc0TUdDT0zOT1ofqj8PRGWN2DIKgbkKSlFQMSKUwDI+fNWvWWnKz9Eg2m23XmKFEpGZEs1Jq&#10;ypNPTlYAzKP1YIEDvfm9IqPW2u9Vxajd6BmTx8nWW299slJqz9RPFTzrpKTT2eyOoiq844wZM1Zq&#10;rT9gqzKGVIu19nzyS/k222yzh9Z6FyIirXUYhmHDyIDJyHPPPfdHIrp2ktXsSzWigOuJ1nqd1jr0&#10;YSwEYCSKonH+uiAItqImyQ5XrVo1I47jMVqHkZGROUT0ZWvtBVrrNblc7tkGl9eqr0drvYEl0lob&#10;W2tbQQdNqyildqpw1wRB0JXL5Y5I/314ePg28rGJ1toCgO9Q1faQmd8qIl+sQjdZANXclG1LRwab&#10;uFB+0lrnrLXfpQ0/vEFjzEettTV9Ptbap8MwvL3y70wmc0hVkTdQfUzmpGTRokVxkiRfsta29WFW&#10;yU5xHLeMkxSX0TQwxswkcoMvk8mkcaJziKhv2bJlDVMke0KZMTCtUmo+gJNF5G3eodsWOn/WrFlz&#10;qAaMSUSez2QymxrvSLUoqYpR9GeuMdfRvHnzCiLyW/+366tTRZfL5e201uf6kLK0sA8InZR06syW&#10;zlCzF4Djqco/lsvlllhrj7PW1jroX0rr2ZECrfXBVX/fcqrObURuu2utPdZaO6Fwf631/DAM62ac&#10;rJYwDAeIKMxkMrOJiMTlWhuD9RhjdhKRxT4Isa4kSbKl1nrcgFRKvRgEwZvDMLyuvacgymaze/iI&#10;hGp5gpqErky3jI6Obq6Uqiacek25XB5nvAqC4AYAzxljfkTjJ6M5uVzuZ3XiHJ9r9i5akU5tI8es&#10;VFrrQCl1UpIkG2AfwzC8WUS+DWDsIa21hpkvIW8Y8Za9asT57Bod2VEJw/A2a+3HPSdi26KUege1&#10;2J+lUmklOXT4HCIia+2aNAWBdfTmTS1/WuutM5nM2LlEREBEEkXRRBzPiojeXOdvt9AmxBNZS4Ig&#10;eCltmGgy58Np0rLCWvvjTCaTjpHsYubvE1G9YNKGEMRWpVODbRx4WWs9L5vNnlVJ9ZsSGRgY+IlS&#10;auyMJCIPZrPZse1lEARv1xsSvebatfhNRMIwvBrA4dbahnnA68hrfPLHptLT01MkRwizGZFDilhr&#10;x1AkYRjOE5F4ZGRkM2PMvhVqAyKaNzQ0NMv36wKl1F4AvsLMZxpjjp8xY8YnyOE1J0LZ0K21fkP1&#10;j9baPIBN3jjiOTazVb8pcu6jtETPP//8ubQ+XlADOE5r/cF6USgi0pHg5U6d2TYA6Vpr95k7d+5J&#10;VHXWWrBgQZGZv5bCrF1NLqEdEREFQfCWWvdQSk35YCMiymQy90RR9A4iusBa204M2A7ZbLZmErxq&#10;WbVqFYvIqoppHkCZxqeGVWEYvnLmzJlXaa1vDILgjlwu95C19s65c+feNHfu3JustX9RSn1VKTWs&#10;tQ6CIDg2DMMTtdbdmUymZixaIxkeHt5cRGpFYiwpFAqbbMBoRYIg2LwOBPD1VDUI03nZjDH7ENGp&#10;9QJJrbWWmTfITzER6chgM8Ysrl4J/IOfwMzV5y/KZrOPiMi51toygHSSA03OGFJLJhSoORHp6elZ&#10;obX+pLX23dbam22dzDtp0VqH/qzZFMtZKBRYKbW8AkBm5rLWOqhE9YrIGmvtiUSkReTd1trDlVJ/&#10;IYcpfa3XlxDR5VrrA7XWJ1lr/1SpPwiCtjkje3p63lyLQ9Nae1tfX9+kfUwbQWriS5VSc5MkqbfS&#10;zwuC4IwgCBql9H02l8ttAEKfiHRksHV1dT1CNfb0WuuZWuvvlUqlDYwH5XL559baS/P5/POpn7cn&#10;onp8jFtQbYKiqRIbhuFNzz777MFJkhzKzL+31r5Y5aepljcXCoVm0ee0aNEiY61dRv5ZZ82aVSYi&#10;XrBgwSwiojAM+8nR2V0dhuF1YRheG0XRZ8kbkay1V/rrt3366acVEZGk+F+ste2yIwVa6+rtFnng&#10;dduGlumQIAjq0VzkiKjWiq0BfLqeXzEll1OHwNedOrMNikhNs77WeqdcLvd7D58Zm/V7e3vXxHF8&#10;cjpcH8CeVH9l6BoaGqpGXk+5LFq0KO7q6rohDMMPaq33E5GjmPl8a+19fvClX8TO3d3drQSUWqXU&#10;MyJS4XaMiCjJZDKVFekZEXmWUn3R09PTRUR/sday1vpDAM4konJqSxRaa4cBfAPAZW0+Zq+uzXK2&#10;OAzDlhm5plMA1Fx9tdZBLUtxkiS7K6WOq8XAXRG3g+TfdqqNHXNqK6Xq7muDINhJa30RM7+TUh/Q&#10;jBkzVlJq1lBK7V5tHElJ2NfX14igZarFEtFzHjd6rNb6LQAOo5RxyGMn30Mt9KuILPZkPCG5o8Fo&#10;yuw+qpS6q8rfs0ZELhGR1URUVkotIxdYSkREQRBsSURDQRCck8lkHmjz2fZKc56k5GpKxXZtygJg&#10;uJ5RS0ReV/VTl8f+NkweKSK3ZbPZJxuVaUc6NtistQ23G1rrrZVS5zPzYQ3uOyFOj2mSUiaTebga&#10;iqa1flsrVskwDJ8kZ6qeR+R8ldbaMXykiPydxiciHA2CYAul1F/JwYfWkMNV0rJly7qJaFdyPJ/t&#10;Dg5lrX1X9Y/W2iGtdV1qgU1NtNYrqDYtPimldqQUuRQzv0VEqoET48Q6foTvUQddHh0bbMPDw7fX&#10;cViPSRAE87XW5zHzoVR7u1iTPs2LWbVq1aZGDmrDMPxdlQFl+1wu1xRels/nB8gNjMrAXNvV1TVG&#10;FWGtfYLcYNSp394sIhcTkRhjXiRP975w4cKXi8je5Ah+2j1f5ESkVmTFn4no8TbrmjYJw/B58pNP&#10;tYhILxHtRuQoG8MwPKmFhCrXp1FNnZCODTZ/9rqi6Q21rgy46gN5DxHV2soQEZGIrGtEyTBdMjg4&#10;+BARjeEG/Tb4KGqClRwZGSkR0TJm3pJojGVrbEUsl8tLyG0xe4iIkiTZVUR2CILg/4iI8vn8CBHl&#10;isXilgC+o5QqFYvFi9ttf7lcfm2d1FBb+3fUcpLIaZbnaH36sXGilMoB2J2IaM6cOe+01jaknrfW&#10;5pn5K1RnpZyodBKILAAuaGKtczd1A+4Xxpixg2scxwupgbVxUw3Jr+Dt0ucFpdR+SZI0TLzhuTye&#10;VT6LqYisSqNIPHo/kyTJjr7Ot5PzRyZEzn0gInPDMHx9EAR7EtGqmTNnToRv5H21zsla67201pda&#10;ay+iCfKsbGRJiKgmuZFjHVSvIxdZ8fl6zFpELnYNwH9ns9mWQsPakY6i/jOZzEMicmdLN9Z6YRAE&#10;vyyXywv9vxfUa4+11mitb+pgUzsqcRxfTURjQGat9cwwDI+ixj43EZEH/HmCRKRA47MAidb60Ww2&#10;u4P/+61KqcU0PshxGyJaHMfxa2kCtODer3d4vb9rrXuI6EgA11MT9uppkl7P/EZERCJyfQMqxT0A&#10;HK6UenWdvxMRkdb6sqGhoZ/QFMDTOh1ik4jIdwG0tAJprV+Ry+XOIkcKWnewEdGTQ0NDN3SslR0W&#10;H11+SdXPRzbzuQF4kDy0qlQqFa2149Dm1tpeY8wKIiJjjCJHgW6JiJYvX66stZeXy+VSoVAYJbcF&#10;byup3w477PCOZgGmWmsVBMHO1tr/NcZMWajTRMQYs1tfX9+XyH83nrSqXoDrdkT0jXqQLCLnwB8d&#10;HT1+IiRJrUinBxstXbr0FqVUO47Qwzzl2GYN2nPVJo5iEK31bwCM8VxqrXfo6enZwMqXlmw2u1JE&#10;gqeffjoXhmFJax2mueGttaE3hFAmk7HkcI8BEdFuu+2WUUrdO2fOnOfnzZuXJ6Llfivesmitj2mj&#10;7FZBEPwqjuNWs/9MuWitd9daf5R8gpPe3t7V1tr/q1O2y8cIbiDWWmOtPWvdunWH9vb2riYi8s/Z&#10;0bCujg+2RYsWxcx8qrW2aYopIsftEQTBN4IgeGmts4O1NkqS5K7UT7NpYsSoUy2LlVJXpn9QSn0i&#10;vc2pIcNKqRe23XbbbXt7e4tEhC222CINSCZmjomIstnsYyKinn766YCIqLe3dwsA3UREy5cvz4lI&#10;LpfLtUxqWyqVtiaitvKJa623D8Pw+7Qhrdu0iFLqP4Ig2JaZxzCpIvJja23Lhg1r7Wpr7ZFa6y+l&#10;JvRMGIZ1t9cTlY4PNiKibDb7qDThWx/XCLeV+XidP48AGKMHAHAEgN9QY5LXaRFmPtdaOxZfprV+&#10;7bx5897c6BJPj/cScsYPmTVr1ti5zft60oaX3kWLFgVERF1dXUnFET137twu7+xuOVNNLpc7RjsW&#10;37ZEa30wgKkiYWpHtiWi1xARicgYbUYmk3mQiO5vdrG1Vqy19xhj9gvD8I+UOqP5/O5bUGOSq7Zl&#10;SgYbObLWHxPRn5qWrDSkfhLxFzzShIiIlFKvD4LgYGY+nTYxs3Q2m32MqjjmlVJfbJT1U0TuzWQy&#10;u5F72fkkScYGG4BiEASZcrm8HTmq8XSO5jXkz2g9PT0LlFItI/OXLVvWrZT6aKvl06KUIqXUZ5us&#10;2FMuAN5AHlvqs8CO7YpE5LJGE73nnLlAa31gLperzsozJwzDU/zk1VGZqsFG5OjsPmutnVTgXfp6&#10;/4JfRkSktf5EHMcHTbKNHRdm/kl6dSOiNy9cuLCuX2dgYKBfRPrIfSxFpVTaIrk2l8tt293dPQTg&#10;FCKSZcuWVT4iaK2LREQAdgHQMjJ9iy22OIScwWCi8vrNNttsOs9uWil1eCWkxsOuxia0crl8K9Vx&#10;EwHIi8jJWuvP0IZoG22tPZWIdqEqZuSONLrTFaalp6dnOTN/2NOgTUiUUmMohgULFswnooqroCuX&#10;y32Fmud426jiV7ffVWbWIAhUNps9hepkbd16663XiUixUCjME5EhpdRYuIeI/DkIgkPJAZVvIKJ7&#10;Fy5cWGECk8o9lFIvVUq1ypERBEHwmXTsV7uBsj4af4MogY0lPltNOhRr7tDQ0Fj/9vb2PqG13sBm&#10;YK1dHgTB0UEQ/ICINmBU8078T2mtdTuTV6syZYNtcHBwJhFRNpv9OzO/31rbNj8jgMSj34mIyBiz&#10;BaW4Oqy1ewA4tCMN7qAkSXIOEaUJct4ax3G95HtWKfVwJpN5JRGNc2xns9m/E9G2g4OD3QDuJ8e2&#10;VTlHCDlDRQ8R7Z7JZFriCGHm/ZRSe1X+DSBvrf0pgLbo/IIgeDVNEQlTMwnD8D+11lumfprhk4lU&#10;BJQCafvz2WIA7yGicUasisRxvLPW+myt9UwA+XK5/Hyn2z1lg23OnDkHeIsXZbPZR5IkOcJae1MD&#10;p+MGopSKrbVjH63Weue0998jAz5ag35hWqWrq2upiPyo8qxaa5XJZE6jOqubMebxTCazm4isIhe3&#10;VxERka5sNpv1UeNpR6tSSr2kUCjMIKL5o6OjrfiGAqXU59KGEaXUeWEYniAi328F/ZOSbZYtW7bR&#10;ozD8u35f+jcRyebz+XHfcuW78Tamv2mtD6viHUnLgkwmc16F7Ecp9bhPmNlRmbLBppTKdnV1fZb8&#10;wbWrq+uZQqFwJBGd3apbgIiScrk8RsCjlKoFVH5NX19fS3QEG1OCIPgFEa1PF6T1XgDeX6tsd3f3&#10;SiKaw8zZIAjSZ7YKeDsIgmBzcgaRiiEg1FrvN2PGjDNEpKu3t7dWPrVxUi6X91FKja2w1tqBUqn0&#10;AyLC8PDwGa2if7zMWrhw4UZf2fr6+l6rlGqWSJPIO7dF5MF8Pn8YEdXcFo6Ojm4O4KdENOawt9be&#10;PxWpsaZssFlrl4rIscaYsUjY2bNnr9Vaf9lae5S19n7bnGe/NHv27MohVonIBnhDrXWGmQ+hKUot&#10;1aoUCoVq3o9ha+03bCrNlFLqG1TFfOyFReSxTCazdxpFsmrVqhnW2kIul9tFa32iiOxB61fHvYlo&#10;J2vtgFKKieiIGvWmJcxms5/XWo/VD+D7FSeux3h+p43z23RsIUNr7YdadFlYa+1iY8z7586d+0Kd&#10;Mgt6enp+qpQ6pMrHexNNAQ53ygabMaafnM/6zJGRkTTHA4dhePXKlSsPBHCctfbxBkF/a2j91mlG&#10;+jyTFq31vp43f7qkq7u7+7P5fH5cdsowDK8loj+mnm87a+1JtSpIkuQ+pdR+3rIWEBHNnz//YCJa&#10;rZTqI0dc88pSqfQKIqIoirSIBFrrE4hoDx+TVtf3GEXR/kqpt1X+DeCpfD7/03SZcrn8IBG1ROXn&#10;+SrbwmJOVrxh5IAWizOAo9P54dMSRdFOAC4iokPTA81au3JwcHBq2J/rpbfpgPYCuBsA+5xr2Trl&#10;FjDz/wOwUqoEwPWVcoVCYXMAT1aX8eUK5XJ5hyl8lma6PYCnfdqmDf7GzC+mmjscx/EeNcppAOcC&#10;uF9EeteuXbstgCeYeQDAN0XkEwAiETnUl88AuNQY8xsAFwC4JkmSE6VGDr3+/v5uADel+gvGmMNr&#10;tGGOzzHWVHzOM70R+1gx89fqtOVpn64pXf5tderRpVJpXwB/rVWXMeaiWn3YCZ3whcVicWtjzCFJ&#10;kuxXr3OMMT/ynVFi5k81eDkqjuNdAVwKgFPPfkmlTKlU2o6ZV9XqIN9JB09FB7WiSZLsByAxxvxK&#10;RILh4eHNBgcHZ6XKHJN+Lv/hd1XXUyqV3gTggdHR0S2NMT9h5rUArhaRPQFcB+DSfD4/v1K+XC7v&#10;yMwPJUnyJhHZFsDvpUYONWb+oB+olftfKbUnv22ZebheH6eFmT+8kft5QYPJ9lERmVNVvlbOvJCZ&#10;Pwag5ncEgI0xB9S5/5yVK1fOmMwztFM4iKJoURzHxzDzZQCWAjD+xdVMlGiMOdhbg4SZ1zLzEdIg&#10;WZyIdMVxfCyAAf/w51f+ls/ndwFQqtVJIiJJkpw6mY6YjDLzKb69/aVSabskSd7AzF+W9ZNLRtzE&#10;UXmphplPqFFXD4ALAVzAzEsB/L5cLu9ojPkBgJ/KhgNUiVvpHgRwB4CbxWUnHfeRMvOjlXsz81AU&#10;RS+vcW/FzJ+r179pAbBWRLbdmH0cx/FHAaBOe+6vmtxqflsi8g0AxQbP9YCIzK7VNwBOA/A3cSmV&#10;3ywb9vOkB1tGRF7FzJ8HcBOAVZUZ2j/4MIAREZlb6/pisbgVgBdSD7NK3MfRaMCpJEn2ZuZnAPw8&#10;1dmvrtdJvu4Lm9Q7VZpl5ht8Gywzf5SZ/wvA8+k0r6Ojo1sy87J0X9RJYbyAmR9g5g8bY94C4BoR&#10;uaRB5lEVRdEiZv5QuVzeqfpvxpgzKx8pAJskyX/V6adXNdo5VPX1b6XNbKuT1Jqph1PtuU0aZFkd&#10;HBycBeDn3m9bU6y1wsyfrFNHCODOSllmLjLzEwB+WC6X/0NqD9D2Btvo6OirAayGz48Nl0L1fgBn&#10;JEnyhjiOP8TMxhjz7jp1BAAuSD8UMw/FcXy0NEgbLG5w7Q7gtNRv+9TrKN+265csWZJr5aE7qeVy&#10;ecf0eZOZnwTwoohIHMfvT5c1xvwnfP5l3+ZaKxEZY97JzH9i5vuZ+f+1+jJr6D7MPJi63w0DAwMz&#10;q8sVCoVXoka+8Dr9XC6VSvtuhL7VlSOKP68/1aBNV0kdm4BPW3xFvVUxVcej6S16lapisbhVHMdH&#10;GWP+AGBN6roSgKf9zqPhat/sgecBeAzAmiRJTonjeDdxH0dlZpwLYEhEflWvDmPMW5h53IwCoAjg&#10;ZyKyfYN7q0KhsHmqngMadZa4hPBtL+2T1TiOP1aZjKrFGPNbGT+paD+BVPqBvfFjg3r9oJgjEzdC&#10;zGXmO1P3qrmSRlF0IIDlTfp2TAD8fmNMasaY/f3Zlsrl8g5+B1WvTb+VGqt1oVDYnJlvr/d+UtfD&#10;LwCt7Iy6mPlSAGsB/AHACl/HmiiKdm50bbOKlTHmPD9T10xeDuA2Zn6uQUN7mfmOGg9oAaxk5hOl&#10;hUTrxpiDGnWYTwhffUieUvVWvht8x6+t0abFS5YsqT5L9DDzNal+yBtj3tXhtml/xqhsHxNmPlrG&#10;vyPljwd1z8HVAmCNn3Cnum8XAHjGbw9JRHZpNGCMMWdV1+GPMA+38lzMfH2tFb+OzgPQD+APIhIO&#10;Dw9vZow50J9361ncWxpsZIw5GAAz85G1/s7Md/itUd0ZmJmPwHgr45jAyaPGmHdIg5nFbykaddjy&#10;GubfqdZ9/DbiXAD3pJ5nlW+TKRaLW1Vf5z+EMcsagKXNZsV21BhzQHolAPATSX0IAwMDM70hpuY7&#10;qSVwH8EJMvXmfg3gMt9/14l7969t1LYkSU5J11EqlRZ6Y0YrzzWQJMlrWm2fMeYgOAPXB6r+1nRV&#10;bFp5sVjcGsAzzHxL9ehPkuQ1/rD4YqOb+etub/LQDODi0dHRLevUs2eT61dUBhszf0RqmNY7rMoY&#10;81MAg3Ecv9IY8xvfjkfEWb0qM/Geta6P4/jV8FZXf91dnZgsvItkSaVeZr4zbVwpl8s7+XN3w61V&#10;jf69uL+/v3uK+5SSJPlkqm2X+L56RaO2+VWbRISGhoYWAljc4jNxkiTHS4Nvt1wu718sFvfyZbQ3&#10;tKwslUoL2322lgoB+J5v3DXGmP8slUr7JknyNX9eEwA/bFaHP7uNttAB65j5OKmydkVR9FIAda9P&#10;DzYAVzHzU97/NFUWynneInWliOg4jo+Gs0Z+KYqil1UGkjHm7Q365EBmLqSe4feT8eV4q1t6i/pM&#10;FEWL/N+1Meaw9OG+VQFwT/r8PFXq33E+dd/z/O+LAJh67TPGvFVkbGFodUWzAM5vdv5k5r+KiDDz&#10;8wB+yswvMvP/yQS+q5YKrV69egGAe6tnQ79lureBWTqtgTHm7FZnVAB/Hh0d3UP8tmVgYGArfzas&#10;V/6ppUuXzvEd9FX/W2KMOV2mYJWL4/gVzBynZtXtAfzOD3jFzLeKiBhj/qNBPYqZjwZQ9u21AM6a&#10;iAFiyZIlOQDnpPpjtZ9sKtvGbyNlCW1VADxWw6UwFZpNG3T8vU8Tcas1gEGpIQAQRdHLCoXCFnDo&#10;m1aeyQK4odl368/klwFYh/GghBUAfiQib/O7tpYGXjudscAPlucBDAJ4iJm/JOstgF3NXsqqVau2&#10;gHMctiR+JfuGiMzxD35Lg+Jj1khjzDtSxgEL4Iq0z6sTaow5HMBa7//b4O/M/Ek4REItWNS4SYiZ&#10;j4dHeDCzYeavS5PDdpWGzHwS1vtA13p3jIrjeNdWLHI1+t7CITN26WS/1VNm/mLlnVXun/J7zQPw&#10;RJ12ronjeDdmvrGN5/pLsVjcuoU2fcwbr+bGcXwUgIuZeTVS/joAj5ZKpe1aecaJdEyQ2rurNdOA&#10;bwAAIABJREFU4eHhzeI4/hCAOwGsKxaL2zS6PkmSvdGeqdkCeCBJkv2MMWc2KHeHeKum961EVX+/&#10;ayL77HrqB9PztQwgXl8FYKRFWFPIzCemVrjI4xxbGXABMx9bWbUAjMRx/BFxaJyPogbmtJU+Z+Z7&#10;RkZGXtqp/mqk+Xz+5ZUjSaoNcQWC12iihfNxXd3KZAIAzHxLK9/B8PDwZgBWArih+vcoit5tjLkI&#10;zip5q7S4c5poB4XlcnnHJEm+xsxPVz3MV5pd762TG5jKm3RUAcC1qG/VvC69/fKz8jhh5rsGBweb&#10;zmgt6jGNBpsx5gBmjowx72yxvkySJJ8DUPDPEzHz15oYJQJm/ji8+d6vtMdGUbTIGHMxGiAmGvSz&#10;YebLRWRBh/qp6XP7M1B1O0bjOH5lqj9/Vqe9aHGgJcaY34nIvFbaxcyfZWYYYw5sUG5O6kzc8cHW&#10;UyqV3gjg/CpkwvPGmNOZ+V4Az7bis2Dmj4tIS6DXVsQbBsZWAn+4ri5jmfnKFnB0TTVJkjcCGKkc&#10;zqtUATiLmRFF0cvaqDdg5o9WzicAEgDfq9PekJk/lRpoq+I4PjZJkk8AeH6C3TgM4LTJAm7r6Oxa&#10;z8HM76t1lgQwlP6OmPmkCT6TABjw/txWz+5dAB5l5iWddOC3VZiZP516uUVmfswtZnySiFAcx++H&#10;c6B+qIX6FDN/AMDqiXZiVYeOG2zeD1KrnIFDbTSEizXT4eHhzZj5IWa+xYf3VA7JyqP318C5AdpF&#10;tShjzDsBPCciwswWwB+qzhhdzPyV1NZxuTHmLAC31Vv5m/SdBfC4Bw5MhfVWx3F8TI1VYG4aJJ0W&#10;Zn44XdZbqNt9rgIzX+v9dJW6MtIE/GCMebef6AaNMd+N43hX6UDYTVuFi8Xia71l5knvhJ4N4G9w&#10;uLrMwMDATA8gvlNaBKoaY97q8YRtHeBrdOwtkpq5vGOzHkp8nTHmLZPtPGY+gpkLAJYYY37IzJ82&#10;xnwPwHIASZIkn5AJfrzeD3dn5RnYhdK8UUTmGWMuqPzuV+uBiWwZ/fUFAOe2YjCYqBaLxb2Z+YHq&#10;mENm/jwz1zsWnF9VtuXBBgcq+FWSJPvK+HOvjqLonUmSvK5Be0MAN8KBFYyvby2A33pgRVO0Uz1V&#10;Im1Ff4fW2itF5BVRFO09Y8aMlcaY44IgOMdae3AYhtcDOFUpdarW+iAiur2VSkdGRl4yc+bMM4no&#10;MK31hIhXrbX3rVmz5q2ppAjKWru4QuJSo/xta9euPWTevHmt8qGkpYccQWzGGPOBIAhOqU4ZC4fr&#10;+66ITJjLQik1X2t9ktb6db7Na4noRa11xzhXrLXPWGvv1Fq3QsS0Tmt9JrWR3bRYLG7Z3d19KRHN&#10;K5VK+1VoGAqFwvwZM2bcVev9+LRNn81kMudWfgNwQhAEZ9e7DwDxRLV/MMb8PpfLLabx1AYBMx+i&#10;lDqpXC6/q7e3tx4b2T7W2uuttT+11j4QhuGxRPQGrXWPp7i4i5kvyGazN7TTD0Q0IQPJocwcJUny&#10;Kf/vuXChN9eJQ0dv45fudpHhXXEcfxh1AgRbmM02wEYaYzY4t6XKxzUgaDVDhWroEcz8N7+qP4I6&#10;PqB/JgFgjTH/I+1tp3qMMRf6ber9aWMPM38YdRzVAOIkSfZK1+UNb7XKGhF5kJk/3cAy3JMkyZfE&#10;nUl/06C9CsBFANZVVuElS5bkkiR5E4BfwwMCmLkURVEjw0lHVjYiol4AdxGRCYJgfyIatdZ+h4je&#10;vG7durf19fUVyM36xv+3YZKDwcHBmfPmzSuR50MsFotbdnV1fUQp9VGt9Y6tNgqO629ResaK4/jw&#10;XC53ab1rrLU3LV++/JCFCxeWfR1fLZVKl86cObMhQWc+n++bMWPGFUEQ7NusXdbaYRF5wSecXyoi&#10;q6y1Q5lMZi0zD4nIlGZT1VrvrpQ6S2vdPZl6ADy0bt26d82bN68ljhIiygD4slLqa1rrjLX2Or/b&#10;EXK7jsu01u+uc681QRBsR46cloiImPnHYRgelypjgiC4G8B5QRDcQLXzHKgkSV4RhuE3ReRApRSs&#10;te8Lw7AmLf6yZcu6t9566wuttYNhGH6OxnP9B0mSvCwMww+IyKuCIHg/bYSVjZj5BG9KfYeI0PDw&#10;8Nw0rs+H9Z8O4NxmM2GpVNrHA0nTe2FVLBa3SZLkOAB/QZXPrM4MZ0XkVem68/n8fHjfVZ1rRiSF&#10;XUyS5Av+wD6unlpaKBRegRYxeFX3jOFAAS8AeJyZb4MDBZ/GzB8tl8vvKBaLrymVStt1wirIzO8H&#10;cIsxZv9WlJlP9eeVe+EwlDGAteVyuR6nRy3V4lwjYxEF/lsgkQ2Dimv00RXV9QG4PNV/NxhjDm5i&#10;9V5gjDktbYAD8GgzS7RffRvFD6omf6+rE3qBPur4UWb+rIw3APR4Z+9TcFJohA302gtgsfe1bF/9&#10;94GBgZlJkuwF4HQAf5YG7gLvTkhfH8KFadQVZv58pbx3axQAPOsPw80iyvcCsKRO1RMSbwVb540s&#10;SwB8VyZhOQVwtjHme62U9YPgAQDnDw4OzkqS5HgAJe9gb7UNyiN4xjmp2YWgkMhYcGxNg443+Hwm&#10;Xac3vN0J4FZjzEGNJqFisbg1M5/EzM+mjW5wVvPP17tuY+iEL/TA1MqqpYwxB3k/m/F79GcArPYY&#10;wYYWHD+QLIBnmjiBe9etW7eDMeYQAOcw86MYj1n7TfVHwY4LpK4YY/5QKbty5coZFcQ8gDXcnDNF&#10;xXH86gpYdSoEwK2TQNv3MPODNc6mG6jHT14O4L41a9ZsGcfxHn71PV9at8CpKIoORRVqBQ62NsY8&#10;hhSGs8bzmnK5vGO63pUrV84ol8tvbbCSaXGkSGcB6GfmDSzbcNR99SKxN+3BltJXMfOfsB5qVEiS&#10;5JR8Pj+fHRdH3AyyVC6Xd2Dmdf76kn8ZzYwVSkRml0qlN/kA1wEAq6o71LN21Q2JB3B/+iWmjSpw&#10;vsQvSXPz/fZw6JZJuS/qtO85aRH1UK3eVfNcM5TDbbfd1gXgl8z8TBzHuxWLxW0A3M/M17Zx7y44&#10;sPMGwahw+MVdxQ8c1KGRExHxE1dL7hK/in0cwK1oHMltmPljjdre5F4BM59aKpVeP5H3UNFJDbQo&#10;ig4Tv63ze+klAAqp8Pt5AP4K4CFp4kiEQ1FXOqddJ2sgItsaY87wnTp2TX9/fzczP9jgRayrfAgi&#10;Y8Gyado3Y4w5r4XVZQ6AH2ACyPpGwsyoB3ZupgC+CWclrvsx9ff3d3vuyedEZE9/RLgDwF2t+t48&#10;FvXaepMagMcrZyW/YtaF6iVJ8tUG91I+Xu9jAK70E2xTJz4z31gPCeLbfgsc0KHmxOKtkQbAGRN5&#10;DxWd1GDzYQ0rAFwTx/HufhUZBXCp+A8+SZKvM3PSgI+PRIT8bFoNRi3D0bm1GuKhPch0nFEmSZKa&#10;5J4pOaZS1m+nnq9qhwVwY4PA1oqGzHwU6vASTlR8+yfybp703BqNJohrADw7Ojr6au+2+TOAe1tF&#10;snsy2Yb0AwD+t1LeI/nrlbO1ItYHBwdneRjbnf5M3ZC8p6rONfl8vi5kjpk/xMwMd6h7npk/VTUw&#10;NRzZ8EqZJF50UoNNxCE1ZP3HrY0x3wdQjuP4g77RvxIR8caUhnV5/FotGTbGfL9ZREED3aXegdy/&#10;kHGEMQDOrlPuqRZC6JUPdrylU9vK9MrQqiZJcgKAJ1avXl3zA4miaGcAjzDzAyKyvQ9T+TucQanV&#10;j2pbboFBmZmPr1wD4OIGz3mvpN6D396fzMzL2hlgqfsyMx/V6BmWLFmS87DBp30bAOBv/oyp4jg+&#10;0g/EL7bYJ1M32KrVMxo955fdSiR3FEVRLWruas34LWdN8avmRcaYt/ptXSAtbDN9h97QoN7F6Xg3&#10;HwZUkwiHmUdaZGLKMvMXGp0l2hFOhf43U38GXlrH+qaZ+QPMPATgQm/pO5KZh4wx/ystmrVHR0e3&#10;BPBYC+3Op+BRsxtdw+vj1zLM/DEeT9velsA54Wsyl9XR3iRJvoz1BMGWma+HIyN+SjoQgNzxwSYy&#10;ti9f4s8vw+w42lvCSnq+yFbpE+73B/ujS6XSdn4lrTkImPm99VYaOC6K/VLlFTPf3eDeiUc0NCW/&#10;yefzL6vMmpMRZn5WWjNWdAH4NTM/ViNgdoEx5tcAVjHz0Z6P8UIAJWPMadLiO/Jb7ZtbbPfjFQOU&#10;900O1CoHYO3IyEif/3b+MqFOWl+XhctF0DYu1U8iP8L6UCfrrdKTHhdTMthEnNUpSZK9JrL1S5Lk&#10;U60cfKs62HhjzA+NMQd5J3v645mNGjFuKfmfdBs8dKxuGwCUWwQabwtgXTvP0uCeF0jjgNKQmU9k&#10;5hKPZ3/q8vCoZwD8X6FQ2JWZj2LmF+DCow5q8gxpDYwxP6plXq/T5nMq16Yj6KvFGPNLcURJTQEM&#10;Te7HxphfSGMwRdNB6CeGK+AA7h1hFJuywTYZveSSSwIAP5nIPj3V6esAXJUkyfFRFC168MEHe5j5&#10;I/UGEBx/RXoL1Qsf5tLgHmvrxLONKTN/tYNnNwvgW3Uso13seCDLAC7zZbJJkuzLzDcCeIqZjzXG&#10;vJ2Zb64YnxrgCWtqHMfvq7fFrtHekqfnrgy20xqUbTl6v0EdEYAzpcEK3d/f350kydeMMd9l5k/6&#10;9/cSPzn3Vl2rpINcpBtj8ARPPvnkzEKhsEUURTt75/eXPLdDoxmjF45sZdIfKlzU8x3sYsBq0mx7&#10;o864VE7seDGasek+1sByl2HmmtwZkxEAFaD3HBEJfTjRL/zq/nwcx7uLc/L+1q9e53jY1h/h/JiP&#10;GGMOkzZnbH+fujTg1ZLeQoqbDO5sds1EBQ6WdYw0Rrpo75czVdeCXZ6DBwFcYYw5m5mPbycKuxWd&#10;CBC5oRQKhfldXV3baa1fqpTahYgWicj2RLRQKbVAax0QEVlr12itDySihxpUNxfA+Uqpw6oyQ05Y&#10;rLVSry5m/mYYhl+n9aEZc621j2utt2pS52+01p+gFHDWy57W2jvS2T47JT5f9+NEtJSIXqW13t5a&#10;a4joQiKaJSL7ENFfRWSx1novItpbRJZba3+SyWQupHZBtESamb+ntf6vVt6Fz170jSAITiciSpJk&#10;9zAMb9Na18q8OmHx2WvvjqLoiz09PQ9R44yhs621NxHRq4joOhHpUkrtQC6JZF/l2/T1rjbG7JvL&#10;5Z7uWGM7OXLFLbvHVM8czDwK4GlmvgXAD+HZgz0XfkOgsqd3/m11nVMh3hI6zhrHzF9o4bqyR8mM&#10;Owv4s2erZ5u74eBGj1UO5xNoP+By4T3JzHd7S1qZmf/GzP8lk/ATxXG8OzO3zDmJKv9WA7fOhMRv&#10;qV9g5hPbcIsob3G0cBmSwv7+/u4oit4FFyD6NwDfYeZL4jg+Ujoctd7pwVZhQvqZMeZ3AL7jz073&#10;Dg0NLRQRNTIyssh3Epj5gy3W2wvgjFaslJMRAKbCtVh176bWRABPDQ8Pj8uHAEf73cp9SxViGQ+8&#10;fiM7arprASxh5nzTStbXFXt9EcD/RlF0aIVPcxKqjDE/brUNvh0XyvqPdXZlgp2o+ElkFRzI/R4A&#10;/z08PNw2n6VHyDwBYF2SJPt5+NgfAayt8e47qlNWsddARE72HXWSOD/aD/3Mco+0d/jM+HPHpM3o&#10;jQQuu041mPmoVlYoY8w5klqpuQZrVJ173l8Hya68ef43da6rRrU/BeA33pH7EumQFc1nkelv5Vl8&#10;W9Z5ym4SGbNCtmRlZOY8gGcB3GuMuZiZv87MR5ZKpX3y+fwu4twfk+KPYebP+Mn+GnYppss+meak&#10;6m2mUz3YKpTYf4JjOPo8HBGOYeb3TqA+NTIysjNc1GzdDJKTEQCravAKZtGaX2m4VCq9sXJdqwYB&#10;1Ekb5XX7Wh+6X71+l/p3kiTJZ2QKCHvY8VK2ZBlObdEq7egC8Mfqcp76YC2Ax5j5KgCnG2PeE8fx&#10;Hh6T2RJJ7cqVK2c0imsbGBjYqgYucp646O7EG8+uk4nnwNt0BpuIUBRFLwfwLDNH/oX8ucbDKWmR&#10;iWrJkiU5Dxi+tREMa6LCNZD+3tnadDsH4IqKaZ6Zb2+hvDHGHCK1n7ULLky/VsjIM55I9PrUb0sa&#10;4QAnqAGAllZo34blkkovZox5O1w+PguXy+x2AN8zxrw7juPdKnTtE2lbFEUvi+P4yHrxbZ77/z7U&#10;ABB7P2oCIJ8kyRs63GfTN9gkla8ZDn3xvuoX6s3sl7eDAfQz2qFwYNqOnecALKmRUUYnSfL1Fq6N&#10;yuXyO0SEas3oNcoXxeVorn6+LDN/HXWiCOCCSkmc0/y+1O93dJIpy5v7G/obU/dmZq5w05C48+6P&#10;jTE/McYc4s+0nci70CXOEHd2vYQffkd1ozc21UKAzIbLQ87+25zyFNEbZbD5pA+X+hdya9Wyn4EL&#10;BSmLiHjW2rZeSH9/f7dfeb4FH8rf6KNoRTzwtPoFzGHmPze7FsC14pLRf7eFskkNBMc8AOfUO+cA&#10;KKQDLD3w+X7/N8vMN1fTxk1UPRltq+etK2T89i8UF5fYqQ9Z+fCtSwBc1QCdlPVhQ4kHwGtvGPlC&#10;VeziYXDO/YdaTA6z6Q82n0JpCI6//bDU33oAnO33zgyHlAdcfuKJkmLO9gj24/zZ7gG4qOtRtJf8&#10;b3V1xLDXPVEH31cRdiFFb/eGlVbuWYGKzWYX8vHXRmckjM81TiJjmV6u8Wchy8yPiFsxJ/Whe4tx&#10;U2HmxS2EIE1YPWXDf8Px79/UgK9fwwWxMhyaJPQhOn9i5pEqDGwPgKv9sWGqkzxutG1klzHmfLgk&#10;BJVz2WwAFzIz+0PqF7wZ9sdwPrX/6UAHaD+TLfBbq23FhZPsKiJ7+mQdB3rU+7HMfKIx5jsAfum3&#10;pj+qcfiuiUKoFma+UlwGmKYU63BUgL9m5qebrcrcmGZijs+/UAnoXQvgzMnkVkOdcKOq9q+WFkiS&#10;JqI+WPTrzLzUT8TXNMLbMvPnvPHoYW8YyRpjfo71yUoCcSvdHv39/d1r167dro0Uv/8Qg42KxeJW&#10;lQjuF198sQ+O76LC6rs0BXnqAvB7PwA/00LdQRzHe/gB1BJqvQVVIpL1L2EDc7DfFjf0O/lt8Z7c&#10;ILRnIgLgYQDXVyszX8HMlzLzHwH8lZnzXocBPJokyfHtZjb1AagN49Xg8sBNii6ghs4zxrwHLkXT&#10;oDeuWBG5pAmPiALwM18+9hPn6f7/zxb/fRhj3gWX3veUDre7oXYcrtWCLLDW/pqI3kZEBSI6m4g+&#10;S0R/11q/i4jWeV7Gx4nIlsvlPSosuvVkaGho1qxZsz4cBMGnyXEzPsDMD1tr/9bd3b1sKh5iZGRk&#10;s97e3t8HQfAf9cow80+J6Fal1O+DIAgncz8AXyCiofRvSqn3aa0PtNZG1tqjwjC8td71g4ODNs3P&#10;2eI9j1JK/UZrrev8PSKiU0XkSWvtrCAIeq21M7TWPUqpXiKaSY49uouIeokoJKIZRFRdX0JEa4go&#10;S0Q7ee3RWodEDpJlrT1/eHj4pAYM1vuQg6+VrLVfJ6KT/e9WRP60YsWKDy1cuLBsjHldEAR/JKK1&#10;WutDiOi5Vvtj0rIxR7aIUJIke8JRKQz4rJzKzzRFADf5mWtbAKsBlJuh6tOz2sjIyEsBXOdnNoaD&#10;Kr0A4ApvSTzUg0snnSRBxFnqmLluWlkAa7z5eVLoCRGRNE9Kqi+/5u9TbpLhdCI6G03iynw/J3AA&#10;aAZgPSayY+Lf4Zelwa7F+2yHmflqcVtsnSTJp70twDLzrYVCYXOfT/wpZn5xorwuk9HpWNmIiPYx&#10;xsSZTOaByg8AjldK/ZCISkQkWuuZ1toVcRy/IQzDY4hoIJPJ/JQaA02JiLQx5uNBEHxbaz0n/Qdr&#10;rfjri+RmtKVENEpEfSIym9wMTERESikQUV5rvdZau0pElorIEmPMo93d3SuIyPq6drHW/qleTgFj&#10;zGeI6K9a69uDIMi100lVbb/EWvtbY8yjL7744qpFixbBGHNSJpP5b7+yHRKG4Y0Trb9KFIDPKqXO&#10;7hQAfCICYCAIgk8Q0Z+owXtn5rcqpS4LgmCOtfYPWuujicjEcfzOXC73ayKaDeBJpVRMRNtba98b&#10;huFNG+kx1svGHt311DtoS3Bg0D8DuDlJktd7S9LN/tD7rTbyZW2PDvKAVMTP5v0AfsfMR+Xz+fnF&#10;YnFvAM/WKs/MD69du3Y2u8yiE47Pa9ImBnCxz8/2enEwuIxM0BKZJMnrMY35C3wf3xNFUTuZTw/F&#10;+ujqn4nfvfh384L/vcitpTObEp32QeZV+1gzMPNjNf4+B8DFfstyvrSOqczCgaE7Si+XFt/mETRA&#10;lxhjfiXOd/irTg/+Om0aBXAXgDOSJNnXG3pasewGnuX5maluY4O2lwF8RxoTw9aaRJQx5oxU//6P&#10;eONWFEU7M/N9InJygzr/NQZbHMcfqeyvxSWs36CMdzo+6F/IVW2gJLSIHAFgwuQxnRA4XszZAP4w&#10;VStcLfF+t6cBfM+nza2FOQw829a5zNwRgqJ2xZv1H2khb16v94vtkvpNGWMOgGPgHvSTsk2S5GTx&#10;A85POB05q09Up32giTjqAD/Y/iC1P4ZMkiSn+u1SxMxlf3jfpdV7RFH0Uma+BhNMGtgJAXCRJ5T5&#10;ARok/JjC+0dwSSv2Ed/Pg4ODWwP4dsU3Nx3CzKuSJPlKC/4uBYcSAoD7PUpGG2MOh/MpPjE6Oro7&#10;M3/NG20MM3+6SZ3/WoNNRMIkSb4gtZHXOo7jj/ntRcTMp4jDxa0B8IS050ztYubPAHh+Y2znagkz&#10;3+lXmCMAPLkxV7mK+PPvr70DeINsMn5SG/Uf8CAc+qejk5Q/l60GcHYbJLwkIq+Czx7EzLckSfJF&#10;ACMAHkgRvGoA34fzr50nGwH32IpOlzWyVVHMfKBS6ndKqRlE9ONnn3325EWLFiXMfIBS6hsicpq1&#10;9sVsNvsEtehDiqJox2w2eyIRvbfTYfqtiLV2pYicXiwWb50xY8bhSqljiGiHil9pGtpjiWg5ORqF&#10;u5n5aa31QCaTKSRJwkSkgiB4uVLqSCLai4i2mGhbrbWJiDwvIpcDuCiXyy2h5hbmcWKMeaPW+ndB&#10;EGznLcz3JEnywa6urqWpYlkA733uuecuXbRoUTyRtnZcpnu0N1JvSVrutw0XV28zfBL5E5l50Bjz&#10;jTYREoGv/zdowD0/VeJXj5t9Sq3t2RGnXgIXmT2yMVdeAHcPDw/XwoFWqxKR7aMoercx5ofeCPNc&#10;o5UPLrHKam9lPs8Yc0i7SJZa6s9oK0REmPly2QjxaJPVTXZli6Jop0wmc41SahER3VosFt8/c+bM&#10;gXQZY8xrgyC4ioj6yKESblq+fPlhlUyiLUpojHl1EAQfJqKDiGi7eoiJVsVam5Aj1MmT8+mViGhE&#10;REQpRUQ0n4heqrWeZa0tEdFtWuvzR0dH7xYR6erq2k4ptVAptbVHZbyciI4SkSeVUs8RUdFay1rr&#10;+Vrrd1hrV2qtzwGQVUr1Wmv7lFILlFKbE9FmRLRlo8yj1toEwOmZTOZ/qA2ECREFpVJpi56ens2j&#10;KOoLw3B2GIazAHQRkRGRESIaArBq3bp1/al85x0RZn631vrnRLSZtfYXg4ODX+j0PToq0z3a66mn&#10;AH8RLr3Q9jXKzGbmm5jZwnF1jAJ4RFrPJVZr1t7WrzCXwRGaNj2nwPkGlwC4AcB3mfnoJEn2zefz&#10;L/co+F7Z8MzQkyTJa+FQ7E84LDYSOLKfH/qMrtvLemPRnnCpuMblS/BBp8KOr3+DZ/IJDT8Jn33T&#10;n5OW13ouAMU4jhvy4m8k7U2S5E2euuADTSIJVBzHRwMY8TQHX5ONgN6fqE57A5p05KtT6afSqj13&#10;hAFwJ7tsp8Zb2joBRtaDg4PbeILTEzxq/Do4Z/t9AO4UkUuSJPlckiR7+w9iQvwVhUJhC2b+ODM/&#10;XDGWMLOBS0R4V6lU2s7Tfa/yPBlj11YGm4jcXt13IrKLMeZX8EG1zFwwxnw3iqKXRlF0CFz65HFb&#10;VQD9tWBhG+t9i8jb/Na0EtFvmfkOaexXDZIkOY6ZlxljDpdNxBhSS6e9ARNRj3BYA5e4Yx9xzkox&#10;xnx7Cu+rRaRrYGBgZqOcAhPVfD4/P0mSE1GVtbPCusUuZ1o6vD8E8EMREWa+pvL70qVL5zDz55l5&#10;zMoI4ClPipv2M81JkuTzqGIihkNfTMc7/ZSIDANYaoz5Fjt2sZuiKDpImk+gGY953WRXNZF/wMHm&#10;ndu3AwAznyqOI+PX4uSY6vI+ivlbhULhldPd9hZUiwvLuaOy6rBPt+R9cz/y5XrgkDGJL3O5yFhI&#10;zG3wsXZ+23jdyMjIzlJncoiiaJFfuR+Go4k7fWM/d6lU2teb75+Q9fwlSiZ+JNgkddob0KZqz8vB&#10;cAkP5opzdN4nIpJKTUTi8kn/FzMvFxEBsMKfeTrBgTGl6gfNxXBJIn4oMkZQc20cx8ewS1g45p+D&#10;o7ojcdsw638zcBHvrWS+CUVk7sqVKzeXFlmtOqnGmN+LiMRxXA+3GBhj9o+iqNNkRhtVJ2V1mwZR&#10;1toBInoGwCnkYt82IxcjV8xkMi8QERlj9rPW3qyU+p5Sqttae7/WessgCL5pjNmdiAJysVWbpPT2&#10;9q5et27dp4joUq31dkSUIaLHiGjfMAwvCIJgnyqLaSXG6zVaa2WtjYnojOXLl3+BiAZbuCUT0boF&#10;CxasIRdbNpUSGGP2zefzfZUftNa7ExF5S2u1KLiIkKvCMDxsits2pfKPNtiQyWTOKxaL+2YymQeJ&#10;iLq6urYhopki8gIRzbHWnhcEwdVEtDcRXZUkyXuIaL53fl6cyWQeZOb/sNbeSURHkAtY3OSkr68v&#10;XywWTyCiFYODg12rV69eTERRHbdETESBtXZPOBjY/9Naf6tNF8jGEGWtPSMIgmt7e3s/T+u/vxEi&#10;Iq31PjUvUurlQRD0kpsU/nFlupfWDmxBDoRjUVrlzdqWmZ8zxrzHU6FfJOJS5frA1F5ABK85AAAJ&#10;jUlEQVRmvlnEEfPAYSwPlc5RKnRad6nwInrL3AYC4JvewX+/P+NNKbPvZJRdSt0YwGAURS/3v53i&#10;z5cDkuKc9PoSdplsV9exTP/D6LQ3YLLq0eoVGrcygO9WaMk8VRmYueyRGmSMOcSf+Vb5HF0vwAFW&#10;/2KMOUA2vQ91zLBhjDlLaojHi26bJMlxsolb5PwEeLN/XxeJSGZkZKQP63NaPxNF0eEeOH4UgCeZ&#10;ucguzfEma9ZvRae9AZ1Qn+X0BB/qrkTGcnuv8jPmD0RE+RXidv9Sz/FlZzPzScy8kpk5RcOwKb7Y&#10;ueVyeadqFeeHCmTTGGjKx4/VDdI0xuwPIA8XZ7iP/31PZq443+EnRADoN8YcvIm+j7Z02hswVS+c&#10;mSuksI+lMJWHpqx1d3vejsr2cQ4zv7+SnhjAfUmSfFEmkWbpX1E91XwEYKhQKNRzkCtvQRVmvqVC&#10;114sFrcB8H1vbb2OXZqrudP9TJ3SaW/AVKhnRy4BKFV43D0K4x6/0v0FDgpmANzkV7MxkzeA74sX&#10;OLqDf/hZdYo0FJE5cRzv6s/DytP83eD77kf1+s4PyjX+jF1NR/9PqdPegKlSY8z+PkaORBwDk49a&#10;frFcLu9UKBQ2T5Lkq3B8IpUMMCQumvo5PztXaLfHBan6fASbvL9uijTwqP0j4NIwj4iIMPNwBe3i&#10;jVbMzKsa8YjA5dyDd2Zv8qj9yeq0N2BjaH9/fzcz3yUiAuBP6eQdxWJxqyRJTk1RjR8BBwq+ml0q&#10;IWGXeKFSXxeAqwBcOzIy8tJisbi1r++fevXzELU3G2PO87uCEoDFAH4Hn3gDjvGaPLP1HSIixpgz&#10;a/RNIG4nsYCZn4XDZO7RyfZuijrtDdhImmFHGf6YNzvfy8zvr5ExRwO4UkSEHSX5cX6bc22lTBzH&#10;u/kP7YkkSfZi5uUAHoLL1vJuz+z8zwAzCkRkW2PM/gMDAzM93cCQiAiAPxhjDqictaIoenfl98r1&#10;zHyEX7VekPVRG2Ecx7sCOItd4hJdKpXe2IhO/J9Jp70BG1nnMvOnUoPuziiK3lOhx/NuhEEA/d59&#10;sAsc/nBYfKgMHJ21BXDGihUr5idJ8lVmvhWOeJYBDDHz7QC+ZYx5S6FQ2GITeO5mqqRq9fEZTx/x&#10;597XiUthdYeICLv82CQiPXEc7w6X7PJFZv64OD+ZErcdv8/31en+HP1zuEDTdZ4O/F9qKz7tDZgO&#10;zefz8z3/xt+ZeXGFqYuZK8nNzxZnRldw4Fx4y+VsZn5S3ODbM1WnTpLkTX6glpn5cX/4ZzgU/aZg&#10;kq+pcRx/CMAvCoVCtcM4A+A6EZFKHB0zH+9XqweY+QsAboaLIxwA0O9jC1dW2JmZ+SO+fIGZR5h5&#10;AMCFxWLxdTLNTFfToZssPnAqxUd8nz06OvqHXC63Q09PzwpynPTvJSIGcLHW2vriN3q247czc6C1&#10;3tlae7vW+m+pKq1Sqo+I5hDRI0NDQwfNmTOnLwiCVwVBsJoce3K16CRJXhYEwQFKqV2ISGutX2Tm&#10;B8rl8v1VUemK2uTpGBkZ2ay7u3ubbDa7OYDtlFLbE9HW1lqtlHosiqKLZ8yYsSoMw2NEZP/u7u6/&#10;kcNfVsRYa+/TWr9DKfVGIjqXmW/IZDIDWuvXWGt3JqJHReQrAG7JZrNFAOdqrQ/QWn+ciG4MguD/&#10;ADymlNpcKXW51voCInq0p6enVn/888t0j/ZNRb2P5xoAN6TTxkZRdLCI89fBZddhv10adz2ck1yM&#10;MT+T5sYSLY4hbDXWs0w95VdGA+BhnyBRi4xFrV8H4KaKMvONAC6th5T3Z9S8r7/kt7lPi09hxcx3&#10;+XTJp/nnu7i6Dp+ilwE84i2QGi5AVwD8VsafTbsA/K//2wWV35Mk2duj9TfZ1X1j6bQ3YFPS/v7+&#10;7mKxuFX6t4GBgZnMXPLboVG4YMtqR3cvPGRMaqeUHace4zfsrZ4/FudaWBDH8SvgKNjKcKmYXiMi&#10;ZIw5yJ8xR7A+WvwBv507odY9KlHcAB5PkuRNIyMji4rF4lblcvmtzJwXEUmSZG8PY6v4E8fhQ8vl&#10;8g4AlgEoxHG8u4iQh1AlABYPDg7Oyufz840xh7BLQp8AeGIao703aZ32BvwjKMYniT+/+u9+kAwB&#10;GGiBn17BRVwLu5TB4yyX3lhzib/XeeLYfiuD7R5xhprewcHBWYODg7Pq5T4oFouv8yva4rSRZuXK&#10;lTOYeYWISBRFB4pDzpQB5GsAfbsA3CUi4ikHKrF2/XBW2svgzP8xgMcBnJnKs/dvrdJ/tBCbaRGt&#10;9ScAnGyt/UuSJBdX/z0IglcT0VwRWbxu3brlTaoLiOjV/rpryDFvjcmiRYtiADf4f75s1apVPak/&#10;d8VxvGW5XO7r6emZ29PTM3fRokU1s8wEQbBOHLvV/Ewmsy8zvwvA5zbffPM/KqW2gPNt3UdEo0qp&#10;vxLRjCAI9qqqhonIEBEppbqIXKydtfYGrbVSSr2OiO631h5WLBb311qf0t3d/UKT5/+XlX9JA8kE&#10;pD8Igm8PDg6eO2/evOoYMSUibw2CQFlr72mBSk2TSxJIAAaDIKhVpmJA0AsWLFBxHCsfxrZrJpO5&#10;k9YbS5JyufzB7u7uu6orSJJkXSaTGSainTOZzEVElBMRIqIVRHRZEARnzpo1a4ic8eUurfXrrbVH&#10;E9EfydHwaSI6mIh2t9auYeaHKm0Nw/A8ALclSfLn7u7uFVprzJw5s8lj/1v+PdjakDpZL0Ol1GJr&#10;7QN+xm9WDcixD5OI7Frj70pEXuf//0UiKns26EBEViqlfgnAEhFprUlrXTMr68yZM4cBDPtJ4JfW&#10;2ivhEPT53t7eteRXLCISY8yFYRh+VCm1D4A7lFL3E9FLyLEfF0Xki7lc7qlU9Q8FQfBQd3ddKsp/&#10;Sy2Z7n3sP4kqcWeplnxHURS9p2KFrJG15W3eRwdmfr+IUBzHR3qr4J3SRpArgEtFRDx6vmH7kyR5&#10;AxwM7QWvtyVJ8v8qySs2gT7+h9d/r2ydESGXwbQl6e/vv3rHHXc8h4iO11pfaa29m4iWENFWRPRW&#10;rfUcAFcODw9f09fXl760RG3426y1z2utSSm1Q7P2ZzKZu4no8KGhoS6ttZo7d26stY4zmcymSZn9&#10;Dyj/HmzTID7Rw4lRFF2XzWaPIaK9RGR/cme1Z4wx38lkMuf29fXlJ3MfpdSz1tqV5Eh8WnGMJ319&#10;fVNN+PMvK5ss1/+/kGhyFsqKVdGSO9eNvZhyubwwk8m81hizxhtDWn1plbordf5bplH+P0UublDP&#10;vX+GAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQAtSYi53gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NasMwEITvhb6D2EJvjeSmP4lrOYTQ9hQKTQolt421sU2slbEU23n7Kr20l4Vhhplvs8Vo&#10;G9FT52vHGpKJAkFcOFNzqeFr+3Y3A+EDssHGMWk4k4dFfn2VYWrcwJ/Ub0IpYgn7FDVUIbSplL6o&#10;yKKfuJY4egfXWQxRdqU0HQ6x3DbyXqknabHmuFBhS6uKiuPmZDW8Dzgsp8lrvz4eVufd9vHje52Q&#10;1rc34/IFRKAx/IXhgh/RIY9Me3di40WjIT4Sfu/FUzOVgNhrmD7Mn0HmmfyPn/8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQA3J0dhzAAAACkCAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yRwWoC&#10;MRCG70LfIcy9m90ViohZLyJ4FfsAQzKbDW4mIYmlvr2BUqgg9eZxZvi//4PZbL/9LL4oZRdYQde0&#10;IIh1MI6tgs/T/n0FIhdkg3NgUnClDNvhbbE50oylhvLkYhaVwlnBVEpcS5n1RB5zEyJxvYwheSx1&#10;TFZG1Ge0JPu2/ZDpLwOGO6Y4GAXpYJYgTtdYm5+zwzg6TbugL564PKiQztfuCsRkqSjwZBz+LJdN&#10;ZAvysUP/Gof+P4fuNQ7dr4O8e/BwAwAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFbEJo4z&#10;BgAALCIAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAA4U&#10;HO13YgAAd2IAABQAAAAAAAAAAAAAAAAAmQgAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAA&#10;AAAAAAAhAJ8CrUFIWAAASFgAABQAAAAAAAAAAAAAAAAAQmsAAGRycy9tZWRpYS9pbWFnZTIucG5n&#10;UEsBAi0ACgAAAAAAAAAhAOGQa2AdigAAHYoAABQAAAAAAAAAAAAAAAAAvMMAAGRycy9tZWRpYS9p&#10;bWFnZTMucG5nUEsBAi0AFAAGAAgAAAAhAC1JiLneAAAABgEAAA8AAAAAAAAAAAAAAAAAC04BAGRy&#10;cy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQA3J0dhzAAAACkCAAAZAAAAAAAAAAAAAAAAABZP&#10;AQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAIAAgAAAIAABlQAQAAAA==&#10;">
-                <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;top:645;width:68580;height:7982;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,798195" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIqrTExAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvdiE7qokp0lCItbehCTBuyvWRuk2DmTsiMefz7TkFweTiPj7M7jKYRPXWutqzgeRmB&#10;IC6srrlU8PP9vtiAcB5ZY2OZFEzk4LB/mO0w1nbgM/WpL0UYYRejgsr7NpbSFRUZdEvbEgfv13YG&#10;fZBdKXWHQxg3jVxF0Ys0WHMgVNjSsaLikl5N4E7pRzYUp6TP39rL/Jh9Jdd8rdTT4/i6BeFp9Pfw&#10;rf2pFazg/0q4AXL/BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMiqtMTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,797674r6858000,l6858000,,,,,797674xe" fillcolor="#2e5395" stroked="f">
+              <v:group w14:anchorId="1C868C53" id="Group 1" o:spid="_x0000_s1026" style="width:540.05pt;height:176.8pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="68586,22453" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAsc9olIAYAACwiAAAOAAAAZHJzL2Uyb0RvYy54bWzsWttu20YQfS/QfyD4&#10;noj3GywHbRwbAYI0aFz0eUVREhGSy+6uLPnvM7MXkpIs0XZiNzcDFpficDk7c+bMzlBnr7Z1Zd0U&#10;jJe0mdruS8e2iian87JZTu1/ri9fJLbFBWnmpKJNMbVvC26/Ov/9t7NNmxUeXdFqXjALJml4tmmn&#10;9kqINptMeL4qasJf0rZo4OKCspoIOGXLyZyRDcxeVxPPcaLJhrJ5y2hecA7fXqiL9rmcf7EocvHX&#10;YsELYVVTG3QT8pPJzxl+Ts7PSLZkpF2VuVaDPEKLmpQNPLSb6oIIYq1ZeTBVXeaMcroQL3NaT+hi&#10;UeaFXAOsxnX2VnPF6LqVa1lmm2XbmQlMu2enR0+bv7+5Yu3H9gNT2sPwHc0/cbDLZNMus+F1PF/2&#10;wtsFq/EmWIS1lRa97SxabIWVw5dREiaRH9hWDtc8Lwj9SNs8X4FjDu7LV29G7pyQTD1Yqteps2kB&#10;P7w3Ef8yE31ckbaQludogg/MKuewANtqSA0ovtKA8RA/+GiQQRvqM67NeaeFkiR1tA2GVnLgS2ml&#10;OE3cNMSJu6WSLF9zcVVQaW9y844LuAxgm5sRWZlRvm3MkAH6EfeVxL2wLcA9sy3A/UzhviUC78Op&#10;cGhtlMOkKquprTXByzW9Ka6pFBS90+I0ThxXq9qLVM1QFCEgZwQE7NxgxMyxlTMPxaWZwApGwhyV&#10;JNjLAG5E5s7H5hXlhbIyLl6auzMITDg0OadVOb8sqwotwNly9rpi1g0B23pvQr/z1kAM0MkzhQMc&#10;zej8FkC0AdxMbf7fmrDCtqq3DcAUWckMmBnMzICJ6jWV3CWNz7i43v5LWGu1MJzaAiD0nhq0ksxg&#10;A/RHASWLdzb0j7WgixKBI3VTGukTiJzzs7bMM/jXLAOjgxAaZ2O4S6xxbYrR63vNURP2ad2+AEIE&#10;+5ezsirFrSR3CEBUqrn5UOZIUHjSR6NvovFtTZaF5SMOjQTK40oPbp9VZWsciWOtKETGHqPesVbF&#10;1hc0X9dFI1T6YUUFOtOGr8qWQ4RlRT0rgCrY27kL8QypTwBftKxshIo5LlghcoAbyRYAqL8hRhUI&#10;uwtS6V5PXMIRQkn8BHJgHwYkM4zipZEb+almlCQOFOUALAwnITyQUTSQkCvA3AcIUqQjVVJKyCHo&#10;9P3hBbKQYm+Fl+BbwwtklyfGi++7sRfcDZjYiSO8hIk6/gUYTPfhLmBkTv6WCAYI8IkB4/puEIAZ&#10;ABNu6AQq0fUsE0VJFOrNnR4rLvt5SSbaxUz0rZHM02Mmctw4AaScBA1cRqJ5ItA8SzEQG0+bYiBG&#10;X9+7GIgjk7rdJIpdCCO4exBaYeLGsTaTH4Wu9/+VBEYVKAm0Jqhpv9/XG/fQc9IANj2DTXkvs7t1&#10;jxwoCnYkzXVzVHP6MSQsKRfE6elqAEDngUuQqeIkkJvBo1VBECcQByAK88NIcZZ5sjkOiwzQ15e1&#10;3tEpVVL1ncBLTwv2z/bitKsczEPNUT28X5MfxL6XntS0txXU2H54WoveATvYMo83x0PP3kscckaq&#10;gHAfVULYqPpafHyZURhHaQJJB903bsLIgBfFx70zFB93+o4uo1CKBgsdxygk1s6Ko+CP7og948Ov&#10;U+dCq+3ytYnA77vOfZbsAOy22ypKfvLscMD4x3JDz2OjsO/5cTyeet4dDVTF5ePh/4vzYRtgUkTP&#10;Vr84H7dHxi59chvH6FfjfMP9WomD2DPXH5Ibqgb7w16IrSRc4CAJ7PVEj+UK1ZO8IHyleqdyhm5P&#10;o1uR31fP9FlyCbTxVC65hvbejG4tuREcVBqW2P5J4W2LbMXj90f6haFiLNd1ndCXCWlQcJg2vWwA&#10;eVEAzaAvKOZP4eMS/rp+5ABGez1zsZ1tdUX1ldrn92iCP4tDXfDDrkfhG71U/SbpgS5NoIZUb2KO&#10;eBTeveka87E94FMePRbxd3hUvkjrgPqjORbKmD3Hdkt9rGMf8bbwYb39njBwhFGnX3b+oMHXvcU1&#10;dOrKWhkX/0AfuV7i6j6Gm8RuGuw3cYIUtp0Q7MipfgAV3Rdx6rFokh0MVP/5oglUkT9JgKS985uH&#10;4blM6P2PPM4/AwAA//8DAFBLAwQKAAAAAAAAACEABMs6rvUQAAD1EAAAFAAAAGRycy9tZWRpYS9p&#10;bWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAASQAAABOCAYAAACJ4WtkAAAABmJLR0QA/wD/AP+g&#10;vaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAQlUlEQVR4nO2daXMbNxKGX4i6b8l2vJukstn9/79p&#10;90NiJ4ptSZQpSjxnP3S/QhOc4TEzJFGpfqpYlsUBBmeju9GAQlEUcBzHyYG9XRfAcRyHuEByHCcb&#10;XCA5jpMNLpAcx8kGF0iO42SDCyTHcbLBBZLjONngAslxnGxwgeQ4Tja4QHIcJxtcIDmOkw0ukBzH&#10;yQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhONrhAchwnG1wgOY6TDS6QHMfJBhdIjuNkw/62&#10;XxhCCPb/Rc0/e9IknzRtnXJoHmk+xSr5NElbks9cJuvkUZGfzbe0XPbdq76Taaqeb5LnKmnqtntZ&#10;O5dh81k1zSZY0r6Nx90mCdsqizZGByIEqZlN9TPG6pN5T/PoIDYu85isMLhsGQKAwqSfrpB+T999&#10;YPIp9DPSz7QoimmbaduuR5KX7RvbtlMAE81zrP+HvtP24wTAuKrcSZ+VPp/UZ5U8Q1KOQtNM0jR1&#10;292k62C5NfH2fv2/re862DLUsWDm5kKb427TbEUg6eA5BHAF4BzSMIA03iuA7wCeIQOwskAhhH0A&#10;ZwAuARwjdtgIQA/AE4DBghWC6a80PSfyAEAXQK8oivGCOhwAONE6nOnPHHRjAC9ajh6AF+bVJG3b&#10;9Sip0x6AIy3XOYBTSF9RIA0A9LVcz1rWEwDX+m7o7x+03DNtr5PhVJ8/0V/37fMqjE4B3GieRfrM&#10;gja41vJPtIxd6Bho2GdsF45ZuwCmcDHoQ8ZgMO2zjlCxQo2CcB1NiwLmST9jiABqZdxtg22ZbB2I&#10;EPkVwHvIgAekE18A3AH4HTKYJiXpOUDOAPwE4EfIAGZnDwF8AfA/SIfM5aGD8xjARwA/QzqIK8Wz&#10;vv9TCOG5ZKWkQL3W9O81PScu6zKEDIQ/AHwOIfQ1/1ppK7Ss2vUoyedA078H8ANk8h0hjosCcdA+&#10;APhTy3gJ4F9apwLAN0i7DzDf9rbvb/R36fP7+t2vJs+vVXmasr8D8IvmP9TyDQEM1WJq0u572h7/&#10;1vcsmytjrddv+uwv+u51tRxqo9RW14GC/BO0HSB1aDzutsU2BRIH/gfMDviRft8H8BJCeC1ZZTkA&#10;ryDC6B+YbViaE3eQxi0TalypP0Am3ymiZnEGGfgPkMmXdsg+ZND/DBGIl/o7rmjMnyvQ2OTVaZC2&#10;jCb1ADAjYG8A/BPSnjcQYcQ2tX1wCeAC0ge/I2o8t/r9SL8rW80DoqbxLn3eaGnHa+QJSLtSq7qC&#10;TKxnSNvSBG3S7vuQMfsOMm47iGZOmQY+hrT9oZb7QutjzbbUh5PmxQXACiT7/LL0U333A6Q9TxrU&#10;fydsXCCZAXeAaMPSHODEuIQMxHtIp6YdTq3gFjL4KIz4oX1cquJqGTjArjCrtgIyYS71+24Iwdrf&#10;nFAfIJP3RtO+QoQftaADky99Dk3SVrVlrXokdCAT5mf9XGoZJlq2V8gA5fuO9HMB6YeO+RSmrqXF&#10;1s/eguf5/aJnluW7h9kxUbvdzZilX4vfDSCmTdkYnUA0/FfI2P6O2b607bivz4wgAmBs8hsjCmM7&#10;P1dJTw3pFVHrbDzutsm2NCR2MAfYBLKiASJcjiET7AzS4cMkfeqHoOOOAs2+p+r9nFA09caI5gLz&#10;v4KYCkPEAUJheIO4ygwA/AXRFp60PBQU55COHzZMWyZImtRDMoi+kfcQzeha0w4BPGq6Ry1HgLT3&#10;lZafkw0V5cuFttrdjqcpZGz+F7JwptonfXh9RIFhfUgnEI32A2K/PUJMpR6iQOEmQrpxs2p6qyle&#10;N6z/1tn6tj+iA5CSnavzuf78EEIYJRrKIWQSXiBOnh7iarHM8beHOLGO9P3PkE441++O9f0n+p3d&#10;UTrErLN3ABmUf0FWQvoc7jV/rlRFw7Rt1oNQO6LPaB9RXf8NcYDTuXmg5b/U93Ow5wzHTFvtDkSB&#10;8wBxDZS5BdjWfF/H/P9C30M/Gp3wd5gVcFN9FxfxOukBMTXbrP9W2NXA4u5aHzLgDxF3bv6CCCt2&#10;OFe7a0gDQ9N1EbWqSoGUmDn0gwwhHdHTx44QheIF5s0dqu82TocqbgHZMp2EEMZaL+jvO3XTVvjR&#10;GtUjcc5zd4rteQfgM2TVtQvCUMvVM3W5qGrvTLAm19rtviCGyIYWLNyNCiHYhYDtTl+n1YYG+v43&#10;AVdShrXSI2rLjcfdttnlSjeESOpjRO//BUTAPIUQGEtjt7iPIJ3S07QnJfmmWKcqHcCvkB2RnuZx&#10;qc/Q3PmCWT8B1egppFOPISvQs37fCyHMxXLomKqVdkP1sNrmCWRwcqX9BlHlR3ZQ6s/jEMIEcXEo&#10;K1sHQKdkLlv/zrawpk/Tdre8+bo0VMG+DzATuiRIsswZ/uYkTwVBk/QhBOscb7P+G2dXAokD5hky&#10;gaj90Fl7D2Bktm4vIUJpD6I9dSGrOleLRdDM4WSlatqFTMQLiD/lCNHcOdXvGLg5gAjAAaJGx52X&#10;c4jfpQvgWc1NrlZN0rZdD0AmFB2ZjAUbaT4L48B01S77ioLyBtEctxxA+pemwzZWYJpXbbQ7Ydtd&#10;Yj60hNvnLyGEhbF0W6LNcbdVdqkhFZAVvgsRMqeYNc1oz9LhbYPqupBBsbDjk1ibc0T/03fEQD++&#10;n9/T3HlUrYDl/KZlO0Cc9B8ggvJWv/8K8YH1TflqpS1ZIRvVQ/Ozu2bse+6sDVERJrCEPX3XfyDb&#10;y2mf0Im+0LRumVbaPYFb5L9AJrZtK/rgPkP6ZNcCaRP13wq7FkgjxCjtK8T4jXPIBCsQnd2H5vke&#10;4vbwIlIzh1u3T5DJyx2JHqJPxZo7r0VRTEMIA0jncdfkFnFSUxO5hGgJd5AAvUfNv1baEMLQDI7G&#10;9UB0lO5rO9sjGiPUE0YsG/1SVf1Bk26bAql2u1fkyT54B6mrfddI30HzeaeoNtvGuNs6uxZI3P5/&#10;gqw6p4jb+9w5oON6D7Ma1Sr+I7sNzl0phspTg6FqO9RnaCKe6O/p/OtBVkBGLt9quRgvwuMsNIem&#10;EKFEn9e6aR8Qd7oa10P9CjZ2x1IV7LcqNBFsPA2hdneILY63Bn32gPIdNJqjA8xvj9uI8l1rRwAa&#10;139nx0d2vX1bZbZdQTSlKWZjj2iaDLBEIJkdJWvm0NFJ9XuKeA6KnUAn+gVElaVPYAwRnDSVGMFL&#10;gcmgtRvEc00vJu+104YQ6IBsXA9EYUG/2FtToVlQHMt7h1l/FWHENKPKq9jERK7bZ/2K8j1DQiMY&#10;x8PfTzTNzrfNE2qPu11pSTkIJOsLYVzMBUSaTxEDu/gcD3iuY64xGnWqPzMgkFvz9oyPDQY8gZo7&#10;Zrepb8ryTcv5EWKbnyKuPLcQc+lFdzFqpdUytlYPzJpo3Bo+RH2Tis71P7TMqXZxCBFG3Nkrw25l&#10;kzSYNqXs+7Kdqjrt/op5uHh+gYSmTJLveDtBNgKpyZhFxZnSTbNrgQRE84Nm2z6kkT7qd+eIW9zU&#10;pBb6O1Q74lknmjn0n9CMsQFo+5g9G2f9NTSDAAAqXIYmfqOn//J4DGOBuAKFBmmptbRVD2pQQ/2Z&#10;qjs10w7WH4jUHp9Rfo6QYQal+aq/g7tUNHnscaAyzY3CKL3KZoKSndcmfZbUky6GuQmbkyBKaan+&#10;WyEHgUT/B4XNGWLMBCOdGbZP9XMV6CA/w+yhQhuwSHi2jtc+cJLSbLO+gUJhJ/PYxjVE9T3E7Pmq&#10;PT2uUSct/S+t1AMxOv4FoiXRyXmuZXhSE7XstoO3+lS0N+Nh0rRvsTIV6YB4Los7fRRGpwAOdVs6&#10;vSeIjnuGL1DQ2utD3spWo92rmIszypEN1n+j5CKQeBSEu0SM3CYURs9YbQXn6XGaKwHxrFYP885H&#10;+pt4qp13yFxDVFxO7jGAga40NrYnnXQ8awfEXbHJGmlHJr011+rWg/cmvSLuzj0jmoBnELOqD6AI&#10;IdgzazTpThE1qLYPYXKniod69xHPoj1AYtLovLd9y2NHQIynGms56div0+6LdgvLAiNZByCDaOcg&#10;d0Udo/36b5wcBBIwe7nVK6LEBuKKbk9SL5sQnGQ2iLAHcUh+wbyWFSAT7kfEeB+enGfA3yWkcx8h&#10;k5l+mAN9hoKUApaO0XcQ23ydtM/6L53WbdTjDFHDfIDsYp6ZZ35AjPt60jLayO4rLfM9Vjs/uA52&#10;l/AV0dn6Xsu7j3guj8GJP2mZOogX9PEM3gHiVTd12r1sQi4KjGQdGBy5s3ges5nTpP5/+/uQlpGa&#10;bfbSMeufGC6IGCapmdNB3G34CpnI6bZmQIwa56FEOolvtRwfNF9ut1M4UiOh6st33UMGAC/IOloj&#10;7YO2Bx38TetBoXav33+HOGZ5eyfNnx+1vIxt4uA+0X+5+dC2Sm8D+W4hQpHR5h0tE7Vj9i21Pprz&#10;X7V8vNHyHPXavepGg0WBkdD/dyGXo1VeNLglOHbr1v9vryEVJZ/4pQgZu8pdIQqkV4iE72N+Z6Ps&#10;Y6/o4Lkra6ak/ggAgAaSPZn3H+rnDPHSKh5vuUE0l+gY5ErdhcR+8PqPUY201H4Ybd20HseIp8X7&#10;ms9XRAcmr449RgwfsLcdBEQfzxDRr7eKfwhYvf95ncYBYiAfd+doStCZTQHd0zR/ImpRqcm8Trtz&#10;Qk6Tjw2MpNZsmej3D4gbCMvaYV1WTd+o/n/rwEgdbNaMOcasv8DasH3IKsn4mQIySMskN4889BFv&#10;nKSfwfp8eNRkmfRnLMkDYswP7W4OsCmiI9XeO221uC+Qzu1qvo+QGB2skZZxLm3Wg5dwAVGr+AQR&#10;Th8R473sRXc2EPAJMum7mmdfny8wf8mYhf4hxveUPq8R8Qwf4M4ry8ToctaPgvG7ttmd1neUCLc6&#10;7T4xO3/c/WWbpPWy8C7sqjbgyXyOV96isIrPZuX0bdR/SVk2yrY0JKqEnxHt/K+YPYnOgXqnP1Mg&#10;PUCElA1pt88ybJ+HTNlx9ybvbkkeKdTG+P5zSMfRRILmwbB7Xq7PKN3v+h4e/KUP5hFRnV83bZv1&#10;eNT86HQdhRCeELUuXmZPZyg1kAFiQCp9fGPEvmQfVQUF8hD1H4hxVVXPT7QteFH9NaKGyMnE4zgU&#10;0F1EjZH58fKytds9yeMJ4q97xPK/IEIhzzGYwqtiGLA6wvwcWMQ66duo/07Y5l8dOYA0yAHipBnY&#10;U8Yh/rkcDsA3RyGSP3GU7CRwoPJemA6i3wMmj2V/1YSXsR0jCmvmWyCuMvYYBFcbTpQRzE6L2TI/&#10;XCetuf+o7XqUHdxl+XjNsNWQeKUqj4YAFX1UlNwRVFKPhc+b8tudMnt7ImOpaELyCo0iyaNWuyd5&#10;7Jt0yzZS6O8coOTPcZX0yRQlc6CKddO3Uf9dsO2/yzYTVVvWACXPMbBraZ58bp08Vnk/ZoVE6ffL&#10;3lEn7abqscLzafTzTLp1y1W3HsvaLC1XnTyWlaOiHatYWJ5V50Cb6ZvWf9tsTSA5juMsY+d/ZcBx&#10;HIe4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhONrhAchwnG1wg&#10;OY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHkOE42uEByHCcbXCA5jpMNLpAcx8kG&#10;F0iO42SDCyTHcbLBBZLjONngAslxnGxwgeQ4Tja4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZMP/ASFC&#10;DctwMz2lAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQACRlR8dxAAAHcQAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAABCwAAAE4IBgAAADe3MzkAAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAABAXSURBVHic7Z1pcyO3EYaf0X2sjr1sZ+NKJf//&#10;P6VccezEe+lYHaR4TD6gX6E5nCHBU95Uv1UsacUB0EA3Gn0NtqrrmkAgEJiHnZcmIBAIfB8IZREI&#10;BIoQyiIQCBQhlEUgEChCKItAIFCEUBaBQKAIoSwCgUARQlkEAoEihLIIBAJFCGURCASKEMoiEAgU&#10;IZRFIBAoQiiLQCBQhFAWgUCgCKEsAoFAEUJZBAKBIoSyCAQCRQhlEQgEihDKIhAIFCGURSAQKEIo&#10;i0AgUIS9lyagqqqq+be68MrxtraL9tPso3TsZttZ7dY1x0XbLDkXT2u96Lza0NXHOvi3CFahdxU5&#10;WaSfUhrbsO71aqJ6yf8KoKqqXZLC2iEJaQ2MgSEwniFkO8CufbqsozEwsp91XdfjgvFH+hRsErUV&#10;3SNg2ML8ZefYHANHX2u7xrpoPsO2uXeMs+faav2GTVoL11/wazNeoP1c/pViFXob66O2YzIPZyrU&#10;Bg1+fdXP0MbD+tczi+K5r00pjRdTFlVV7QGnwAVwRN5IfeAGuKvretjSbgc4tHavmFx8QQzvAz37&#10;9JkU2Ao4AV7bz8qN/a1tbEfDPnBmNOyTmHRrn4HbVMvOsWrMcc+1uwO++XEabS5tzB3gAbgCHjtO&#10;MK3lK/ucAAdkZdG3Pu7s82TN562/IMX4TIc9uzL/SlEoL1309kj8Vdt9e25s330D7mk5JBo0SA7O&#10;SXIgpTMgrestSYZOSPzzz5Sgtr6mZHCdeBE3xAT1CPgR+JnEiB3SpO+BfwO/VVV13yIcOyTm/QN4&#10;S/ccxiThvgeugS/AbVVVPZIgVsAx8AH4gby5fgOGHWNL+NTug81DNPdITFt1jrskwfo78I4kpLX1&#10;/8naXmkskUYStp/dfL7YM33y6SXa9o2md/b8BWlTaT1rkgA/2lj/AT7b30rWXxgaHU9GR1XYfib/&#10;FtgMpfLSpHdgv3s+HDjaHoE/SLy4wa2vh8nLKfBXkryckBXBE4mfv9g8L2ysSxZXFpLdJ6P7/0NZ&#10;kBbiBHhPElSd7DVpYfvkk6i5kfZIQv6WxMBda6ePoP4G9uwbEnM/kU4EMVdWwpH12we+doztaX9n&#10;9O/bWFIE65jjLnkjvyebpUPShh4AvaqqRk7RVCRhPre57trzoi89lBTFAcmi+gvwk/1+6J7z8zi3&#10;9dkzmu8pW39haO1Ex1r4V1VV6elZOl6T3j3XVnzwinRgfT0Aj1VV9TqsN1kmH0hrLctNY42Bjzbm&#10;IWmtL5l0RSomraEm7WMb54rlXJgibF1Z2AKKCRekU9pP8JAkoK+AG9sQtWsr/1O+3Q7ZPNfJJUYf&#10;kphzQNqgr0hK4V8khfFk7Qb2vZh12hy7Qbv6OiCf+PeY+bemOe7bZ9e11Sn5A+k065FdA8hKy/vn&#10;TZN71+b4s33ObZwR2eQfunU8dOtybN/7+EZz/ZsbcESyDJ7su3XxT6Z7JwrlpYveAZN8UOxozLRi&#10;/trRl6zLNyS+SVHos0vmcW1r9M3RCZM82LPxB6RDRhaELIsHOiycdeAlLAv5rGdkk0xBHgWRTkiL&#10;+5ksZM0+hDGJ8f8kaVasf/l/b8iCLqY8Wr8DEnMe7Jlda3dGYmxzbAmJLBHFOdTHyD23yhy7ThKN&#10;f0k6KW+rqir2453//o50yl0aPU+kDfLZfvbIbtoFaVP0aLe0/Pp/bXnGx1o0x3Xwr19V1bhw7l3j&#10;zaN3h0mFOyIr5wOSDFyQFJmP6Qji86XRryCk+OghJfULkzGLY9Lh8J4sR9ckt1Br6hVNjw24IPAy&#10;ykI+v3zkMelU7pFOjmPSYp3b7/e0C6kg5l4B/7Vn98ib+ieSv/iavNF+JC3slfV/RzbdtckVi/DQ&#10;SaFAFUb3LZObad1zVBZEp+QpacNfkdyR/oy2HrIqFKPYIwnfFfArWQB1Yu+ThP3cxr5j+uTy6/9H&#10;y/fY3LoEeBX+PTF73eaNN4teyDxWO8UqFMtQ3OccuPKukXP3zshunCxZWQleiUkR9cmWZGVtD23+&#10;eu7OaPfKbuPZkK0qi4Z5fkZa7CfSpO/ssUMyE85ocQdaoOj5qK7rYVVV8jsVcPS+4xFp4S9tzB7Z&#10;pPdjn5A0uBemPfu7MhRSAt+ApxYXZB1z9IHGXZJy2Tf632PR7xlrA0wI76V9Du2rB5Lg/W7z9QL/&#10;ZOuiU/aJdpmZWP85NLRhWf7Jslp0c8ylt4NWZUEejJ4DEj8uSXGHRyatyyP77sT+9kCSNVkjzTFG&#10;TMqbeKbYhqwInyl6fn7TdRbbruD0aTMF/Hqk6PMXLCVIjuzrZF6oUKVOUDT9hhQUk4+rU18bXubb&#10;A4khckVeAQcSmsZJcUzePEqfNV2Qdc5RSkkBUaztW5IwTgQxO9BGv06pL7Sk3Gwdpaju6Y4RKDaw&#10;U1XVrvvs2GdT/PPBwkWwCr1NnmtNT4E919anzQ+NdqW9m+6Kn/cz9GemrbLnAG3L8xvDtt0QMfqc&#10;tIAKzNyQFvKMZF4fks30E/tu4aIcO+mVy1YgU8GqI/s5YtIVOWLS1dBpseP+rlN5lguyzjnK/L0j&#10;u0p71vad0fBtznLodJZlgq3HA3NqBZylMavfc+vPn4za8I9mLSyEQv4tqiyK6KXdPdGpfk+uadHB&#10;ckGyHge2TgqAqublkSQDOpRerhpySWxNWTRy+81T/Y7EgBvSoup7menXVVUtG+VVmktRfsgRZhU7&#10;iZFyRXRanJBMXVkcx+TgZ5cLsok5ag7X5LSq6FPsQpmELvjshviuDMgyvr+gOoK/GS2+H8VDfiet&#10;wTIbZB7/FlUWpfTeTTd9pkeu6yOJB97deLBnFPw8tnY6MAZ8h4oCtmtZNM1zpbBuydkJnfDyqWWm&#10;f2L5KK9OA3+KKCUmYfOuiM+KqGpvyLQJ7yv4ulyQdc5RlYU1WQh1Qr4nWx1dkLLYJ7ufWpelS6nJ&#10;c5ZLJGiTqzjMZ0MWQQn/NkFvM7jdfE68VxXvGZYKt2cU+Dxwz4tH36Wy2GbMwqcLlSGQaS1tqzSk&#10;T08pY7BqsUlX+lUBRG1ixRO8KyLTvyQLsqk5euvik9FbW7s35GxB1+ZROrbJ867ipFIoS6DS8Hv7&#10;KO+v6tFVN8is9Pmi/axCr5TXI4n/T+T4k1KkPqWqg0WWyMbqIDaNrVgWLjjozXO9pCSzcEzaYPq7&#10;6Dslae0rlltobRD/IhBkofEpsTZX5Ni+K3FBNj3HEUmgP5MUhN7lUBzkmu4DQPP0VoQKg1Y5NFS+&#10;/itp84zd30WvLKJlUMK/bdPb5YpckHgxZrK2Qu5nn+yWfHfYlhvizXOdoGP7XcVBNdkf95Vux65d&#10;axS5APJxdXIrp60TxBe1tLkiPSYLrGQddLkgm5yjXhj6TK6VUDoRcvCyCW/Oj8k1GwfMfrlqHrRx&#10;PpHSh6PGd89v467w+vU8/q2d3jn9enm5I/PhjKTExyRr0ceslE36Ll0Q2J6y0MbzaUJF86V9a/d3&#10;b077GMC8iH8bVBtxSq6aU7nsAEs/WbTeZ0WUrbggMdy/OdrmgmxrjsqufGHaulDfbZtS7pY2mXx+&#10;nYq7LGe5aYO1ZhHWkNKby78F+yuit0CxyRq9JVl1ovNH++4VWVZkgawSG3pxbFxZuAzBcy6azDCd&#10;tN68VP39iFzTrxLsKwqFw91DcEKuzVchlVwOX/nY5oooPTYi1/YrddaWBdnGHLXpVX+g9xOkMKDd&#10;rfDFXQNyNuEVkwVOEwLt1lE0z6JrbYVBS/BvUaxKr+JPUgSnJKX71r6Tu6pX0Je1iv802IZloWCh&#10;zGxlH67J5cNt71/4tx29mf7INCaKbMgn7AmptPkn8iviPRv7Gui7zdHmiuzZuDvu311ZkE3P8Rl1&#10;upTlkWxd6AUr1X9UTFsJEu5bo12u0qmt0QNQ2yvg3lo6ILtfCqo20Vz/5rj+ZxvWwb9FUELvPEhe&#10;VANySa7oFKQovKx8t9iGsvAXf6hI6Y4UYPrEtMZVZPkDuWZBmYhTpkubm0U2OsmV+/6BfPLqRP5o&#10;P58LhTpckSOyma+1anNBNj3HNoxISusLORPSyU+b3xPJcvlKfovz0NZItQEqH/cVnxc219+YdpNm&#10;FTlB3lR6p6KJtfBvAZTS2yvoS+lsycMB2aqTFSdLdcx2s49rx0aVRYt5rjsWFKD7xDTDK3KF3FvS&#10;ptIJeE5ijvcnm0U2ysFLy6vST7lu3Ynw2HIqNV2RIybz+QPmuyCbmOMUzLpQGfkbcppulkAOjfaP&#10;5BoS1Xp8ICkF1YNIWRzbT82nWaw0q8gJ+/cNSdHcivwZ7VfhXxdmjddF7+/Md3Oaroi/4EgHzy1Z&#10;VgrJ/XNi05aFf1Vb9QneFB503EalZxRp1uvAZ+Q37fTxRTavyelAZRp86uoj6c3GW7rLeb0rog1V&#10;kaPoTbNyE3O8dvQ0Px4j6+MjOfrur36bcH9MYPukTa8g7GtyibvSur5uREpSb0SO3DNt699G4yHJ&#10;olFh1qb414Yxs8froleWS+f6t5Sjy2WVrFwzfcdEG0/nuT6LPLsxbENZ6CKTIbnkVfcbdk1c+e4r&#10;ct3CkJw606bdp7uQSa/s6lo43dXwfElNs4Fj/jeSUjoixyB030DzdqtNzVER/wf72adxCpp1oc1/&#10;an/2MRMVf3kaFHT7zfr8kVwToPXUJu1b+1vSJlV/ygK0rX/b5vMpal/QtFb+NWH89FmLReiVcnki&#10;8eCIybJztZMr8oVcL1OTZaUpAyqxfyDftNWV1dF69d3zcpG2nobdtLKQmfaVPLEb7E7GGQyXZv7D&#10;fn9FYoo09ZgUD9C7Em3tPVNUoTeA7hu1DTrJficxxl9ec0MS2n7jrcBNzPGRbLo/WX9dNzt9s/VQ&#10;4LIiX5IycVeG0TOoquqWbAHpQtojct2FXhPXqe5fgrpl9vp7SDnpRbm6oP0q/GtCLuEy9Gp99K7I&#10;EOM/k4Fb3cdZk5XFFdMy4J9VableMOyylHS9geJigxYatoKN3u7t7naQ3wsu2DWL6Xark0zzPddW&#10;mlqxhFlXyQ/JQazi13jdjVK6d0InrcZvXnKyiTlCjpnolO/XdT0lVI4GBTk9vYO2Nq6dMh7+Gj+1&#10;1/r1cdfeV+m2ao1VcrW+FM9ogfZL869lnsvSq4t4xAcp+Ak+VPmafylbH9RtXs3on5MF2KNDVlpk&#10;RHdqtMrCJrHx/wrABHIislMamGprSxbYtu+aWEXAfP+KWbTSvok5unFdl7Pn0tJX0fxb5urpaO2j&#10;cP076dg0/5pYlt7SNV1EBprPzpOVZfm6brzofzIUCAS+H3zXed9AILA9hLIIBAJFCGURCASKEMoi&#10;EAgUIZRFIBAoQiiLQCBQhFAWgUCgCKEsAoFAEUJZBAKBIoSyCAQCRQhlEQgEihDKIhAIFCGURSAQ&#10;KEIoi0AgUIRQFoFAoAihLAKBQBFCWQQCgSKEsggEAkUIZREIBIoQyiIQCBQhlEUgEChCKItAIFCE&#10;UBaBQKAIoSwCgUARQlkEAoEihLIIBAJFCGURCASKEMoiEAgUIZRFIBAowv8A+WXYrp9OD6IAAAAA&#10;SUVORK5CYIJQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBu&#10;Z4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/oL2nkwAAAAlw&#10;SFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCwhH0VBGUREUUR&#10;FVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3edc35/dPWkp6f7&#10;bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoaGnqB7/u91Wp1&#10;bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5857nfcldZwCD&#10;ANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q1eoOzHwSgDIR&#10;fRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+w0AABMArReQU&#10;APcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFnufLXeZ53XrKy&#10;UqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoDgMPT5eMyAPbK&#10;qzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa5PcB2E1ElgD4&#10;NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5CsB1CxcuLG21&#10;1Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI6DgAx8UFReQm&#10;IjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8P9magIicQ0Qn&#10;+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJSqfRIup0wDJcW&#10;CgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKreAUABvM8Ysy+A&#10;H8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7StSrJ1BcADAOB5&#10;3rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi8V8ue5Zr79/F&#10;YvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0cHLwjq7IwDF9i&#10;rX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZz8mrOwiCg5l5&#10;2JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svMD7v+vT8MwyNc&#10;u49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAYY45MX1PV+wFA&#10;RDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1ewqEYbg3EfUA&#10;uBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK7dt/K56fbAl0&#10;d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW7yWio4loJoBp&#10;S5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c7Mof6P4myxtm&#10;PgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaqqpbL5S1S95Gq&#10;+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZba5bt26TSqWy&#10;i6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8ZGdm6p6dnWeoe&#10;wRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI1UT0fgAQkXvC&#10;MKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+oFqt7poux8y/&#10;cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE/f4XM//G/f9Q&#10;qo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7nuHyq0faoR1W9&#10;MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Yl7wvDMM3ufFe&#10;ru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXKEjMvcvlXM/NS&#10;9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9stN/4pnNMPN7&#10;wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dKpYWT3ovnKNat&#10;W3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PTs73NaT4zX+++&#10;npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2BmUdWXh2H4Bjeu&#10;t7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693LOrTNYO1njiz&#10;PcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr7f+4Z7Fe3ZZy&#10;yZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIBx5MtYOYfjoyM&#10;bJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJJma+zj3Iheq2&#10;IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZV7hV7n5mXuOe&#10;xT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplPZObTCoXCfQBe&#10;xMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKRac1zEp7n/ZyI&#10;tlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3myqVyo7MXGXm&#10;OxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oVmgHX79udSlSn&#10;6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3pHk5yW2Kste9X&#10;1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3oU1YqlZ2Z+RlV&#10;VWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s03Y72h9SBmR+w&#10;1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZWxwmol4aGhjYP&#10;guDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tTLzNf5vp3KzOf&#10;kxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ+UE3+DfFJiJT&#10;KTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7dydWft9dvzE+&#10;5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBOXZnM6a4vVyTz&#10;3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1pzidy35V1anu&#10;iqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZpoxyJCcDHClR&#10;X+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejrVZ9b3KogCPbT&#10;DoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmPmX8YBMFLk/lu&#10;W5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5AVRGG4ZvduXWZ&#10;E/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnribmVmnOJh5rTvn&#10;Tnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz85fZGZ0+F8HM&#10;v1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQFQbBfvMo53M3O&#10;qWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37OklvRxWRReTLnudd&#10;ICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicirf9fUBxHtISI3&#10;DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+excXLuDbvqL2svM&#10;X3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatmcOQNbGmnRASd&#10;HiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvczg06+Yrb81X1&#10;gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1PALgv6/6NiZGR&#10;ka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GUiHxORP4SBMEe&#10;LdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORCIprted5N1trX&#10;b0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqBAriaiF7q+/7d&#10;IvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6dN4RJ6k/6HWw1&#10;9ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cWaVk7mWIXF6Ir&#10;2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cGe6jGYDWTiJl/&#10;qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6XrSp3AGNZJxCmT&#10;Iqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze4QbyKk28HCtX&#10;rpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39eZoTzLwyVfZv&#10;iet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY022VRHv9KxW+87&#10;nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N0ml03N2f83gr&#10;gitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx8UYzLN4ojSTT&#10;4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHStRqzycWXcFvHp&#10;nPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9aa89IvKS9vMHf&#10;4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNxK2HDfeDIh+Ok&#10;vC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE2lu/fv1m7gA/&#10;BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pna50XyPlpaZTu&#10;p1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6eG5RrrbXvca7b&#10;HnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZF8e0sQsTzJE1&#10;clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89ogCA7kyNZQVVWt&#10;te+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8JqqqTXwcfGb+&#10;Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb2yt0Z491WXZR&#10;7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vfU6+OrOSeW0Nw&#10;npwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rHNVy8JR7ANa32&#10;wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpPs+7k58f9TTBK&#10;RjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m4284VvFBz5S8lc&#10;aZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9a5MWAs506mLe&#10;4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadROFZ1rS1zX+Lh&#10;ZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG2XHK22qx3vYB&#10;chMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbiuYo3uNmuJwK5&#10;KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OALErInqCqstWdk&#10;bQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1c+9E+qs6qkc4&#10;Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tka+vXr98UADzP&#10;+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xxIvcDgOvva4no&#10;kwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh71oYhvsiCqw4&#10;BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwpbTvR9tzZqiU4&#10;RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7RpZSurX2BNV8&#10;2aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/X61W92i1XRcE&#10;MUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1ucxccefW9HM5&#10;ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB9dpLtDvEzD91&#10;57yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbjyrNTr3PvZ3r3&#10;cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2yDN/58i+qyaY&#10;+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZMTra6liMXdeO2&#10;104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5gmHmGcULL9W5r&#10;lPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRyzU62bTnHmqHO&#10;WI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75edPW27NqvXYNi&#10;mPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/dQNkvu7LLGq3f&#10;uXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C8Ky7b1mritht&#10;GxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz/z9Hw2/qlXWy&#10;R3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt/UAifFnM/Fvn&#10;trXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9dunRp97x5835N&#10;RKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQkSEiOhrA2vj6&#10;wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB689ool8tnTp8+&#10;fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDeCuCidMEwDA8p&#10;FAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntrZeb/S5Xry+FC&#10;nq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60WRrV0hm3hXbM&#10;layyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpeCGAoeW8QBLv5&#10;vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7y+XyXdOnT/+Z&#10;iGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09Pc/UqaYvI+/Q&#10;gYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBgU3Zxrxy35vxm&#10;lH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs/TLBzCvq2QJy&#10;5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu7l4kIueXy+XN&#10;a91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEyMnJtuVy+s9X7&#10;/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi8T4RKQM4GNGq&#10;JyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN59VUqlW27urqe&#10;dGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jrOQdjzAVENDvj&#10;UhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vqEmPMFwHookWL&#10;eubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJlVzj/gfH9vkbq&#10;NJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj9K8r/1hOe4Yj&#10;p1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqyZct+lL43CIJd&#10;06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1TvfwJCNM6Yagt8&#10;379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I/IuZj2uoA/Vm&#10;o2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2srzo/kennJXt&#10;mU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6IPMrMZ4rIX9ys&#10;f4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCsgIKZK+xkIQiC&#10;PRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57nfZ2I9gXAInKD&#10;iNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/ikgIoJLU6khh&#10;XjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQi3VMGETUm5E9&#10;lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5DRGcSUXHatGl5&#10;3PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpaJm7Bkajz4b8s&#10;0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTWiZmXcBQPrmY9&#10;jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbKTgBrM/Ka8lNi&#10;rX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5isXihiDydU+S+&#10;eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5vu/fisa2NuV6&#10;BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCIqIh8BcB+AD7d&#10;TD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39/deLyHoiOhYA&#10;mPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6JBr5IE4WqZk22&#10;LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgXwA0icqzTyNko&#10;6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbwIgBUKBTudtYI&#10;V9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJKH+V53lnN1K2&#10;DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAPE9EvAVQKhcKp&#10;Q0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9FsAtSO2aVPVK&#10;z/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNhPak/Mz/kDv91&#10;wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmHt62kZCyCJCYQ&#10;aLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4koi0AVETkIRH5&#10;vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz59Y9A7YLIpK1&#10;Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPRgu7u7mMaradV&#10;5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6xbt26OxwvIWsb&#10;GiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpTXFQfcitksVKp&#10;LEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWkTSLDvOYY1dbj&#10;GTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrvQVVbYtGLyAoR&#10;OZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJEeO3atUcR0fsA&#10;/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4evi2VF4uz9gKQ&#10;ZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6kqhoEwUtc3vxa&#10;Z78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdbaE5j5t+wMcTkK&#10;ITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdKR2fdW5P139XV&#10;tcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEsAYBqtbojgLmN&#10;3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp0w4lokKhUNjB&#10;87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/IqGfP+J88uznP&#10;877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQLnpjHKf42sS1&#10;o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt/QgzX8iRo6L1&#10;HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa+4EsbjMz3553&#10;bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPPuzVhrT1xom1Z&#10;a09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7QVMMPfexjq8/&#10;mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjIqIk5EU0PwzBe&#10;jlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+qO29a6aIfBUb&#10;DuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4fROQOd/2ydAUZ&#10;28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40kAC9LZnied2z8&#10;v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKeyLqxfv35TEbkd&#10;wEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXpPGPMedVqdUEy&#10;T0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVManbK2HKEyQAF&#10;QRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74iR05FX2mtfbu1&#10;9pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1EjM/mzWHKDUr&#10;93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS1We1OVFUq9Ud&#10;jTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mXGWNeqKoPJm71&#10;ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/fW5z8NI16XOc8&#10;PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myyIDN/iog+lq5A&#10;VbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETumzlz5vsSxXoB&#10;HOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5DETkpHQeABhj&#10;soXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzIyieiacz8zkTW&#10;LSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0Cy0iM4wx+1hr&#10;XxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37s5ggGMADeRdF&#10;5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRTqVTmj6kv+WN4&#10;ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSRR/PqbhWe541b&#10;QRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOriJzped5Xkjcl&#10;6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIRHUxEm4hIKCIP&#10;A7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3qFgsPhT/b609&#10;koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeIDvu/PRsLCYO7c&#10;uWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5deZaq2gUxuqL&#10;AN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ877vvzEjeyci&#10;ujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWjYrH4OOoofMew&#10;1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H44lofTVXNNSPy&#10;PO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrdaqBk/yBgzbiUR&#10;kQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX5ywAs6vV6i6I&#10;4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHtYK0dVcrwPK9m&#10;0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmbIxdlWXZt97ba&#10;ttMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvrZugc12fX74a8&#10;/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr61CAi31o76pFL&#10;RLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeIyPlE9BY0YBEO&#10;jHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMAbBuG4UtqeQgQ&#10;keFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ned6219dSZ6i67&#10;RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzgLmZ+D4AhIvqk&#10;iCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50G6+qmQLkqQB3&#10;rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22225M6KrRyWat&#10;PYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j03BHLlMaxuz3P&#10;2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwYwN3GmBeLyKHG&#10;mLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu3uMBwGlg3UpE&#10;bwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv13b21ioailVar&#10;1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1RCsaYnXt6ej6A&#10;SEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJcbrKIrE4G4hwc&#10;HNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAEIkehubDW3hT7&#10;ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPMLM/zvujyjgjD&#10;8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVvICIVkTsKhYLv&#10;nIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2e/r06Uci8jaw&#10;KFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVSaaGIPEhEu9cq&#10;x8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYKBQD4GzNPN8Z0&#10;AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+koRkZGtu7u7p6Z&#10;celRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jlPnjxO9uDyBZw&#10;VIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+eiSBn8oyDMeYE&#10;RMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7uFtuSnxJtyCi&#10;A7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJAbXbPh6GbJnn&#10;fYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyDXiAibK39Xg6d&#10;o/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu3yIJPQBQKpWW&#10;I8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmTTVXvz8qfKvB9&#10;fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFxz/NicdlDRNRF&#10;RC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEbJis4vYsFN9gE&#10;Xecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk0W6T9F2bNQYN&#10;+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3TrLUfW7Vq1Yxk&#10;2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZIK9Jmu9qtl1m&#10;Pp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1FE82Zn5Cx3qt&#10;nsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/ndTCn06N1VCqV&#10;BcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrqe4eGhjbnKGB7&#10;K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7AZwwMjKSVIFa&#10;W6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DVYYxVx6qm426H&#10;Ybi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512ChP1kDBH5RIZo&#10;pOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA41tXrW2tfkX/b&#10;hCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZY16Sla+qucaZ&#10;UwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vrW7Nq1arXi8i9&#10;tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IYsyci+VoteNba&#10;UR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGTrbWnp+sIw/AA&#10;yfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh7Qj2ZZhEVCqV&#10;EyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1ElOXLvh5mIhKO&#10;j4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsRJfUX92HmcaYz&#10;PT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aIrACAUqm0CRDp&#10;RyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2yAFIyTDL5fIV&#10;IhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrfWpvUSp9PRGMC&#10;tBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3OdUBUA0N3dPQRg&#10;9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGRnxBR3g6q5hGo&#10;UbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxEnmzh9lejQdcD&#10;PT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBOI6Li5ptv/tIW&#10;6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5EtJ+IfCGrOBF9&#10;QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3FcZ63zXGmG1E&#10;5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrIU2x/GaIzcBKj&#10;R5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6gZkPlijARUMQ&#10;kTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA38f2e5zUShjiN&#10;1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiIROSSSqUyLhqI&#10;207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV5Nd49D7f9x8g&#10;Ik9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrauTsDzvNwtfKFQ&#10;2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vhwu60W0WhULiN&#10;iI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCsWLHinar6GRFZ&#10;g8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOOWZeE+7hdNHHq&#10;IrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWzRWTMQyaimrZ6&#10;MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcXCoWmNE8AHEIu&#10;Dl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaSPtXgLMnTq8hb&#10;0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMbEWEi+lkr9XUC&#10;WjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+vF1g5jGW6UQ0&#10;c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erOiBS2a3oEzgEB&#10;yGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GEC8MwzXUsANim&#10;xq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2APaKXcD39PSs&#10;QORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQiUg3DsK4D4WbR&#10;VkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2OiinuNMTsAQBiG&#10;zyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF5+cCcld2Y8xL&#10;AfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/zLnWergCMijzq&#10;ObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9Eb5k2bdo9QRBM&#10;qrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJte3t7f45Iwp8b&#10;vE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8zxviI2P+7Yrym&#10;RE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWfiNy5du3ad2KS&#10;lK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROsgvGT8wXYoARr&#10;MDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8eV55IpqflS8i&#10;KiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3DuFZpASgxpiP&#10;ofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW7IWmISKvJqIZ&#10;m2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkhqUSkWigURv1f&#10;MPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh3LUPkYxtnF/L&#10;PDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8DMYqhrcFkzLZ&#10;HM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh4eRDriJaGeci&#10;MrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHejUNW6+owictEz&#10;zzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFarX41dXY7IAzD&#10;XNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5NRC2fvYhobxeE&#10;sWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8Sqvpg4mcXXCgj&#10;IjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPPdRYAjDF7O45t&#10;QyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLntobEmbbIl9AOX&#10;ENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+pRdLd3b0Ujltp&#10;rb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6JLEQ05uMjIkuD&#10;IDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4Kqxl5nEBORrg&#10;+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68LzvLRZyYVEdKqI&#10;1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3QQky7upjMbWQw&#10;a9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3MeX4uhgFsIiLL&#10;k8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYLbmXOjYKUwCoA&#10;EJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGCKhF9TERe2SDj&#10;5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN9/0vIQqRbIBR&#10;M5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj0naTMZYuXdo9&#10;b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNklXtoEvvRUGLm&#10;36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY/X06q/04BUFw&#10;ADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtGXYNZgTbakSb7&#10;BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DMaxJ9qrj4aVnj&#10;9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bcj18SzPzTjT3O&#10;1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVunY7pxsyXJ653&#10;Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ1zLzDdVqdVdm&#10;vpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfYfdAyY6y5D0T6&#10;Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYlgCyCirgiMjCK&#10;PxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI6fTy3rt1vnV+&#10;f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5l7x7yNYyavtC&#10;77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw7Zo1azYH8H0A&#10;P00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4jov/JWrDhElQm&#10;5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKevHGPcbDZ3B/Ak&#10;gAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsFgHuMMQfKF+1P&#10;ABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2nPo1du9HJhHR&#10;f2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTBPMHk4Z/pXdsn&#10;Z6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1FNnl+Te9+t3CC&#10;EkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1azYnokNlVzcc&#10;qzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5ozMG66GctqaE&#10;ieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nlejkyXpbQzFwka&#10;xyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M//yVRpFiYbhbF&#10;xWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUvAtAH4CZmVqIA&#10;ypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9bmCWsqJmzOvsg&#10;57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLPvsxjNr2fZo1n&#10;EhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzOLSD72PUAbuPY&#10;+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA475WTybkpLrN&#10;ZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUbER0W1RdzyKNF&#10;+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZhWG4F+C8HXJo&#10;vajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOutDaMMe+KKTAS&#10;vVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEvmrR/SZ5M0cIk&#10;2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+WayQKiUKq2ZK8&#10;K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5KJxq7s+ytsXuf&#10;LL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAPEX3eV5emGUs9&#10;7oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo6Ji8J+fVSWjj&#10;C/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBMRzDzQf39/bOJ&#10;6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBaRpk7vPvMjW9Z&#10;AdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDfp+mLFi0Ik1yo&#10;jDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqChoaEXE9F/I6by&#10;JqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j/UVCDNp5dT4R&#10;1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD2ujo6HZF+1l6&#10;YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72YmX1NVez+35Vb&#10;7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5pZiFZyMbOQ/42&#10;uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJJh4BaWVPK9Pv&#10;FA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz79uBcUl7d74Q&#10;HydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmpvx+E87rW7LRe&#10;K+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/A4B7PZkfbjab&#10;rxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az+ca4LBIWtleW&#10;vHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+HATBacaYPWu1&#10;2pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlXa71lrP0/AjhN&#10;tZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ5jal1EtjSTxm&#10;WmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4hp6enruttWfI&#10;O3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS0ldOzo3xFSrx&#10;3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddSIjoqw25WIaLP&#10;iZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIMZ1efRDOVBy+u&#10;lOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zsxo477ni71vr1&#10;BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBchAF8JguBUqX+9&#10;1noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt9buUcmmyqtXq&#10;dSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8vQBOBvCTAu3t&#10;Kx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPkIgAnE9ERxph3&#10;1uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V8fbkWvT7rWKD&#10;y1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXKH9LigUS7dyqA&#10;eyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CWaNRyy4rL2UMs&#10;Ue/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yzlu1yyxXj+2Nj&#10;zP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWqAHhSrg+LCjhv&#10;wu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9rb+WE1zgBBUg&#10;9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNmFGpzNhdTVlQk&#10;ovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8BnAJgAHxb90S&#10;zqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT7SAI/gach/1y&#10;AE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a1ordDjWbzd1z&#10;7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9biKnd1tEDnEVzY&#10;UeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6pbYk/3wSnWeng&#10;5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv6wE82Wg0Xi1f&#10;6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8VALfDOQ4U8u5P&#10;43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusLjMl2KBHykUdw&#10;WrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5JN4uIvtSqEgou&#10;eiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZynZ1j/OeMdtey&#10;t5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUOz0PB2ETfNxEZ&#10;8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXrvhYZEdneQAyx&#10;iyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4JadSk76ImPsVOE&#10;/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRMNuEeZn59kXNO&#10;Ao+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4TmSehP1XIYdw/&#10;DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO5q5rk60thoen&#10;0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuja2EY7gGHrryK&#10;iA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRpy9tGPIt4OidQ&#10;UK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsMAbgx5pmzpXz1&#10;GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4pw9il0uq3wDw&#10;MBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4MwGQq8Fw5ANY/S&#10;Ek3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t0QK6VxECcEfB&#10;iVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3S/IVmrA/L/J1&#10;Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwTzTpt0nrRuJYx&#10;iywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372hbUMwpSsjD7F&#10;HaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL88QUXhXEUi61&#10;QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcOwhQHaiJBZRxh&#10;qxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+FxGRH9DxF9WCZC&#10;UfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQvVfyhVlDAIwSA&#10;8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhzsEQblFmEgxzA&#10;1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOaeWeAl5isyQZmZ&#10;JR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwjIyMvlUDmxIki&#10;C9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO14rUN8a8g3ly&#10;Hu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4S1T6iGLtZgAm&#10;xcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuvrnxtFFxIRhGK&#10;hxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOphkCSR1HfEsF9&#10;Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQl9cnJYSXSV1k&#10;pd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI10RSc653vglcF&#10;8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjIy0dHR7drNpu7&#10;NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNVBdq9hdMjHqpw&#10;/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJuq5IoPOUf9V4&#10;OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nlyhKcjWlRDj8c&#10;q/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y+8ElIcmMCu80&#10;t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5VoqLVu2bMYOO+xw&#10;fKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CCUmqdf61SqXwo&#10;wmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJqjlJqptZ6hrV2&#10;mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbumT9/ft1a+3Wt&#10;9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJIRUC+JOsvvMx&#10;jl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6DnGAEpidU0Xu&#10;hDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrWarU7o2sAPhME&#10;wQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNKPa6UGlJKbaXc&#10;iruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxVa10tIH8iWWt/&#10;aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/LKmeMeVsQBNdp&#10;rWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4FcFMYhm8Re8mt&#10;8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVDS1sxWBItXdg9&#10;ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8RCRAi4nby5Bs&#10;gVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjtF8q22Unu+iQT&#10;PhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJwaFHOhzj/jK4B&#10;nBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZpF0jOAzMXriY&#10;vikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k8rozM7O4CXb9&#10;HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6QJ7sox+WCLVkk&#10;En2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10Xb/LHwzB8S1nv&#10;BfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPfIAZv0eK9BgB8&#10;3Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0SDv9zoBykdacI&#10;wG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnDMPwnSI43OHiN&#10;ttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2hSuaxbjabu9Rq&#10;tWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVBEMy21r5Ka32Y&#10;tfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa6Kau1+sLqtXq&#10;dpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZI31KqduzPWPl&#10;2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2FmZXAF+HBw0H&#10;Z787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE9LECKNCHRDsT&#10;lM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhYyQvQTkh9DzvT&#10;x4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6WLaGYwk1Re5l&#10;eWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFYDGekHqvjqcH9&#10;RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUBWuAaxsPZv8w8&#10;HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5AoP7JSbc0H8L9w&#10;2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBuNKrgDJ4l2leG&#10;gNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBnrbXrtNaHKaeR&#10;qyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh1tqrlYvvUkEQ&#10;3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfwOWvt4mq1+sHp&#10;kG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtymlovCXH9VqtTuI&#10;6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaDrLXfCoLgL9ba&#10;hd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilarAi/ZHoA7jDEH&#10;8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1pZ3grgvQLku+&#10;7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1jAa5gPLHK5cwO&#10;nwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO9KDZpQZmuJwD&#10;qq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYbkJDHQcwW7+52&#10;nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9LgkNtDU/Gbe9v4v&#10;LFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EMyRgO7qDrfdpY&#10;ua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w1F+GQ1pir2xN&#10;DuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgswTex/1a7midHg&#10;c+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDdCT6akRdMlkeK&#10;eLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpOcPFZK4eGhl4s&#10;B/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwfz4lc7STT63Nm&#10;zLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE9Z8xHk1OcMhW&#10;XzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB+vEUyLxRc9cF&#10;6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu3Aj6m8pEdBiA&#10;ixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTijYG7LkCXeaaH&#10;NFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0pco9S8A4pXGMH&#10;crofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4iKR8tMFU519UB&#10;/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs4R3CeVGMTVJB&#10;9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47azKApBhWH41pLo&#10;Wc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLyaeYL/57CcBx+A&#10;S/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRrAv19fXTdK/sC&#10;e9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7yzf9NQ3AX5avd&#10;C8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLgJ/HfZ8yY8U75&#10;817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLRewEcJznl5ltr&#10;V1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8k9nz5zG1nMLo&#10;eUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwtKf3RVltttUGC&#10;bF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIgWOzJ8UMANwdB&#10;cJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmtl8mlOXL9KWYe&#10;y1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/V0rdrJTaKQiC&#10;fZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonby9wH47nJc+Pc&#10;ROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/1nqmtfaGIAh+&#10;Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69SSr1GKXWMUupg&#10;pdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81ZmXl0yb7ZWGzP2&#10;/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEA1eqlpt0AAAAGAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hCb43kmoTgWg4htD2FQpNC6W1jbWwTa2UsxXb+vkov&#10;zWVhmGHmbb6abCsG6n3jWEMyUyCIS2carjR87d+eliB8QDbYOiYNF/KwKu7vcsyMG/mThl2oRCxh&#10;n6GGOoQuk9KXNVn0M9cRR+/oeoshyr6SpscxlttWPiu1kBYbjgs1drSpqTztzlbD+4jjOk1eh+3p&#10;uLn87Ocf39uEtH58mNYvIAJN4T8MV/yIDkVkOrgzGy9aDfGR8HevnlqqBMRBQzpPFyCLXN7iF78A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3J0dhzAAAACkCAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwu&#10;cmVsc7yRwWoCMRCG70LfIcy9m90ViohZLyJ4FfsAQzKbDW4mIYmlvr2BUqgg9eZxZvi//4PZbL/9&#10;LL4oZRdYQde0IIh1MI6tgs/T/n0FIhdkg3NgUnClDNvhbbE50oylhvLkYhaVwlnBVEpcS5n1RB5z&#10;EyJxvYwheSx1TFZG1Ge0JPu2/ZDpLwOGO6Y4GAXpYJYgTtdYm5+zwzg6TbugL564PKiQztfuCsRk&#10;qSjwZBz+LJdNZAvysUP/Gof+P4fuNQ7dr4O8e/BwAwAA//8DAFBLAQItABQABgAIAAAAIQCxgme2&#10;CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhACxz2iUgBgAALCIAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAA&#10;AAAAAAAhAATLOq71EAAA9RAAABQAAAAAAAAAAAAAAAAAhggAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;UEsBAi0ACgAAAAAAAAAhAAJGVHx3EAAAdxAAABQAAAAAAAAAAAAAAAAArRkAAGRycy9tZWRpYS9p&#10;bWFnZTIucG5nUEsBAi0ACgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAAAAAAAAAAAAAAAAVioAAGRy&#10;cy9tZWRpYS9pbWFnZTMucG5nUEsBAi0AFAAGAAgAAAAhANXqpabdAAAABgEAAA8AAAAAAAAAAAAA&#10;AAAAn5oAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQA3J0dhzAAAACkCAAAZAAAAAAAA&#10;AAAAAAAAAKmbAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAIAAgAAAIAAKycAAAA&#10;AA==&#10;">
+                <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;top:889;width:68580;height:7981;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,798195" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIqrTExAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvdiE7qokp0lCItbehCTBuyvWRuk2DmTsiMefz7TkFweTiPj7M7jKYRPXWutqzgeRmB&#10;IC6srrlU8PP9vtiAcB5ZY2OZFEzk4LB/mO0w1nbgM/WpL0UYYRejgsr7NpbSFRUZdEvbEgfv13YG&#10;fZBdKXWHQxg3jVxF0Ys0WHMgVNjSsaLikl5N4E7pRzYUp6TP39rL/Jh9Jdd8rdTT4/i6BeFp9Pfw&#10;rf2pFazg/0q4AXL/BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMiqtMTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,797801r6858000,l6858000,,,,,797801xe" fillcolor="#2e5395" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Image 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:8625;width:29261;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxzgiyxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oReim5sRWzqKlJoya00Knp8Zp9JMPs2Zjd/+u27BaHHYWZ+w6w2g6lER40rLSuYTSMQ&#10;xJnVJecK9ruPyRKE88gaK8uk4IccbNajhxXG2vb8TV3qcxEg7GJUUHhfx1K6rCCDbmpr4uBdbGPQ&#10;B9nkUjfYB7ip5HMULaTBksNCgTW9F5Rd09YoOLSv5/NXmfX5U3Sb35J+7j6PJ6Uex8P2DYSnwf+H&#10;7+1EK3iBvyvhBsj1LwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBxzgiyxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:shape id="Image 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:8382;width:29616;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/mBS/wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zVZBZGuUKggF8eC6vb9u3m62bl6WJNXtvzdCocdhZr5h1tvBduJGPrSOFbzOMhDE&#10;ldMtNwrKy2G6AhEissbOMSn4pQDbzXi0xly7O5/pVsRGJAiHHBWYGPtcylAZshhmridOXu28xZik&#10;b6T2eE9w28l5li2lxZbTgsGe9oaqa/FjFXy6r/J09Y6Pc1N/F5Z29XJnlHqZDO9vICIN8T/81/7Q&#10;ChbwvJJugNw8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL+YFL/BAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 4" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:33314;width:26884;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+AOHqwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6Ed0otkrMRkpR8FqVirdH9pmkzb6Nu1sT/31XEDwOM/MNky1704gLOV9bVjAeJSCI&#10;C6trLhXsd+vhHIQPyBoby6TgSh6W+fNThqm2HX/RZRtKESHsU1RQhdCmUvqiIoN+ZFvi6J2sMxii&#10;dKXUDrsIN42cJMm7NFhzXKiwpc+Kit/tn1HwMzgf5vY62MvuOF69ufP0e7azSr2+9B8LEIH68Ajf&#10;2xutYAq3K/EGyPwfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfgDh6sMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                <v:shape id="Image 4" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:33172;width:27076;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAXJNftwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva2qRIl2jiCJ48WB3f8CjeTZlm5fapLb+eyMIHoeZ+YZZb0fbiDt1vnasYDFPQBCX&#10;TtdcKfj7PX6vQPiArLFxTAoe5GG7mXytMddu4Avdi1CJCGGfowITQptL6UtDFv3ctcTRu7rOYoiy&#10;q6TucIhw28g0STJpsea4YLClvaHyv+itgmLVn80R02ufDYdxkSWX9LYzSs2m4+4HRKAxfMLv9kkr&#10;WMLrSrwBcvMEAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFyTX7cAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                   <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 5" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:1314;top:1261;width:6687;height:6686;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDySYjevQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqYoi1ShFEPTgwZ+Dx6VZ02KzKU3U+vZGEDwOM/MNs1y3thJPanzpWMFomIAgzp0u&#10;2Si4nLeDOQgfkDVWjknBmzysV93OElPtXnyk5ykYESHsU1RQhFCnUvq8IIt+6Gri6N1cYzFE2Rip&#10;G3xFuK3kOElm0mLJcaHAmjYF5ffTwyrYV2aSBXlzb7r77GAS2syvpFS/12YLEIHa8A//2jutYArf&#10;K/EGyNUHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8kmI3r0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+                <v:shape id="Image 5" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:1314;top:1504;width:6686;height:6687;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqSPE3wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvEJvmlVska1RirCwN3EVz4/NM1m7eVk3Ubf99U1B6HGYmW+Y1WZwrbhTHxrPCmbTDARx&#10;7XXDRsHxUEyWIEJE1th6JgXfFGCzHo9WmGv/4D3dq2hEgnDIUYGNsculDLUlh2HqO+LknX3vMCbZ&#10;G6l7fCS4a+U8y96lw4bTgsWOtpbqr+rmFNzK3cxc4s+VTFksiuqyP9qTVer1Zfj8ABFpiP/hZ7vU&#10;Ct7g70q6AXL9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKpI8TfBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 6" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:60178;top:1261;width:6687;height:6686;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACmxapvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvBmUxVEqlGKIOjBgz8Hj0uzpsVmU5qo9e2NIHgcZuYbZrnubC2e1PrKsYJxkoIgLpyu&#10;2Ci4nLejOQgfkDXWjknBmzysV/3eEjPtXnyk5ykYESHsM1RQhtBkUvqiJIs+cQ1x9G6utRiibI3U&#10;Lb4i3NZykqYzabHiuFBiQ5uSivvpYRXsazPNg7y5N919fjApbeZXUmo46PIFiEBd+Id/7Z1WMIPv&#10;lXgD5OoDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAApsWqb0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+                <v:shape id="Image 6" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:60178;top:1504;width:6687;height:6687;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBamm9AwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbporIUo2yCIXexK7s+dG8Teo2L90mavXXm4WFPQ4z8w2z3Q+uFTfqQ+NZwWKegSCu&#10;vW7YKDh/FLM3ECEia2w9k4IHBdjvxqMt5trf+US3KhqRIBxyVGBj7HIpQ23JYZj7jjh5X753GJPs&#10;jdQ93hPctXKZZWvpsOG0YLGjg6X6u7o6BdfyuDCX+PwhUxarorqczvbTKjWdDO8bEJGG+B/+a5da&#10;wRp+r6QbIHcvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFqab0DBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <v:shape id="Graphic 7" o:spid="_x0000_s1032" style="position:absolute;left:762;top:18427;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlv3wyugAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NDsFA&#10;EL5LvMNmJG5siSBliRDhSh24TbqjbXRnm+6qensrkTh++f6X69aUoqHaFZYVjIYRCOLU6oIzBZdk&#10;P5iDcB5ZY2mZFLzJwXrV7Swx1vbFJ2rOPhMhhF2MCnLvq1hKl+Zk0A1tRRy4u60N+gDrTOoaXyHc&#10;lHIcRVNpsODQkGNF25zSx/lpwozrDe0hTWbY7Oj+mMpJk1wmSvV77WYBwlPr/+Kf+6gVzOB7JfhB&#10;rj4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAAAAAA&#10;AAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5b98MroAAADaAAAADwAAAAAAAAAAAAAA&#10;AAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAO4CAAAAAA==&#10;" path="m6520942,l60858,,37172,4790,17827,17843,4783,37183,,60832,,304292r4783,23703l17827,347329r19345,13023l60858,365125r6460084,l6544591,360352r19340,-13023l6576984,327995r4791,-23703l6581775,60832r-4791,-23649l6563931,17843,6544591,4790,6520942,xe" fillcolor="#006fc0" stroked="f">
+                <v:shape id="Graphic 7" o:spid="_x0000_s1032" style="position:absolute;left:762;top:18671;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlv3wyugAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NDsFA&#10;EL5LvMNmJG5siSBliRDhSh24TbqjbXRnm+6qensrkTh++f6X69aUoqHaFZYVjIYRCOLU6oIzBZdk&#10;P5iDcB5ZY2mZFLzJwXrV7Swx1vbFJ2rOPhMhhF2MCnLvq1hKl+Zk0A1tRRy4u60N+gDrTOoaXyHc&#10;lHIcRVNpsODQkGNF25zSx/lpwozrDe0hTWbY7Oj+mMpJk1wmSvV77WYBwlPr/+Kf+6gVzOB7JfhB&#10;rj4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAAAAAA&#10;AAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5b98MroAAADaAAAADwAAAAAAAAAAAAAA&#10;AAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAO4CAAAAAA==&#10;" path="m6520941,l60858,,37172,4790,17827,17843,4783,37183,,60832,,304292r4783,23703l17827,347329r19345,13023l60858,365125r6460083,l6544591,360352r19340,-13023l6576984,327995r4791,-23703l6581775,60832r-4791,-23649l6563931,17843,6544591,4790,6520941,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 8" o:spid="_x0000_s1033" style="position:absolute;left:762;top:18427;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAf1qNmwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0X+g/DLXQTzKRZaIiOUpTSLrSidlF3l8zNg2buhMw0Sf++sxBcHs57tZlMKwbqXWNZwUucgCAu&#10;rG64UvB1eZtlIJxH1thaJgV/5GCzfnxYYa7tyCcazr4SIYRdjgpq77tcSlfUZNDFtiMOXGl7gz7A&#10;vpK6xzGEm1amSTKXBhsODTV2tK2p+Dn/GgWnNFqUi8/vyOzHI2ft7nB9v2ilnp+m1yUIT5O/i2/u&#10;D60gbA1Xwg2Q638AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAH9ajZsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m60858,l37172,4790,17827,17843,4783,37183,,60832,,304292r4783,23703l17827,347329r19345,13023l60858,365125r6460084,l6544591,360352r19340,-13023l6576984,327995r4791,-23703l6581775,60832r-4791,-23649l6563931,17843,6544591,4790,6520942,,60858,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 8" o:spid="_x0000_s1033" style="position:absolute;left:762;top:18671;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAf1qNmwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0X+g/DLXQTzKRZaIiOUpTSLrSidlF3l8zNg2buhMw0Sf++sxBcHs57tZlMKwbqXWNZwUucgCAu&#10;rG64UvB1eZtlIJxH1thaJgV/5GCzfnxYYa7tyCcazr4SIYRdjgpq77tcSlfUZNDFtiMOXGl7gz7A&#10;vpK6xzGEm1amSTKXBhsODTV2tK2p+Dn/GgWnNFqUi8/vyOzHI2ft7nB9v2ilnp+m1yUIT5O/i2/u&#10;D60gbA1Xwg2Q638AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAH9ajZsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m60858,l37172,4790,17827,17843,4783,37183,,60832,,304292r4783,23703l17827,347329r19345,13023l60858,365125r6460083,l6544591,360352r19340,-13023l6576984,327995r4791,-23703l6581775,60832r-4791,-23649l6563931,17843,6544591,4790,6520941,,60858,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Textbox 9" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;top:10861;width:68580;height:7264;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUHbw/xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeEJvmrWC1NUobWmLBxFdFXt8bJ6bbTcvyybq+u+NUPA4zMw3zHTe2kqcqfGlYwWDfgKC&#10;OHe65ELBbvvVewXhA7LGyjEpuJKH+eypM8VUuwtv6JyFQkQI+xQVmBDqVEqfG7Lo+64mjt7RNRZD&#10;lE0hdYOXCLeVfEmSkbRYclwwWNOHofwvO1kF34ej3JtV+7uxP+v3oftcZodhrtRzt32bgAjUhkf4&#10;v73QCsZwvxJvgJzdAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFQdvD/EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="yellow" stroked="f">
+                <v:shape id="Textbox 9" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;top:11105;width:68580;height:7264;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUHbw/xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeEJvmrWC1NUobWmLBxFdFXt8bJ6bbTcvyybq+u+NUPA4zMw3zHTe2kqcqfGlYwWDfgKC&#10;OHe65ELBbvvVewXhA7LGyjEpuJKH+eypM8VUuwtv6JyFQkQI+xQVmBDqVEqfG7Lo+64mjt7RNRZD&#10;lE0hdYOXCLeVfEmSkbRYclwwWNOHofwvO1kF34ej3JtV+7uxP+v3oftcZodhrtRzt32bgAjUhkf4&#10;v73QCsZwvxJvgJzdAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFQdvD/EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="yellow" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="3D64895A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="3ADD9AC3" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="62" w:line="487" w:lineRule="exact"/>
-                          <w:ind w:left="4" w:right="3"/>
+                          <w:spacing w:before="64" w:line="482" w:lineRule="exact"/>
+                          <w:ind w:left="35"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Recertification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-22"/>
+                            <w:spacing w:val="-17"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Step</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-21"/>
+                            <w:spacing w:val="-17"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>A:</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-19"/>
+                            <w:spacing w:val="-11"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-19"/>
+                            <w:spacing w:val="-10"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Profile</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-19"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>(First</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-20"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Step)</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="54F603B5" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="62870F2B" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:ind w:left="3" w:right="4"/>
+                          <w:spacing w:line="201" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="20"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Need</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="12"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>help</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="13"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>with</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-1"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="12"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Step</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="13"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>A?</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-1"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="23"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Direct</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="17"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>your</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="13"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>questions</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="26"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>first</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="17"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>to</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="14"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>your</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="13"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>agency’s</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="26"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="30"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="gramStart"/>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Officer</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>;</w:t>
                         </w:r>
+                        <w:proofErr w:type="gramEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="11"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>if</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="24"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>more</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-4"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="24"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>help</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="15"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>is</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-1"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="27"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>required</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="15"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>contact</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="17"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>the</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="24"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>NREMT</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="24"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
-[...2 lines deleted...]
-                        </w:r>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t>at</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="725DC6C6" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+                        <w:pPr>
+                          <w:spacing w:before="17"/>
+                          <w:ind w:left="35" w:right="6"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                        </w:pPr>
                         <w:hyperlink r:id="rId14">
                           <w:r>
                             <w:rPr>
                               <w:color w:val="085295"/>
                               <w:spacing w:val="-2"/>
-                              <w:sz w:val="18"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="17"/>
                               <w:u w:val="single" w:color="085295"/>
                             </w:rPr>
                             <w:t>support@nremt.org</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textbox 10" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;top:8621;width:68580;height:2242;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBmlYIxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvQv/DMoVexGwqRTRmlVIqbb2ZFvQ4ZsckmJ0N2a3Gf985FLzN8N68902+HlyrLtSHxrOB5yQF&#10;RVx623Bl4Od7M5mDChHZYuuZDNwowHr1MMoxs/7KO7oUsVISwiFDA3WMXaZ1KGtyGBLfEYt28r3D&#10;KGtfadvjVcJdq6dpOtMOG5aGGjt6q6k8F7/OwIK3t4+vd+fHx23Y+zm9jI+HgzFPj8PrElSkId7N&#10;/9efVvCFXn6RAfTqDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIGaVgjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#006fc0" stroked="f">
+                <v:shape id="Textbox 10" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;top:8867;width:68580;height:2241;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBmlYIxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvQv/DMoVexGwqRTRmlVIqbb2ZFvQ4ZsckmJ0N2a3Gf985FLzN8N68902+HlyrLtSHxrOB5yQF&#10;RVx623Bl4Od7M5mDChHZYuuZDNwowHr1MMoxs/7KO7oUsVISwiFDA3WMXaZ1KGtyGBLfEYt28r3D&#10;KGtfadvjVcJdq6dpOtMOG5aGGjt6q6k8F7/OwIK3t4+vd+fHx23Y+zm9jI+HgzFPj8PrElSkId7N&#10;/9efVvCFXn6RAfTqDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIGaVgjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#006fc0" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="7A23C735" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="0F9E1F77" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="60"/>
-                          <w:ind w:left="304"/>
+                          <w:spacing w:before="69"/>
+                          <w:ind w:left="297"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>For</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-10"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>additional</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>info</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>recertification,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>please</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-7"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
-                          <w:t>additional</w:t>
+                          <w:t>visit:</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-7"/>
-[...74 lines deleted...]
-                            <w:spacing w:val="-5"/>
+                            <w:spacing w:val="3"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId15">
                           <w:r>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="16"/>
                               <w:u w:val="single" w:color="FFFFFF"/>
                             </w:rPr>
                             <w:t>mass.gov/dph/oems</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>General</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>questions</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-5"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>for</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-6"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>OEMS</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>regarding</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>recertification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>,</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-6"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>email:</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-5"/>
+                            <w:spacing w:val="-11"/>
                             <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-28"/>
+                            <w:sz w:val="16"/>
+                            <w:u w:val="single" w:color="FFFFFF"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId16">
                           <w:r>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:u w:val="single" w:color="FFFFFF"/>
                             </w:rPr>
                             <w:t>oems.recert@mass.gov</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textbox 11" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;top:645;width:68580;height:7982;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB6dQcswQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCHvTVA+iXaOIrCAsLNZ68DjbjG2wmdQmq/XfG0HwNo/3OfNlZ2txpdYbxwpGwwQEceG0&#10;4VLBId8MpiB8QNZYOyYFd/KwXHz05phqd+OMrvtQihjCPkUFVQhNKqUvKrLoh64hjtzJtRZDhG0p&#10;dYu3GG5rOU6SibRoODZU2NC6ouK8/7cKVkfOvs3l92+XnTKT57OEfyZnpT773eoLRKAuvMUv91bH&#10;+SN4/hIPkIsHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHp1ByzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 11" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;top:889;width:68580;height:7981;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB6dQcswQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCHvTVA+iXaOIrCAsLNZ68DjbjG2wmdQmq/XfG0HwNo/3OfNlZ2txpdYbxwpGwwQEceG0&#10;4VLBId8MpiB8QNZYOyYFd/KwXHz05phqd+OMrvtQihjCPkUFVQhNKqUvKrLoh64hjtzJtRZDhG0p&#10;dYu3GG5rOU6SibRoODZU2NC6ouK8/7cKVkfOvs3l92+XnTKT57OEfyZnpT773eoLRKAuvMUv91bH&#10;+SN4/hIPkIsHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHp1ByzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="542C4126" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="1E4212E3" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="80" w:line="631" w:lineRule="exact"/>
-                          <w:ind w:left="6" w:right="3"/>
+                          <w:spacing w:before="60" w:line="644" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="31"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
-                            <w:sz w:val="52"/>
+                            <w:sz w:val="53"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="52"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="53"/>
                           </w:rPr>
                           <w:t>MASSACHUSETTS</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-28"/>
-                            <w:sz w:val="52"/>
+                            <w:spacing w:val="-16"/>
+                            <w:sz w:val="53"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFF00"/>
-                            <w:sz w:val="52"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="53"/>
                           </w:rPr>
                           <w:t>ADVANCED</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFF00"/>
-                            <w:spacing w:val="-28"/>
-                            <w:sz w:val="52"/>
+                            <w:spacing w:val="-19"/>
+                            <w:sz w:val="53"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFF00"/>
-                            <w:spacing w:val="-5"/>
-                            <w:sz w:val="52"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="53"/>
                           </w:rPr>
                           <w:t>EMT</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="40CC3C5A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="67DB4310" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:line="240" w:lineRule="exact"/>
-                          <w:ind w:left="3" w:right="6"/>
+                          <w:spacing w:line="254" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="25"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...163 lines deleted...]
-                        </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-4"/>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>All</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="1"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>individuals</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="1"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>seeking</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-12"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>recertify</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-13"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>their</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>Massachusetts</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-16"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>Advanced</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>EMT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-20"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>certification</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>in</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-12"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t>2026</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="76341199" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="61A8AA48" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:ind w:left="3" w:right="6"/>
+                          <w:spacing w:before="32"/>
+                          <w:ind w:left="35" w:right="28"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t>need</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-12"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>follow</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-20"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>both</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>steps</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-16"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>outlined</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="6"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>this</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-17"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>page.</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>Please</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-5"/>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
-                        </w:r>
-[...80 lines deleted...]
-                          <w:t>on</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-4"/>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>read</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
-[...77 lines deleted...]
-                          <w:t>carefully.</w:t>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>it carefully.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textbox 12" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:1281;top:18475;width:64948;height:3455;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKp5lbwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLOxNUz2Ido0isoIgLNZ68DjbjG2wmXSbqPXfG0HwNo/3ObNFZ2txpdYbxwqGgwQEceG0&#10;4VLBIV/3JyB8QNZYOyYFd/KwmH/0Zphqd+OMrvtQihjCPkUFVQhNKqUvKrLoB64hjtzJtRZDhG0p&#10;dYu3GG5rOUqSsbRoODZU2NCqouK8v1gFyyNnP+b/92+XnTKT59OEt+OzUl+f3fIbRKAuvMUv90bH&#10;+SN4/hIPkPMHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIqnmVvBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 12" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:1281;top:18719;width:64948;height:3454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKp5lbwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLOxNUz2Ido0isoIgLNZ68DjbjG2wmXSbqPXfG0HwNo/3ObNFZ2txpdYbxwqGgwQEceG0&#10;4VLBIV/3JyB8QNZYOyYFd/KwmH/0Zphqd+OMrvtQihjCPkUFVQhNKqUvKrLoB64hjtzJtRZDhG0p&#10;dYu3GG5rOUqSsbRoODZU2NCqouK8v1gFyyNnP+b/92+XnTKT59OEt+OzUl+f3fIbRKAuvMUv90bH&#10;+SN4/hIPkPMHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIqnmVvBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="39505427" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="0015805A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="100"/>
-                          <w:ind w:left="21"/>
+                          <w:spacing w:before="94"/>
+                          <w:ind w:left="15"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>1.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Log</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>into</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>your NREMT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="3"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>account</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>into</w:t>
+                          <w:t>through</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
-[...67 lines deleted...]
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>NREMT.org.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD62B2D" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="5DA434BC" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:ind w:left="1073"/>
+        <w:spacing w:after="2"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t>All</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tracked</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>approved</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr>
             <w:color w:val="085295"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
-          <w:t>NREMT.org.</w:t>
+          <w:t>NREMT.org</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-2"/>
+          </w:rPr>
+          <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="054356E3" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="7F8807BB" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="460"/>
+        <w:ind w:left="452"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C852555" wp14:editId="4AF62251">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="625DDCC6" wp14:editId="45EB77C3">
                 <wp:extent cx="6607175" cy="355600"/>
                 <wp:effectExtent l="19050" t="9525" r="12700" b="15875"/>
                 <wp:docPr id="13" name="Group 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="355600"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="355600"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="14" name="Graphic 14"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
@@ -3554,353 +3596,459 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="16" name="Textbox 16"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="355600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2E6B7E27" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="4890E8B7" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="125"/>
-                                <w:ind w:left="120"/>
+                                <w:spacing w:before="128"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>2.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-9"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Affiliate</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>with</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
+                                  <w:spacing w:val="2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>your</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>EMS</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
+                                  <w:spacing w:val="-8"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>agency</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-9"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>(employer).</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6C852555" id="Group 13" o:spid="_x0000_s1038" style="width:520.25pt;height:28pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3556" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmk2LA4wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1vpDYUfa/U/2Dx3vA1hgnKZNUmTVRp&#10;tbvSptpnD5gPFTC1PQP59722MbATdZjNtupDo0hgxtf29bnH9/jm5t3Q1OhIuahYu3P8K89BtE1Z&#10;VrXFzvn96eGnrYOEJG1GatbSnfNMhfPu9scfbvouoQErWZ1RjmCSViR9t3NKKbvEdUVa0oaIK9bR&#10;Fjpzxhsi4ZMXbsZJD7M3tRt4XuT2jGcdZykVAn69N53OrZ4/z2kqP+a5oBLVOwd8k/rJ9XOvnu7t&#10;DUkKTrqySkc3yCu8aEjVwqLTVPdEEnTg1YupmirlTLBcXqWscVmeVynVe4Dd+N7Jbh45O3R6L0XS&#10;F90EE0B7gtOrp00/HB9597n7xI330HzP0j8E4OL2XZEs+9V3MRsPOW/UINgEGjSizxOidJAohR+j&#10;yIv9GDsohb4Q48gbIU9LiMuLYWn56/mBLknMstq5yZm+A/aIGSDxfQB9LklHNe5CAfCJoyoDcm8c&#10;1JIGSPw48gV+AZzU4mClMBy/xAjnCUJ+EMP2ESBhWpp7E1J468cTUqEH5FaTTxsmSXoQ8pEyjTk5&#10;vhdSjy8y2yKlbaVDa5scToDifq25Lx0E3OcOAu7vDfc7ItU4FUjVRD0EzbpSQsyMJ6q7YUf6xLSh&#10;VJGLcBDF21BvyPo629Tt0hZjb+N/ZWn77bvTc4ZhFBiINmEQjgBYE/s2pn7kBxARhWbk++dtYbJI&#10;m4Yhvj5valbHm+tr/+zyxi6Isbc9bzitHVxHGAdnJ533FPobODlnjWeswgBvY81FoItFyb4NWnMA&#10;xogablkj+zbGy8heZL7Z+oCCisUFrkQY/qLRfH2bEY7jDTbmF0A4kRecuSA6S/P1oC99WafScqPr&#10;HI3wjOIq+ZcRsmfPxjCtmaAmvOpE6xwynXIgyDKPCFZX2UNV1+pYC17s72qOjkSJpRc93NmpF2aQ&#10;eEViEpxq7Vn2DPmxh4y4c8SfB8Kpg+rfWsjAcEKkbXDb2NsGl/Ud06KsMwoX8mn4QniHOmjuHAl5&#10;8QOziZgkNuGB/8rA2KqRLfv5IFleqWyofTMejR8gCiZB//vqACJ3og5YHd//qzrMCceS6O+0Yc5j&#10;q7Sf8+P6eZry7vpBfcv5X6v5W85ny2vOrD/rVPqPcr7N/adib8+e7f8WbahbdRkM8AZuoloevlkr&#10;TK6+J6I0mqJlZLrTjCn6TUteVhpwWTVa8gQyuGcD8qMTLUFy+IXBJVxfEWdJtuXRq6qyRa2hNFbV&#10;GqMaqypCc+BEhk05cnIlkMN+0AXTVB39Q5eEC6Rel4VQKutLz1jWq1p8+a15N//z4fYvAAAA//8D&#10;AFBLAwQUAAYACAAAACEAZPlFndwAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBm92NmlJiNqUU9VQEW0F6m2anSWh2NmS3Sfrv3XrRy8DjPd77Jl9OthUD9b5xrCGZKRDEpTMN&#10;Vxq+dm8PCxA+IBtsHZOGC3lYFrc3OWbGjfxJwzZUIpawz1BDHUKXSenLmiz6meuIo3d0vcUQZV9J&#10;0+MYy20rH5WaS4sNx4UaO1rXVJ62Z6vhfcRx9ZS8DpvTcX3Z79KP701CWt/fTasXEIGm8BeGK35E&#10;hyIyHdyZjRethvhI+L1XTz2rFMRBQzpXIItc/qcvfgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCmk2LA4wMAAMQQAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBk+UWd3AAAAAUBAAAPAAAAAAAAAAAAAAAAAD0GAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARgcAAAAA&#10;">
+              <v:group w14:anchorId="625DDCC6" id="Group 13" o:spid="_x0000_s1038" style="width:520.25pt;height:28pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3556" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmk2LA4wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1vpDYUfa/U/2Dx3vA1hgnKZNUmTVRp&#10;tbvSptpnD5gPFTC1PQP59722MbATdZjNtupDo0hgxtf29bnH9/jm5t3Q1OhIuahYu3P8K89BtE1Z&#10;VrXFzvn96eGnrYOEJG1GatbSnfNMhfPu9scfbvouoQErWZ1RjmCSViR9t3NKKbvEdUVa0oaIK9bR&#10;Fjpzxhsi4ZMXbsZJD7M3tRt4XuT2jGcdZykVAn69N53OrZ4/z2kqP+a5oBLVOwd8k/rJ9XOvnu7t&#10;DUkKTrqySkc3yCu8aEjVwqLTVPdEEnTg1YupmirlTLBcXqWscVmeVynVe4Dd+N7Jbh45O3R6L0XS&#10;F90EE0B7gtOrp00/HB9597n7xI330HzP0j8E4OL2XZEs+9V3MRsPOW/UINgEGjSizxOidJAohR+j&#10;yIv9GDsohb4Q48gbIU9LiMuLYWn56/mBLknMstq5yZm+A/aIGSDxfQB9LklHNe5CAfCJoyoDcm8c&#10;1JIGSPw48gV+AZzU4mClMBy/xAjnCUJ+EMP2ESBhWpp7E1J468cTUqEH5FaTTxsmSXoQ8pEyjTk5&#10;vhdSjy8y2yKlbaVDa5scToDifq25Lx0E3OcOAu7vDfc7ItU4FUjVRD0EzbpSQsyMJ6q7YUf6xLSh&#10;VJGLcBDF21BvyPo629Tt0hZjb+N/ZWn77bvTc4ZhFBiINmEQjgBYE/s2pn7kBxARhWbk++dtYbJI&#10;m4Yhvj5valbHm+tr/+zyxi6Isbc9bzitHVxHGAdnJ533FPobODlnjWeswgBvY81FoItFyb4NWnMA&#10;xogablkj+zbGy8heZL7Z+oCCisUFrkQY/qLRfH2bEY7jDTbmF0A4kRecuSA6S/P1oC99WafScqPr&#10;HI3wjOIq+ZcRsmfPxjCtmaAmvOpE6xwynXIgyDKPCFZX2UNV1+pYC17s72qOjkSJpRc93NmpF2aQ&#10;eEViEpxq7Vn2DPmxh4y4c8SfB8Kpg+rfWsjAcEKkbXDb2NsGl/Ud06KsMwoX8mn4QniHOmjuHAl5&#10;8QOziZgkNuGB/8rA2KqRLfv5IFleqWyofTMejR8gCiZB//vqACJ3og5YHd//qzrMCceS6O+0Yc5j&#10;q7Sf8+P6eZry7vpBfcv5X6v5W85ny2vOrD/rVPqPcr7N/adib8+e7f8WbahbdRkM8AZuoloevlkr&#10;TK6+J6I0mqJlZLrTjCn6TUteVhpwWTVa8gQyuGcD8qMTLUFy+IXBJVxfEWdJtuXRq6qyRa2hNFbV&#10;GqMaqypCc+BEhk05cnIlkMN+0AXTVB39Q5eEC6Rel4VQKutLz1jWq1p8+a15N//z4fYvAAAA//8D&#10;AFBLAwQUAAYACAAAACEAZPlFndwAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBm92NmlJiNqUU9VQEW0F6m2anSWh2NmS3Sfrv3XrRy8DjPd77Jl9OthUD9b5xrCGZKRDEpTMN&#10;Vxq+dm8PCxA+IBtsHZOGC3lYFrc3OWbGjfxJwzZUIpawz1BDHUKXSenLmiz6meuIo3d0vcUQZV9J&#10;0+MYy20rH5WaS4sNx4UaO1rXVJ62Z6vhfcRx9ZS8DpvTcX3Z79KP701CWt/fTasXEIGm8BeGK35E&#10;hyIyHdyZjRethvhI+L1XTz2rFMRBQzpXIItc/qcvfgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCmk2LA4wMAAMQQAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBk+UWd3AAAAAUBAAAPAAAAAAAAAAAAAAAAAD0GAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARgcAAAAA&#10;">
                 <v:shape id="Graphic 14" o:spid="_x0000_s1039" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJMQFbwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fS8Mw&#10;EH4X/B/CDXxz6aaM0S0rIhOMIGyd4OvR3NLW5lKb2NX/3giCb/fx/bxtMblOjDSExrOCxTwDQVx5&#10;07BV8HZ6ul2DCBHZYOeZFHxTgGJ3fbXF3PgLH2ksoxUphEOOCuoY+1zKUNXkMMx9T5y4sx8cxgQH&#10;K82AlxTuOrnMspV02HBqqLGnx5qqj/LLKWi1f22lbV8mq3V5uPvUe37XSt3MpocNiEhT/Bf/uZ9N&#10;mn8Pv7+kA+TuBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAkxAVvBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m6526783,l55041,,33620,4323,16124,16113,4326,33593,,54991,,275081r4326,21471l16124,314071r17496,11803l55041,330200r6471742,l6548181,325874r17480,-11803l6577451,296552r4324,-21471l6581775,54991r-4324,-21398l6565661,16113,6548181,4323,6526783,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 15" o:spid="_x0000_s1040" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4oTK5wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKfSmm/ooErORIhTS9mLVg96G7JgEs7MhuzVbf71bEHqbj+852SqYVlyod41lBS/jBARx&#10;aXXDlYL97n20AOE8ssbWMin4JQer/PEhw1Tbgb/psvWViCHsUlRQe9+lUrqyJoNubDviyJ1sb9BH&#10;2FdS9zjEcNPKSZK8SoMNx4YaO1rXVJ63P0bBpjhMj2EoFtVs5r+m1w+04fCp1PNTeFuC8BT8v/ju&#10;LnScP4e/X+IBMr8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOKEyucMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m55041,l33620,4323,16124,16113,4326,33593,,54991,,275081r4326,21471l16124,314071r17496,11803l55041,330200r6471742,l6548181,325874r17480,-11803l6577451,296552r4324,-21471l6581775,54991r-4324,-21398l6565661,16113,6548181,4323,6526783,,55041,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 16" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;width:66071;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1nJ9YwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CLHhb0/VQ3GoUWVwQBLHWg8fZZmyDzaTbRK3/3gjC3ubxPme26G0jrtR541jB5ygBQVw6&#10;bbhScCh+PiYgfEDW2DgmBXfysJgP3maYaXfjnK77UIkYwj5DBXUIbSalL2uy6EeuJY7cyXUWQ4Rd&#10;JXWHtxhuGzlOklRaNBwbamzpu6byvL9YBcsj5yvzt/3d5afcFMVXwpv0rNTwvV9OQQTqw7/45V7r&#10;OD+F5y/xADl/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPWcn1jBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="2E6B7E27" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="4890E8B7" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="125"/>
-                          <w:ind w:left="120"/>
+                          <w:spacing w:before="128"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>2.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-9"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Affiliate</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>with</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
+                            <w:spacing w:val="2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>your</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>EMS</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
+                            <w:spacing w:val="-8"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>agency</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-9"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>(employer).</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0368E78F" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="209D7F4E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1049"/>
         </w:tabs>
-        <w:spacing w:before="26"/>
-        <w:ind w:left="1073"/>
+        <w:spacing w:before="21"/>
+        <w:ind w:left="1049" w:hanging="352"/>
       </w:pPr>
       <w:r>
+        <w:t>Find</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>"Agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Affiliations"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Dashboard</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55299C3D" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="3"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F8F61C1" wp14:editId="1AA60B46">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="755E59E4" wp14:editId="3FAB68CE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>510641</wp:posOffset>
+                  <wp:posOffset>505561</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>222024</wp:posOffset>
+                  <wp:posOffset>40399</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6607809" cy="367030"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="17" name="Group 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607809" cy="367030"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607809" cy="367030"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="18" name="Graphic 18"/>
                         <wps:cNvSpPr/>
@@ -4084,628 +4232,491 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="20" name="Textbox 20"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607809" cy="367030"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="07D514B9" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="01BC3F7D" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
-                                <w:ind w:left="119"/>
+                                <w:spacing w:before="132"/>
+                                <w:ind w:left="116"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>3.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Enter</w:t>
+                                <w:t>Enter all</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>all</w:t>
+                                <w:t>required</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-9"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>required</w:t>
+                                <w:t>continuing</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-5"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>continuing</w:t>
+                                <w:t>education</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-14"/>
-[...16 lines deleted...]
-                                  <w:spacing w:val="-14"/>
+                                  <w:spacing w:val="-8"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>hours.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="5F8F61C1" id="Group 17" o:spid="_x0000_s1042" style="position:absolute;left:0;text-align:left;margin-left:40.2pt;margin-top:17.5pt;width:520.3pt;height:28.9pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66078,3670" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPWSCk1wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWE1v4zYQvRfofyB0b6xPyhbiLNqkCQos&#10;dhfYFHumJeoDlUSVpC3l33dIipLiNLZ3tz1tLhYlDUfDN4/zOL5+NzQ1OlAuKtZuHe/KdRBtU5ZV&#10;bbF1/ny8/2XtICFJm5GatXTrPFHhvLv5+afrvkuoz0pWZ5QjcNKKpO+2Tilll6xWIi1pQ8QV62gL&#10;L3PGGyLhlherjJMevDf1ynddvOoZzzrOUioEPL0zL50b7T/PaSo/5rmgEtVbB2KT+pfr3536Xd1c&#10;k6TgpCurdAyDfEMUDala+Ojk6o5Igva8euGqqVLOBMvlVcqaFcvzKqV6DbAazz1azQNn+06vpUj6&#10;optgAmiPcPpmt+mHwwPvPnefuIkehu9Z+pcAXFZ9VyTL9+q+mI2HnDdqEiwCDRrRpwlROkiUwkOM&#10;3XjtbhyUwrsAx24wQp6WkJcX09Ly99MTVyQxn9XBTcH0HbBHzACJ7wPoc0k6qnEXCoBPHFUZkBuo&#10;3JIGSPww8gWeAE7q42ClMBzvxAjnEUKeH7vAQUDCjDT3JqSitR9OSIUeNkhNCyZJuhfygTKNOTm8&#10;F1LPLzI7IqUdpUNrhxx2gOJ+rbkvHQTc5w4C7u8M9zsi1TyVSDVEPSTNhlJCzkwk6nXDDvSRaUOp&#10;MocjP4zjWC9IZxVinW3qdmkb4U0QPrO07+210z6DyWMYYuvUmtirMfUwjoFYCk2Mg1itBgKwNvZq&#10;bMMwjrQp+DdJe9XUJCjC6w0+6dLY+WsI89Jvu3jthiedzmsK/HDjb04az1gFQeyFp43nBKiMnvG8&#10;zOxF5iHexCa9F4SCIxy5G5O6C5aJozgOvNH8PIRAXm89brMLsrM0P5/0Z7GcpdJyoYqjpwmFoxnF&#10;s+RfZuh4m6Q1E9TsBrWj9baYdjnwfllHBKur7L6qa7WtBS92tzVHB6LE0sX3t9b1wgwKr0hMgVOj&#10;HcueoD72UBG3jvh7Tzh1UP1HCxVYya0dcDvY2QGX9S3ToqwrChfycfhCeIc6GG4dCXXxA7OFmCS2&#10;4EH8ysDYqpkt+3UvWV6paqhjMxGNNyAKpkD//+oADD1SB70jf1R1mAuOJdFr2jDXsbO0n+vjW81/&#10;q/nqyDKeRH70mv/8uPNy79n3X6MNdasOg34UgppqefhqrTC1+o6I0miKlpHpTDOW6DctedFp+CCd&#10;RkseQQZ3bEDwBPRtoSVIDr8xOIR79vkrPYc5purZJJl6jX/vykBbbceiNFb1GqMaqy5Cc+BIhk07&#10;cnQkkMNu0A1TZGP7jw4JF0i9bguhVdaHnrGtV7348l7zbv7z4eYfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAemJw+uAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90ktZLGbEop&#10;6qkItoL0Ns1Ok9Dsbshuk/TfOz3pbR7v8eZ7+WoyrRio942zCuJZBIJs6XRjKwXf+/enFIQPaDW2&#10;zpKCK3lYFfd3OWbajfaLhl2oBJdYn6GCOoQuk9KXNRn0M9eRZe/keoOBZV9J3ePI5aaVSRS9SION&#10;5Q81drSpqTzvLkbBx4jjeh6/DdvzaXM97BefP9uYlHp8mNavIAJN4S8MN3xGh4KZju5itRetgjR6&#10;5qSC+YIn3fw4ifk6KlgmKcgil/8XFL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAj1kg&#10;pNcDAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;emJw+uAAAAAJAQAADwAAAAAAAAAAAAAAAAAxBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD4HAAAAAA==&#10;">
+              <v:group w14:anchorId="755E59E4" id="Group 17" o:spid="_x0000_s1042" style="position:absolute;margin-left:39.8pt;margin-top:3.2pt;width:520.3pt;height:28.9pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66078,3670" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPWSCk1wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWE1v4zYQvRfofyB0b6xPyhbiLNqkCQos&#10;dhfYFHumJeoDlUSVpC3l33dIipLiNLZ3tz1tLhYlDUfDN4/zOL5+NzQ1OlAuKtZuHe/KdRBtU5ZV&#10;bbF1/ny8/2XtICFJm5GatXTrPFHhvLv5+afrvkuoz0pWZ5QjcNKKpO+2Tilll6xWIi1pQ8QV62gL&#10;L3PGGyLhlherjJMevDf1ynddvOoZzzrOUioEPL0zL50b7T/PaSo/5rmgEtVbB2KT+pfr3536Xd1c&#10;k6TgpCurdAyDfEMUDala+Ojk6o5Igva8euGqqVLOBMvlVcqaFcvzKqV6DbAazz1azQNn+06vpUj6&#10;optgAmiPcPpmt+mHwwPvPnefuIkehu9Z+pcAXFZ9VyTL9+q+mI2HnDdqEiwCDRrRpwlROkiUwkOM&#10;3XjtbhyUwrsAx24wQp6WkJcX09Ly99MTVyQxn9XBTcH0HbBHzACJ7wPoc0k6qnEXCoBPHFUZkBuo&#10;3JIGSPww8gWeAE7q42ClMBzvxAjnEUKeH7vAQUDCjDT3JqSitR9OSIUeNkhNCyZJuhfygTKNOTm8&#10;F1LPLzI7IqUdpUNrhxx2gOJ+rbkvHQTc5w4C7u8M9zsi1TyVSDVEPSTNhlJCzkwk6nXDDvSRaUOp&#10;MocjP4zjWC9IZxVinW3qdmkb4U0QPrO07+210z6DyWMYYuvUmtirMfUwjoFYCk2Mg1itBgKwNvZq&#10;bMMwjrQp+DdJe9XUJCjC6w0+6dLY+WsI89Jvu3jthiedzmsK/HDjb04az1gFQeyFp43nBKiMnvG8&#10;zOxF5iHexCa9F4SCIxy5G5O6C5aJozgOvNH8PIRAXm89brMLsrM0P5/0Z7GcpdJyoYqjpwmFoxnF&#10;s+RfZuh4m6Q1E9TsBrWj9baYdjnwfllHBKur7L6qa7WtBS92tzVHB6LE0sX3t9b1wgwKr0hMgVOj&#10;HcueoD72UBG3jvh7Tzh1UP1HCxVYya0dcDvY2QGX9S3ToqwrChfycfhCeIc6GG4dCXXxA7OFmCS2&#10;4EH8ysDYqpkt+3UvWV6paqhjMxGNNyAKpkD//+oADD1SB70jf1R1mAuOJdFr2jDXsbO0n+vjW81/&#10;q/nqyDKeRH70mv/8uPNy79n3X6MNdasOg34UgppqefhqrTC1+o6I0miKlpHpTDOW6DctedFp+CCd&#10;RkseQQZ3bEDwBPRtoSVIDr8xOIR79vkrPYc5purZJJl6jX/vykBbbceiNFb1GqMaqy5Cc+BIhk07&#10;cnQkkMNu0A1TZGP7jw4JF0i9bguhVdaHnrGtV7348l7zbv7z4eYfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAMEaJ1N4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLMLqKjI0jSN&#10;emqa2JoYb1N2CqTsLGG3QP+9y0mPb97Le9/ky8m0YqDeNZYVxIsIBHFpdcOVgq/9+90zCOeRNbaW&#10;ScGFHCyL66scM21H/qRh5ysRSthlqKD2vsukdGVNBt3CdsTBO9reoA+yr6TucQzlppVJFKXSYMNh&#10;ocaO1jWVp93ZKPgYcVzdx2/D5nRcX372j9vvTUxK3d5Mq1cQnib/F4YZP6BDEZgO9szaiVbB00sa&#10;kgrSBxCzHSdRAuIwHxKQRS7/P1D8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI9ZIKTX&#10;AwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADBG&#10;idTeAAAACAEAAA8AAAAAAAAAAAAAAAAAMQYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA8BwAAAAA=&#10;">
                 <v:shape id="Graphic 18" o:spid="_x0000_s1043" style="position:absolute;left:127;top:127;width:65824;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDuxsH/xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3ulHQSuoqoggepKXqDxiy02za7GzIbkzsr+8cCr3N8N689816O/ha3amNVWADs2kG&#10;irgItuLSwO16fF6BignZYh2YDDwownYzelpjbkPPH3S/pFJJCMccDbiUmlzrWDjyGKehIRbtM7Qe&#10;k6xtqW2LvYT7Ws+zbKk9ViwNDhvaOyq+L5034N+Xb719fLny5xAWL8emO5xtZ8xkPOxeQSUa0r/5&#10;7/pkBV9g5RcZQG9+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO7Gwf/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6524777,l56934,,34777,4460,16679,16637,4475,34718,,56896,,284607r4475,22197l16679,324929r18098,12220l56934,341629r6467843,l6546974,337149r18125,-12220l6577319,306804r4481,-22197l6581800,56896r-4481,-22178l6565099,16636,6546974,4460,6524777,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 19" o:spid="_x0000_s1044" style="position:absolute;left:127;top:127;width:65824;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAdrH/wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHqRZtOCojGraKEgXoqm1euYHTfB7GzIbk3677sFobd5vM/JV4NtxI06XztW8JKkIIhL&#10;p2s2Cj6L9+cZCB+QNTaOScEPeVgtH0Y5Ztr1vKfbIRgRQ9hnqKAKoc2k9GVFFn3iWuLIXVxnMUTY&#10;Gak77GO4beRrmk6lxZpjQ4UtvVVUXg/fVsF12O7McVP4WW++5pvJ+HRef5yUenoc1gsQgYbwL767&#10;tzrOn8PfL/EAufwFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwHax/8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m56934,l34777,4460,16679,16637,4475,34718,,56896,,284607r4475,22197l16679,324929r18098,12220l56934,341629r6467843,l6546974,337149r18125,-12220l6577319,306804r4481,-22197l6581800,56896r-4481,-22178l6565099,16636,6546974,4460,6524777,,56934,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 20" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;width:66078;height:3670;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbVWgKwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCN5sqgfRrlFkWWFBEGs97HG2GdtgM6lNVuu/NwfB4+N9L9e9bcSNOm8cK5gkKQji0mnD&#10;lYJTsR3PQfiArLFxTAoe5GG9+hgsMdPuzjndjqESMYR9hgrqENpMSl/WZNEnriWO3Nl1FkOEXSV1&#10;h/cYbhs5TdOZtGg4NtTY0ldN5eX4bxVsfjn/Ntf93yE/56YoFinvZhelRsN+8wkiUB/e4pf7RyuY&#10;xvXxS/wBcvUEAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA21VoCsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="07D514B9" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="01BC3F7D" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
-                          <w:ind w:left="119"/>
+                          <w:spacing w:before="132"/>
+                          <w:ind w:left="116"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>3.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Enter</w:t>
+                          <w:t>Enter all</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>all</w:t>
+                          <w:t>required</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-9"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>required</w:t>
+                          <w:t>continuing</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-5"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>continuing</w:t>
+                          <w:t>education</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-14"/>
-[...16 lines deleted...]
-                            <w:spacing w:val="-14"/>
+                            <w:spacing w:val="-8"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>hours.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...94 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6A88090D" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="385BC63F" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1058"/>
+          <w:tab w:val="left" w:pos="1050"/>
         </w:tabs>
-        <w:spacing w:after="9"/>
-        <w:ind w:right="964"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="957"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Hours can be used if completed within this Recertification Cycle (“Recert Cycle”) and must have CAPCE or Massachusetts</w:t>
+        <w:t>Hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Department</w:t>
+        <w:t>can be used if completed within this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>of</w:t>
+        <w:t>Recertification Cycle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(“Recert Cycle”) and must have CAPCE or Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Health (“Department”)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Public</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">approval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Recert</w:t>
+        <w:t>Recert Cycle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Cycle</w:t>
+        <w:t>is visible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>is</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">your </w:t>
+        <w:t xml:space="preserve">on your </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="085295"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>NREMT.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="085295"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dashboard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD02916" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="33D142EB" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="464"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E00F7A6" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0629AA0C" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F0B2DF4" wp14:editId="1AEEEC51">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DE06CBF" wp14:editId="15B8A0EC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>518439</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-367211</wp:posOffset>
+                </wp:positionV>
                 <wp:extent cx="6607175" cy="374015"/>
-                <wp:effectExtent l="19050" t="9525" r="3175" b="16510"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
                 <wp:docPr id="21" name="Group 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="374015"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="374015"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="22" name="Graphic 22"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="348615"/>
@@ -4885,1217 +4896,1584 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="24" name="Textbox 24"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="374015"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="58991625" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="78947F42" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="128"/>
-                                <w:ind w:left="121"/>
+                                <w:spacing w:before="133"/>
+                                <w:ind w:left="128"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>4.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-17"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Submit</w:t>
+                                <w:t>Submit Training</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>Profile</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-16"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Training</w:t>
+                                <w:t>for</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-16"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Profile</w:t>
+                                <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-17"/>
+                                  <w:spacing w:val="-8"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>for</w:t>
+                                <w:t>Officer</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
-[...33 lines deleted...]
-                                  <w:spacing w:val="-17"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>(TO)</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-18"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>review</w:t>
+                                <w:t>review and</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
-[...16 lines deleted...]
-                                  <w:spacing w:val="-18"/>
+                                  <w:spacing w:val="3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>approval.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:inline>
+              </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6F0B2DF4" id="Group 21" o:spid="_x0000_s1046" style="width:520.25pt;height:29.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3740" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPkLaR2wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1vpDYQf6/U/8HiveEbNiibU5s0UaXT&#10;3UmX6p69YD5UwNT2LuS/79jGwG3Uhctdn5oX1uBhmPnNzG88e/NuaGp0IoxXtN1b7pVjIdKmNKva&#10;Ym/9+fTwy85CXOA2wzVtyd56Jtx6d/vzTzd9lxCPlrTOCEOgpOVJ3+2tUogusW2elqTB/Ip2pIXN&#10;nLIGC7hlhZ0x3IP2prY9x4nsnrKsYzQlnMPTe71p3Sr9eU5S8THPORGo3ltgm1BXpq4HebVvb3BS&#10;MNyVVTqagV9hRYOrFj46qbrHAqMjq16oaqqUUU5zcZXSxqZ5XqVE+QDeuM6ZN4+MHjvlS5H0RTfB&#10;BNCe4fRqtemH0yPrPnefmLYelu9p+hcHXOy+K5LlvrwvZuEhZ418CZxAg0L0eUKUDAKl8DCKnNiN&#10;QwulsOfHgeOGGvK0hLi8eC0tf7/8oo0T/Vll3GRM30H28Bkg/n0AfS5xRxTuXALwiaEq21ueZ6EW&#10;N5DEj2O+wBPASX4cpCSG4x0f4TxDyPViB3IQkNArlXsTUuHOjSekgl2kkZocxkl65OKRUIU5Pr3n&#10;Qr1fZGaFS7NKh9YsGVSAzP1a5b6wEOQ+sxDk/kEHosNCvicDKZeoh6AZU0qImbZEbjf0RJ6oEhQy&#10;clHo+bGrHVKFBLbOMnW7lA13ThQo142k2Te/ndLph0HkK7kgjHbSQlBqRMyvFnUBzEijGTtufFEW&#10;lGmtUv9ltdofsNffIuddO0FwvfHbru+4l2Vnn3zfDaLLwjNWfuBfr2ieAwARDXaXfVtGdpN4EHk7&#10;DdwGU6IwCmLfVaHb4GYUxrG7G8XXIVTJCyGRZbYhOkvx9aB/ZctqKi0dhciu5GgE+gyKq8m/jNB5&#10;RaU15URXjqxoVUJTlUM5LXmE07rKHqq6lmXNWXG4qxk6YdksnejhzqheiAHx8kQTnFwdaPYM/NgD&#10;I+4t/vcRM2Kh+o8WGBgSQpgFM4uDWTBR31HVlBWjMC6ehi+YdaiD5d4SwIsfqCFinBjCA/ulgJaV&#10;b7b016OgeSXZUNmmLRpvoClogv7vuwMQzFl38CUv/F+7w0w4Jon+rTfMPLaa9jM/rtfTG+fPIdhE&#10;4nM33yQ+s9Ub5y8PRXNzW8/RH8b5Xx+N5sCb2jP739Ib6lYeBr0wgEOrag/f3Cs0V99jXuqeotrI&#10;dFgaKfqtl7ycNOCorHvJE7TBAx2QF5z1EiSG3ygcwl3zXMNoxqNXTWXQW83EInusnDXGbiynCJUD&#10;Z21YjyNnRwIxHAY1MEXGth90SNjQ6tVYCKOyOvSMY72cxZf3Ku/mPx9u/wEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAN4v/lrcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdjRqp&#10;MZtSinoqQltBvE2z0yQ0Oxuy2yT992696GXg8R7vfZMvJtuKgXrfONaQzBQI4tKZhisNn7u3uzkI&#10;H5ANto5Jw5k8LIrrqxwz40be0LANlYgl7DPUUIfQZVL6siaLfuY64ugdXG8xRNlX0vQ4xnLbynul&#10;nqTFhuNCjR2taiqP25PV8D7iuHxIXof18bA6f+/Sj691Qlrf3kzLFxCBpvAXhgt+RIciMu3diY0X&#10;rYb4SPi9F089qhTEXkM6fwZZ5PI/ffEDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAD5C2&#10;kdsDAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;3i/+WtwAAAAFAQAADwAAAAAAAAAAAAAAAAA1BgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD4HAAAAAA==&#10;">
+              <v:group w14:anchorId="2DE06CBF" id="Group 21" o:spid="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:40.8pt;margin-top:-28.9pt;width:520.25pt;height:29.45pt;z-index:15732736;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3740" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPkLaR2wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1vpDYQf6/U/8HiveEbNiibU5s0UaXT&#10;3UmX6p69YD5UwNT2LuS/79jGwG3Uhctdn5oX1uBhmPnNzG88e/NuaGp0IoxXtN1b7pVjIdKmNKva&#10;Ym/9+fTwy85CXOA2wzVtyd56Jtx6d/vzTzd9lxCPlrTOCEOgpOVJ3+2tUogusW2elqTB/Ip2pIXN&#10;nLIGC7hlhZ0x3IP2prY9x4nsnrKsYzQlnMPTe71p3Sr9eU5S8THPORGo3ltgm1BXpq4HebVvb3BS&#10;MNyVVTqagV9hRYOrFj46qbrHAqMjq16oaqqUUU5zcZXSxqZ5XqVE+QDeuM6ZN4+MHjvlS5H0RTfB&#10;BNCe4fRqtemH0yPrPnefmLYelu9p+hcHXOy+K5LlvrwvZuEhZ418CZxAg0L0eUKUDAKl8DCKnNiN&#10;QwulsOfHgeOGGvK0hLi8eC0tf7/8oo0T/Vll3GRM30H28Bkg/n0AfS5xRxTuXALwiaEq21ueZ6EW&#10;N5DEj2O+wBPASX4cpCSG4x0f4TxDyPViB3IQkNArlXsTUuHOjSekgl2kkZocxkl65OKRUIU5Pr3n&#10;Qr1fZGaFS7NKh9YsGVSAzP1a5b6wEOQ+sxDk/kEHosNCvicDKZeoh6AZU0qImbZEbjf0RJ6oEhQy&#10;clHo+bGrHVKFBLbOMnW7lA13ThQo142k2Te/ndLph0HkK7kgjHbSQlBqRMyvFnUBzEijGTtufFEW&#10;lGmtUv9ltdofsNffIuddO0FwvfHbru+4l2Vnn3zfDaLLwjNWfuBfr2ieAwARDXaXfVtGdpN4EHk7&#10;DdwGU6IwCmLfVaHb4GYUxrG7G8XXIVTJCyGRZbYhOkvx9aB/ZctqKi0dhciu5GgE+gyKq8m/jNB5&#10;RaU15URXjqxoVUJTlUM5LXmE07rKHqq6lmXNWXG4qxk6YdksnejhzqheiAHx8kQTnFwdaPYM/NgD&#10;I+4t/vcRM2Kh+o8WGBgSQpgFM4uDWTBR31HVlBWjMC6ehi+YdaiD5d4SwIsfqCFinBjCA/ulgJaV&#10;b7b016OgeSXZUNmmLRpvoClogv7vuwMQzFl38CUv/F+7w0w4Jon+rTfMPLaa9jM/rtfTG+fPIdhE&#10;4nM33yQ+s9Ub5y8PRXNzW8/RH8b5Xx+N5sCb2jP739Ib6lYeBr0wgEOrag/f3Cs0V99jXuqeotrI&#10;dFgaKfqtl7ycNOCorHvJE7TBAx2QF5z1EiSG3ygcwl3zXMNoxqNXTWXQW83EInusnDXGbiynCJUD&#10;Z21YjyNnRwIxHAY1MEXGth90SNjQ6tVYCKOyOvSMY72cxZf3Ku/mPx9u/wEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAHqnrw3fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwkAQhu+FvsMyhd50syla&#10;idmISNuTFKqF4m1MxiSYnQ3ZNYlv382pvc0wH/98f7oZTSN66lxtWYOaRyCIc1vUXGr4Pr7PViCc&#10;Ry6wsUwa7uRgkz0+pJgUduAv6g++FCGEXYIaKu/bREqXV2TQzW1LHG4X2xn0Ye1KWXQ4hHDTyDiK&#10;ltJgzeFDhS3tKsqvh5vR8DHgsH1Rb/3+etndT8fF589ekdbPT+N2DcLT6P9gmPSDOmTB6WxvXDjR&#10;aFipZSA1zBavocIEqDhWIM7TBDJL5f8G2S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;D5C2kdsDAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAeqevDd8AAAAJAQAADwAAAAAAAAAAAAAAAAA1BgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEEHAAAAAA==&#10;">
                 <v:shape id="Graphic 22" o:spid="_x0000_s1047" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdMyoIvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimtpDKdUoIiiCJ38u3pZmbYvNpjSx1rc3guBxmPlmmOW6N7XoqHWVZQXzWQSCOLe6&#10;4kLB9bKbpiCcR9ZYWyYFb3KwXg0HS8y0ffGJurMvRChhl6GC0vsmk9LlJRl0M9sQB+9uW4M+yLaQ&#10;usVXKDe1jKMokQYrDgslNrQtKX+cn0ZB3J0mBaZHc8M44l19S/bpM1FqPOo3CxCeev8P/+iDDlwM&#10;3y/hB8jVBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB0zKgi+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m6523710,l58064,,35463,4568,17006,17017,4563,35468,,58038,,290449r4563,22570l17006,331469r18457,12450l58064,348488r6465646,l6546280,343919r18451,-12450l6577181,313019r4568,-22570l6581749,58038r-4568,-22570l6564731,17017,6546280,4568,6523710,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 23" o:spid="_x0000_s1048" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiYQ2wwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvBd8hjLB3mqrsItW0iKDolaz1AYZm+qPNpDSxdn16s7Cwl4fz83E26WAa0VPnassK5rMIBHFu&#10;dc2lgmu2n65AOI+ssbFMCn7IQZqMRxuMtX3yN/UXX4owwi5GBZX3bSylyysy6Ga2JQ5eYTuDPsiu&#10;lLrDZxg3jVxE0Zc0WHMgVNjSrqL8fnmYAFlm55t2n2bnMjwUdVuc+NUr9TEZtmsQngb/H/5rH7WC&#10;xRJ+v4QfIJM3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACJhDbDBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m58064,l35463,4568,17006,17017,4563,35468,,58038,,290449r4563,22570l17006,331469r18457,12450l58064,348488r6465646,l6546280,343919r18451,-12450l6577181,313019r4568,-22570l6581749,58038r-4568,-22570l6564731,17017,6546280,4568,6523710,,58064,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 24" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;width:66071;height:3740;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkbm4JwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOI2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gPIHHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApG5uCcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="58991625" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="78947F42" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="128"/>
-                          <w:ind w:left="121"/>
+                          <w:spacing w:before="133"/>
+                          <w:ind w:left="128"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>4.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-17"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Submit</w:t>
+                          <w:t>Submit Training</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>Profile</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-16"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Training</w:t>
+                          <w:t>for</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-16"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Profile</w:t>
+                          <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-17"/>
+                            <w:spacing w:val="-8"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>for</w:t>
+                          <w:t>Officer</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
-[...33 lines deleted...]
-                            <w:spacing w:val="-17"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>(TO)</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-18"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>review</w:t>
+                          <w:t>review and</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
-[...16 lines deleted...]
-                            <w:spacing w:val="-18"/>
+                            <w:spacing w:val="3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>approval.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <w10:anchorlock/>
+                <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:t>Submit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>associated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>electronically</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>using</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department-designated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>site</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-42"/>
+          <w:u w:val="single" w:color="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr>
             <w:color w:val="085295"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>NREMT.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79F7889A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="076D42E3" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:ind w:left="1073"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t>PLEASE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>REMEMBER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CLICK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>THE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>“SUBMIT”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>REMEMBER</w:t>
-[...8 lines deleted...]
-        <w:t>TO</w:t>
+        <w:t>BUTTON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>YOUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TRAINING</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>CLICK</w:t>
-[...65 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>PROFILE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28407328" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="05ABBE9B" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:ind w:left="1073" w:right="590"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t>Work</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>with</w:t>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>continuing education.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BC065E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4" w:line="262" w:lineRule="exact"/>
+        <w:ind w:left="1066"/>
+      </w:pPr>
+      <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Training Profile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>accuracy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>document</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>TO</w:t>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>proficiency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>skills</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...119 lines deleted...]
-        <w:t>review your Training Profile for accuracy and document the proficiency of your skills (if applicable).</w:t>
+        <w:t>applicable).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8E9F12" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="504D179E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="267" w:lineRule="exact"/>
-        <w:ind w:left="1073"/>
+        <w:spacing w:line="263" w:lineRule="exact"/>
+        <w:ind w:left="1065" w:hanging="368"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Submission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>$30</w:t>
+        <w:t>$26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(Ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>(Ensure</w:t>
+        <w:t>completed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>all</w:t>
+        <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>education</w:t>
+        <w:t>meets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>is</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>completed</w:t>
+        <w:t>requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>and</w:t>
+        <w:t>before</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...51 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>submitting)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397951B4" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="388FEF93" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:after="6"/>
-        <w:ind w:left="1073"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="670246CA" wp14:editId="5D62910B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>452170</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>195458</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6858000" cy="544830"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Textbox 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6858000" cy="544830"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFF00"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="63F10B90" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+                            <w:pPr>
+                              <w:spacing w:before="68"/>
+                              <w:ind w:left="921"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>Recertification</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="-15"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>Step</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>B:</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="-22"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>State</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>Application</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="-15"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>(Second</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="40"/>
+                              </w:rPr>
+                              <w:t>Step)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="670246CA" id="Textbox 25" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:35.6pt;margin-top:15.4pt;width:540pt;height:42.9pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArrRd3tQEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjt2i4w4hRbiwwD&#10;iq1Atw+QZSkRJosaqcTO349SbsX2NswPMiVS5DmH1OJ+GrzYGSQHoZVXs1oKEzT0Lqxb+eP76t1c&#10;Ckoq9MpDMK3cG5L3y7dvFmNszDVswPcGBScJ1IyxlZuUYlNVpDdmUDSDaAI7LeCgEm9xXfWoRs4+&#10;+Oq6ru+qEbCPCNoQ8enjwSmXJb+1Rqdv1pJJwreSsaWyYlm7vFbLhWrWqOLG6SMM9Q8oBuUCFz2n&#10;elRJiS26v1INTiMQ2DTTMFRgrdOmcGA2V/UfbF42KprChcWheJaJ/l9a/XX3Ep9RpOkTTNzAQoLi&#10;E+ifxNpUY6TmGJM1pYY4OhOdLA75zxQEX2Rt92c9zZSE5sO7+e28rtml2Xd7czN/XwSvLrcjUvps&#10;YBDZaCVyvwoCtXuilOur5hSSixF416+c92WD6+7Bo9gp7u2KP650uPIqrBA4YM7o09RNwvWt/JBD&#10;80kH/Z75jzwCraRfW4VGCv8lsMZ5Xk4GnozuZGDyD1CmKoMJ8HGbwLoC+pL3qCA3r3A5Dlqejtf7&#10;EnV5DsvfAAAA//8DAFBLAwQUAAYACAAAACEAutO4/N4AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hI3FjaVRRU6k6AgBNCrIDGMWu8ptA4VZNt5d+TnuBm+z09f69cTbYXBxp9&#10;5xghXSQgiBunO24R3t8eL65B+KBYq94xIfyQh1V1elKqQrsjr+lQh1bEEPaFQjAhDIWUvjFklV+4&#10;gThqOzdaFeI6tlKP6hjDbS+XSZJLqzqOH4wa6N5Q813vLcLTZic/zMv0tbafr3eZe3iuN1mDeH42&#10;3d6ACDSFPzPM+BEdqsi0dXvWXvQIV+kyOhGyJDaY9fRyvmznKc9BVqX8X6H6BQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACutF3e1AQAAVgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALrTuPzeAAAACgEAAA8AAAAAAAAAAAAAAAAADwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" fillcolor="yellow" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="63F10B90" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+                      <w:pPr>
+                        <w:spacing w:before="68"/>
+                        <w:ind w:left="921"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>Recertification</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="-15"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>Step</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>B:</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="-22"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>State</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="-3"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>Application</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="-15"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>(Second</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="40"/>
+                        </w:rPr>
+                        <w:t>Step)</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>DO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>FORGET</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>COMPLETE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>STEP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> B.</w:t>
+        <w:t>B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4029E6" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="04E6B8D1" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="360"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="224CD84F" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="468"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AECB0DF" wp14:editId="454A45DC">
-[...2 lines deleted...]
-                <wp:docPr id="25" name="Group 25"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29632EC9" wp14:editId="5D069C0D">
+                <wp:extent cx="6607809" cy="359410"/>
+                <wp:effectExtent l="19050" t="9525" r="12065" b="21589"/>
+                <wp:docPr id="26" name="Group 26"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6858000" cy="938530"/>
+                          <a:ext cx="6607809" cy="359410"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="6858000" cy="938530"/>
+                          <a:chExt cx="6607809" cy="359410"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="26" name="Graphic 26"/>
+                        <wps:cNvPr id="27" name="Graphic 27"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="86817" y="591718"/>
+                            <a:off x="12700" y="12700"/>
                             <a:ext cx="6582409" cy="334010"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6582409" h="334010">
                                 <a:moveTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="33968"/>
                                 </a:lnTo>
@@ -6141,55 +6519,55 @@
                                 <a:lnTo>
                                   <a:pt x="6565525" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6547844" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="27" name="Graphic 27"/>
+                        <wps:cNvPr id="28" name="Graphic 28"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="86817" y="591718"/>
+                            <a:off x="12700" y="12700"/>
                             <a:ext cx="6582409" cy="334010"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6582409" h="334010">
                                 <a:moveTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="33968"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="55625"/>
                                 </a:lnTo>
@@ -6238,1286 +6616,1020 @@
                                 <a:lnTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="28" name="Textbox 28"/>
+                        <wps:cNvPr id="29" name="Textbox 29"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="74117" y="579018"/>
+                            <a:off x="0" y="0"/>
                             <a:ext cx="6607809" cy="359410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2D1D3CD8" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="36D03141" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="125"/>
-                                <w:ind w:left="120"/>
+                                <w:spacing w:before="130"/>
+                                <w:ind w:left="116"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>1.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Create</w:t>
-                              </w:r>
-[...15 lines deleted...]
-                                <w:t>an</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-11"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>account</w:t>
+                                <w:t>an</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>and</w:t>
+                                <w:t>account</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="5"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>link</w:t>
+                                <w:t>and</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-5"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>your</w:t>
+                                <w:t>link</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>certification.</w:t>
                               </w:r>
-                            </w:p>
-[...304 lines deleted...]
-                              </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="5AECB0DF" id="Group 25" o:spid="_x0000_s1050" style="width:540pt;height:73.9pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="68580,9385" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTU60VMwQAAKISAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFlv4zYQfi/Q/0DovdF9IsqiTZqgwGJ3&#10;gU3RZ1qHJVQSVZK2lH/fISlKqo1YSXoCjR9syhxRM98c34yuP4xtg44FZTXpUsO+sgxUdBnJ626f&#10;Gj8/3n8XGYhx3OW4IV2RGk8FMz7cfPvN9dAnhUMq0uQFRXBIx5KhT42K8z4xTZZVRYvZFemLDjZL&#10;QlvM4ZLuzZziAU5vG9OxrMAcCM17SrKCMfj3Tm0aN/L8siwy/rksWcFRkxqgG5ffVH7vxLd5c42T&#10;PcV9VWeTGvgNWrS47uCh81F3mGN0oPXZUW2dUcJIya8y0pqkLOuskDaANbZ1Ys0DJYde2rJPhn0/&#10;wwTQnuD05mOzT8cH2n/tv1ClPSw/kuxXBriYQ79P1vvier8IjyVtxU1gBBolok8zosXIUQZ/BpEf&#10;WRYAn8Fe7Ea+O0GeVeCXs9uy6sfLN5o4UY+Vys3KDD1ED1sAYn8OoK8V7guJOxMAfKGozlPDCQzU&#10;4RaC+GGKF/gHcBIPBymB4XTFJjhPEIqCyA4NBEj4sR3akQq+GSo/cjwrVlC5rgfhIARmi3GSHRh/&#10;KIgEHR8/Mg7bEHG5XuFKr7Kx00sKKSCCv5HBzw0EwU8NBMG/U8/vMRf3iaPEEg3gNa1KlRqTJmK7&#10;JcfikUhBLlwX+E5gR8oiresi03RrWd8PbFfariX1vv7t5ZmuGwdQMgAjzw3iCQAton+VqB04MUQW&#10;iMIK1FBgaRn9q2Q9N7SlqDr/kqg6EvR1/ItHKjknjGznsp7zs504Djf0XGxy7dADJC5pumDlOpBb&#10;MhghXLTl+lchsDjAdd3Qv2zb2rMvEvfCyPMUwNuqBH7g+4CucN0LzAz8MPQ8FTwvgBCC146mWHuB&#10;d9bi205f67IdSmtDt2M08BcUN4N/7aHTjMoawgoVOCKjZQ2ZsxwCZF1HGGnq/L5uGpHWjO53tw1F&#10;RyzY0grub/XRKzGovCxRFU6sdiR/ggI5QElMDfbbAdPCQM1PHZRgyBCuF1QvdnpBeXNLJCvLikIZ&#10;fxx/wbRHPSxTg0Nd/ER0JcaJLnigvxBQsuLOjnx/4KSsRTWUuimNpgtgBVWh/356gEJ4Qg+yJv1v&#10;6WGpODqKniOHpZBtxv1SILcTai6825n6XvT/SOfvRZ+s+5yFgLZD6V8q+s+xvc49vf8acmg60Q06&#10;vgcdvOSHV5OFKtZ3mFWKVCSPzE3NVKPfyeR81oAeWJHJI/DgjozIkb3gikwQH38g0IXbAs6Fk/WA&#10;NM9loWfrqSOMrbOpI7DCaJ46/Ng7mzoE24qpY+JlMU/IYDghZDWYnDQHfNyNcnaamfAvahf+M6QP&#10;89qJn+Qw8AY/KQqS6YqTeShcz8++77lz465ny1e5B1q8Z1P4Hj6Q56pvXIk959I5Hv85l4Iq8kWI&#10;7GinlzbiTcv6WtaU5dXSze8AAAD//wMAUEsDBBQABgAIAAAAIQAZoArM3AAAAAYBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/NasMwEITvhb6D2EJvjeT+GsdyCKHtKRSaFEpuirWxTayVsRTbeftuemkv&#10;yw6zzH6TLybXigH70HjSkMwUCKTS24YqDV/bt7sURIiGrGk9oYYzBlgU11e5yawf6ROHTawEh1DI&#10;jIY6xi6TMpQ1OhNmvkNi7+B7ZyLLvpK2NyOHu1beK/UsnWmIP9Smw1WN5XFzchreRzMuH5LXYX08&#10;rM677dPH9zpBrW9vpuUcRMQp/h3DBZ/RoWCmvT+RDaLVwEXi77x4KlWs97w9vqQgi1z+xy9+AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANNTrRUzBAAAohIAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmgCszcAAAABgEAAA8AAAAAAAAAAAAAAAAA&#10;jQYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACWBwAAAAA=&#10;">
-                <v:shape id="Graphic 26" o:spid="_x0000_s1051" style="position:absolute;left:868;top:5917;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpJzUUxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMQK6mrmEJFWtGa5lBvj+wzCWbfhuxW03/vFgo9DjPzDbNY9aYRV+pcbVnBZByB&#10;IC6srrlUkH++Ps5BOI+ssbFMCn7IwWo5eFhgou2Nj3TNfCkChF2CCirv20RKV1Rk0I1tSxy8s+0M&#10;+iC7UuoObwFuGhlH0UwarDksVNjSS0XFJfs2CnabN9ymkX6fng57zidP049j+qXUaNivn0F46v1/&#10;+K+91QriGfx+CT9ALu8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaSc1FMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m6526187,l55613,,33968,4369,16290,16287,4371,33968,,55625,,278129r4371,21658l16290,317468r17678,11918l55613,333755r6470574,l6547844,329386r17681,-11918l6577443,299787r4370,-21658l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="29632EC9" id="Group 26" o:spid="_x0000_s1051" style="width:520.3pt;height:28.3pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66078,3594" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmm+Tx5AMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF2PmzoQfb9S/4PFe5fwnaDNVr273VWl&#10;qq3UrfrsgPlQAXNtJ7D//o5tDDSrhnTbqg/dl2DwMIzPjM/x5PJVX1foQBgvabO1nIuVhUiT0LRs&#10;8q31+f725dpCXOAmxRVtyNZ6INx6dfXin8uujYlLC1qlhCFw0vC4a7dWIUQb2zZPClJjfkFb0sBk&#10;RlmNBdyy3E4Z7sB7XdnuahXaHWVpy2hCOIenN3rSulL+s4wk4kOWcSJQtbUgNqF+mfrdyV/76hLH&#10;OcNtUSZDGPgJUdS4bOCjo6sbLDDas/KRq7pMGOU0ExcJrW2aZWVC1BpgNc7qaDV3jO5btZY87vJ2&#10;hAmgPcLpyW6T94c71n5qPzIdPQzf0eQrB1zsrs3j+by8zyfjPmO1fAkWgXqF6MOIKOkFSuBhGK6i&#10;9WpjoQTmvGDjOwPkSQF5efRaUrw5/aKNY/1ZFdwYTNdC9fAJIP5zAH0qcEsU7lwC8JGhMt1abmSh&#10;BtdQxHdDvcATwEl+HKwkhsMdH+A8QshxoxXUICChR6r2RqSCteuPSHk+VIN0Pi4Yx8meiztCFeb4&#10;8I4L9X6emhEuzCjpGzNksANk7Veq9oWFoPaZhaD2d7r2WyzkezKRcog6SJoJpYCc6UjkdE0P5J4q&#10;QyEzFwZu6KwBFJN2iHWyqZq5bRCEjveNpZk311b59LxNCIwBHn0v3AwAGBNz1aZO6G4GNEMXwtBg&#10;GRtz1ba+FznKq/Z/ylS7hHjd4KRLbedGa8c9Hef4bXeziRbinNbkOZEPSJyKdMLKczfeOjxpPCXA&#10;87woOL22eWbPMvejte9rgJdDCYMwCABdmeUzlhkGUeT7unjOgBCK11kPtXZGdubmy0mfx7JcSvOF&#10;QmYXch8GE4qLxT/PkOEJU/JJRTnRhSN3tOKQcZfDHp3zCKdVmd6WVSW3NWf57rpi6IClWK7C22vj&#10;emYGxMtjTXBytKPpA/BjB4y4tfh/e8yIhaq3DTAw7BBhBswMdmbARHVNlSgrRmFc3PdfMGtRC8Ot&#10;JYAX31NDxDg2hAfxSwNtK99s6Ou9oFkp2VDFpiMabkAUNEH/fnUA2jpSB7V9/1Z1mAjHFNH3tGHi&#10;scWyn/hxeT+NvLu8UZ85/1s1f+Z8Oj/mTPqzXEp/iPMN9+vjzuO9Z+Z/RBuqRh4G3cCHQ6uShx/W&#10;Cs3VN5gXWlOUjIzHlIGin7XkcacBDZPWknuQwR3tkT5jzrQEif5fCodwR8I5SbJpj57Ulc16Damx&#10;stcY1Fh2EaoGjmRYtyNHRwLR73rVMI3694sOCWdIvWoLoVVWh56hrZe9+Pxe1d3058PV/wAAAP//&#10;AwBQSwMEFAAGAAgAAAAhALTfDbPcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwZvdjdpQYjalFPVUBFtBeptmp0lodjZkt0n679160cvA4z3e+yZfTrYVA/W+cawhmSkQxKUz&#10;DVcavnZvDwsQPiAbbB2Thgt5WBa3Nzlmxo38ScM2VCKWsM9QQx1Cl0npy5os+pnriKN3dL3FEGVf&#10;SdPjGMttKx+VSqXFhuNCjR2taypP27PV8D7iuHpKXofN6bi+7Hfzj+9NQlrf302rFxCBpvAXhit+&#10;RIciMh3cmY0XrYb4SPi9V089qxTEQcM8TUEWufxPX/wAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAZpvk8eQDAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAtN8Ns9wAAAAFAQAADwAAAAAAAAAAAAAAAAA+BgAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEcHAAAAAA==&#10;">
+                <v:shape id="Graphic 27" o:spid="_x0000_s1052" style="position:absolute;left:127;top:127;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGa5CPxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMHbmiqi0jWKCoqsoqvrYb09mmdbbF5Kk9X6742w4HGYmW+Y8bQ2hbhR5XLLCrqdCARx&#10;YnXOqYLTz/JjBMJ5ZI2FZVLwIAfTSbMxxljbOx/odvSpCBB2MSrIvC9jKV2SkUHXsSVx8C62MuiD&#10;rFKpK7wHuClkL4oG0mDOYSHDkhYZJdfjn1GwXX3heh7pTf+83/GpO+x/H+a/SrVb9ewThKfav8P/&#10;7bVW0BvC60v4AXLyBAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAZrkI/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6526187,l55613,,33968,4369,16290,16287,4371,33968,,55625,,278129r4371,21658l16290,317468r17678,11918l55613,333755r6470574,l6547844,329386r17681,-11918l6577443,299787r4370,-21658l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 27" o:spid="_x0000_s1052" style="position:absolute;left:868;top:5917;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEFro1xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ARvNesidrs1ShWKlZ60RfD22Dw3i5uXJUnX9d83hYLHYWa+YRarwbaiJx8axwqmkwwE&#10;ceV0w7WC76/3pwJEiMgaW8ek4EYBVsvHhwWW2l15T/0h1iJBOJSowMTYlVKGypDFMHEdcfLOzluM&#10;Sfpaao/XBLetzLNsLi02nBYMdrQxVF0OP1bBxcxnL8fdZ7E7b/0pP/X7Y2jXSo1Hw9sriEhDvIf/&#10;2x9aQf4Mf1/SD5DLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEFro1xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m55613,l33968,4369,16290,16287,4371,33968,,55625,,278129r4371,21658l16290,317468r17678,11918l55613,333755r6470574,l6547844,329386r17681,-11918l6577443,299787r4370,-21658l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,,55613,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 28" o:spid="_x0000_s1053" style="position:absolute;left:127;top:127;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1iS5HwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hDrgb0yki2jHKODCouPKB4O7SXJtic1OSWOvfTxYDLg/nPV/2thEd+VA7VvA5ykAQl07X&#10;XCk4HX8/piBCRNbYOCYFTwqwXAze5lho9+A9dYdYiRTCoUAFJsa2kDKUhiyGkWuJE3d13mJM0FdS&#10;e3ykcNvIPMsm0mLNqcFgSz+GytvhbhXczGQ8O2930+117S/5pdufQ7NSavjef3+BiNTHl/jfvdEK&#10;8jQ2fUk/QC7+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADWJLkfBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m55613,l33968,4369,16290,16287,4371,33968,,55625,,278129r4371,21658l16290,317468r17678,11918l55613,333755r6470574,l6547844,329386r17681,-11918l6577443,299787r4370,-21658l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,,55613,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Textbox 28" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;left:741;top:5790;width:66078;height:3594;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAlI2QMwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCN5sqgfRrlFkWWFBEGs97HG2GdtgM6lNVuu/NwfB4+N9L9e9bcSNOm8cK5gkKQji0mnD&#10;lYJTsR3PQfiArLFxTAoe5GG9+hgsMdPuzjndjqESMYR9hgrqENpMSl/WZNEnriWO3Nl1FkOEXSV1&#10;h/cYbhs5TdOZtGg4NtTY0ldN5eX4bxVsfjn/Ntf93yE/56YoFinvZhelRsN+8wkiUB/e4pf7RyuY&#10;xrHxS/wBcvUEAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJSNkDMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 29" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;width:66078;height:3594;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKb8GXxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq91U09SBNdgxQLQkEa48Hja/aZLMm+TbOrif++Wyj0OMzMN8w6n2wnbjR441jByzwB&#10;QVw5bbhWcCrfn19B+ICssXNMCu7kId/MHtaYaTdyQbdjqEWEsM9QQRNCn0npq4Ys+rnriaN3cYPF&#10;EOVQSz3gGOG2k4skWUqLhuNCgz29NVS1x6tVsD1zsTPfh6/P4lKYskwT/li2Sj09TtsViEBT+A//&#10;tfdawSKF3y/xB8jNDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKb8GXxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="2D1D3CD8" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="36D03141" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="125"/>
-                          <w:ind w:left="120"/>
+                          <w:spacing w:before="130"/>
+                          <w:ind w:left="116"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>1.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Create</w:t>
-                        </w:r>
-[...15 lines deleted...]
-                          <w:t>an</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-11"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>account</w:t>
+                          <w:t>an</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>and</w:t>
+                          <w:t>account</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="5"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>link</w:t>
+                          <w:t>and</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-5"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>your</w:t>
+                          <w:t>link</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>certification.</w:t>
                         </w:r>
-                      </w:p>
-[...287 lines deleted...]
-                        </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E944FA4" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="791312E1" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1013"/>
+          <w:tab w:val="left" w:pos="1001"/>
         </w:tabs>
-        <w:ind w:left="1013" w:right="566"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:spacing w:line="210" w:lineRule="exact"/>
+        <w:ind w:left="1001" w:hanging="368"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>already</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>done</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>so,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>create</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>account</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">the </w:t>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>updated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-3"/>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>eLicensing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...36 lines deleted...]
-      <w:hyperlink r:id="rId23">
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>renewal applications at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-39"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single" w:color="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="085295"/>
-            <w:sz w:val="20"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>https://</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId24">
+    </w:p>
+    <w:p w14:paraId="6BC84D2D" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:spacing w:line="243" w:lineRule="exact"/>
+        <w:ind w:left="1001"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="085295"/>
             <w:spacing w:val="-2"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>healthprofessionlicensing.mass.gov/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AC046C8" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="7E45B8E5" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1013"/>
+          <w:tab w:val="left" w:pos="1001"/>
         </w:tabs>
-        <w:spacing w:line="253" w:lineRule="exact"/>
-        <w:ind w:left="1013"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="1001" w:hanging="368"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>create</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>account</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>link</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>certification,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-42"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single" w:color="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>eLicensing</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-6"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>System</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>User</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="53D32BA4" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="3"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D66E382" wp14:editId="7F32E337">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="619D800E" wp14:editId="7246710D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>530225</wp:posOffset>
+                  <wp:posOffset>525144</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>171903</wp:posOffset>
+                  <wp:posOffset>41785</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6607175" cy="339725"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="30" name="Group 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="339725"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="339725"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="31" name="Graphic 31"/>
                         <wps:cNvSpPr/>
@@ -7701,790 +7813,550 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="33" name="Textbox 33"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="339725"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7F74B47A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="15CE70F1" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
+                                <w:spacing w:before="133"/>
                                 <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>2.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-11"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Review,</w:t>
-                              </w:r>
-[...16 lines deleted...]
-                                <w:t>attest</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-7"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>&amp;</w:t>
+                                <w:t>attest</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-16"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>pay</w:t>
+                                <w:t>&amp;</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>state</w:t>
+                                <w:t>pay</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-11"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>recertification</w:t>
+                                <w:t>state</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-18"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>recertification</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-16"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>fee.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4D66E382" id="Group 30" o:spid="_x0000_s1055" style="position:absolute;left:0;text-align:left;margin-left:41.75pt;margin-top:13.55pt;width:520.25pt;height:26.75pt;z-index:-15726080;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnhA6R6AMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv3DYQvhfofyB0r1dv7QpeB61dGwWC&#10;JEAc9MyVqAcqiSrJXcn/vkNSlOTdRHLSFjnEFy0lDocz3wy/4ez1m76u0IkwXtJmbzlXtoVIk9C0&#10;bPK99enx/pethbjATYor2pC99US49ebm55+uuzYmLi1olRKGQEnD467dW4UQbbzZ8KQgNeZXtCUN&#10;TGaU1VjAK8s3KcMdaK+rjWvb4aajLG0ZTQjn8PVOT1o3Sn+WkUS8zzJOBKr2Ftgm1JOp50E+NzfX&#10;OM4ZbosyGczA32BFjcsGNh1V3WGB0ZGVF6rqMmGU00xcJbTe0CwrE6J8AG8c+8ybB0aPrfIlj7u8&#10;HWECaM9w+ma1ybvTA2s/th+Yth6Gb2nyFwdcNl2bx/N5+Z5Pwn3GarkInEC9QvRpRJT0AiXwMQzt&#10;yIkCCyUw53m7yA005EkBcblYlhS/Ly/c4Fhvq4wbjelayB4+AcT/HUAfC9wShTuXAHxgqEzBfMdC&#10;Da4hiR+GfIEvgJPcHKQkhsMbH+A8Q8hxIxtyEJDQI5V7I1LB1olGpBzf00iNDuM4OXLxQKjCHJ/e&#10;cqHW56kZ4cKMkr4xQwYnQOZ+pXJfWAhyn1kIcv+gA9FiIdfJQMoh6iBoxpRCOq0skdM1PZFHqgSF&#10;jFwYuDs/AFBM2MHWSaZq5rKB622jZ5Jm3vy2Sqfn7HahkvMd15MWglIjYn61qBN4vq/RDLwwWpT1&#10;HUfv7rm2t1sU1QEKXOnZ0vZazg2BhJYFx73dret520Wlk0/ubruLlgGYsPIcG/xa1DwFYIjokm/z&#10;yL5I3N9FWyB6ecbXTQmDMPQhuFL8BW6GQRSFwSC+DuGYvFL7enTm4utBn9uynkpzRyGyKzkaBhOK&#10;q8k/j5AqYrNjklSUEx1eeaLVERpPOcjNeYTTqkzvy6qSx5qz/HBbMXTCslja4f2tUT0TA+LlsSY4&#10;OTrQ9An4sQNG3Fv87yNmxELVHw0wsCy3ZsDM4GAGTFS3VBVlxSiMi8f+T8xa1MJwbwngxXfUEDGO&#10;DeGB/VJAy8qVDf31KGhWSjZUtmmLhhcoCpqg///q4F5UB1eeSAnSj1gdJsIxSfSl2jDx2GraT/y4&#10;fp5G3l0/qK+c/7yav3I+nV9zpvqznkrfifOfX40uz56Z/5raUDXyMugGPlxaVXn46lqhufoO80LX&#10;FFVGxmvKQNGvteSy04Dbju40HqEMHmiPPHW7m9USJPrfKFzCxw7kCz2Hprahzx17jc93ZVBbTcci&#10;a6zsNYZqLLsIlQNnZVi3I2dXAtEfetUwqYu2tPk/uiS8oNSrthBaZXXpGdp62YvP31XeTX8+3PwD&#10;AAD//wMAUEsDBBQABgAIAAAAIQBd7a4R3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JA&#10;EIXvhf6HZQq91U1itRKzEZG2JylUC8XbmB2TYHY2ZNck/vuup3ocvseb72Wr0TSip87VlhXEkwgE&#10;cWF1zaWCn/3HywKE88gaG8uk4EoOVvnjQ4aptgN/U7/zpQgl7FJUUHnfplK6oiKDbmJb4sBOtjPo&#10;w9mVUnc4hHLTyCSK5tJgzeFDhS1tKirOu4tR8DngsJ7G7/32fNpcD/vZ1+82JqWen8b1EoSn0f+H&#10;4aYf1CEPTkd7Ye1Eo2AxnYWkguQtBnHjcfIaxh0DieYg80zeL8j/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAOeEDpHoAwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAF3trhHfAAAACQEAAA8AAAAAAAAAAAAAAAAAQgYAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABOBwAAAAA=&#10;">
+              <v:group w14:anchorId="619D800E" id="Group 30" o:spid="_x0000_s1055" style="position:absolute;margin-left:41.35pt;margin-top:3.3pt;width:520.25pt;height:26.75pt;z-index:-15726080;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnhA6R6AMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv3DYQvhfofyB0r1dv7QpeB61dGwWC&#10;JEAc9MyVqAcqiSrJXcn/vkNSlOTdRHLSFjnEFy0lDocz3wy/4ez1m76u0IkwXtJmbzlXtoVIk9C0&#10;bPK99enx/pethbjATYor2pC99US49ebm55+uuzYmLi1olRKGQEnD467dW4UQbbzZ8KQgNeZXtCUN&#10;TGaU1VjAK8s3KcMdaK+rjWvb4aajLG0ZTQjn8PVOT1o3Sn+WkUS8zzJOBKr2Ftgm1JOp50E+NzfX&#10;OM4ZbosyGczA32BFjcsGNh1V3WGB0ZGVF6rqMmGU00xcJbTe0CwrE6J8AG8c+8ybB0aPrfIlj7u8&#10;HWECaM9w+ma1ybvTA2s/th+Yth6Gb2nyFwdcNl2bx/N5+Z5Pwn3GarkInEC9QvRpRJT0AiXwMQzt&#10;yIkCCyUw53m7yA005EkBcblYlhS/Ly/c4Fhvq4wbjelayB4+AcT/HUAfC9wShTuXAHxgqEzBfMdC&#10;Da4hiR+GfIEvgJPcHKQkhsMbH+A8Q8hxIxtyEJDQI5V7I1LB1olGpBzf00iNDuM4OXLxQKjCHJ/e&#10;cqHW56kZ4cKMkr4xQwYnQOZ+pXJfWAhyn1kIcv+gA9FiIdfJQMoh6iBoxpRCOq0skdM1PZFHqgSF&#10;jFwYuDs/AFBM2MHWSaZq5rKB622jZ5Jm3vy2Sqfn7HahkvMd15MWglIjYn61qBN4vq/RDLwwWpT1&#10;HUfv7rm2t1sU1QEKXOnZ0vZazg2BhJYFx73dret520Wlk0/ubruLlgGYsPIcG/xa1DwFYIjokm/z&#10;yL5I3N9FWyB6ecbXTQmDMPQhuFL8BW6GQRSFwSC+DuGYvFL7enTm4utBn9uynkpzRyGyKzkaBhOK&#10;q8k/j5AqYrNjklSUEx1eeaLVERpPOcjNeYTTqkzvy6qSx5qz/HBbMXTCslja4f2tUT0TA+LlsSY4&#10;OTrQ9An4sQNG3Fv87yNmxELVHw0wsCy3ZsDM4GAGTFS3VBVlxSiMi8f+T8xa1MJwbwngxXfUEDGO&#10;DeGB/VJAy8qVDf31KGhWSjZUtmmLhhcoCpqg///q4F5UB1eeSAnSj1gdJsIxSfSl2jDx2GraT/y4&#10;fp5G3l0/qK+c/7yav3I+nV9zpvqznkrfifOfX40uz56Z/5raUDXyMugGPlxaVXn46lqhufoO80LX&#10;FFVGxmvKQNGvteSy04Dbju40HqEMHmiPPHW7m9USJPrfKFzCxw7kCz2Hprahzx17jc93ZVBbTcci&#10;a6zsNYZqLLsIlQNnZVi3I2dXAtEfetUwqYu2tPk/uiS8oNSrthBaZXXpGdp62YvP31XeTX8+3PwD&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqB9sE3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JA&#10;EIXvhf6HZYTe6iaRphKzEZG2JylUC6W3MTsmwexsyK5J/PddT/X45j3e+yZfT6YVA/Wusawgnkcg&#10;iEurG64UfB/en5cgnEfW2FomBVdysC4eH3LMtB35i4a9r0QoYZehgtr7LpPSlTUZdHPbEQfvZHuD&#10;Psi+krrHMZSbViZRlEqDDYeFGjva1lSe9xej4GPEcbOI34bd+bS9/h5ePn92MSn1NJs2KxCeJv8f&#10;hht+QIciMB3thbUTrYJl8hqSCtIUxM2Ok0UC4hgOUQyyyOX9A8UfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAOeEDpHoAwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGoH2wTfAAAACAEAAA8AAAAAAAAAAAAAAAAAQgYAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABOBwAAAAA=&#10;">
                 <v:shape id="Graphic 31" o:spid="_x0000_s1056" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6MGEZwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6iYtaIlughYqPWr00tsz+8wGs2/T7NbEf+8WCh6HmfmGWRWjbcWVet84VpDOEhDE&#10;ldMN1wqOh8+XdxA+IGtsHZOCG3ko8snTCjPtBt7TtQy1iBD2GSowIXSZlL4yZNHPXEccvbPrLYYo&#10;+1rqHocIt618TZK5tNhwXDDY0Yeh6lL+WgWbU/hpd7d9OSw6fZTfZuvT+Vap5+m4XoIINIZH+L/9&#10;pRW8pfD3Jf4Amd8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOjBhGcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6529451,l52387,,31996,4123,15344,15367,4117,32039,,52451,,262001r4117,20337l15344,298973r16652,11230l52387,314325r6477064,l6549788,310203r16635,-11230l6577653,282338r4122,-20337l6581775,52451r-4122,-20412l6566423,15367,6549788,4123,6529451,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 32" o:spid="_x0000_s1057" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBoEwqewQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcATv1lRdVqmmIv6s3lZ9gENzbEubk9JEW9/eCMJeDjPzDbNa96YWD2pdaVnBZByBIM6s&#10;LjlXcL0cvhcgnEfWWFsmBU9ysE4GXyuMte04pcfZ5yJA2MWooPC+iaV0WUEG3dg2xMG72dagD7LN&#10;pW6xC3BTy2kU/UqDJYeFAhvaFpRV57tRkJ1Suv79XHDfURVtfHqc72ZHpUbDfrME4an3/+FP+6QV&#10;zKbw/hJ+gExeAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGgTCp7BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m52387,l31996,4123,15344,15367,4117,32039,,52451,,262001r4117,20337l15344,298973r16652,11230l52387,314325r6477064,l6549788,310203r16635,-11230l6577653,282338r4122,-20337l6581775,52451r-4122,-20412l6566423,15367,6549788,4123,6529451,,52387,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 33" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;width:66071;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCuXmCgxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemo0VpEY3IqWFQkEa48HjM/tMlmTfptmtpv/eLRQ8DjPzDbPejLYTFxq8caxglqQg&#10;iCunDdcKDuX70wsIH5A1do5JwS952OSThzVm2l25oMs+1CJC2GeooAmhz6T0VUMWfeJ64uid3WAx&#10;RDnUUg94jXDbyec0XUiLhuNCgz29NlS1+x+rYHvk4s18705fxbkwZblM+XPRKvU4HbcrEIHGcA//&#10;tz+0gvkc/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCuXmCgxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="7F74B47A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="15CE70F1" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
+                          <w:spacing w:before="133"/>
                           <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>2.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-11"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Review,</w:t>
-                        </w:r>
-[...16 lines deleted...]
-                          <w:t>attest</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-7"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>&amp;</w:t>
+                          <w:t>attest</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-16"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>pay</w:t>
+                          <w:t>&amp;</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>state</w:t>
+                          <w:t>pay</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-11"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>recertification</w:t>
+                          <w:t>state</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-18"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>recertification</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-16"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>fee.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...262 lines deleted...]
-      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D683867" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="673E158E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:ind w:left="1073"/>
+        <w:ind w:left="1065" w:hanging="368"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Review</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
+          <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>accuracy,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>answer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>accuracy,</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>questions,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>UPDATE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>CONTACT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-5"/>
-        </w:rPr>
-[...51 lines deleted...]
-          <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>INFORMATION.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0248A7C8" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="53CDE6C4" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1073"/>
+        <w:spacing w:after="4"/>
+        <w:ind w:left="1065" w:hanging="368"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Submission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Fee:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>$125</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1AC28D" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="452"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E43B1E2" wp14:editId="660C2382">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="136BE301" wp14:editId="2CF06AC4">
                 <wp:extent cx="6607175" cy="381000"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:wrapTopAndBottom/>
+                <wp:effectExtent l="19050" t="9525" r="12700" b="19050"/>
                 <wp:docPr id="34" name="Group 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="381000"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="381000"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="35" name="Graphic 35"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="355600"/>
@@ -8664,617 +8536,613 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="37" name="Textbox 37"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="381000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="212C486F" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="53703163" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="128"/>
-                                <w:ind w:left="120"/>
+                                <w:spacing w:before="126"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>3.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Submit</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="2"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>state</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>your</w:t>
+                                <w:t>application</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>state</w:t>
-[...32 lines deleted...]
-                                </w:rPr>
                                 <w:t>by</w:t>
-                              </w:r>
-[...7 lines deleted...]
-                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>03/31/2026.</w:t>
+                                <w:t xml:space="preserve"> 03/31/2026.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="5E43B1E2" id="Group 34" o:spid="_x0000_s1059" style="position:absolute;left:0;text-align:left;margin-left:41pt;margin-top:13.85pt;width:520.25pt;height:30pt;z-index:-15725568;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRMaIc6wMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv2zgQvhfY/0DovtHLkmwhTrGbNEGB&#10;oi3QLPZMU9QDK4lakraVf98hKUqqg8pu2j1tLjIljkYz33ych6/f9k2NDpSLirVbx7/yHERbwrKq&#10;LbbOX4/3v68dJCRuM1yzlm6dJyqctze/vbk+dikNWMnqjHIESlqRHrutU0rZpa4rSEkbLK5YR1vY&#10;zBlvsIRbXrgZx0fQ3tRu4Hmxe2Q86zgjVAh4emc2nRutP88pkZ/yXFCJ6q0Dtkl95fq6U1f35hqn&#10;BcddWZHBDPwCKxpctfDRUdUdlhjtefVMVVMRzgTL5RVhjcvyvCJU+wDe+N6JNw+c7TvtS5Eei26E&#10;CaA9wenFasnHwwPvvnSfubEelh8Y+UcALu6xK9L5vrovJuE+5416CZxAvUb0aUSU9hIReBjHXuIn&#10;kYMI7IVr3/MGyEkJcXn2GinfLb/o4tR8Vhs3GnPsgD1iAkj8HEBfStxRjbtQAHzmqMrAfHCjxQ2Q&#10;+GHgCzwBnNTHQUphONyJAc4ThPwgAfcRIGFWmnsjUtHaT0akoig2SI0O45TshXygTGOODx+E1O8X&#10;mV3h0q5I39olhxOguF9r7ksHAfe5g4D7O8P9Dkv1ngqkWqIjBM2aUiqntSVqu2EH+si0oFSRi6Mg&#10;iDahdkhHFWydZOp2LhttAi/5RtLu299O6wxjPwaYAaJVHCXKQlBqReyvEfWTcGVEYRX5i7KgbKW1&#10;Gv1Lak2Aoo2/XlZp5IJN7IXxhd/2Nz6AsPTxyacwTDa+ptd3AZiwCiMvSjaLmqcAQEQDf70oPI/s&#10;ReIrIMnGAHzelDiKV6vA8OYCN4EHie8b8oTnIRzJCxy6IDpz8fNB/8YWTdWlaM4dPc9RoOiI4lny&#10;zyNkz549HqRmghq71InWR2g85cAmMssjgtVVdl/VtTrWghe725qjA1bF0ovvb63qmRgkXpGaBKdW&#10;O5Y9QX48QkbcOuLfPebUQfX7FjKwKrd2we1iZxdc1rdMF2WdUbiQj/3fmHeog+XWkZAXPzKbiHFq&#10;Ex7YrwSMrHqzZX/sJcsrlQ21bcai4QaKgknQ/311iJ9VB50X/q/VYUo4lkTfqw1THjtL+yk/nj9P&#10;rzl/CsFFSXyq5heJT9nqgvIzT4WvOV/1WkMLNaF4lvxLOd/mfqN2Crw9e3b/R2pD3apmMIhW0Inq&#10;8vDDtcLk6jssSlNTdBkZO48hRb/WkueTBnQ7ZtJ4hDK4Yz0Kdd84qyVI9n8yaMJ1kzqVZDsevWgq&#10;g9pqJxZVY9WsMVRjNUVoDpyUYTOOnLQEst/1emDyNft+YZdwQa3XcyHMyrrrGeZ6NYzP7zXxpn8f&#10;br4CAAD//wMAUEsDBBQABgAIAAAAIQAw0y+m3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;asMwDIbvg72D0WC31YlH15LFKaVsO5XB2sHYTY3VJDS2Q+wm6dtPPa1H6RO/vj9fTbYVA/Wh8U5D&#10;OktAkCu9aVyl4Xv//rQEESI6g613pOFCAVbF/V2OmfGj+6JhFyvBIS5kqKGOscukDGVNFsPMd+SY&#10;HX1vMfLYV9L0OHK4baVKkhdpsXH8ocaONjWVp93ZavgYcVw/p2/D9nTcXH7388+fbUpaPz5M61cQ&#10;kab4fwxXfVaHgp0O/uxMEK2GpeIqUYNaLEBcearUHMSBCW9kkcvbBsUfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJExohzrAwAAxRAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhADDTL6bfAAAACQEAAA8AAAAAAAAAAAAAAAAARQYAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABRBwAAAAA=&#10;">
+              <v:group w14:anchorId="136BE301" id="Group 34" o:spid="_x0000_s1059" style="width:520.25pt;height:30pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRMaIc6wMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv2zgQvhfY/0DovtHLkmwhTrGbNEGB&#10;oi3QLPZMU9QDK4lakraVf98hKUqqg8pu2j1tLjIljkYz33ych6/f9k2NDpSLirVbx7/yHERbwrKq&#10;LbbOX4/3v68dJCRuM1yzlm6dJyqctze/vbk+dikNWMnqjHIESlqRHrutU0rZpa4rSEkbLK5YR1vY&#10;zBlvsIRbXrgZx0fQ3tRu4Hmxe2Q86zgjVAh4emc2nRutP88pkZ/yXFCJ6q0Dtkl95fq6U1f35hqn&#10;BcddWZHBDPwCKxpctfDRUdUdlhjtefVMVVMRzgTL5RVhjcvyvCJU+wDe+N6JNw+c7TvtS5Eei26E&#10;CaA9wenFasnHwwPvvnSfubEelh8Y+UcALu6xK9L5vrovJuE+5416CZxAvUb0aUSU9hIReBjHXuIn&#10;kYMI7IVr3/MGyEkJcXn2GinfLb/o4tR8Vhs3GnPsgD1iAkj8HEBfStxRjbtQAHzmqMrAfHCjxQ2Q&#10;+GHgCzwBnNTHQUphONyJAc4ThPwgAfcRIGFWmnsjUtHaT0akoig2SI0O45TshXygTGOODx+E1O8X&#10;mV3h0q5I39olhxOguF9r7ksHAfe5g4D7O8P9Dkv1ngqkWqIjBM2aUiqntSVqu2EH+si0oFSRi6Mg&#10;iDahdkhHFWydZOp2LhttAi/5RtLu299O6wxjPwaYAaJVHCXKQlBqReyvEfWTcGVEYRX5i7KgbKW1&#10;Gv1Lak2Aoo2/XlZp5IJN7IXxhd/2Nz6AsPTxyacwTDa+ptd3AZiwCiMvSjaLmqcAQEQDf70oPI/s&#10;ReIrIMnGAHzelDiKV6vA8OYCN4EHie8b8oTnIRzJCxy6IDpz8fNB/8YWTdWlaM4dPc9RoOiI4lny&#10;zyNkz549HqRmghq71InWR2g85cAmMssjgtVVdl/VtTrWghe725qjA1bF0ovvb63qmRgkXpGaBKdW&#10;O5Y9QX48QkbcOuLfPebUQfX7FjKwKrd2we1iZxdc1rdMF2WdUbiQj/3fmHeog+XWkZAXPzKbiHFq&#10;Ex7YrwSMrHqzZX/sJcsrlQ21bcai4QaKgknQ/311iJ9VB50X/q/VYUo4lkTfqw1THjtL+yk/nj9P&#10;rzl/CsFFSXyq5heJT9nqgvIzT4WvOV/1WkMLNaF4lvxLOd/mfqN2Crw9e3b/R2pD3apmMIhW0Inq&#10;8vDDtcLk6jssSlNTdBkZO48hRb/WkueTBnQ7ZtJ4hDK4Yz0Kdd84qyVI9n8yaMJ1kzqVZDsevWgq&#10;g9pqJxZVY9WsMVRjNUVoDpyUYTOOnLQEst/1emDyNft+YZdwQa3XcyHMyrrrGeZ6NYzP7zXxpn8f&#10;br4CAAD//wMAUEsDBBQABgAIAAAAIQBS5nhi3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;asMwEITvhb6D2EJujeTmh+JaDiG0OYVCk0LpbWNtbBNrZSzFdt6+Si/tZWGYYebbbDXaRvTU+dqx&#10;hmSqQBAXztRcavg8vD0+g/AB2WDjmDRcycMqv7/LMDVu4A/q96EUsYR9ihqqENpUSl9UZNFPXUsc&#10;vZPrLIYou1KaDodYbhv5pNRSWqw5LlTY0qai4ry/WA3bAYf1LHntd+fT5vp9WLx/7RLSevIwrl9A&#10;BBrDXxhu+BEd8sh0dBc2XjQa4iPh9948NVcLEEcNS6VA5pn8T5//AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJExohzrAwAAxRAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFLmeGLcAAAABQEAAA8AAAAAAAAAAAAAAAAARQYAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABOBwAAAAA=&#10;">
                 <v:shape id="Graphic 35" o:spid="_x0000_s1060" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQArxgN+xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpq5U1moUcVW8ePAf4u3RPNti81KaqN1vvxGEPQ4z8xtmOm9MKZ5Uu8KygkE/AkGc&#10;Wl1wpuB0XPe+QTiPrLG0TAp+ycF81m5NMdH2xXt6HnwmAoRdggpy76tESpfmZND1bUUcvJutDfog&#10;60zqGl8Bbkr5FUUjabDgsJBjRcuc0vvhYRSso2J8W+138fk6OG/infsxl+FRqW6nWUxAeGr8f/jT&#10;3moFwxjeX8IPkLM/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACvGA37EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6522593,l59207,,36165,4657,17345,17351,4654,36165,,59181,,296036r4654,23071l17345,337915r18820,12664l59207,355218r6463386,l6545609,350579r18814,-12664l6577117,319107r4658,-23071l6581775,59181r-4658,-23016l6564423,17351,6545609,4657,6522593,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 36" o:spid="_x0000_s1061" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRrGMPwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RaoNA&#10;FETfA/2H5Rb6InVtBQnWTSgJhb6Faj7g4t6qiXtX3a3av+8GCnkcZuYMU+xX04uZJtdZVvASJyCI&#10;a6s7bhScq4/nLQjnkTX2lknBLznY7x42BebaLvxFc+kbESDsclTQej/kUrq6JYMutgNx8L7tZNAH&#10;OTVST7gEuOnla5Jk0mDHYaHFgQ4t1dfyxyjgSi5ldLyMsjpV1/XSZZFJR6WeHtf3NxCeVn8P/7c/&#10;tYI0g9uX8APk7g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCRrGMPwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m59207,l36165,4657,17345,17351,4654,36165,,59181,,296036r4654,23071l17345,337915r18820,12664l59207,355218r6463386,l6545609,350579r18814,-12664l6577117,319107r4658,-23071l6581775,59181r-4658,-23016l6564423,17351,6545609,4657,6522593,,59207,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 37" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;width:66071;height:3810;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRZWajxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredFMFbdOsIqWFglCM6aHH1+xLsph9G7Nbjf++Kwgeh5n5hsnWg23FiXpvHCt4miYg&#10;iEunDdcKvouPyTMIH5A1to5JwYU8rFcPowxT7c6c02kfahEh7FNU0ITQpVL6siGLfuo64uhVrrcY&#10;ouxrqXs8R7ht5SxJFtKi4bjQYEdvDZWH/Z9VsPnh/N0cv353eZWbonhJeLs4KDV+HDavIAIN4R6+&#10;tT+1gvkSrl/iD5CrfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRZWajxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="212C486F" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="53703163" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="128"/>
-                          <w:ind w:left="120"/>
+                          <w:spacing w:before="126"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>3.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Submit</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="2"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>state</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>your</w:t>
+                          <w:t>application</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>state</w:t>
-[...32 lines deleted...]
-                          </w:rPr>
                           <w:t>by</w:t>
-                        </w:r>
-[...7 lines deleted...]
-                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>03/31/2026.</w:t>
+                          <w:t xml:space="preserve"> 03/31/2026.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <w10:wrap type="topAndBottom" anchorx="page"/>
+                <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="38594766" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="26A64A6E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1066"/>
         </w:tabs>
-        <w:spacing w:before="51" w:after="64"/>
-        <w:ind w:left="1073" w:right="503"/>
+        <w:spacing w:before="21" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1066" w:right="489"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Once all the steps are complete, your application will be processed within 2 to 5 business days. You can check your recertification status on the </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId26">
+        <w:t>Once all the steps</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are complete, your application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>will be processed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2 to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5 business days. You</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>check your recertification status</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
         <w:r>
           <w:rPr>
             <w:color w:val="085295"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>eLicensing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="085295"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">website. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId25">
         <w:r>
           <w:rPr>
             <w:color w:val="085295"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>Electronic verification</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="085295"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>of certification is sufficient for staffing</w:t>
-[...35 lines deleted...]
-        <w:t>will</w:t>
+        <w:t>of certification is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:t>sufficient for staffing an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ambulance. OEMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>updated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>certification</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:spacing w:val="-3"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>you</w:t>
-      </w:r>
+        <w:t xml:space="preserve">you can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>can</w:t>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>retrieve</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>be</w:t>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>it from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>retrieve</w:t>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>it</w:t>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-3"/>
-[...31 lines deleted...]
-          <w:b/>
         </w:rPr>
         <w:t>account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5414E02F" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="54822212" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="460"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="3"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ABB2E74" wp14:editId="79F21E7C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E3CAD08" wp14:editId="18C6DEDB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>515619</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>43322</wp:posOffset>
+                </wp:positionV>
                 <wp:extent cx="6607175" cy="339725"/>
-                <wp:effectExtent l="19050" t="9525" r="12700" b="22225"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
                 <wp:docPr id="38" name="Group 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="339725"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="339725"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="39" name="Graphic 39"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="314325"/>
@@ -9454,1059 +9322,1163 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="41" name="Textbox 41"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="339725"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="449490B0" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                            <w:p w14:paraId="75750825" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                               <w:pPr>
-                                <w:spacing w:before="125"/>
-                                <w:ind w:left="118"/>
+                                <w:spacing w:before="128"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>IMPORTANT</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-1"/>
+                                  <w:spacing w:val="-14"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>REMINDER:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:inline>
+              </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7ABB2E74" id="Group 38" o:spid="_x0000_s1063" style="width:520.25pt;height:26.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxxiLz9AMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWE1v3DYQvRfIfyB0r/UtrQSvg9aujQJB&#10;EiAOeuZK1AciiSrJ3ZX/fYekKMnreFdJ21NyWVHiiJp5M3yPs9dvh7ZBB8J4Tbut5V45FiJdRvO6&#10;K7fW58f7XzcW4gJ3OW5oR7bWE+HW25s3v1wf+5R4tKJNThiCRTqeHvutVQnRp7bNs4q0mF/RnnQw&#10;WVDWYgG3rLRzho+wetvYnuNE9pGyvGc0I5zD0zs9ad2o9YuCZOJDUXAiULO1wDehfpn63clf++Ya&#10;pyXDfVVnoxv4O7xocd3BR6el7rDAaM/qF0u1dcYop4W4ymhr06KoM6JigGhc5ySaB0b3vYqlTI9l&#10;P8EE0J7g9N3LZu8PD6z/1H9k2nsYvqPZFw642Me+TJfz8r6cjYeCtfIlCAINCtGnCVEyCJTBwyhy&#10;YjcOLZTBnO8nsRdqyLMK8vLitaz64/yLNk71Z5VzkzPHHqqHzwDxfwfQpwr3ROHOJQAfGapzcD+x&#10;UIdbKOKHsV7gCeAkPw5WEsPxjo9wniDkerEDNQhI6JGqvQmpcOPGE1Ju4GukpoBxmu25eCBUYY4P&#10;77hQ75e5GeHKjLKhM0MGO0DWfqNqX1gIap9ZCGp/pxPRYyHfk4mUQ3SEpBlXKghaeyKnW3ogj1QZ&#10;Cpm5KPSSIHRVQGojga+zTdMtbUPP38TPLM28ufZqTd9NkkjZBa7nSw9hUWNirtrUDf0g0GiGfhSf&#10;tQ1cV3/d9xydtFeX1QkKPRnZuc9rOy9yE3/lt72N53ubs4vOMXnJJtkYVE3g5nqKle86nnPeizkB&#10;Y0bPxbbM7CrzIIk3QPRyj192JQqjKIDkSvMVYUZhHEfhaH4Zwql45eqXs7M0v5z0pS+XS2kZKGT2&#10;Qo1G4YzixeJfZui0SrKGcqLTK3e02kLTLoe6X/IIp02d39dNI7c1Z+XutmHogKVYOtH9rVl6YQbE&#10;y1NNcHK0o/kT8OMRGHFr8b/3mBELNX92wMBSbs2AmcHODJhobqkSZcUojIvH4S/MetTDcGsJ4MX3&#10;1BAxTg3hgf/SQNvKNzv6217QopZsqHzTHo03IAqaoP93dQgg3OfqAE/AJwnSj6gOM+GYInpNG35y&#10;/qhjK8hwxmoF0c4pWEXis5qvMp/ZaoUrSypcEeaSZ1fI5pLEf0zOf34ymBNv9p6Z/xZtaDp5GPTC&#10;AA6tSh6+WSs0V99hXmlNUTIyHYBGiv6pJS86jQAO1VpLHkEGd3RA8OS5liAx/E7hED49f6Xn0MdU&#10;VQY4nXqNr3dloK2mY5EaK3uNUY1lF6Fq4ESGdTtyciQQw25QDZM7OfcfnRJWaL3qC6FXVqeesa+X&#10;zfjyXhXe/O/DzT8AAAD//wMAUEsDBBQABgAIAAAAIQDBpEWI3AAAAAUBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAEIXvgv9hGcGb3Y01UmI2pRT1VARbQXqbZqdJaHY2ZLdJ+u/detHLwOM93vsm&#10;X062FQP1vnGsIZkpEMSlMw1XGr52bw8LED4gG2wdk4YLeVgWtzc5ZsaN/EnDNlQilrDPUEMdQpdJ&#10;6cuaLPqZ64ijd3S9xRBlX0nT4xjLbSsflXqWFhuOCzV2tK6pPG3PVsP7iONqnrwOm9Nxfdnv0o/v&#10;TUJa399NqxcQgabwF4YrfkSHIjId3JmNF62G+Ej4vVdPPakUxEFDOk9BFrn8T1/8AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALHGIvP0AwAAxRAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMGkRYjcAAAABQEAAA8AAAAAAAAAAAAAAAAATgYAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABXBwAAAAA=&#10;">
+              <v:group w14:anchorId="1E3CAD08" id="Group 38" o:spid="_x0000_s1063" style="position:absolute;margin-left:40.6pt;margin-top:3.4pt;width:520.25pt;height:26.75pt;z-index:-15725056;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxxiLz9AMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWE1v3DYQvRfIfyB0r/UtrQSvg9aujQJB&#10;EiAOeuZK1AciiSrJ3ZX/fYekKMnreFdJ21NyWVHiiJp5M3yPs9dvh7ZBB8J4Tbut5V45FiJdRvO6&#10;K7fW58f7XzcW4gJ3OW5oR7bWE+HW25s3v1wf+5R4tKJNThiCRTqeHvutVQnRp7bNs4q0mF/RnnQw&#10;WVDWYgG3rLRzho+wetvYnuNE9pGyvGc0I5zD0zs9ad2o9YuCZOJDUXAiULO1wDehfpn63clf++Ya&#10;pyXDfVVnoxv4O7xocd3BR6el7rDAaM/qF0u1dcYop4W4ymhr06KoM6JigGhc5ySaB0b3vYqlTI9l&#10;P8EE0J7g9N3LZu8PD6z/1H9k2nsYvqPZFw642Me+TJfz8r6cjYeCtfIlCAINCtGnCVEyCJTBwyhy&#10;YjcOLZTBnO8nsRdqyLMK8vLitaz64/yLNk71Z5VzkzPHHqqHzwDxfwfQpwr3ROHOJQAfGapzcD+x&#10;UIdbKOKHsV7gCeAkPw5WEsPxjo9wniDkerEDNQhI6JGqvQmpcOPGE1Ju4GukpoBxmu25eCBUYY4P&#10;77hQ75e5GeHKjLKhM0MGO0DWfqNqX1gIap9ZCGp/pxPRYyHfk4mUQ3SEpBlXKghaeyKnW3ogj1QZ&#10;Cpm5KPSSIHRVQGojga+zTdMtbUPP38TPLM28ufZqTd9NkkjZBa7nSw9hUWNirtrUDf0g0GiGfhSf&#10;tQ1cV3/d9xydtFeX1QkKPRnZuc9rOy9yE3/lt72N53ubs4vOMXnJJtkYVE3g5nqKle86nnPeizkB&#10;Y0bPxbbM7CrzIIk3QPRyj192JQqjKIDkSvMVYUZhHEfhaH4Zwql45eqXs7M0v5z0pS+XS2kZKGT2&#10;Qo1G4YzixeJfZui0SrKGcqLTK3e02kLTLoe6X/IIp02d39dNI7c1Z+XutmHogKVYOtH9rVl6YQbE&#10;y1NNcHK0o/kT8OMRGHFr8b/3mBELNX92wMBSbs2AmcHODJhobqkSZcUojIvH4S/MetTDcGsJ4MX3&#10;1BAxTg3hgf/SQNvKNzv6217QopZsqHzTHo03IAqaoP93dQgg3OfqAE/AJwnSj6gOM+GYInpNG35y&#10;/qhjK8hwxmoF0c4pWEXis5qvMp/ZaoUrSypcEeaSZ1fI5pLEf0zOf34ymBNv9p6Z/xZtaDp5GPTC&#10;AA6tSh6+WSs0V99hXmlNUTIyHYBGiv6pJS86jQAO1VpLHkEGd3RA8OS5liAx/E7hED49f6Xn0MdU&#10;VQY4nXqNr3dloK2mY5EaK3uNUY1lF6Fq4ESGdTtyciQQw25QDZM7OfcfnRJWaL3qC6FXVqeesa+X&#10;zfjyXhXe/O/DzT8AAAD//wMAUEsDBBQABgAIAAAAIQBk/+6p3gAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BasMwEETvhf6D2EJvjSyHpsG1HEJoewqFJoXS28ba2CbWyliK7fx9lVNz3Jlh9k2+&#10;mmwrBup941iDmiUgiEtnGq40fO/fn5YgfEA22DomDRfysCru73LMjBv5i4ZdqEQsYZ+hhjqELpPS&#10;lzVZ9DPXEUfv6HqLIZ59JU2PYyy3rUyTZCEtNhw/1NjRpqbytDtbDR8jjuu5ehu2p+Pm8rt//vzZ&#10;KtL68WFav4IINIX/MFzxIzoUkengzmy8aDUsVRqTGhZxwNVWqXoBcYhCMgdZ5PJ2QPEHAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAscYi8/QDAADFEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZP/uqd4AAAAIAQAADwAAAAAAAAAAAAAAAABOBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFkHAAAAAA==&#10;">
                 <v:shape id="Graphic 39" o:spid="_x0000_s1064" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDERm0fwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvuokFbaMbsYLSY0299PaafWaD2bdpdjXx33cLQo/DzHzDrDeDbcSNOl87VpDOEhDE&#10;pdM1VwpOn/vpCwgfkDU2jknBnTxs8vFojZl2PR/pVoRKRAj7DBWYENpMSl8asuhnriWO3tl1FkOU&#10;XSV1h32E20bOk2QhLdYcFwy2tDNUXoqrVfD2HX6aj/ux6JetPskvc/Dp4qDU02TYrkAEGsJ/+NF+&#10;1wqeX+HvS/wBMv8FAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxEZtH8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6529451,l52387,,31996,4123,15344,15367,4117,32039,,52451,,261937r4117,20391l15344,298980r16652,11227l52387,314325r6477064,l6549788,310207r16635,-11227l6577653,282328r4122,-20391l6581775,52451r-4122,-20412l6566423,15367,6549788,4123,6529451,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 40" o:spid="_x0000_s1065" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvi0IPuwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4E5TP6hUo4j/bdUDDM3YFptJaaKttzcLweXj/Veb1pTiTbUrLCsYDSMQxKnVBWcK7rfj&#10;YAHCeWSNpWVS8CEHm3W3s8JY24YTel99JkIIuxgV5N5XsZQuzcmgG9qKOHAPWxv0AdaZ1DU2IdyU&#10;chxFM2mw4NCQY0W7nNLn9WUUpJeE7qfpDQ8NPaOtT87z/eSsVL/XbpcgPLX+L/65L1rBNKwPX8IP&#10;kOsvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAAAAAA&#10;AAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK+LQg+7AAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADvAgAAAAA=&#10;" path="m52387,l31996,4123,15344,15367,4117,32039,,52451,,261937r4117,20391l15344,298980r16652,11227l52387,314325r6477064,l6549788,310207r16635,-11227l6577653,282328r4122,-20391l6581775,52451r-4122,-20412l6566423,15367,6549788,4123,6529451,,52387,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 41" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;width:66071;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpxigxxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8NRtFpE3diBSFgiCN6aHH1+wzWZJ9G7Nbjf/eLRQ8DjPzDbNcjbYTZxq8caxgmqQg&#10;iCunDdcKvsrt8wsIH5A1do5JwZU8rPLHhyVm2l24oPMh1CJC2GeooAmhz6T0VUMWfeJ64ugd3WAx&#10;RDnUUg94iXDbyVmaLqRFw3GhwZ7eG6raw69VsP7mYmNO+5/P4liYsnxNebdolZo8jes3EIHGcA//&#10;tz+0gvkU/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBpxigxxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="449490B0" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+                      <w:p w14:paraId="75750825" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
                         <w:pPr>
-                          <w:spacing w:before="125"/>
-                          <w:ind w:left="118"/>
+                          <w:spacing w:before="128"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...16 lines deleted...]
-                        </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
+                          <w:t>IMPORTANT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
                           <w:t>REMINDER:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <w10:anchorlock/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE94A88" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="1F61EAA7" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:before="40"/>
-        <w:ind w:left="1073"/>
+        <w:spacing w:before="55"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>YOUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ADVANCED</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>ADVANCED</w:t>
+        <w:t>EMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>EMT</w:t>
+        <w:t>CERTIFICATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>IS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>RENEWED</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>UNTIL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>BOTH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>STEPS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-44"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ARE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...151 lines deleted...]
-        </w:rPr>
         <w:t>COMPLETE!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DD2CFA" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
-[...249 lines deleted...]
-    <w:p w14:paraId="07137067" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+    <w:p w14:paraId="0A73C18B" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="267" w:lineRule="exact"/>
-        <w:ind w:left="1073"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1065" w:hanging="368"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Once</w:t>
+        <w:t>As</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>approach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>expiration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>EMT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>certification,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>sure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>log</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>eLicensing</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D49FCE" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="1066"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>you</w:t>
+        <w:t>ensure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>see</w:t>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>renewed!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19035F0E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="264" w:lineRule="exact"/>
+        <w:ind w:left="1065" w:hanging="368"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Once</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>see you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>03/31/2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>expiration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>eLicensing,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="1"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>NREMT.org</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>successfully</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31625EEC" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+      <w:pPr>
+        <w:spacing w:line="263" w:lineRule="exact"/>
+        <w:ind w:left="1066"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>recertified.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>you</w:t>
-[...152 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>status</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>successfully</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>recertified.</w:t>
+        <w:t>at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-9"/>
-[...63 lines deleted...]
-      <w:hyperlink r:id="rId29">
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="085295"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>https://healthprofessionlicensing.mass.gov/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BDED06A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+    <w:p w14:paraId="25E05E79" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
       <w:pPr>
-        <w:spacing w:line="267" w:lineRule="exact"/>
+        <w:spacing w:line="263" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:sectPr w:rsidR="007E2A3F">
+        <w:sectPr w:rsidR="0083307C">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="280" w:right="360" w:bottom="280" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="240" w:right="360" w:bottom="280" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DEE339F" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+    <w:p w14:paraId="2B952086" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="8"/>
-        <w:ind w:left="0"/>
+        <w:spacing w:before="9" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="7"/>
+          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="371" w:type="dxa"/>
+        <w:tblInd w:w="368" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1424"/>
         <w:gridCol w:w="2063"/>
         <w:gridCol w:w="2145"/>
         <w:gridCol w:w="2750"/>
-        <w:gridCol w:w="2406"/>
+        <w:gridCol w:w="2402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E2A3F" w14:paraId="24E2D298" w14:textId="77777777">
+      <w:tr w:rsidR="0083307C" w14:paraId="047FACFA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1305"/>
+          <w:trHeight w:val="1279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10788" w:type="dxa"/>
+            <w:tcW w:w="10784" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="463F2EAE" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="130D82FC" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="80" w:line="631" w:lineRule="exact"/>
-[...3 lines deleted...]
-                <w:sz w:val="52"/>
+              <w:spacing w:before="60" w:line="644" w:lineRule="exact"/>
+              <w:ind w:left="33" w:right="5"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="53"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487449600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58886F1C" wp14:editId="051B6CF4">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487439360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20602DF5" wp14:editId="24CFE4E6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-1466</wp:posOffset>
+                        <wp:posOffset>-2774</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-64568</wp:posOffset>
+                        <wp:posOffset>-89129</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="6858000" cy="893444"/>
+                      <wp:extent cx="6858000" cy="917575"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="42" name="Group 42"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="6858000" cy="893444"/>
+                                <a:ext cx="6858000" cy="917575"/>
                                 <a:chOff x="0" y="0"/>
-                                <a:chExt cx="6858000" cy="893444"/>
+                                <a:chExt cx="6858000" cy="917575"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <wps:wsp>
                               <wps:cNvPr id="43" name="Graphic 43"/>
                               <wps:cNvSpPr/>
                               <wps:spPr>
                                 <a:xfrm>
-                                  <a:off x="0" y="64515"/>
+                                  <a:off x="0" y="88900"/>
                                   <a:ext cx="6858000" cy="828675"/>
                                 </a:xfrm>
                                 <a:custGeom>
                                   <a:avLst/>
                                   <a:gdLst/>
                                   <a:ahLst/>
                                   <a:cxnLst/>
                                   <a:rect l="l" t="t" r="r" b="b"/>
                                   <a:pathLst>
                                     <a:path w="6858000" h="828675">
                                       <a:moveTo>
                                         <a:pt x="6858000" y="0"/>
                                       </a:moveTo>
                                       <a:lnTo>
                                         <a:pt x="0" y="0"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="0" y="828675"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="6858000" y="828675"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="6858000" y="0"/>
                                       </a:lnTo>
@@ -10516,118 +10488,118 @@
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="2E5395"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="44" name="Image 44"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId5" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="862583" y="0"/>
-                                  <a:ext cx="2926079" cy="758951"/>
+                                  <a:off x="838200" y="0"/>
+                                  <a:ext cx="2961639" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="45" name="Image 45"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId6" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="3331464" y="0"/>
-                                  <a:ext cx="2688336" cy="758951"/>
+                                  <a:off x="3317240" y="0"/>
+                                  <a:ext cx="2707640" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="438CE5AC" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:-5.1pt;width:540pt;height:70.35pt;z-index:-15866880;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="68580,8934" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCBRKrGfgMAAGYKAAAOAAAAZHJzL2Uyb0RvYy54bWzUVl1v2yAUfZ+0/4D8&#10;3jqfrmM1qaZ1rSpVW7V22jPB2EbFwIDE6b/fBUxqNd1Xp0rbQ5yLuVzuPZx7zOnZruVoS7VhUiyT&#10;8fEoQVQQWTJRL5MvdxdHeYKMxaLEXAq6TB6oSc5Wb9+cdqqgE9lIXlKNIIgwRaeWSWOtKtLUkIa2&#10;2BxLRQVMVlK32MJQ12mpcQfRW55ORqMs7aQulZaEGgNvz8NksvLxq4oS+6mqDLWILxPIzfqn9s+1&#10;e6arU1zUGquGkT4N/IIsWswEbLoPdY4tRhvNDkK1jGhpZGWPiWxTWVWMUF8DVDMePanmUsuN8rXU&#10;RVerPUwA7ROcXhyWfNxeanWrbnTIHsxrSe4N4JJ2qi6G825cPzrvKt26RVAE2nlEH/aI0p1FBF5m&#10;+TwfjQB4AnP5YjqbzQLkpIFzOVhGmg8/X5jiImzrk9sn0ylgj3kEyPwdQLcNVtTjbhwANxqxcpnM&#10;pgkSuAUSX/Z8gTeAk9scvByG/cj0cD6LUDabj+cBhOdRmuTZiXfYF4sLsjH2kkqPN95eGxt4W0YL&#10;N9EiOxFNDex3vOee9zZBwHudIOD9OuyvsHXr3CE6E3WDA2vgvEImbrqVW3onvaN1p7Y/13jkkOuj&#10;DxdDXzj9gVeci//Kxws+/YZQG4SLDvE/OA43/kN33+yDwIRLQ8Nernq/6R4R8BtibiRn5QXj3EFg&#10;dL1+zzXaYgB38mE+XcTjGrgBQU0RiOCstSwfgEcdMGeZmG8brGmC+JUApjpZioaOxjoa2vL30ouX&#10;R18be7f7irVCCsxlYoFDH2UkLC4iOSB/5xB83Uoh322srJhjjs8tZNQPoHlWp4qRAn69zIB10EW/&#10;lmNYZTeutiDp7W/FaLG+36gjUETAn60ZZ/bBqzv0oEtKbG8YcQrlBoOGnMWGvGpxTVHQlujjVrha&#10;DwKsOVPxKJ3dpwrN8URUn6k2CPa5JJuWChu+QJpyyFoK0zBloMkK2q4p6IW+KscgfPD1s6AZSjNh&#10;Q9sZq6klQDhcVECpz9CmgYb7CZ/0Y56uhB9oSp5N5jkIU+wwXERRmSwm2ehkEaT3ZJ4v5mO3PRAj&#10;ypIjiBOVnkpOLgDwAw4F3fEphSS8CTn9h4yZP2GMb9x/iTGTV2fMdDodzzJonWcok+X5dJq9KmX8&#10;hxsuM56J/cXL3ZaGY7CH18PVdwAAAP//AwBQSwMECgAAAAAAAAAhAA4UHO13YgAAd2IAABQAAABk&#10;cnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAPBAAAA+ggGAAAAgR1F8wAAAAZi&#10;S0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJztvet24zisdYtUqi97&#10;f+//qGd3d12S86OCeGkZoChbdpzSnGN4OBfbIkUSxAIg+en19TUAAAAAAAAAjsCXj24AAAAAAAAA&#10;wL1ABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAA&#10;AAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAE&#10;AwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADA&#10;YUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAA&#10;AADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQD&#10;AAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBh&#10;QAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAA&#10;AMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMA&#10;AAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFA&#10;BAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAA&#10;wGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAA&#10;AAAAwGFABAMAAAAAAMBhQAQDAAAAAADAYUAEAwAAAAAAwGFABAMAAAAAAMBh+PrRDQCAx+Dp6elp&#10;7TWvr6+v92jLHqz15zP1BcaMxppxht8NbBvAfrCejssTY3t7fjdxMeJ3MCYz4+V8hn4pRR+39HnR&#10;14/u+5V9iXiw/ow4wtwc8Rnm7aPb+3u379HPh/Jo+9dntm2X2Ko9uKaPH9XmS9nS19+5b7N85vUE&#10;twERvDO2yC4xOp9ikf1OxmRyzPTvXVtfIz7FmFX9HY2n9+e1+Pv7z/fo/2DMnmLcl4gN/XmEsWzG&#10;bfES+flTzs2OlXH2v61xs3G+0O7fbUwm5pBz1Xp+9PORXNPOiJs76lvtdERt225up3fwe27BsK8P&#10;2uZLWBvH36Jvl87XZpyvWU/V86fbW+EXiOCdKDauyhmfoVxkj7LAmn7q8ywP0c+3/lRjttavzqF+&#10;dzoeYcxW5uWTPfx1STVW/rP/7V4OYteHqk9J15+qX++v+8As0MwYKZXTu+jPI8zNERvmrb/GGY11&#10;FD9fml0Z2ZBRm25qLybm0Frb3v82075HPx/JTu2M2HEtTdi2mTm/Ns93tWu2f2qbH4GzvhrX+mqP&#10;wloff6e+Ta+3z7ie4P4ggndANoKZRVbRCamzRfYAGdPsx5eo+xkx19eun3fpY+McfrGf8//6HDHu&#10;w0vcuS8Vgw3gS/Psffb+ep9fmuezebvHOWjGS9vt/ejW39rYvUQ9lu/vveP8vOncjHi8DXtlnLt5&#10;u+boVeegmq8v8vrVczOwh/rzqC03tRcrc2itfb4OYq19G87HUyz3vG7N3cR+2hxba2dIW2/SziYQ&#10;6+2qxm7GtlVtrub+NcEft0t6w9V7C7A1/0LbdYmv9iiMfMaIWvjp3x+Zqm/T661ZT2u+zzXrqfQV&#10;Hm1vhRpE8JXIgtOF9RzbnLSI3iF3x/zui6txGr7EcnMeOX7KqI/v/bxjFkD78Rzn/ZpxZrPtP6Po&#10;zwdnt6vxqvrqfXYqR6rr825zduBszfRnNH6+gemjHEd5vkeWam3Mts7Nql8Ps1FvGOdujD0wENGL&#10;l/Z82GvbsTaBOZqH2SZ1qPz4+byb7dswh7x91fn5GStruTkf1ZrM40Wcj8nNzoe1M9ug7RytrZus&#10;pWLOu61+jvo86mudtf21s23TYniwf87sI/egm1f5925tqB35DHTBjYg+mPJZGM3hcr1N7iHVmhqd&#10;n0oA+xqq9pGLgktwf7g79BUUjsZz/Dqn+dxt/opHm3Rh6eN9kT09Pd1tYa04DdlX30gizvta9TP7&#10;9iOsn3foowYssi/5yL91zoYbRh2nH/KIO/UlIlqnSg2+9k1/ztd0wYyR4K/G8EfYpnXJOSjEvM+/&#10;qi/ap7Xx843Mx9H/9v7eW41pYVO+xvncHDlt3VjpvMy+3NWWVKw4LjqWPsY6r9ecGHUSfUxbO/v2&#10;CD9HheDr7Ifafm2L24on+dvZ8bYy2Jeq9lVCz+fLon3N8SL681HthXnMm5+PqsmDdnbjls5vtvN7&#10;nGx8xMa11GTpZ+3aSGh6kLKb82d7br736enpaaIf1f5Z2d+I8zbeiiqQozZPRaLalGrcP0rAzzAK&#10;qL28/U/HZ8YPfRS8bz5fF36VUa0n98sr32e0nrr9I+eW+zzu+8yuJ/ggEMEX0jirf9hDN/9RZHTk&#10;tH6PDxRWb2Q/03hk3/I5/z6KUEfUwvH72+Pb2/tu2kcbtzSIf0TEn2+P7JMK4U4U+kar/Yhb96Xo&#10;V0QfrNDx8nGrhGN+VrXhVo6rz9fvUWxaFzqJnTPv/akcmiqrE9YXXXM5J6u1p87U7s75wKbo3Pyj&#10;6V9S2ZLvsVxn3/U8fJQQboRAFUysHl32LmI51l2wyudujrXOg6cYj/WTtNHHSOdhrqNsRx7ve0T8&#10;Z+1VR/0a1MbpHPozlsI0z5sL4JwrOl9eo58v+Tl+Ptym6jip/bz1+Zix/XluXMT5WvoW5/vce+Zn&#10;og0Ry/le7a2VnfZggouaar5XQQ0932eBsVE/Bucwz6MHPe4puNz2fbfHjzhlgvNc68ODao+M+x8q&#10;xLKPXdDrs/RN523aoojTOIY8q+/Z+T3580gI52flZ3fJKV9Puaa+xPl6ukUgD3YCEXwdKg7/iIi/&#10;5JGbfxVZdipRpU6rG4CI+wmrasPL/rnj4E5OhQvHbxHxbyydsVf5+Ra4g/hXRPwdp7GrnNiuH9mX&#10;b/HLgXu213+P2/alEhO+AaSDos+6MVTlQWHt9nIg3wx8vj7HhXO2yWSp01L1xYMXl4pgD2joQ8f1&#10;VptbtlXX2t9vj5Gjrug4ZV/+i9M6i7f/pzNx1825qVjQYIyOZzVfZ8Y5Ys6J8eCAO82ZlQzJPHi7&#10;cy7mOKUNqcSUCqn/7H/vDuyl86oIHuU51LblOdV9SR1PXcMqkBdlfn7o4nz8T5zbVN0Hdd39d4vz&#10;0dCdm7+tnbpWdNy0Hzq/hu1sMuaVkKzsmq55DTjn51WVVmvzXR/fpalrdrraP/VR2adbCy+36yqc&#10;/pU2vMTJvrq/pu0Oec8jUWVK1WblpQs+r9ReJo/eN92H3U692Huryin3E/60/4+CSrPrSedZ7rM5&#10;FpnU8bbCA4EIvoCmHC43g/+J0+afi66LMoX87CJYDbg7u++RsDuVZapBVYdBHZxOBLsA9D5q/9zZ&#10;2tX5aRxEH7cUG+okjrJt6sSpc7Qoidm7L4M+eYbjr+K5ywTr5zg+RzUCnYIhHfv/4nwuTM3ZQTmw&#10;Bl3UcdFMk2eBRyVOo81Ns1LdGtxVPNo4qhj8O5Zzs3Iyu7mZ2RB33D0AcJO5WTGoWKiEQCcIquqF&#10;WRFcVdqoKE27m21LceClwCPbnzZEs5/utOac8qDSXg7T2t6U5zLPWWWXI5Zr42y+rOyFf0fE/9r5&#10;8Mx4jkH+71bnI89Jd16ynbm+dM+eGbehoBiUjOt8d7vmTvta0Cein+8ultROu+CPKITwyv6Z568L&#10;JNxTBGdfs3/+/6c4ne/Rmng0kRhRi30NauQ+6xUgOYc+W9++RcQ/8ncv36/moyZqPCnVBf+3rCev&#10;/vP15MHmiA+suIIxiODrqCLK/xv1xj8SwRF99sYdBxWJ5TVaOzJybHLzUBFSOeUjEaxiycsVb2Wk&#10;3QnJcfufiPh/UQuNfF+iznUawwwERCwF4s84OU33EMC6CWiwQjOJlWisBLCP3UhQ5EbcZXw0ILDW&#10;HxXAnmnwjJZu8CMB7OtuRgj/GecCWF/vJVnX4n1XR+3/xXK9rZXqa/bK56aLjLtkg1cqFlQIVIKg&#10;EwPdOEf00Xyftzl3/4xTxrwKemipYWdH0jZqIE1tdx4z/6Zt0L5cOh4joaKiVB3+JM9J/l3b+xzL&#10;a2Cr4+r5yOP5PuHnIzPPtzofVTt17vm50aBunhs9D2nXVFT6HFzLoPqcVxutlQRVFq9y2GfttGaz&#10;fc+u7FrHml/wp7T5I0SwztmIZalw7sdaveGBqy54+gi4UMzxzPOdly48x9Ke5ph8tr59lb9phY76&#10;F2rnss+arOmC/5esp9xXvZqxCvzoerrLHgvbQQRfjmcyvCQuNwPNBkScGx931HSzGomJXFy7R5gm&#10;MqYp9LWPa5Ff7WduSvl6N+a7Oz+DjKkKjRy3Khvg6HipUdZNWK+3espm3CAa6HNQI9yaQazKaXUj&#10;iOI54lzsVeIxAwH52SH/9xuTnPV/UMapjkr2Rfszu6kplRBWp1zXnwZCSgF57Y0vGnHoG3qVCe6c&#10;Ge2Pj4dfD5j9uGk2eLJiwStMVAx49N6DNqPAmzpX1bxNR8YDDPp+nbdd8Mkzep0IzqDYjzgJ71F5&#10;+xSDMvPuch3NDKkti1g6oaXzLMfzY6rI87GszocK7plLUTYzODc6/3IOdiJYx61q51MU9qCpqqr2&#10;Ha0gqwRwNd+32mn/bA9IqJ2uBPHo/Lnfc0/BpX31scpKmJzbWmmjbdd9/5GFovoe7nd9iZPd92Di&#10;Z+tb7lsqNHPsNAHkwSz3Fbpg+dp6yjZ52zwj7Pc8qNbTXSuuYB5E8GV0IrEqa9oiDiNOi6e6nkyv&#10;Q8iFdStU5KtBdSPjQn+mny+xdMwz6+ZiJstd9jQa3Qbu45bGtupL9iMjrl/kb1rKrhHaXceqyZqq&#10;YNRsfXc96SiLlrwWf6+cLL/myLNtM4LLMzR5XaEGXvy6Rr+uR/uxtT/pPOT6003NM4c5pntGeDtH&#10;WYXhjDOT7fkpr0v78Vcsr2HaTWh0TASgNHBY9dWv3/KgwQy5VqugR2Y/3Va7M5M2KYr+eEl3PlT0&#10;vcZpjuYxu+DNtXbPgyrZPy8tV9uVbdAgkM+16nzretPAsIrh2fMxGue9s8HeTs++6t6rdkCd6eE8&#10;nBDAGlDWLLCW/VdrvbJhM3Y657GOe66B3K/eM/4m6H0dVwEg3Wc6G3ULEeA2L2K5xvKRc65bs9cI&#10;xUvs6CXnQvfctO0/41f78/++j37GvkWc+uV2Icc4s/q6nvzyBg8obRG/1d87v6fzFX4UnwMPAiJ4&#10;I0X0WzcDNTzuvOXrK9RYvMRyseffdFFpSUgXsb2IJiNXOax+PfBI6CcqNrRfuVG5E/repp2iZ5VD&#10;4hv4lkzES5wbv+qz0gju4sitZOq1JN9FY5vVETwoszj04Fk/b5TVOTvmys18shRYHUXN2PmmNtuf&#10;yqFMJyk/T8c1y4rXsrCX0gmW6rrYtT6H9MP74NdGpRDezYYMWKtY8IBNVwoaMT73M3M3nWG13R7E&#10;0eu+9M6r+pmVKKg+Lz/TXzeqNrkWnccaKNL2VU6et60KlnXrqTof3t/k3udD27o2bs/2eg14ujO+&#10;Zgd0z9Hgntppv4/IbKBri53u/IouS3b6wD7rr+fra8z5Pd7mPeyOV3743Pc9yteEz9dL7fuW91wq&#10;EjXgUa0dtW3V+vpMfVt7PMd5QMnXk/qo3XqdWU/588x6mjkmPACI4OupNtJuU9eF4M6Uf15uvFo2&#10;p1kczaztKRS9HVXJmJeXjAxr1+c1A72b0VgpxaxuulM5fhW54bxGnU3wCObeJTHalxybKrug4snn&#10;4uvgobgDUTm9mR3VczEMKKzcgdyvP9dSdY8MJ9f0R9sSUTt2XebuovEs5qauOS8FrrJkI3J++nzX&#10;gEhmfp5i37np/dPx9RJ3nas+Xz3bVtmT7vm9GfacP2vbdBw16JillHqePOvmn+MiSanmzu42b9C+&#10;SsRFLDPBlWCYaVsnhB/hfHRtrNrqx3+Jui9+jpcHWr9TtwcrR4FKDSC7Tat8iWoMI5brsBKts3at&#10;mu8eJNC9xts46sMlaHbOK3RGx/C9ofvZ8fGu5ms3fzXLWLVt67kY9aF6zdrnf3Tf1oIkT3HaF7wM&#10;2teTJ2l8Pem80d/1WPk88nvUB6yqOPI9tw40w0YQwZdTLYpuI60WwYwD+zV+LU4VwOkgaonpnovL&#10;nYKZbGkX8fXPjVhGaatzdcuomTvjMwJ4pi16rvRzh9H1izpQf31QdZOPKmvqzo06DdX15otDx/nc&#10;qJwlPcejtVBlF6pyQRVJXqrufen604lgbVs1j0fO/GIsdwhCVXPTb2J2zdx0YX2Tay+VDaWgfmdZ&#10;d1xcOI0CHerc+PwaCa10ZP6I5bWT1Tny+eF/i+Lns9Oz4bXXMJon1fG787PleP7Z1fGq/93jfHTH&#10;vqQt7fkZVOt092zoHHa3bXqNYRXgq/bSTrS7XWttW9N/Pd5sAKWy1ZV9juZvIzSAlb6R3qAy//8U&#10;53uE3pAzbcfaHNTXVHuHPmsbfVy3BgR0Luh1p9pP/xpDTax8xr6pT6LBXd9P/N4ZnqTpfIWfcd5W&#10;7aOvJd8z3e/ZkkyBDwQRvA8j56qb/JUxcMPjWRwvE9w1w1h8jYOLOncMvZyuy8D437pNu3Ja98DF&#10;jIvgSqzOHNvP1yiLl3eE9f5f0ycXFv71VZVjFXEy9L5R6u++Gajx17nXiVFv68iR9HGpSu+ra4AT&#10;3dC0L3rtvF6T7fMhj+3nSTfea4TBGtqenD9rWZqZz8xn7V917eNzLL+O5ur5OfHVOTMVCzMO9NmN&#10;Aq0P3g7PSrrN1XPlZc3qSC66Wzy7LVPn8yPE3tr+9Fr87Zpj+fOjnQ9vV7Wu/NxcYgPSTlfzv7Nt&#10;bqdVFKjAqwKWlV3zeR/R+x+zfZp5TyWSXMz7jbguxT87v/JMkwX6na3+rQa5j+klTrNCsQomzLa1&#10;CtaO7K++Rq/l1u85V7Hvl3g8et+ynXoncx3DfI1XFXU3zNQ2d+up+raE6jx0AjeK93Xs5f/BTiCC&#10;b8fI0MxExXTh+TWC6Szm91nu6Th0gq7KSlV9nNlc93K2VinuCqpCoCvZHQn794+2n/WzXWCrI31t&#10;wMI3Ji9Vr26u0glgv87cb2CVr60cK7/hSB6j2/hm57p/bciaAHbx6/3xzU2d2Gy39kWP8RpLZ3PX&#10;G2E1pdBVWX233mbnpo9bJbDfAxk7X4OvdkS/RsgFcBewSTzQUT06UeDnoBK3Ie/z97hYwomBNdx5&#10;1uBedZfuat5roLKy03qduto2tSVq19xOV1nlrX3Uvo4CBC5AfthjD/uqn59fMflvnIRUnsu8tEG/&#10;2ibPyWwg3IPCep71/96+kRCbPQe6h/v31Or3BGtw4ccn7Vv261ucRHC2rbtMby1Yrt8I4H6PJgC6&#10;vcN9H11PVQLB+wcPBCJ4H2aj2V2JiL6nc2Arx9hvbJPHuJRq487Nu7rG1Tfsqk9f4uMXficEZkqW&#10;O1FfZYNcyExdFzvdiWVZmgsmvcv16JjV5vlNnvUmQDmnqnnhGcs81mssBWgnhrvgRM63UX+0L9qf&#10;7Ef2xa+d12NXG3wV5MnPvtZhHJHt8XmzdnONLW3QseuqOnbpm4l7PWZ3J+hRKWjEufj1O2+qA+N9&#10;cIfuayzbpGI49ug/wBvV/j1rp3XOpy2rbJtXuVQOexX0eo31rHJERLy+vr6ulESvoUH/FCH6DQp+&#10;47lL12CVIXUhnP30LGme59E+7ftvZVMjTqK6el+2swraarZzlChRsanZ7JwT2b78PP2u+M/Ut3zv&#10;v3HK6udc70Sw75n6uXq+ch3p3FjcZ8fOhQaVKr8npN9VIoE95UFBBH8MuSBdFKjDFvL3tQzj+w1b&#10;Ls3iFKXQVelkVQbtEUDPpoT1J+K+BqFyyKuSUI+QqqGuBK9nh/QYVbm1l6/rMbb2p8vUzwhgjcSn&#10;g/BPnDaayrlyEawbQZWtVCen2lhm+7MWQHCH51/rj2YAKhFczXMVRzlWP5rPeh+/KzKna23psvn5&#10;XM1Nf9bxq5xiL9ffI9vpWeBrBbBH770E0J15b0dn0/Q853HLMQaYZGYv7e5DofupBvf+idpOrznt&#10;nd8Qb++rAp+7XRYh+N6j9joFTlWOuuXz9ThqL9R25/+9XfmVYCqeRmLRK1yqMeiSBGrT/pOHZqtn&#10;haIKThWaX+JkG6vS4M/St+yDBjG6S3t8PSkzfo/OQe9vJYLVf9SAeVVRBw8KIvi+uKHQDSejs8+x&#10;LMWoHNhu0V/rtFUZv8rIuFj0ctGQz3myv92NInPaZf06wejBCh+PiHOHx8+dZ4OvCVisOVddf9S5&#10;UlH3b0T839vjnzgXwd7v2c0gnQq9JqvLNKzNN++P96Xrz8i56kqcqhLkiNqZuirKa9nSmeDJyOnY&#10;MjerqhLNhv7M9l0RTHM7kiI4b2CyJoATzf56NkyzYpeKYP9e0xQHXRlfBA4NzFHtpV0QuwoSa9Yq&#10;Hfa00xng8+ya22kNWI4CfN3n7UWXCU57rcf39bv1OJVA9NJxt6VdFngkFNWW/C2fmxU1mW32gGKV&#10;wVUxptnqTiRqX/Oz9LKQbKeX7n62vvl18J7BX9srs31VVUW1njRQ4nuqHrPyubQKzoNUZIMfGETw&#10;/XHjpRmPzEZ4Fqfa0Hzx/4zaMK0y+RVCXUZKNxyN8qkj7s7tPdkiACqR5QJKo4xVVHXN6bkoYFFc&#10;29yVvM30x0vFXATP3CBiptRuVJKsn1l97rN8XpcF9g1XncXceLtMtFZddH3xCO8wG3whawENHccq&#10;AOBrbmZujgJBewXTdK2NrvPuqjDccfHofRXBn5m3ui617D7PRQZxqpJTnBiYpRKkblt8bScqAHIe&#10;um2rbhY0c1xdcxHL9XVtNnZEtwdlv/T41wacPDBf3ePC25Lnas1XUVGkZcJf3n7381eJbg/e/hdL&#10;MTazv3QJFa3e0jlQBRk/U9/ytTlGI7+nq4BLMa17yVoQpgss+f7p66mrQoMHAxF8P6oopUbuNBqs&#10;WVT9fU2cXpXFiXHZYJeV0o3Go3XZ7o+KgrnIUkfAhVsl7P1aQ83Y6ee/2u+aAfNjXRWwKPr0bI9K&#10;MFb9Uicks2r/xrxg7URrHjuzwXp9cDcPOnGtG1rlKHpmQUvs1rIL3hfNcOummqJIhbBmFS6lE/+j&#10;TFHlSOrczM9K3Kao8+DBtMop3yOY5tdtzQhgH9d0pKrofRVkUWc3+95lx/58+4zMBmtEvyoVJaIP&#10;s/ia6wKVSmen0z5r8GfNTmsGS9ugNkUDiWcBvj2/MzzObZfelyKF/V4i2P0tF25uS2dFYsTpfKZd&#10;SHvS3VSyalsVkP4n6kqsmX76690Wf+a+eZC3EvijYLkKar13iPoKVbl2nhc9N5Xfoz6hJgBuvZ5g&#10;BxDB9+HVftZIr97IIGJptNLQdJmMvbI4esyqZLArs9Won5esvMbSWN2VphR6TdirI57jo05wxOlc&#10;5OfqcxeB37vs1MWbR0Ar0Zj90jFTkfpN/tZtUroZVMJCxzrPod/9M/9XiepuU1vb2KobcVR3UK36&#10;om3QjIDOi0p4vm9uW8evyepXwZlRllSvA8vzmg5LNQequdmVnb9kO6+Ym3qMtZuXVFH7Klv0/8Up&#10;cu8lnN1NV6o5+xynm8Xk3PeS6KqSAQEMW6js20xgz4Ww27XuRkN63IjTPpPHrDKe7ovcY577Gs/H&#10;niJYf64+T89xZSs78nVf397/JbZfA1r1X+91MFMW7n0aBZg/e98izvcJD/B0wX/9TJ3nvpZGpdq+&#10;h1Z+gvsK1Q2y4AFBBN8Xd95zoaTBiVguahcLVRZDo1GaFZpadBNisRPA2R/NkqWBy748x9KgjYzU&#10;LehEqQqOqsTbM3+5Ob8LhKgd+JD/+VjtGbDoBORIOGbfdP5pRYKWja2J4BzLnGseSdfNwEua1jaY&#10;qi8dXV/0sbax5c+aTf0pP1fzYo9NbSRK1y4/8I08q0m+ymfn5+u6czsyuqZq2oZExNolFXrTNg8G&#10;KZ5J0CyCXruuWYWqXNkj+RHLdftTnlMMf4ulCK4qGXzccWzA8bXW2emRMBnZ6cqudbZNBV5l1zo7&#10;fVFwbwUXa1UgM5+vFcHVcd9vXmg3uvZg2ZqPouOW59THomu3/933lC5o3DFri3yvG73uEfumbcrf&#10;v8T5XHbBX825NT9hzVdwP2EtkHur9QQ7gQi+P5UQTuGoDqQKpYjaYW7F3MYsTicW1xxyN256974U&#10;Fh+VPamCB2t9iqgzUVl69vT23ojl+eqEhovua8tO/RhqgK/JtvsG9/6zzaH8qgzvbxVNz89ZbKDN&#10;121Um9isU6LH0ufzF9R9yffoz7m5hf397HHFdz2P5klVpp9tqErNcm7qpRXPsRyXkP+tBbs2B9Os&#10;b50I1qDdaL5oAErv+J2P6m6j3fi7k5vH+CLPP6PO/muWSkXwvYN58HnpbNsW++Z2J8Lm+cC26fvd&#10;HlS27ZZZKxdtlSBeE1vzB2tss/zd94CIeRFcBXhV2K2138eyCkRsEYozr1uz54/WN5/D3s61oP8s&#10;Z2tqwlfI51xTEfdfT7ADiOCPoYpIqZhJR1EF5Wuci1TNrnyLpUHYIqzccfXPVsfV+6AC+HucFn+2&#10;/+4iuPi6pzynnQhWx7dyxPMGS2r08vM0gOHHXMuqX3sN91nXJ/7vDxfSatTP2lQ4EC6I89k3lpFg&#10;vNRR9H5UkeEWbY/4jLk5V+Ipn6sAwRSDO5ZXd6b29axrrvpuyD9iOe8829qtdb9hzvu5uyCYpp+f&#10;Anj2jrhV/6prIcs7jq+00+drJYbzkXilxKvABusaAAAgAElEQVS9H2AGD17639deP1vp8841dtre&#10;fw/cR7hbG4pjtMdsAgtnH7m1Cc3jltn4Mx6xbxu+mnq0jvwYlXj+Mnh9RJS+QrWeFm/RZ7LAjwsi&#10;+GNIY6DXKORCypsSfJXXubOfDuZXe+Tifok3uzZafBu/G7jLAqdYzEfy0dfQVQ5/5Yy7AdNMm4tg&#10;LfPW79+rIuxPdtwqa39pSfQ1dCLoayyd/ZeIXwZ/LaIum5ULhC6yemm79Wd3ELv+5Ji9ZDurtjRO&#10;ox93r/507a6Eoh9f11xmStN+vMrnVTZEj91VfOR7f0b0TsGiM30ptNuSqgpC+6bVMXrDnKEAnh0L&#10;m68uhjWA4m3yTAjAHlQO+oxd0/scvNvpiLFtMzudx1u04wGc9YcVDW9VTBHLoKQ+rj6EPd+NR+xb&#10;UzV2Cb43+Zr6EcsbW/1O6wlWQATfH4+IZSY14tci0hu9VNcGV6WGo/LeNUZi0bPALoI9E6z92NOA&#10;bmXNIV+76ZCXQqsITqGR5z7HSYVGxDgbnIY4xcvWzJJuKNXPo/PhWfEsU61uIPUav8TjUwzEhpcO&#10;beiHvqd76P9dCGt/tC/+pfc/9XNGG9xO/RnRBbSqaoFKkHmARjPB3dz0SoXq2J4Nng6mWd+6LPPI&#10;Pqk99FJv/z7gq6+zasRwxEkMV21TR2evOVFl5hZZ+As+zx/w8WwRFTlm3SUFbqd1PUw579auR2GR&#10;nd6xOgp+Dyp/YHY9dX7zX1F/zdjvsJ5gEkTwx+FCOOKUPay+ky3/r+LKM4xf45ejuCqsJm5kM3Pd&#10;rJdC/5DP+5BrISay21XmPOLcEde7JqfQyM/OrwzQjFRGEkfH77L2s2WnLs60zWubgmann2O5Cegd&#10;hrPdmg18b2N+9jUOShHhHYngkbD3stu/Ynl363ydlrK/n6s1Mbw3g5vQ+fxIAdyV6bsIzjUfcbqU&#10;YfRVFB4Vn7kJ3mr3orZPXXa7Epuj/p19F/C141ZE9LMdZ7/LnPVgzKVUwtdt8tbss4tfRPH98fnh&#10;dtrXZDWfquDe33EugHNMtWpj1Xl/QLog0EUf9kn6DJdxra+Q+2MlgD0J9VnXE2wAEXxfKhGTjl/+&#10;L0tt04H0LFgKmS67mY7mbBany1h6CaOKRXdW1UnNY+96k4uNzGS3Kye/ym6rE57nQcsyNRLvmUoV&#10;nZUQnwpYGJVT5TexyNd5//KcZFv+imXGVEWMCuHFhhCxy6ZQbWBVXyoBpz/rxuaBo+xPXi+vQYuP&#10;EsMuFEcZU6W7/EAzwU+x/GqoH9HbkJlr5WfnZhdQe7bHSAB7YE3XXfcdjrtQlMJX/9uzPC/x8+bX&#10;JW/NOvsY+HWkEefnHvZnza5V+6PbNQ0kjey07kOPLoar/bG6l4NWv83y3r8H6zNcgdncGV9B15Pv&#10;d5Xf8yr/zxsupq+n6+lDAudwexDB90cd+1zAusHp3Ujz714S7Yu6u9nTKJOgG8+oDNodchfBWgqd&#10;5Zcfcv1ckd3urqnyG2JFLPvVCQ0Vhyo2LhUal9yJ1zeB7jb/PmdC/pbXMetc9OygCn0X+3s6WR4M&#10;8v7k/1wUZn/SUfT++PjrV+p8lBjW+dkFR7oyfReJGqBJEZxOsTvGayXRVYBmqiS6yG5X113NCmCt&#10;wvA1dpevm7iDc1NlfPV8pS24RPD73tDZOwTxfZix08/yel9Ladtm7LReK/+IYriyPZW9eIqT/7Cl&#10;rZ5dR7D8fvhe4X5yl3DxoFK1nvL/3+J0qVr3+cyt3whE8MdRLejXOF+AXUl05USrI50bYdj7Z2+I&#10;5Tey0XZXmeDcgHXz/cgNd5QFrm701Yl7dcQ1E1wZSS2J1gjjzHXJw5LoIiLqzpXPl+7cpxD+Q/5W&#10;na+8DtPFo4v2a5wsDQZpP/S8amBFM2Tan9zcqv5kX/zGSj52NxXDF96xPKKemz4vv8vndt9tW2XU&#10;u7nZ3Zhr2MU4dyg8kNYJ4eynr7+RHfxsaJCrWm9ZyZABkrV13B1DRXB3WUs3BrAfnrVy+6ZC2MdD&#10;A2Vhf/c1q3YtbbXazkfKZHU2Ii//ijjtTxHzc9/Pte6Pw5s7wqegW0vq91TJCLe3mQDogkrpK+S3&#10;rXRB2A+7pAr2BxH8sfjCfo26BLDK5OjCHTmw3U0mRtmgmbtCexY47wytm9hHUPWrKjWtyk0zGOEi&#10;w0VwJf67kmgVPKPzO5MJrrJmnjHLuwJ7H7VdlXNV3YRFhbCfkzbjsHFDUKelqy7wTLBvYNqP0Zz+&#10;Fsv+3FsMr2Vgc+26QKmcaB8PF8FbSqI7O3JJSbQG6LQs17OP+pkjsXA2Lp/Y4agywCqAI36NwaWi&#10;Xys+ciz/jqUY3hLYgOuogldup3N9qE3TAKrSBU/STv8R5+vfnfePzgxXe43P/S0ieCSQIk795UZb&#10;n5sqaTTylXMN6T7T+QojvycDS3mMR7ikCnYEEfxxqKHXkui8JljFhhr6ytn0O7zmNZBf5H0REWs3&#10;xEpD0DnkXUYqDUS8vWdrBuNqmlLoGeEZMZcFVjFWOTQpNBbNivPz3JUpDstOhS4zmAY7b4qk2VOP&#10;ikacxraLzOeGkHfprcSwZxymHSzLbPvGpsdx592d+EoIz/TFjzMUwztsbqPgzCWl0D43n5r/V4E0&#10;FaJdW7Q9a3NTP68SwmsZ4FFlw0x1w2eiEsAZPMsqIJ1/Wz87YjnH8qZKatfJBN+eLlg5cz+JiOVY&#10;6t9Gti3tmx9neM3wHS8B8KBbXpv59NYf9Xci1ue/VhKpfdSgfP7/d7AdR2fkp6Wv0FUwdevJ978Z&#10;v6eq5qDq4JOCCP54Foso6sWWzkui5VKja3kzQ1Q5sKOMlF4XqNE0dVLV+Gim9KOd1VEWeLYU2s9/&#10;9vlLnBvgqgxZz1nnuHTZ9hlUFKkAzoc7u5oBjDjfENacq7/iPDrq438mWDYI+tc4dxT/izqD5RlF&#10;bb/+rM5W9qfry0jcv0aMv2N4DSuFdhFUrTnPenel0HrOI04BGp2fayXRVVVJt1aG3ZS26/nvghdK&#10;JYTPou0TbfgMaPZB7f6XWN7VO+KyPneZ5r+iL4v+Xc7to6D2thLBadt8PKoKnYjleK2JYP3ZM1ku&#10;hj9CCGtwJud5/p72dosIdvuY59dfg0D5pLwFzCPqsdaHi2C/fMoTAL5X6Zpa8xXcP9yUBIDHARH8&#10;sXgkMyPC7ujm/3wzHIlYzTBGRJstrUoh9f3pJK1lpDIT/GqPe+IlLh4g0OyU0kWSq3LMKhPsGUQv&#10;b/Ox6oTG0CEdbAbfY100VhnUiPOMcFUZUDlXa9nhWfHYZbXdUfS5q30I+XtX6ZCRYv0u4exD1Re9&#10;Q2S285qs8Frgak0AdwEaLUvvXtcJ4dnM9Bd5f9cvdTRcDPt6y775w7PB7hR/ZsdC52qekz/k97wu&#10;8tIssB9Lq2F0bC8JusF2cj7nulSnPa879DXfOe66L+hesua4d4FLvYTiJa4M8m1A92btz9pXunV4&#10;ADUDwOqzvMhr4HNTBcxzLXVJhU4IjwJL32Ob36Pl2GSFPxmI4I+nK+mphLBmGiNOTnUnhDVKpcdy&#10;h1xvojK6IdaoXDg3/Je4M02J9yg4oE57V2JTCdynOBdsVdnpqx2jE5juCG0pic52pGisrnvWNkSs&#10;bwidg5VOlgtUveFUdROteGtneV26ffeq9+c/6YuXcObftA9h/9dznuPyx1u7si/uOKrzqJclpCO7&#10;eXObvGN5dQ1uRB14qrI6s3Mznc+ZublaUVJ8XZAGzjwg4Q8/fy6E/TKQz+xM+HlK26t2eOFAxfUi&#10;OOJ8Pfv9IhDCt8erdtKudYGvFHERcWbbMriaaz0FZVaLuQNf2bXqJlrZzr0u/VCq/Uf9kGvmvtqL&#10;PLe5j6YdnAoww6ehqoJLIVz5ChF90Dzs9boP5iVuM36PX8K4yAojhB8bRPDH4gI4N6SRCE6qaL9n&#10;PT2Ls5ZFHt2wSdv4Pc6jYHpd00ct+sqh78q7I8al0F0pqWapXJRUgYquXd62HzHhlDbZYHWuukzP&#10;q/wv4rx9Oc4jMZwCUqOkuil8jZMj8hQnITxysHQNaER/xmn3LIo+e3YlnS2//kfLCLMv+Zrc6PLY&#10;787aBZvbKBDi/UxmS6E1Qq7zsrp+ybOyW7PBo/7p51XCt8OzwdXvEZ/fiXXHTO1xBij2Evx+7kdZ&#10;edgZsdO5fr/EyU7nWquqkiK22WkXw2qn3a79ESdbne35HlcE+S7gKU5CP9t9SfWDrpWfcboPymuc&#10;bGVWAI2Cb/AJsPWU81XXU7WH6liPhLAGbnM9eWbYq+Iqvyd9BU0AIIQfHETwx6MOXjqZXdmjl0Sv&#10;ZRgrMavZB39PVTJcCcUqG/WRGZs1ca9ZLRcao1JoPe/ZtyyRHWXl/BzoOHVt2xqxdhGcn18Jxtf4&#10;ZbTz50o86s/d+dSMg2aI/Rz/F8s52jpYhahPEaxOu/flNU5z1dvtfXEx/FL0Jzc3XwsuAnOsI7YJ&#10;4WqtepBmayl0FaBxITyqJhm1rbIHVUVJ10+dO7PZRhW8e5QEPyqVqEnn/Rb97YIRZIHvh5fsdhkr&#10;3UPV7kTU86YSwy9xHujTh9o1tdPJrRx3n2/ZP/V79Hizx9bLQV7j/AZJCxvEXaJ/C6qAuY61r6mq&#10;0mptPeUa9Coy9Xsq30d9hdyLEcIPDCL4MfCsh5ccV1kfdzbdsfaNwN/j1xPNZoG1Xepg52vvutCL&#10;mw55Fnh0A6o1cV/dmKc7F14SXWUoq6y9G9DVkugiy9Bl3HxepYOUJdsqutw5Xss4eB8qQbfFwVIR&#10;PMog6nhk9syPNyOGNSCR/enG5Tki/pXPmhLCO9yxXM/J2vyMOJ+bVZCmKon2YMdoPKvS9pHAWhNe&#10;bjP859/RcfDz4IGvvTLB/jMC+I6YnY5Y2gJf62rXXuK0f6sNjqjXVuW8V/ef6G58l+25tePubfeq&#10;qa3H0j2sEiJdBRF8QmQ9RSx9hdHemevKL61aW08hr6uqyLyar0uyRCCEHxpE8ONQOb1d5kfRhapR&#10;Kl2cfgfZqvRxRixW1wJ7KfRHoCKjc+SrUpmq3NRLoddE8NaS6JEQ3pI5SyohnOhGkK/zr8DyY85m&#10;HCony50Q/7yI4gYlhbOoQnitLynss02dgHYxrH0a9aXLrm/JCFfHGc1N7e9sKXT3npmS6DwvaxUl&#10;MxlLP/+z89n7UQVJfmfULu1lS3H+PxirdEnbVwUqde3+FcuMbq67KmiZP1fOuwf7RgJ40ey4byWG&#10;7jF5/EvetxZwg09OURZdXUbmIjh9hT/iVAm2tp4ilj6M+z56SUPlTyGEPwmI4MfAM3bdDajWSqJT&#10;CFcZUN1IXTR75ssj1FU2yjNS+fn3Rs9DJ+4749T1rRMZ+r5LSqKzjaOS6DS2UXzGOxYVdWFZCcZs&#10;78/BcbeIYS2/dsHYlTG/t21QFq1Zk64/GoDJ/uS1ZVXZU9cvzb5ru6v+eKQ53trwGjHc3HyNdnPT&#10;S6HTDqyVQsfE+7aURLuznI/FtXXn98Rq+62/b+V3dRZei+c9Rb/PU1+/cH/ShkX8Wkv+d7XT+civ&#10;DeqyWBHrzrs67vo8Kh99n5c7O+0eTH61x9bPys/Rc6ZVT5d+Njw+up6qv6uP9nec+wq+t3eZ4bD/&#10;bfETvF1nCQD4eBDBj8Uo+1M5sZWDndc4qtDRDGWXidSoszpNXZvcsdZI9F02HfPEPUK3JdN2idCo&#10;ssFepuqGtcpWe8AiI5vlHZUXDanLg9yxUPGb/dPrWfw68K1i2DeGJ/sMd/Tfz+lEWXT1Xj/nf0l/&#10;qizHWpl0xDKDXL1PnU4vWyw3t+aO5aOyRBfZVYBm5hr8mbnp9iPifG522eC1jbxyABBeJ3xOu8Ou&#10;r7kGz46N1jXckMZOR9RZYA/IrtnpNefdbZo/fK/3x8tEwGsGndMvxWOrWPU9rvNLEMC/GcW3Srz/&#10;K8brKX2fyjdUnyaiX0+eCOj8jOF6Ihv8OCCCHwdfwKOsqzuxa472s7xPM8bu6LoIujSzdE/cIFWZ&#10;trVSaBWK1eapAt+FihvaaoyUvcpOfzVimUHV149E/l9xcrBcPG7JOLijXYlNjcyrw9OVRVebmztM&#10;noXX/lQb3IwYdgHvD50zlfPWbW5VFlifu2xM1VcXwNo2x9/v2ZLn4j26hrpA0vTctP7M4GvldxVq&#10;1Ty6VAx0VEGd0fVwcENWApZup9Ou/R21nd7ivGvQ0gMiVdCtm4t7zEnva/Y3/3apEE4RrF9dU+3F&#10;r4iP34NiPSnVetKg0l9xngBK+3jJeqp8n5k1BQ8AIvjxyAVdldt6+XFSOdournIB+v+7kmHfoD3S&#10;qm1R7rnAfWOfybR5lC77p8/ahyyXrQRfxHkpW2fstrRVr/HdIoQjzrOElWjM75D0DaG6IdRstsGF&#10;XMTJQfES5ndh3JRFuxB+tc/TYEx+xZFmhNNhzHmtAR4tPe42OP1d+1I5rDnePlYuQqoAVXUdkc4d&#10;F64/47x9X4q/JVWJ5drcrIJkXk1RjbWeJz1f/veOaizCnj+78+CBlCrAofbnkv76utR5l0HQah3D&#10;jWkc95GdzgCf3935Euc9YukzvDcrzgOM1V526TzRuazH6L5mcYvN0HOn3+WqQlj7AL8RxXrS+eBr&#10;Sv0e9Rc6v2dmPblfGXG+nqv9d3jjU7gviODHwYVLCofv9jzKBnfXxP4hr6/+PyoZrjbmatO664Ju&#10;SqHXsqudqPGNUoXqzzgPOHg03Q1vF/HzzMwoa503Upj6SoeBEHaHW4Wjf++dZlK1PSMB1DlYvhFU&#10;1023fXnre8T55uZlwt4fdRq7cn8V91X2Mfui9jGPPypP9mtlXVh214FXwYMXe/a5mX3Q86jH88oH&#10;n5dqP/Rzq7Xk2ad27KytM1Fvj6LPCO3Phjv2mr3K+btnGacL4FwLf8ZyjsCdsRtlVXu+2+n/4pdN&#10;WxPDuTYjzgNI+XO1rrqgzC0qvdSfqASr7gszx6sC9fm5+pmIjd8UW08uRKsKxpHfU93t+TXmA0u6&#10;ntcusWNOPgiI4MfCF9FoIWk22B3YKtObm0U6Q5340ra4iKlKoTVLem+6TJtn22ayVmGfk8Yvf/Zs&#10;m94VULOLr/b6Koqexxldv7y57LTJNHiEXzeEajOosqmetczzoM8Ry3NQOXQ+f1TkzfTHP1cdn+xH&#10;Oo3V92NmXzIjlu33KgEVwrmeUgBnJDnPXVcRsUVUdoLPs7U6N7Ot1dzMedsFtro5tUW0e2Z2JH5H&#10;a6E6fvX4Haic9v/i19dv/RfnN0DM98yijlnOgby5ks5rnSdwZ4pqlyp75I77yK5pqXTuWx74dduW&#10;9s+zs2nbqqDMNetQ+5gi+N+I+CfOM7ezAlg/t/NT3s8vmbffk4mguQZ3OhHc+Qrd/VIqX8HnuFc7&#10;/AipLCQb/Bgggh8TzzpVX4+iznDiDqwuaM0E58apX5czKoX2smwv3dMI3L3wDPjIaa+ybfo5mpX9&#10;8+3vWkLuYiQf+p41QVO1ucrKV1nXTUI4YrEhqLPl18l8i+Vc8EzqX7G8mcRLnF877nPQRV+1uXyP&#10;yWx3Een1DU4zF90Gp5mUteBPJ+pzPeVx8tx9i3rcfW6ulRdXqMOa5zIFfHcNnWYB/Xr/tWPl+9eE&#10;e1cF4pmtfF6jygZX13FvWgsPSiWC/3l7ZKBoa0Ys0THM8c+v2/HA3a3wYMgsOjerANuj4IGnyz5k&#10;aacjzqt31E5/jWWgz211ZaNzjN1Ou+P+9e09+Xnf5JH7fTU2m7prfUtfIue+BoG2ZsoqweOXqnx2&#10;mwETrFTDVYEl9U/c76l8hYjzteCBpTyerqcMzqs/OrMvwh1ABD8enZM/c4Osqsw2N8ncCFQce5mo&#10;bnCj63e2RGx3R2pOvc9rmSvHz9dfb3/PMuiujy5k0+B159LfO7pOVNu9qSRaacRjjmkKmec43xS0&#10;/C6vSUvHQgMEYf2cEcJVcGJ1Mxg4jB7p/RrnG5w6dn/F6esScqPSNie+0VWl6y4wsy86TtXcrDL+&#10;Plc8o+tzc7T+/L3qNHfl1/7+rrJiFKDphLD+zY9TZbArAXx60wVr4cHQzJWWhWZWTO1rvn4WPY/P&#10;cfoe7S/xa/w+6q65lwj57vePpOrH1WK4qXZRQVfZaQ32pZ1OW522NumEsO5hlV275mZ4ZXdj6ddk&#10;f/59e2QAaGsQxW2OX+JEFvggTK6nnHsZXOr8nlxPWUGZAehqPUXUFX5VZvmnvQ8+EETwY+IlPl02&#10;2C/MdwdWRXB+biVK3OF0R60T4SMn99Z0/e1uOpTvUYOlQiENWgrgLtOmx87XuxCunHg9t5UD4qXH&#10;VzsfhXhUZyHnT7UpVNkAdZ7/kP5oebQLxyrbvVZWO+yPbXC6EXm0NzPOejOM7Mvf0hcXrZ7droIW&#10;o3nmgm7tWvWQ43Rz4+84zbW1clnPBqoQroSsvkf7241dtuGnvS/b4tcer12HrOdLj63Pa8L9M6Bz&#10;zYM33Q19tq59D4C8vv2cQume16T554+Od2/hOzped+w1AXzx+TQ7XQUtO+c9bZtebrJm2yKWNiLn&#10;yFq1ir7v4q5Kv6p7VHgVxOxn+vMiAIcAPhaT60mD5uorjPyepPIR9H+jS/MWfgIl0R8PIvjx8Kim&#10;36xilIn1zKg6P7lQv8ay3KO7prUqIenuYnpvKgG8JrQqx9uvsUxR6ALYDWAyEked4/408d4UVlqK&#10;dq2T9SoZ9JwPOcZf3o6VGQcfcxde2Y+vcb4B5LNHRatrqKuM4kxffIPTTSnFvYvhLO0eZcO6za0S&#10;td11vf6er82je4+/V+emXks9MzerTM9aNtjXls5LtxfurHbZmOp1lRDxOXPxPHlgdNy6Mr09RHCK&#10;m8wAe3Ai27Cn4KyEb9f+aq11gZlff7i+CsBt1VPU/Z85J7vPw43Oe3XNYRXk0D5qwDLk58pWV3b6&#10;mj57wEDnv/o4W0Vw9dnvzwiM47Kynr7Is/oKne9T7bNr68n3/N8pqPvbgAh+LHSh5QKtrsmtbkyl&#10;zoNfF5yfFXEqk/PrgZXqWuA97156MVYK3TnrXVmyOl7pKH6V3/+IpchY66O3YST0qve6CPa2vwuN&#10;PcpACzHsouVnLJ0S/V2zeCoKZ0q/3bnSCoa4pH/NBpc/6yY3uuNptlH704l6F8KerXyyh76uK58e&#10;VSnk3Mzf89q9WXG0Nje7eRnF+9YyRBHLrG+e9xf7W9Xm7pxV7c3Xf3bH1gOd1fq75K62KlZy7/Bx&#10;uBWeibu07TkPfD3tjX9+d5xKvA37upOdXnPeVQx7oNJt21OcyjmrQIDbNX3sJYKzLz73Z4JmM5+7&#10;/APiF96YXE8ejKkCMr5vdwHsbk2t+YTwASCCH5vuulxdpHkxvjsRKaxyET/Ls1+fqYtylAWuNtuP&#10;cEqzvV2paZdF0vdHLCN5Wnq8ZROuROGaMNRj+jUk2ofvsZ8D8o6J4Srj4A55ng9vc5Up8M2gOze7&#10;bAZFybeWCVf9cCdRNyvNnjpVX56j3xirKoVRmb4+h33es7R7i8DoAhZdiaPPTc1kd9cz/3x7Tyfq&#10;ZoR7tRY8aJJtfv0NrgtW/LypOLg0E/wU5+f9UnG6lUrkdMfubIXP0T2phG+3HpJO+N70fE4672fX&#10;v0YdUHqW94f8XDnvXXXLrt2T5zKo8ButcXgANorhkQDWh66nfK7WUiWAf4eA7qcHEfyY6KZQZWW9&#10;LFmddl18lQj+EvX1gXm8TgRf+/UdV/Mm2qpI29oNfBYfE8uMW/5NDdo1WYy1zIK/x4WG37k4x3j3&#10;60cGm4I7sNleDa5km3MDqbIM2k93cHdlRQz7w0WqBh/0NU7Vl86prrKoVeCpmyN6TlMIX5thu2Ru&#10;doGmKkM0E3joslGjMdnlGvkHo+vHYq5uWe/Ftf+j4+yJ280tQnEULKuCbJuxfcPtkP88ohL4ETc+&#10;vyvOu7clog7AaTWYt3nt3LgtvwWLc4kAhlsxcdlB5Su4jzaqrKnsjT7ggUAEPy4uSLvvwPOSaHco&#10;/3z7PR18LzX0jS0/rxLA97yxyoiRg15l2pRRNsL/t9bHTvTp+z3i7u/vMoZd2enyA8TzjbjMeRjc&#10;fVnbqeX1+Vgrja9EVyWOnyIWZdoX96cRwyMBrNfNZ2WFBkTW+lQJui6L6hn0s+Y3x6yCDI8yN/38&#10;eiWB2ymPnqvQ13NWCeGbBYRs7uXP758v3+16C0rBekX/7ibOmksrPIg2EsOVoziqsLimT/o5o7Lf&#10;bt+oAoRTWfsb2DZdt12gMu+DUH2bRNlMe/a/IUzhIbjxevohv6uPmTc/3bKeKntyy2ASbAQR/Njo&#10;RlvdHOtHnK710cXoDvZTnDJj6qAvygxjKYBH1yHfXQQPrgWuHPQqit1lK6r/zdJlclxcVL/ns47H&#10;6NrLSiieGVIpcb50U8hjaAm0zoPqDuE6/9ayPpv+d2l/GjGcffkS5yX+l9yQpcqQdAK4u/wg4vZz&#10;0+dktXGP5ubW64L9Rjcz9xHw7LkGW/zOse9je60QNruiz/mzzyOcl3X8Wk+fz51TWN1MJufgtfdG&#10;8H1j7Vo9n9ce5KmyRhE2x4v5pf87HeBy25Y2Syu33K75+vMxwFGHT8Ed11NEfTmgr6dRcA8+AYjg&#10;x8YzKyMx4tcxalTYM1vpCLhIdCe2uvPkrW+wMqLKtK0JR6WL5kcs+7S1f5Uwrcplq9eOBL06aC8x&#10;76iomL1IQEp01DN77gBOfaQ9OyOH6/09ucld2JeI8TXPW0v8q81Px36trLcSwveamzrvRmK4Eiae&#10;DdbggdqP7iYjWrWiffHj/WkPD1T8jLhcCEuJrB7b16qPibYVlnQicU0Iu033+aaXhTxFbBvz4hKa&#10;LYHTUd/agHARqBza6exTxMW2LddUZdv8Ro9VEKKyZSMHH+CuFEmQe66n6v4WEeO1cc2eDXcEEfz4&#10;VBnatbtEuxCrRHC32ft3EvqxfHO8t0O45sx0GaqIsROzl6Fyp07L+2b6s5oNtmM82f9cSP06yAWb&#10;guAZyurRvW/ttdmP/NkFkovC10sjvsP8x/oAACAASURBVE37Rr937+n65EKu+/7ntbnZiYdrqeam&#10;l51WwtSvBa+y2i4UfkSdkdJyc7dBvg7yO1Dd/oQca3puN1lfPx8ugtNW5O84ND26HqqAmYswfXb7&#10;96f8nF/f9m4LZjLCIoBdYPvnj9amzzd3iEd7iB67sm1eVr2Hna7s0tbAXtWfe839p5gcXzgGZre/&#10;2LNydgnGlespcf/nktfP+kxwZxDBj0m1AXXXBXfXJ+hz5aj78aqMc/U9sR+1eLuI/tr1wOpwVN9J&#10;OPre1a3tCzm2ivRXaZu+di0LUt0UyM+BZ/Q7IbVwshLfHIqIq/ZJnbmZa+jyWYWstsmzb9XYDYXh&#10;miBuIsh+3kf98D652HPRuCVA4wK4y5zuNTd93mS7ki/22ur13p/M0mkbu5vqzVxDXl3T2H1f48L2&#10;aeXD4Bzocbx/Pj5pH57k5+rzDotVjWjQQOfz2mU0nUjN6/WrsX91W1aga1zXo1YYjC5TyH753jjT&#10;L59bamvycz2Arc77Yi5P2OkuwKV96k6YO+dnYqJ53174eX8Xwtd8KCL6t8L9pJGv8DNsHl+xnnyv&#10;qMR3hfsJewe0YScQwZ8DL3PqssFVSfTazx6975zXLd+fuzeVE1+JDL9rbaLnL68v1OsMXQhfigtg&#10;zTho+30s1PnvssEqNPwGQs/ymeqs/ZTfs6R60c+Bo+FZbL+h2mhDqMRiV0JYBQ2+yOd4aV+VwU9B&#10;3PWlE3TVzarWHMUqE5Slsl2AZnSTMxXAOi/95nfXzs1q7fwp/foay3WWz2tBJw3QqB2pbEl+Z/mL&#10;fK4eLz8nrwv2m2tVQsPHwAMGVZ/cmfK5kA5T2gt3tNZExVHxNTJat1VQQkvhtQrAgydPUdgyo7Kr&#10;+bn5UBE8ukzB996qT35snWNuA6I5R+4wvzvuK7bN53N3zbOeF+2f9vPWlSj6cyU21JZeddw14QOP&#10;T1HNUd0zIGK5j1brKWLeV6jWU1WVVwXPO9+nqhphPj4AiODHpxOp3U2KZrJanomK6EV2eT3wje+W&#10;WtE55PpcCZk8dyoy/o2I/94elZO11TipE6+Oz1+xdGjy0TmBmgWrMm7ZLr9u8o84bQZaMbB2M4c1&#10;B7K6PrP7mpxqLrgArhzH7Ld+vguR7qvBZh01zzRpP9auJR8J+so5H41hVW6bffwepzn5bzQ3g1rp&#10;Z4WLPw3OvMjruiDAWuAp+5VZ0krUq7B3MeDo+unGONu05a71HtHPdmRf/pS/PcVpTNzJisExjoyv&#10;kaoc3u2PZyn1pmjV+3LsPDhUidBKWP9tjxTCHkjU/qgIrr6m0INUag/9Jm9p22JwjrrreCv0OHrz&#10;ui1ZbrdrlY3dw2HvMm1qm/NyiUttnaKfkcLn1x8Qw5+Rzh9Jm15VanQ38JwNnPlaWgtoV76CJyT2&#10;CGjDjiCCPwfVoqoytVl622VBtn62ZkrfHeYP2kR8w6wybdVmr05MCo1/3h7/Rl1ud60I/hqnW+mr&#10;89aVqHVCQ8VGXhcXsXTqMqvhzpVn8z2jX/V3JOb1WOo4dpvBizxXG1KS50v7k6Le5+S3WG5wnUjS&#10;IEMl6LU/ng2q1ky3qen5zPd0Y9gFaHRufovl3Mz+7j0381zr3PSxrJxVdbS1bykWdW7ppRvf4te6&#10;q861imFtax6rEk15jjOIpdcLu1D1/ndZbRcpP94+P+LckSEDXFNlTauKpSoA4oK1yorma6oKHheh&#10;HlTMNf+/bw+1NaMAWLfnjoIvvl7y2Gk3M8Cnn/mt+Fy1odqmak7P2OmR495lu6vAxbVU+136LlkN&#10;ErHd1iU6Htr+lwiuN/5kVEElnee+nn7EaS1VgXO3F+4r6Lqd8RW64H9VCYMQfkAQwQ9M8T2MviFX&#10;gqDLsJSHiPNNsBNPa1G0W+EZ07WbDulGr5m2LG1MEfx/ccoI7y008mYuaWCra3wroTYqO32W96iz&#10;+D/xy0inYfYs3MjBGpXyaTv+ejtOOo+dcIxYzhOPzHoGxaOueZx03vQzNJtYBWg6Z1SPoecsH7m5&#10;dY7iWjZIRX1VpTATLMjP07n5T5zGTYX2XgGaPP9a6lW1swo++bp7fmtnOiN6rr7J47/ifHjQQYVx&#10;Nzd1fczcvT6P9Vy837NmuTa/xykjnP3I8/AS8E5zXXAXiNOAUMRyDlRVABr8yLHTddGNd+fM5rpX&#10;UerB02rNu+0ZHX+Uhc7slQe/vsX5nquf73OuE/qVna7W9chOj4KW19DtcX+9/b+6v8Al+PjlcwRC&#10;+NNQ3BDLg7j/E6f57UGlLmje+bJeVZH7gtqLKmiWdBng0f17XpmDHw8i+MEpvq7Go+xrN8hqP1qe&#10;Owf/kco4/DqNTmg4Xp6pJaf/F+fZtkv7qBu8CuA0qLnhd+fRDb0L4UpUq3OXQi6dGt0IKuE448BV&#10;DqQ6j57Z7hyr6iZrnj3NY6WzmBHeStTPZmQilnMmN7Y8RorgNUHfOcMuUEdVCqNSaJ+bmQ3O/u4x&#10;N/U8pwDWkq+8BreLcOt59ExwzgM9FyoeNQtcnZPMvnqb/e8uLPLGSR4Q8cygHkcDUl4Wn2Iog4kv&#10;b+3XKhPo6faoFHlZ5vz89jodX52jXWb1j/g1l9S5dZHm1QJuw7QU2udv9iGiXvMuVqtLFdRx90Bi&#10;Hjf7XZ2jrty6E8FVhYsG+Drbpn2sAo1rdnUrVaA3bXHEad+8RnTr2LlPkwGt/D/i4/NQVSNp5ZhX&#10;wek89gRAF9jpgv+6njyo5P7mWuXIHn4m7Awi+PMwcsh1kVeZxks+053814j4iFLozqmobtBTlbO5&#10;0EinPJ2pPUVwtlGznGlM0wFMEeKZEI9EViJfM44qlHNDUCdeS4O6suiqzy7EU2x4WZBfR6eOoDtW&#10;+nDhqOLfs3Nf4nz8tC8u6j1jUpXdeRl5F90drQ13hD1DXwVnulJozwj9Z8+3mJsRS2ci+9KVH1cZ&#10;dX9kSXR13vI6/KpyI+SzPSvspdLqBKmomhHBOq/1WmC3IRGngNP3qG0LYrjHM8G+/j0A4uOeY5y/&#10;e/a/C3yEfYZn/LVEWMVhFTzt1mW1Z1TzrVozaqc1wOfVV5Wd/hm9nXanvbLT7rB3tscDjdV6usQG&#10;ZYBUz4fekyADlF1gdoYuqO9z8L0vl37HOHwIahs8QP9HnObYaD2Nkjp+aUFVDp3l124zugxw5ffs&#10;WVkBO4AI/lyog+FZtm7D6hy2ylntsssfFb3yzXMtCzwrYqqy2mujw5oNjTht9hqNTIcmS323lJ1+&#10;jaUIrl77p7Qh54neZGZNBHdiR0tGR9cDV46VPnxeuQhyhzGd4Vd5X1Wp0GVMqo1TM59+85huY/MA&#10;ivYlj1cFabossH5+NTerMq58zyX4mtC5Wa13z8B268/7+cP6l/PAM7B+TlT0utDMQItnc3P8KrFQ&#10;ZQarSpKqPfne71GPm65xeKOpWNI1U601H3cf80pI+nx1gTiqqPkzlja1yu5Xa15FsN5MUYN5js87&#10;DyxmwOglljba+7bmtPt6dDvdVbhUDrsK/VG59yVUWeDsR1Y6LUpFLzxOVfml5/oRqtpgG1Vgyfci&#10;zQZ362lWBHeXy4wqxkaBv+oml5RCPwiI4E9A4WBUQjh/zs19TQDr540yyx+9Ybgz4Q64XsvodNdn&#10;VJmEPYXGU3O8mXNaOTZpfNPp8iyybgoqHLPEVTOzeo3USARXYkGdqk4Au1P1b5yuvVbh+BLn87Ma&#10;63xNBgG8Ly6AtT+aber6UpW6rlUQeJY2j9VdMztTZj1af3vNzfx55niV+PMASXfds/cvndFne21V&#10;oulzW+f7H3G+Piqh4OfJ53X1rOK2ClhUP8M51Z7yX5wHTPIc6xr3gEj+zcXTWiCvEp5f43z++ThX&#10;AsptmDq0WwRbZVf9fFWPSrhVdtKDw7ovenAvP9vtWmenr53zVSY45Ocuq74VtdvZN60mGlVAwedB&#10;BbGu6VzL1Xr6IX/3YEsVKO18ha6qwn2Fyu95BH8aDETw56JyLr00NDeTNP4RtRhey5SeXRN0x8hV&#10;lyHtSjG7TJtufl2kPc/BVf17C1JoFlaPW2UvvBy0ynz4I9/vfXQHUAW5iseXOHeq/P0R55lmFwxd&#10;xn0kgMtoqB2/EuS5uelxNLihfXGxWG1u3iefO74mvC/an9xY9fOrLHAXOdZgVleB8b5pXjo/5ZvM&#10;Nq33WDoIEafxqK4LrsrJ/TxW513b9hr1ukghnO3JbLWfI3UwfA7oXPDnROfPaJ2MAoyHZSIbPBKg&#10;7lw+2evSJnZBDx0TF8JVwMPXvO4Vuub/kUfl0Grfq8BJZee0T/matNOVrb7UTlfz28clbVr2r7ts&#10;pZrzXR8rO+XBjfw5bYna70vQY2sFSiWKdfwRJI+Pz63KzuuekvuI+ztdsLxaT9WaqoJmGizvfAUN&#10;Kl21l8P+IIL3w7MFvjlX//f3zR5HRdbWTKMbE3fEqyzwNQt21M/Zz1Xn2zNQarTcAb9bllscwCiO&#10;7edXDXGXbetElZ7PzrD7uXiW977G+bjqOXDB4KLBnQd3rNx5zM3AS+zyuD5WHq3VNkWcxJD3o3LA&#10;9D2VAPL++JpwJzH743cU14i0Z5jXssAezCrn5jWbpjjoW9ZFVVmRfelKirO/Oi4/41yAugiJWI7b&#10;q7028fHSuVAFUvx9/hn5u9vErtpgZFP92fujf6/+d2u6ddK189pjqU1wIVqNv18HHPa6nFfp3I5E&#10;1yjoUYlfFcBuw/JO7erQjoLDI/vcZXT9vH2Vn2ftdNdX7afu9S701Wlf2/9n52+1v4W0T4P11/gH&#10;+vocy/zcH7EMwCzO+Y3uEl3ZA29jN3cfnY/sW2WjdY76mnC7rj9722fWU77O26EBpcpmfJO2kgl+&#10;MBDB+zA7qbvNZPX9KyXR3+1Z7wDrzqwvYM9E7VG60Tlaaai6TdRf7xG60bV8/v7cDKcyXntshJYN&#10;6M6vlq3nGClqiJ/toX11IZOfq4bbjXfEWCx4G6qf9b0+D6uNQDMMXgrdzcP8ucrcaBs0k6LPXX+q&#10;vkQsM4lexpl3EdeNTQW9nm8tzVrLmldBkuqapT3nprZhrUIixYbbD+9rJfh9rqkQ7oRI9llv5tMJ&#10;Jg/EzDrlvtb0+G4r/IZyKmL8vVE8r7XlXmJ4tM5VpLhduMiRtXmW4/4lfq2brvLiNU7Cr3pNPj/L&#10;a2bXvP9c9bEqZRzZsPdS6GZtVnus7kFavTSyb/pZXR+1f2t2WgNu2sfsZ5W1Whv/ar6oKKnGycWw&#10;//8S8v25t2QwobNNe7Pm8+jfuvc+Kp1NuFfffA5X+6buV2u+wqXrKWKZ/X2Jej11NuOaSge4EYjg&#10;ffDNRh/qsPlrOsMyeyzfvNUouADqMh76fr9R1FZH3PuRx8nn6jz4z36cThR2DnfEubEcXfu49+bj&#10;53h0bXBnsCOWQtave/YIpN+w4TWW14V3Br3q+8hJ8L55/zKb8H/yGN1opcpKZoZCr/GpnOPKodnS&#10;H52nVTuqbJA7islawKKam6N5sUcFRkfVX//qqSw7TapAjc/N6nopPd7POKdy0l/iNJ/TqdHP7YRN&#10;19Y158zn8X/2ULvR2ejK1unPycj27z3er/ZztT9ldlXb1+1JW9um4/49zjMq3qa8W7BX90Qsx9QD&#10;IDN0wjLHvSoPzjWf3ye/5WZRnf1PW622rSvRvtZOh7TTrwH+Fid7VmW6z0o3rdQ7j+HBQy/j7trq&#10;gvi1eM2lVOdxzWZcw6zPE1GvQV9bjySGq75pH2/aN5t3vp7ST9D19Brnl8fN+gqXrKeqoiL9nraq&#10;glLoxwIRfD2Vg6HZlIjzrFdnLGYXhzsYurmpIIqob/rjxsRv5b6Idk+0RZ+r85AZAX2Pl76OzkNl&#10;0CpnKs9z59y313Ot9HErnbDK853Zri4iruegMuI5ftVXjrzGOJvmDuVMX7xdOq5+DbBeQ5cOpWfT&#10;9LP9OjwtW9OxrYIflXM8059uruY5zbb8E+f90Yy2H7/KNnggzLOva989egvUfmgW3zNV+dpqrUUs&#10;xXCVwcv3RJxEsP/PnYofsfwKm+qSh0ucWR93d951HnvpuwcG9fMqIZ+PzFhWwT8XDbegEuZ67By/&#10;fO1Pe3QO7XBuFpeGqBDW9/vY6x2Nq2v2LxUwVeCtC75pebCXNC4ypL5vNNdE5+fnV4SpnU7Rv9bX&#10;2X5Xc7Kz06Prnd/HPPtYCJJqL8j+5pzqsq+3sG3V+LoovSSYMzrWrM/zJK/r1tatbf4slaD/yL75&#10;XFPhmWsnX5fHnFlPW3yFbj1p0HTkK7zv6QjgxwMRfDmVA+SlyRFLh/4lrig7Hmyy6UjnRpuGQQ2C&#10;OmL5Pr/brWeC3zfAyXPhzoU6++o8Zxvc+Z/NgrlBijh35tRY+tfaqMDf1SgV11/6GGWbtL1qrL1v&#10;voF7pF0zb3q86uZMXZlhtSG40ztyHjWDMrophM9zD8jkefHz4HcCV2FfZQirvmifvD8qBHXO+LVy&#10;enOviGVZZhSfndliD9Do5jkSwbtumhP2w4MQL7E819Xc7AScZwkiTufN51VVtZFfTaFCeFQeH/az&#10;H3vk1HUOTRfNd1Fbtd+FgM51DzZWQcBrx71yHrN9uidVARrNfntp7FS7ZK75/OgEVB43v46kq/qZ&#10;FcRuv6oAhAvg7gZ4Z98LvLIuq/WlmW0912vBniie/VjaR7c/ngHurgM+sz9FH9cEQd78Lt7+f+sS&#10;5K5t2qZbVX5V57rzedRedJVpN/FHLsTH2fv1HPftm5/nnGeVbfU941brqQucedAMAfzgIII30pRo&#10;dBtBZoNdBHeO76yRrjYhdWKf5P9aRpvvVUd8dPOiLZuGnwsVe69xHrVzMVBdi+QOpztq+XmaVdU2&#10;qFG6xVc/dOTnenCkEhl5PYtfs6LZOR+TLM3UoIJuVi4gvFxVhaNvCHpOdCw0c+8CWIMp/8ZY2Ok5&#10;yk3Uy/d9nPU7Rv1rjWZLCWdEkPenmjtaReB2wOd/xCkjGPb/0ddH3doZqtZSBjJ0bmqpma4vdXby&#10;HHqb33+2zOBPe00XiPgr6nHvssJdtmkU+NCxV1tUBT7cZrgY8HLXPL+Vo5a2ye/Ee5VNsgCcCzG1&#10;Pzm+ajdDXjv6vtjp9g2EcMRSBOe50zGvvuqnqrYYZRm1zVWAVsfd171XRk0J4CIImnPagw3f43yO&#10;d3et32rbVOR7AFZtWvZzS0C+m/dpO+Lt75r19nbfAt1zO9/iLKh8pTCpgh2dz5Ov17U4attH3kG4&#10;sh8evF/rWxvYjZjv2+AeA2pXtZJE7cde66kKBFR+T9dveGAQwZdRbTq5+HUjyO+1rDbF6isXFo5j&#10;eeB6k02nKo+lx9HSxpA2qyNe3bxoiwF2pzo3xdwMfsRyU1RHQDfm6lx4RDLfk31KEVmJYM3qaBbv&#10;Jpm2Aj8neg5yDDqhke9zR0WNqz5XorFzJtcERLZh5Fh5KX2V1WydR7uB2FOcKifyb3oMd4w9M7hW&#10;MtkJYHeGq750lwg8xboNGM3NtAE6vlsrMK7B15Rm4fPvab+qAEUXwFoIRSunzGPrefTx+DNOY+DB&#10;nNE8jqgdmmoeq1PjY++Ps3GxtrvN07Xtpf1VgK60S3E52kYf32xL7k0pgrPNum9UgdHN7SqEsJ87&#10;D0JVa92zOt24V4EPP5Zn7NWh1TEvA9Qb7o2Rff5hf/fAU85vt9OjIJ8f6xo7rYGsWdvjc9nnlu91&#10;0bR9T/Sc53lXcVKt42uPN+Pz+KU9uh7bO47v1MZrmPXn8m/eN/Vv9+ibnu/v8je1cXkZTeX3rFUR&#10;+XFG68lthovfsww4WeDHBRF8Ob4oNZv3M35tbrqZ6cahZRT6dSuzTlAV9VSBmYYrBVaVCdboXhWV&#10;XF28TXlldS68fMUdLo1Kqwh/idPNW3TD/SLvd3HtAvuWG2FJcV4y0/lvviROIqMSGtX58Zv0vMhr&#10;PaNSOZLVDYzSyYo4dyR1DEYOZB7Ty6BUcI6un4tYZgddoOY87voz4xhv2dj0Z93QPNuZQtiF7Sjw&#10;UzkWd61SMFGiTqvOPw3aVHcld3E1lcluhHAXlNBxT5Ggd98ezeGIetxHY++VFz4eOiaVqPUAn9u8&#10;iPO50p27PaiEigffvERX96ecn1cHDwshrOdVbUqOtwrD0R3XRxUAM0E8HXO3Xy4Mp/vc9Dd/r/rr&#10;gj/7uXZ3/Hyugnte5eD9dPG7KoAH+5pWumjw5yNEcBX8cd/i4nU26fNkMK+znfdY/5t51L4N1lMV&#10;VOrW01oCoAtwut/jNqNLUNwrmA1Xggi+jlyET3Eqf1QnY5Th0whtbkhbo2R6/Crb7HcVzjaogdur&#10;Hdq3/6Rt7kxXr/esmzof6aznhqtC/7/o+1dleRYZjTsYJxflOg/SWfC7Geb7Zs5PxNJY67z6GvVG&#10;sIcIdkfSHcepKOhKdjCP5f2YEcFrYkgdxa4vvqFpJivPVzU3ff11AahqXPU49yDPxVOcr1ktJ6vm&#10;Zs5hXV+rASYbc88O6Bzuxry6PvgaEexz2gXQQtQX7fe1Xdk8DYK4bSqzJZfapkaoqN1Ju+l2x9dd&#10;ZTf3cmRf49y+5Jj/Ie3TMb9GBP+MZd9UJHb2a7Hmt47HpPDvbNoo813N8U4Ed3atcta39NHHLf/m&#10;wR8VSffC57Ha2UWQbudS6JHPU63/zv7v0bZrebi+TawnFcGV7cg9Y1RdMbOeujWldmaxX2ztK9wX&#10;RPAFFAsyjYNG0isnozLQZ1HntYXTOGKVQ+HRuojlIq8cwPeNcWYBN05X/l5lRDwrVp0LFwN6XlVU&#10;dp9bObvuyN3UOK3MkXSAqjIddeK6MVLB+FS89rl5VOKhcyR9M/Bzqj/7BjAdBW2EsGb61TGs+jN7&#10;fWgn6r0/nQBSEeTjlPNR18BobqqzUM7NW26ehf3wNZtrq8rmjNbulP3Ivw/GXefxlzhfKzNzOPsz&#10;msfdmJ8FPpq+5HlIqgCIB0FmbNMe5LG8rd3Yru1Pm/aFskHLeefr5zlODmYlfN2R7da69yX7resu&#10;n33sf9r7rnJkC+HvwZ7sjwd33Lat2Wnf00f2bcv8XuuTtkPnvgvgewnhV3nuAl5Xr7HG59FjVj7P&#10;qF23WP8XUVQKad/Ub1nrmwaZ9j7vupe/vLVHhXAXOHu49QQfzxNjdRlyTWM6Yr5RVwutWmC6+W5y&#10;gN/akA9vgy/4tTboY9MitnY8FefBnUFvR2VQ8jVd/6pSsc6InUXp7mWk5NzoeajEr58fF20+Vt5+&#10;/yw/nmd/R+IhohcQ7ZyJKzYBW0/aj3zuNrNOAKtQrebFqC+l+B201+fl1rl58dq7hsHcXBMbVbT8&#10;osxSM+7VHK7GfCYjOJrH1fx9jZWxl3aPzp/aPJ+LN7dNzdhWtsDbV62Ni/anlbblcSOW4znzqNZ6&#10;snXcqzUfe/TT+uv2Yra/1f5Q2bZqv/BxrOb4ZpHf+D4zIuNerI39XnN41udZW/8fYv87Hr1vxXoa&#10;zcNn+/+srzBaT5t8BXhsEMFXUDhwlXPm+CLbQzxUzkTnKKizU7XlIkPVtGPruXBH5P3jm/59sf/f&#10;rH+XMiHuKkcuou/Hi/3//VDFcbo5WZ07nx8uBqpxyrYs2nTN+R2IIu/DaEMbOcXV2ivFT6zMlZW1&#10;9/BzM6J0eCrHe3ZuXtyPQhjNjvmas93N4e5v7/1b68OVNu/m478ytnfZnybaFzE/5n5eqz7M2K9u&#10;HkTcaA0O+rplnuv7w9rd9a3q563sdDXvR2vzFmifdH/afY09+vq/hs/Qt0YM77WeOr/0JusJPg5E&#10;8JUMNjf9m+Kb9PvfLl1Ek214kuNV7dh7Y+zaoUydi2bD9eNUn6mf/aGGqjHYUTwnm/oh58g/szpn&#10;1xx79/lbMTGXZuZCUp7D6Ps13Zcmq9W155Bz84K2VMcezeOqjdq+szYWv7+//oIqmKqdXZu0XTcf&#10;/wnbuda297/dan4W5zB/XrNdM33I57varxE72rYP72dhO6p2fhRn5+dGQiziuvV/k7Zdy2fp20SA&#10;KYqf9VmZ8Q8+xG7AbUAE70QjQka8n/idI5Nb2vDejhsJmNl2TJ2Lxlma+uxHMFST58WDFcl0PwbH&#10;6c5f51z571cJhkvYoS8RdX/O+hJxeX8++9yMmOrD1XPzwvZ4my4+17HzuL836EFsb8cF83P3/WmG&#10;QTBPn/3/zrT9ivjw4NP7r8XPW23bh/Xzwvl/a+42xo++/q/hs/Ttd1pPcD8QwTfCFuQZdzbKH9KG&#10;mXbsIDp2/+x7MdOHiN0ya4s/b/yYxfE/8rwW/bnE4bppf5ib+7PDPD5r5x0ym31jHmsNnfEI83On&#10;tR7xQPZrxA79fah+ztqQW8D6ug2fqW+/23qC24AIBjggjyZyruUzbc6wL6OxZ8x/P34327UGtg1g&#10;P1hPoCCCAQAAAAAA4DB8WX8JAAAAAAAAwO8BIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4D&#10;IhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAA&#10;AA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAA&#10;AAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMi&#10;GAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAA&#10;DgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAA&#10;AAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIY&#10;AAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAO&#10;AyIYAAAAAAAADgMiGAAAAAAAlPDPuAAAAfNJREFUAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAA&#10;AAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMi&#10;GAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAA&#10;DgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAA&#10;AAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIY&#10;AAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAO&#10;AyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAA&#10;AAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgA&#10;AAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4DIhgAAAAAAAAOAyIYAAAAAAAADgMiGAAAAAAAAA4D&#10;IhgAAAAAAAAOw/8PGKPpvtskov4AAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAJ8CrUFIWAAASFgA&#10;ABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoKAAAADUlIRFIAAANzAAAA+ggGAAAACx4e&#10;9wAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJztne1228iu&#10;beEk3dl7v/+r3tOdTmLfHzGipSWgWKSoD7rnHENDsiyRVWQRhQWgqJe3t7cAAAAAAACAY/Hp0Q0A&#10;AAAAAACA9SDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADghiDgAAAAAA4IAg5gAAAAAAAA4IYg4AAAAAAOCAIOYAAAAAAAAOCGIO&#10;AAAAAADggCDmAAAAAAAADsiXRzcAAABgL15eXl6q99/e3t7u3RYAAIBb88L89px0DsmIZ3dWtvSp&#10;4ln7uaZ/R+7Drdu+dpw867FUjiAwjtDGpGjrmjFz1p979G8v27eFW/Vvzz494xh7Rh41jm55fp5h&#10;zrkXS33ds5+PtDlb+Cjn+FEg5p4Eu/C6i1Df707cW8RjL4wrHa0tlH19gJO2yaF8tBGTPqxu/x5t&#10;nziG0+N+rzZdw8Yx8WiBsdTOhx7fQVs3j904P+b3HM+P4Krx9YA+XbTv0df1vXn2cbTlfOzQp7vb&#10;yS3s4AOt7ueTjpctPM1cfiQQc0/A+0WoTok7KN2F6U6JPt9d1BWiYIujtYULp6z6e+9jsXDeqj7/&#10;Pi/F67sbLjtfS+OuG2Ob296Ml2vG/jMcz61jv7yWb9GHheOu7/t1dffjOzFGZo/5cPwWr68RPEt2&#10;4BFc9H+lg/gom343e/4smB2JeL5xtPo62fHauJud3MKO18t0P5/c7mzh4XP5EUHMPZDGmf5kr/P/&#10;+hxROyX5eNW/H+B0VX0J+f81dJP7onOv3732mMiEq339ZO9Vba/OUb6+m9Fq2t+Nu2x7SFv1OWLl&#10;ODOHxfc9EsbdefbjubpNW7li7FdiqXrsNi4Wjrv2QdsUcefj2xzT6vhW19woADC6/jYf++J68seo&#10;XbdkdJ0M+zcYK3v3acamj+z8h3D2BnYk4vxmdfceRyNfY+hjTFzHM+Po7nZyLSv6GdH3ddTPV/3M&#10;29vb2xOPly10Y+yuc/mRQcw9CLsQP8njs/29Rhy8RsRPeZ2Pm14IjTDQfoz6sBWf4CunszX6cYXx&#10;l/76eav67O3V8/JTnu8mvq39L9Lu7pz5ONN2r267jZeZse9UBr8a+zc/ngNRP9OPUV/O+rBHP4q2&#10;Vuc9pK16Ten5vlmwaOCgLD1mAhEqZqrr8NX+v1b0VOPZ23VvunGlfb3o26BPt7LpnYCbffz+7hGd&#10;voE/MGtHbs3I1pZ2YOc+3c1OrqUIemigae31Muqj9vP37uM5x8sWKtt8t7n86HA3y8eiwudz/Dof&#10;+cj31OlWKgc7Hz/kERHx+vLycsuSLRdx2ZfPcd6Pa6O5VeQqoo6yu2N2YfQj4i3nm9lj0/T3S0T8&#10;Eed99nOW+9Tz9D1+naOXECf55eXl5cYZD50AfNxlH3zy0Uk8x9b39/+loFuzfz9+Pu5HE1LlWJTj&#10;/n2f9x77Ov61HyHP7rR6X/RxdT8Kx8ptTjVu3bbksc3X9xJx2jZvq7e7c5rcNuix/RH1MddHefxt&#10;DFTnvxPKt8YFrF+7P9///xp2Hos+5XHfu09uz/N55LhXtl0/F2tt+hOxNIdWduTWeEAnr5dZOzvj&#10;F4zG0Ro7+RY39HUqmqDH5+JRVZwoVT/d7r6E2KN3qnn8keNlC1XQsLRTt/SNjg5i7gGYQ61i4M/3&#10;hwuDykFx45aD/5/45WTnZ387XTc2cjnxa1+yH19iv0iRR2JdxKkj9rN5vhB3GxyAPHd63rLPaky1&#10;3dmG7++Pz3E6X9mPzITdCh973v5K0Gnbc4z9Y32LWDeR6v597Oc4GmU4vU3aLv38z7g9PvazP52g&#10;SyoHJUVyPqvQv9ZR0XPf2ZxKzKld0fEaO7RplN1U588DDjpONbtYOUyVMPgRceGYVo+fcXKizmxo&#10;I+b/sIe28d6Rcu9v2h0/Lr/79YA+dRk5F25u1ys7/yLf32LTH8LAH1A7ktdmZUduiV83OYaGdnah&#10;T/kY+TejNuR1WdnJiDsJuoXApF8rM9dLNa/l8f4Up+Bpfraax32/KpafFe+3jrHv8plb+0aHBjH3&#10;OPxC/BoR/3l//hr1pOl4tOyfiPj2/vAJ+yICe3UH6izPn9KHr3Hu1G7Nznm7l6K3VdROnbMqAr/o&#10;AAyyWn/Gr3OX5y8nqjxv2sY00N/iNEF7n24ivIvsTE4A2vav0Yu5HGOf7f2psVUcv5z0dP8uLKqJ&#10;yLOcafhVjJyNjb2PZ+Os+Njfcg1nX/6J88l/j6CMt7eyOXredXJNuxJxmRHZI1voEXwVEXls9e+Z&#10;TO5IzLldcAdCH5o9j1OzT12J5THgY/mWDrln5ZbOYfZL23TLPlX2PJ8re+5O/M/B66mM6hNS+QM6&#10;h/qcEnHbMRRxmTFRH6Oat15lCFUBgZk+5Xc9a+vZKreTKXZuXo1U4EGP7J/arLViTv2Eb8V3MniR&#10;82heo+6DfI77jZe16LnxYLH7sOpjPPu1/BAQc3emiOaoGPhvRPzv/bWLIHdqq2iGOrTuaL/l7m9g&#10;4Dwz8VX6UYmbiHWGpRNzEZdlNp2Ic6fNxd1aB6A6f37uPMuhxuqPuDxPZ87Vjagc+v/Kw8+Xtv37&#10;+3dysv3x/nc6uzORsy6I8T/bfxUASKqMw7foReZmwTHRF3d68zoejX2lC8j8HeeT/1lQZk25SWNz&#10;8tjnec9xq+c9r6e0Kyrw8vESG+xKs56mykp41ruKeHs5eiXmsj+VnVDhlg7it7h0FCNO12ZGiqvo&#10;uNuCP+Jc+NzLCXebk8fJs1t6nLogRY7r/8Zl1jlifZ/WBOi8HNbtuT6rTc++Pm3p5cK1mWPoP1Fn&#10;zu8p5jQgkOf8ohTc6Hwc7dNIcLiz7xmrFDoeVMjA183OdROYVEGVD8+sjuxTxKWo8YCvippq7nmk&#10;3dmCXu96XtU3OlurTallDWLuMXQR/f/FuQgaTZhVSl4NbeV03aovnUP7vzhFqfYWc/k8irr7xK9R&#10;d329WFLV9LlzeDy7FXHusOck5udPz9WtsqgjMZXny8WcOvV5fFLYddmzpf27oND963jxse/RYhcb&#10;mrFTkb53IGM0BrpjWY15HwP/xOXxz8/9DsrEtvGhzkcKDxV0GoSIOI3XL/Z3XjOfYkPgobkRSzo8&#10;Kdy+yrNGuqsSSy8/8wCA2wvP4nuZ7rf346OCWreljuuS8Kmup0dkVP6O07Wr5/C3kyTfHwnUvfo0&#10;CtB12TkXcy7CPZuq/Xv2LN1SkCtt4j0zLTqO8njnvKVBkCrj1Pk4HrBeI+aqgKhXkOi4uVXwOts5&#10;mss0QKbXSpXJ7sRcBij1fRXO1f5zzDzC7mzB/dgMoKm4G82f8A5i7o4MHGotddOo/pKznBdCXvzu&#10;hOnE9nuBcOwnFDw6pf3RCJWLuT0mfn3dleeooPPIuz/akqoVgs7XC3rJWrYpDbS3LSfGW01EHkms&#10;ztV/pC+a5crylWz/1vUb1divoplLBlwngPysXgvq0OX/djmWVo621JeuxMYd12y3RuD1/17OuqWM&#10;SMVT1WaN5kacRHteDyngN1/LCzcQ8uPnpX2+BvezbSv72FFl6NR5+jN+2QJ3wPT7Po46p04DO24L&#10;7p1R0RtVaBa7Km/T17fs06xNr7KpVYBOs6lafuc3j3hGQdf5BH4t7Ln2fAY9B2pHNWukQkzxQI2P&#10;oaqCpQt25bMHRL2sXrO4NyvLE/s/EqtdFrsT4tU1qxlQ9xESt6FpL3UevZfd2UI1xrpzrKIdDMTc&#10;Y/CJUqPRvtZsyaF9i8ssikau/ohzkRB7pKnNoc0+uWOWfVqqGV/Tluqz6mBVjppHc3VtYa5d03IN&#10;dX5eL7t6sc8kDWseB3cGsz352tfPZcni73O1I1UmRJ0Gz35oyWK2+WdcTgyz586Ff+XAaxuWxGKe&#10;Y3UmtNw4x/1na/fe4rhywvSYjpxeH7eZBfOymjLTuLIvnrXydWl6swW1JekEdzczmnYQBkLOHVcN&#10;aKktrG4EsbYdaS9dMKSN0KxfbtNtiV6f3bjWse0lw9fYvxl0TOV+f0o7lhzLe/dpZNOr85TXimdU&#10;/4xLm57BiJk7Lz4CvyY6W7IkfG7Rl9xmjvmI0zXi83llXzuBqtf1UmCoqsKp7KSvi/8ctyvLq+ZS&#10;tWGafawESUR//rIvGvD9HqexrYFLHzNdQHlrVmvLd9YeZ722u7mGrNwEiLn7UhltFz/dHcMq8kJw&#10;o5YXfxqAL3Ga1G4R2ej6VZVE5ee9H6O/Z1kqp/JjU909VI+3OgBV5Fj/p+/58XAD/sd7W0bne61Y&#10;amkySe7IV5kP7auLEF+TNrN/DWJ04766y1lFjvt0ql/j8rzmOqFdAxnSFxcmvubLhcHIWXmN8yx8&#10;l43Qsri12VuNKPv1qu3X8/Vm/3+J2jFZc0wrB++/9sjIcnWH2JEQUbqMuj7nOPLjoNlczwb9LtuT&#10;bVXj4Iu87sZAJ2Suwb+v53rJqXTn/JF9qmyul116RtXted5I4VP8sv15PT1c0BU3nPHjXc2jt55D&#10;u22oePAxUl2D+tmqP7M+jrels5Ne4ZLneXF+WoPNZV7hoBUZfpOXmaCTz7U/43J9cPbdg73uc+g4&#10;Wh14s+3OsvUazz5rYkLnqGva/68BMXcniju3uePndz6aKWXKCyAvgtc4d5J9e78XvO84kakRqYzJ&#10;J3touxUviejaVjkf3f8qB0CPeSWk/JifRXSNao1etf5Enej8nk5qbrCzLGjvqKKeh2r/o8m1yna6&#10;oBu108dGNU67zEG3vdxf1Z9OIN8qkOHiyMf9kpjz/6uY83LpjJRvcVTcDvn1m6+r/o1EwHin47t/&#10;ZlmSrjXJqHYl7qtjNXrWvnjbu2OgTqILSi05q85/ZwO13Xre9Tzu5Xyq86vbnd3+PfvU2fDKBrkN&#10;1fLkKijV2ZKnEHRGNY/OzqF6zJfm0Fl8/uy2311n+dr7MuqT7rvapl/7eY1+jcslEyl6brFe2ucx&#10;XeNbBYg/NdtR9Nh+Lh6jLFUXQFFxuPYaHF2L1X79uh+1rdrOzNiCBsTcfakinaPJZ01Eooqgzkxq&#10;e1I5RV0/dDLSC3mU7XEj485l5aSlA5Db7rKGIwHtgq4SNn4Tk9FkVJ2ntZHKNbjD6f2vMki5f1+z&#10;ohkizVIsTRS+f+3zqO9Lx8EFggpE7ZfeuW/PSV3b4BHFmes421M5KdWayly3tsci/0qgeRuXruPl&#10;nSwLOX1UQk6PqeICpRIs6syM+pOfyRJMz54vXZvdPqp9aiS6s33XZlpyGxkMqG4IsiTubt0n3ceS&#10;TXfRmI56l8GqHGAXC89WcpmM5tGIui+d8HK2jCMva62CeV0fvM0ju6i2eWRjNCuX9j4rbtTu77pk&#10;YWG9rwq6LkDcbrr4uxsDFXru1RfR4zQzj/q+o3jt+638OA8gLaG+VLXucaoC6N8OYu5+jBxqdWwr&#10;Y7e03XyuDMy9MhRdu/K1/62RY7+Y3QHoJvzK4H0qPhf2fy9D6IScGhC/3bFOnH7DjezLl6L91WRQ&#10;laPucp4Gv+XlYt/FiPbfbxRRlfy9RcSFU9SUeI5E7NqyCj2n3bbP+rVztrObiP3/S5N5jpMMPKgw&#10;zaizZ+i2TnLVBN29t9T28Y56B8jXl+idEqv1HkvOqz7codD+uQ1w+xHR24cl52zG8XbcCZsuX17Y&#10;Zsi2cl1ujqHuLpYVe/ep2n7EyfGsbHn1iDgJbx1bVebHx44+r74b642obMbS5yIuHXl91utgC75t&#10;vblMZYOWRF01hkY2pgqI6ueroLiLKV3juqfN98BUt2SiysiNtts9V8cw4nJuzjXjud/ZMsvOPlZZ&#10;04rODi8dcx1jfsdxvXEfQm4BxNwdmFyzNHKo203b60okVA77LUoPtA3d34k7Y34HwnyvM+ad0ekm&#10;cn282Xcrp0HbWbU34rLt/kiD5sa8Eh9dmeGe50nHho8PLWNT3ND6wx3CUYS/6vNSVm4mY+B9qwIZ&#10;GaXdRSAP2jMz9kfbcMc0s0N+kwd3yG95C+690D7lDRC6dXKjhfseXKgelXhwm9GJtJDvVcJvSbz7&#10;/zqqSHp5O/3YPl412JS/XZg3BVkSWR3X9qk6JxGXGe3Opqu91m38tpcxPmelHX+i62fGgU+qObSa&#10;g64NDGi5t944TMfRzPZn7WE1n7jdzqBXFcDzOSVLaq8N4rkNWVqyMTuXVZmzmfkjz6ve+Et/nupH&#10;05alfuUx/fz+/0/2WW+D2plqyckooFAFDP6OPvD0DNfoU4KYux/VxeLObF54ThfxqsRO59TOrkW6&#10;Jxo5HkX9Inohp9FYX5zvx7QSdS/2/4hzA+Npfs/OVT9/UBkgP+bVWHDRvdd5qoT+7PpMd860jx6F&#10;G+27i6QurdOb6Vs+L2U7bx3I0OdrtuGOSgog/x0tP/ZPNdE15ZXZF83KLWXkPNPUjUcvAdNrVYWA&#10;2wofJxGX13rEpVjfcrw9s6+O2CjrsQU9XumIq6O0V9R7qU96Uwq3hyrO3KarHdfXb3E+PkYPbaM6&#10;nm7jn7HccoQfcw34qCM8U067tJ+c53IfKuZ8HxV6LkYixefYSvj7NdgFRd3uXzXOV9zzoJu/q/3r&#10;NmfmT9+Wnhf/sW2962h3zEd9en1/1v8rHuD2nwqpglL5PacKGPwV5wEDhNwCiLn74CLEs3Lq1OqF&#10;45mhbpv6nk6Imv0YOUmPIPukRuDvODkbmmJPvASnyzRVWR8XDD7BeLs8A+AlBBHnRkh/+kCdyi+y&#10;PXc0qvUelbjadJ6aErclsaNjT/tbidU8Lr++0JdYejSzCmRU+x9NgNXrUXbu2QIZS2R/tNzSSy4z&#10;8voWET9vcAvuPfBz73evrO78NhJy1e+LdSWo6kRUwTQdH/57UG9xKaj02F5znD0arUJL7Z/3Ycs+&#10;3OFTweiBgGuujaU+ueMfUQfnXGz7HDayWSoMq75UpWDZnmcpt1yDzz86h27JnFXb1/34T0FU2986&#10;jvzaGgVjZoTVLdZLV/Ooj8tKyFU2RIPIEduOWfYpM1rZv/x7FKTVfaovksE2zXK/2vfdX9JgQgp9&#10;Hx/5Waey7zm+vkUR2HrCOe4pQMzdmMKhrYRHVeoTcRk9dEHgGad83YkbnQQfWZ7lYkknov+L0+R/&#10;JhZiWcypMfefHshMhx/jfK3Xgk6SfmOTbM9rXE6mmiFYKrX0iaGbFPY4T52Y8n0pVdStKuNZivpq&#10;X7u1cl2Jp2/fz30V4Xdn/SZrEa9kad/ZlxyzvnYus3Q6Lj0A9FCKQIJn5apbeHelcXot6kSvj6WI&#10;8EjMqa3Q8qKfxfb2Or4qtDQa/Vf8sn9r1rV1289nPX7VzVD2FnRVn1Jc6HnxMVIFuKpzpPYj5Lu6&#10;za5daq/1ZlVv8Vzllkt0mTmdQ/cOClSBy59xOQdsPX4eQPSxmXNU5wd4+f5FEPeKgFdnz7qgYaJ+&#10;gvbH+6LHYAY95j/k/RwLOq9WQWvtVx5DF3LVkhVtowe8c/ylDVN73PWtslN+069r7OC/BsTcfXDn&#10;vRNZetG5AXVD4PXMPpl5dq5yah+NTkQayf0rLqPHapS8ZMqPaTqI/4nL6HrlAOQxzOOlBqq7i5ca&#10;ti2llh5VrNaw7XGeloRjZfSTvUosR9HMKnro416dPxfilaDrsnO3LrUcke0cOTx+/P2cqaDL39b6&#10;EieH6tmyc34+9EeDVch147ByFtRGaBZCI8Gj9VlVQM2DP1/eP/sal5ksDzBsFVqVyHL7t0eppQfO&#10;VNDsOU5m+pS2owpMenbOz4/a9HQ4tf0eqPFyWbdlbtevLsV7AJXIUofay9QirhtHavO9WmXvsaT7&#10;iDj3eXyucpuvgj9vBrI5iDcZkO8ChhpEyEfali+yXX2exe2QZsW7wNhZ16xPf0r7tG/V+e1EWF7v&#10;/xfryrmrsXyx/u6J5ranAzF3e0YO7ShroELHRUSWVn2OSyM1a3DSqX3UxeFOhpYBZbTdy3Ii5ib/&#10;zF54huzr+zbSWQvbVrYrDZhGIP1ulUsRy5lSy5tlkorMSJWV69bL+cS9R4llF8TwzKA7Xho9z+24&#10;KO/GfrWvvBHKI/DotY9rfa2BhhRsGajQm6H4mHx4dqEp71Wn3IVcjgEfg5510EzP/8VJ0C3dYa/L&#10;3mpgwzM/Oa7SJnkQQ1lzrN/sdTp7GtBKcTqzHml2n3ks9XWEOEh2o6612/d9LfUpqYJ0umYugwBq&#10;07tIvQY232RblZ3uynKPcDMhpetXOtV7ijmf837//fb29nbF+NHteyBVxVzEZQBgFKTZs8qlCr7O&#10;lPLrHJrnIbeTFRUe6F3Cz4WflzweIyGnfdI5JoXc11gOJnXXVXezpfzOUr88O0tWbgLE3A1pbgvv&#10;pQAusBKdENVhS0PwR5wiPBGXxq5zatOJSaf2kZNXZ8BVEFXlUpVzpsfWM0hqjHwCiLg8ZtmmdJZ9&#10;bc6P989q+cC1pZaV0DqbhGKbQdNJqNpPZfTdkd6jxHKULfN9a4Qx9xdxOsch36uc9dks4KMmiEps&#10;6CPisk/p1P6Iyx/IvbaU6hZU510zLC7kRuPAMw7/L06lZL7G1qPAet2H7Cfb9j1OASAvtczrWsWi&#10;ZpauFVgR57bPs+B7irl8PjsuO9v9tX1KKudcBV1VclU5eNX1ozbds9t6/aRNv/ZYP4oqqOilkBHb&#10;+1YJ9ggJBuwg6BIfOxm4jricuyOW55jNQbxBUHRJyFV+jYo5fb7m3Pj3M8sccXktVLiPMRM0qdpQ&#10;BRT0+lq6rtxG+eNIAZaHgJi7PVVEp8rCLDkyaZTVoXUHUPe5Jjv3CPzirUo41JgrLpKzv146o9sM&#10;+VzlPCdeFvYj6htPaFRtJuqrjrv2w8VHl5nbUu/vYqoqsawc6Yjz49/dRbE09M0EOBKsnpHxsZ/7&#10;/Bzn57ISQCp+ukDGI0stfbznvjUooYxEkY/HvFYelp0b/K5cVcroWdnErynNyv1fnLJyWo7tZZAR&#10;52Mzx4gGv9Ke/oiTw5elqzkuX+N8/O8ZKa5soGek9xBzvr9bjo01fVL8Gk5x1dl0DYK4Dan+1nH4&#10;Pc4FXY7Fo2XnOge4mkevFXPVfvc6RlU/PJul123ab/WbdJ7phJb6O2vbXc0r/iPlVUDKxfVbnOxd&#10;zmcZRNgihPXYVX1b2qba37wGumu0a2M39rTvMzasGqOUVk6CmLsRA4d2ZGhGDm2uoXh5/27INl0o&#10;uDPVLdT9Gef7fDRuFC6iM+9U4jX7q8bIhdyWyV+d5ywVyjtF/S5ti0vjtVRqmW2qykT3KLX0KHcl&#10;FquykCqiWPWnLbG0NlTHsstIV+M+SzUyOvsm2/TF5rpPLysdlcLcA590fT1g9ilfd6J/lF04Oy/3&#10;xqLylf3RMsZOzEecH6OM8GYW7q+o1wR1Gbmwv93Gqs1IUafjqnLIVExcy1JEercSozsHLfK565N+&#10;LuJyvKeQHpVc+fzqY0n/n/ZD7VA3Fo/Em73uxs8uAYE7jKFq/lHhlna/mku74HWe38zOva0IjHZB&#10;yW49tgaNtMRSM1TZl2uv7d/X2XtW1N/P9s9QXV9rBFhuQ8+fb3PNto4QTHkqEHO3p8uSVQ57xGnQ&#10;u5D7O06R5HRCum10GZEqQ7HWuN0Cd8IunAFrW1XO0U1gEXUGbJQJqZxnFyLf49xx0HM2U2o5EnSd&#10;mJsSdMWP1K/NjLmo8v6o4zwSctXYr8pIE4/Kppj75/39tFe5vSrjWQnYvaO0W/Hopa8J8UnYx0iX&#10;XfBM8Fu8Z+ceQJWZUzFXOUCKjwFdR/t3nJdWlr+3t2DH0nbkmKlEnbdLgzV7Zsp+t2nh+YiOzZKo&#10;Htl0vZ79mulsul7XlShTZ18d8RyTV98o48nwMTpzbTwLPv9o0MvPd46VLjBa2f2p63fit+XWZOXS&#10;ViUqSHehObft9t/7l+WVVSBg1e6b984eBxl/hwQxd1sqh7aL6Cge0dHF4xpl/CPGZXxVeZ3vd9q4&#10;PRMDR6Ary/TslE4Kmq2LuHQURjXyeux9fcjaUssuopglYWtKLUfRxNkSS+1HdbOAi3ZsXGOgk4mO&#10;e12rmG16ke11grTqt39nS5T2WnRi83UUn+K0DladhySPZ1Vq6TcA8Qn53qquEvEq5HzsdZlhX1Dv&#10;d648E3Kz51Bu+JH7U1GnY9fblM9h/7sFRxZyFWdzTNWnxqZX4rmyz6PApmbnKnvkc6I6uB+Bowg5&#10;D8hqqWWe08ye+3zqQbxKcGk10uz5HfkCSwF5n8t03V72QT//qKxwF3jZuq1KFCLkbgxi7gYs3Elw&#10;VEYXcVlioJHpFHMRp+xQGpYq86MOYLV/zS4devJ6NxR9numEAAAgAElEQVTqACSVWFKDrAuGY+F7&#10;3bnTyWdrqeXIMfFM0hJdRmfk9MSgH92NT9aUWHZisopmanldOu+aNUlx4LX92paZfT8ikOFRZ19H&#10;8WIPfd/FsQs6F9v3vKZ1X122OYVcV9KmTpCX2nY/RrtKyJ3trBZ12f5KtN1aILsAiff2PdPPTdwN&#10;KR3za9SDNZ7x7cbXyKZfjMsPcNx1PD26+mYtbgfyvHhA1n2eUeBcA7Az59dF4lIQoGu73rwn23iL&#10;DD/8i0HM3RZ31GfugFQZAnXW8vPq0KpQ2JJdWpv1eVrEAUhnNo/Z5/jlDKYTnAY2I2TuTOfrSgyN&#10;1ptdU2rZleJWJZ0lzU8CLLV/afzpZLS2xLITUz4RezTWAxn5/7yOvsfpd3Eqgaz9dyG+NUq7B9Ux&#10;znGRffCsufbr8/vndd2P3wxFM/gh3701LkLV7i2V9yYj++fjcLOQO9vhuajTdlz8LXfs2yuSXh0D&#10;fT+FxaaNfxB77pnTHN9pG/xnJb7IZyubMApwfYjgZlz2+yjjqMrO5fUe8es8eXWIZudmA7DD81vM&#10;o0vlm3pgu6DujzjNOwg52BXE3O2oHMou66K4INByMxVzf8TlXb5GZXw+cT06Q3EzGkGn6w/9phEu&#10;hJOZrJlODDrxXHNXy+EENCm6O0GVr6vIdR6zpRuflBnC5k6G3cTalVi6E693EXx7357/vtprXIqD&#10;ymnTMr9HBjK8rykqsx/6OHPG4jJKnEJOBV06s9cusN9C5VTp85KQ0/KkvGa7gMKuyPm/WJOrY2PH&#10;W7ArLjby9ZZM4O+2ihA6rLArBF0l9N2m65qkLshTZXm6sfms+DyS/dNnHUtbx9GvNx5nIyN+tT3t&#10;QM4lo1JLrWDwIN5M5UKVlVvKAmd7tMIkx2oK0rU3GQFYBDG3M4Nbc1eZsaUSy2rNUk441Y84V2UH&#10;atyW1i0dPRrpeLbHxbH+MGYXye0mf534fX9bSi1HUcWubKhjJgKtUWg/Vl5iWf3m1SgjUvVF9185&#10;TO7E6yToYq7M0Mh2kior/uhAhkees78R52LO25fk39onFXRV8ODeaB8qh3lJyOUY1DHggatdsnId&#10;d3Ja3cb4cUsbsWV8XmTPD3K7/ZIiQNfNkWoTPheb8kzLZ3uonX32+bDLOvq1l4GiiHX90fHzFr+C&#10;HL/+uO04chupwZsvcWkHqlL0alnFVCntxDKZyofTtqv90odez4+yzfBBQczdjpGY8yhgxHKJm5ZP&#10;fSr+V5UcRNTGrXJqZ+vID4Gtt9CMmR/PkdPbCTp3tkO+7+dvptRSy+s64ZX7aicBm4Q8Qlk51LPj&#10;zzNzM+WVI2HalVj6zzv4jS4ixuevEsjef78G7xXIeLPXPunn324zNMigY0XXC2nWOUuI/WYoEffJ&#10;NnRjwMdxl/2oAiIz1+rR0HHq14quo1y7tkY/+yqPt4gPIei6DJ3aBL1ZjVe+VOOzHZsHmA9HNjcz&#10;QRoQWjuOVHj8rsq40zjS85xtSDE3sv1uQzWbtuaupUtCzsdMN4/pnSx/+1oAe4KYuw1LDq0aAkXT&#10;89UktZSZqyb+rvRgdFfBj4RH+9XIVsfNS1GWJn/Pbo3O4Uh4eFS1EnR5N6ylH7XtAgmjsRdx6URP&#10;C7mF2zjrc3fcqgyqC+GwtvkdDZdKLfe6U+geeBZU+1BlgCPORf9bnPer+t25PF9ZxhlxPrb3Zib4&#10;4e1Qm+Mi16/Vs3UyT+5kd+jx9/GZwjzHgY77mb5WIk6v3RznhxV00We2K5uen/exVo3RqlrhKLi9&#10;zbX0Eac1ZmvEnB5jHTtaJnhre9ll57o7K3sgM8+tzz9qU1+jnku7gKiKuSqYuxSMz+1dZM0BrgUx&#10;tyMLmZGRgIq4dO5GJUafohYKXanljFM7W0d+GGxty9Zovwstd0y7csG1pZYRl478llLLrjxkVOrm&#10;gndriWU11johWWUEq/3mI/dXib2u1HJWWN6j1LK6rnyspOjystC8LqvrWh240e/O3ZNO0C1l5LrA&#10;yyhYdVR8bLqQ0zt2Rqxzwjv7E/FxBJ0L1h/yrP/La9uDTZ0993H6rMeoCjJmUCftSGaxujL0Cg8I&#10;uE0O+f+9MnPZjqoiKefTxG1PlVHL43Jhh5obiHXb+GzbGF172f6PUlkATwZi7jZ0hqBbM7Q0CatD&#10;8ynmHG4vy1oq+TxSacka3uyhDoCXIY367A5AJ+Sq6NxMqWU1CY1E2FlbN/4cxlK7t5RYqoPaRTOX&#10;hGS3RiqiHvejm8vMlHz+zngO+ncL/Jjr8asiyfkdz85VP1Ogt/C/l1CtHOXKWe4CEtdeo0fCswfZ&#10;v09xLuzWijl1fnMc+LV22GNoATovw/PnjiqLo3b9KFQBgex3/u3X/4yY0+Oa88C34jP3CAq4cM81&#10;09X8UJ1TDYxVQbzqeugC4H8W29B5o6ou0Tkq+/OR7Bg8CYi5faki0jNrhiKWy/PUYc3M3FIpnGYo&#10;RlkfXVT8zNHIrXRR/4vSraijuHpefbLwyV/LU9aWWnbnqZqAulLLavx1glDbvkeJZRT7nhWS3TqD&#10;fD+P1YxI1r5VgRU9JnpM7xnI8FKmH/K/z3H6GY3vcV4CpnZDj3WXnXNn51a8FM96jaggVTzYUl2n&#10;F0Lu4MEmv9b/kPfVFq8RXpUT/u19+xHnx3XWsX9WfJxUNn3GYVab7nbxKKJOM/TZXw8IrBEPbpPy&#10;5x9e4vy452duje+zmx+yfFHtz6jK5WLZgnzP59A/4lIQenWJZzIrMfcS4yADwGYQcztRrBnSEqil&#10;MrdRZqKKPi2Jvmp9ijsPauRmhcLRqRzG2axcJ/D0vcoZXVNqOTpPvk5v1M6l7F43Ee1VYqljv/o5&#10;AM9ILwnf3L+KuS6DNwpkdJny73F+Du+JOuB5PPLc/xOXYl77FXE61j/jcu2cOnQ/7Hu3pIqQd9eP&#10;H+/q+vRgy5HxLOZnef9TnG5csVZ06XFLJzy3Xa09PNqPSHf4eKmCAxU+Dl3Q6Wee7Rh58Czi3C7o&#10;sok1md38XH4vAwLpF+Q4ukcZqp47tQOVUPKgh9ue0bKFqsS+CgBWYrCa97v5Kf+ffQPYFcTcvnTp&#10;+ZnfJVly/t24XVNqOSo9OEpEcgq7A1rEeZRvduJP3DmtIrjV+VxTatll1dpSy6bEcun7S+3dWmLZ&#10;lXdW5cW5f52kvaxYx76KTl9TOpPxHEVpH7Fm1IMLuia2sh3V8dO+pXjzm6Fo2dktsw4j53hmv348&#10;qr8j7nd+boUKcX3vc2wrKdXjktewCrn8KZaPZOM7+13Z9o4uMKfPR+Alfl3/ags8CzuDHrOfcbrz&#10;Y2bEvsdl8OvW9tLt40ucz6WjUsu8prrs2mfZ5iigmlUPvlZuTVBSPwewO4i5/XADok7saL1cxLrs&#10;xChDMVNqObOW6hmjkXtQTfzuOLkYUNyJ9tcuGK8ttfQbYZQZVGtHFVWsMnt6jvcusZwJYuR+q+Ok&#10;k7RGNKtSlqVSSw9kjKK0L9mnO/84rgraPL+69i0diXT23eGs1nZouaUex3s5qV0mbkbQvcbl9fkR&#10;UcGr63fc6Vsj6rIyI+LkkHcVIR+FTsjNsnaMPgveTs3eV1mg2WOiwuktftkQr+D5ve872EsP5Pl8&#10;mnOFllquCay7Ta2qS7yKaZSVq9qmnwXYHcTcDgzWDFWR9ZFD2zmoPkHNZFKqyXupfODfVmqp70XU&#10;hraK2HaizvdzTalllVmrooJh3+uycrPj79oSyy6QcW2JZdfeNaWWXcbr0YEMdVbSCdN1cO6Q+zn0&#10;SPKfcS7oNDrsDuve2a7KMV6TldO/u/99BDTQkHjJ3No+a2b5c5wHcKq54KMc0yoYF9Hb8yoT56+P&#10;grff55O15/gtTuPQg4DVOLollc8TMa4e+WzbqErsR0tePOA9Ks/Udvoc5mWgfr19lGsPngTE3H50&#10;Dm2XGYmoozqjzIhmUtaUWnobq/Z92FLLAbdyErto3VKpZcQ4olhl1/R7nVjvhNxSVHFtieXopj9r&#10;SixnxdyWUsultYSPCGR4pjjidOOB6pbYS9k5FXJf45Sdy8/fOzvnf4/23znm+v9/C2sFV5UN1fc/&#10;IjMOcldp8ZHxYMHsOPLvPcM48syr32RE59Ou1FLnJK10yFLLPD4u/vQHx3Wu0LYtVeFo1jDi32XD&#10;4E4g5vZBDYfXWrshqBza2XI8ZU1pXJWhWFo395Eit/ckJ8IZI+/ntsqguvjwNV56jkZZuZnykK0l&#10;lp75molmzpRYvsY53uafMRbJ2tdK6Ha3mn4EKuay3DLLLL/Fqa1ailkFavL4q6DzW5R3gm7v7Jy/&#10;3spHtkNvg8eW7ei1UQVEPvKx/DfiQd5rx1Bux8eQiqlHZMp1v1UA+0f8so9u46rAaFUx4mJu9NnR&#10;HFqVWC5liwGuBjF3JYM1Q11Wrorq6DqgqmSsik5XjniV1ajKa0Zr+s7qyD9oqWUyW/7lfy9Fg700&#10;ZKnOf1Q2tyTKvDyk+p7efcvbuUeJ5SgjWO17dvx2Y3+LAB2Vgj4ykOFZKL1uVchllq4SnlWJkK6d&#10;8+j1R107dSTUOX21xxaHWbdV2Zlrtv3MrC2T9P7PZPaelapioRpHa7aXjwyUdQHIe6JjO+KymsPb&#10;15VaaqAr56i8MZCLOc3iza771mOlN556i3PBCLA7iLl9mI0AjRxadU67rI1ncDqHuCs3y+9qFH8U&#10;ffqIuAiKOHeKu35XoqL7n77fiaWRYBmVWnZli56ZqQT6Uonv1hLL2ZuLVCWWo7Gb+/Bx79//GXWb&#10;RxnPZ1wzqg5Lng8VdNVPFcxm577H6Xg9+/XdlWd+FFzIVeN3rTOu2/sRv87533E69x6c+Uh0pYCz&#10;5YEu7o50fKps7A95b6ugS3Hy7f2ha29ngny3ogvkedDCSy1VpPkc9SNOx6iax/xuwokeq6r0U6tL&#10;jjSm4IAg5q7Ha7NnnG8tw/Nys8oRre64pBNYtY1q4nbDNloU/CnGjvxRcSM/cgKct+YRcXmcuuyT&#10;lwX+EZfnO59n1ni9yWcrUbXHWs0LihLLatznY5SRrsZtblfHa9KtV9BnPTejjGfV1h/Rn/9b4Y7k&#10;W5yXWqaYy8fW7FxmbV6iFti36NNaqsBT2PNHsUl6/fkPvW8pz9Lr4Xv8EnN/x6/xo2XIvz78sSou&#10;3F6szdIt2fNnQttYZYZ0HLkNX+qXZ3jT/qig89Lde6HBrpmlC5WY6+x+9sVFXFVhslRiqdew+m3P&#10;PKbg4CDmrmCwZqjLdlWTjDu2LuI+x6VD65OWisO36MWcf3d0y950ag9damllsJUYroSd00365TGx&#10;37abyX7Nllq66O4Wbo9uatO1qxJ0S9HXmbGkQk73HXE+TvPZt+nlKS9Ri9Ol8qJRIOOZ1owuZef8&#10;946WsnMq6HQN4i2zc+48uoPsIjuijqQvXZdHRK+9vP5ybeQ1mTS/plIgphP+PcbXxxEZ2fCZsbNk&#10;149wnDQzVAmvtdkhnxvU/ug2HyHkZgKk2V/3l7p7BeQ65Ny22021tT6eqnZoW9Sfe/ZxBAcHMXc9&#10;6nwsrUNTqsnDt/UWJ2e2+lw6pL4er5qUZoWCr+9TB/DIuJP4yR4V1cRerT35bagL0dNNPjOllp7t&#10;9TVw3cLtLiunYmpJZLbR140/Ul4FMbTfPtm+xGV2QvfrYz/i/FxVVNdqFX19RKllN87SSfMbofhv&#10;HoU8V9m5PK8Rp3UlXYBpz34MAx8Na4MtRySPSV5/f0fEX3GeSVtTJqfHPa/f6jbpRxAoM3gg1W36&#10;0ljpxqn+79lRW6GltX/FZSZt7RjKcVStnfs9Zz0gyJv785tmzdzR2OdHvalUbld/2sXtbBVAHK2H&#10;1wAlwE1BzF1HFe1fukPk0jb+iF9R9Hj/e1Qu+RLnhmlpX/7dLlKlmZ+PUiJQCRA10O4QK9XEP4xw&#10;v2fnQj6bE+7SXbi0DZXodqGUk8XMXSy1PzPRzaVzPpPhXTP2/4xTVFUdz2rsf4rLBeozTpye/6U1&#10;fvemcqby3OQNUNTR+BKna1QX/atgVTH34/3/mQ32dbx79Xkp49FRZef8Gn1k1nRP/BpMsZ6C7p/Y&#10;dsMJtTc/7fE7QHPUSgtjxqZ39twfmtnPzzwz3na1ExoUyIzsGhHvx8TX4j1q+YXax6VqlwyGVzbF&#10;BZ2KORVx3ZwwCobO3IkcYHcQcxsZrBnqsnI+sVRZhryFeIq00WReffer7HfkkHYZlSpD8RIRby8v&#10;Ly8HdgCqc6XPM5H/V3vMOqud4dcboXSlluqcVGNLr9+qxFLLHJfEnLfnd59WlFjOlhZHXE6sX9/3&#10;l0JulJWogh9VWad/R9u9VGqpWelHOS4+Zjw75/ZFj3WVncvMXK7H09KhPYScXwd+nUSMj+VMsOXX&#10;B49tjzyLltfftzitc/Osypq+6ncqu3VYrCrA5zG9dmcCMiObHnGMY+XBwrQTOY7Spq/tUyd0H5WV&#10;80BXVm5U69CznVWppdv8FHOJrk12G6t4gLa7EYu2HeBmIOauo3JouzVD6kxqBiYnocxKvMQp9T+a&#10;yD0754JulHXK7Y0yijopHjm61E36leDoori+FnFpfVa3je5mI0vneZT1ze9UJb6+aNvbsleJ5UxW&#10;zgMZ+t3MRH+K80jp0tjX4/I1TmscRqWzXSDDj1uuGb13IGOUnfO1c5WzobZFBa+K9PxsdXOcvfrg&#10;ayGrh9smFaTatluVhD4CP7+aWdHzrOvc1mbmfPtn19KBRbDic68+qkxuosdcbWEn6J6dLlioY0jX&#10;zc1u059zHxH3F3KKnp+lOcztjJfy/ynfyTHiwcEqGD+blcvP6jPATUDMbWDg0C5l5SrHJQ1Lvp8Z&#10;udHdzKrsTZVlGGVFPLNXtf+7ffZQBsmyp93Ev+TMenSyumNoRHFsVpZaujjr2u1llDlZqdhbKrGs&#10;HMi1vyW0JiPdfTfbH3Eqm/SoZkQ99itBpxNw5czpGK7aXmXnHuHYaWYr4vxGBH9ELeiWsnMZ7Ekx&#10;9xZjG7GlzXp8u+BH9R2lEttV6dyhbFFDlfnQgI/OA2u26a8/koiLqJ3z2XW6+dyNzyOVxvm5rgJ1&#10;Li62bvv384OFXOLXy+xvuLqvpKX9Ie915fvVXN79ttxr7GNbARZBzF2HO9pLtdb5HY8WfZHX6dDO&#10;Rgg7h38p61RNhl37f0YctrTJRatP/KPj5I6p3gJ/zTnqoqc+AeSkou0YlcOqmPPyys6p6aKK7jy+&#10;RR+B9bHrY6eKkOt3NTOU7+UazVlnygMS2ZaZ8k5vf3Wral0z+kjxoOdLI+4p6LycNr8TcTo2b/Gr&#10;f3lss4S0Gv9b25jPlZPsDs5oTKlAr+zZRxN0SlcBsLafZ58/oM0uKYKoVYBrZHsi+uBcFUA9wrHz&#10;zOuoimTtds/feJ5jocEuD46ObizmwfcUbmkTQ95zIedzaJcV1DJPbSvATUHMbafKrlXO9FKpmf89&#10;cnhm2jKzZqATlKM+HCVaGRFt9nRJcHcZLI92VmU5S7iIWlNq2WWRstb/Jfp+6RirIrddrf9FOxac&#10;KRdESyW+6bTntrZGxXU/PvZH418/OxKjjwxkqNPiN8r4U56/S5vVrvj1nQ5GHm8VwKPjtaXdPtZm&#10;zm+XbXEn/cjBJccDQh5AGgVV/q14VcDMOuGkGpvdGD3aMfegir5+dFZtb/Q8zlS7VHNXBrgiToHF&#10;LPv3u1gmVUZQn30MkZmDu4CYW0nj0FbZiZGT5OVe+d6nuJzUp5s2eHSfz/2Pbgah64cOEQ2f+EHr&#10;pd/qSqqMmmawziKe1UR5g1JLHWuVmBtl5pYmwGvuYjnrTIW9r+WBWxwoPdd6rKp95d967fnYf5ZA&#10;RpXtyvPlgs4FvDoR7rzke7l9z+pd43x4hkCvER9b7uh0dvUPef4nHntObk3ljH8kB3wzMu9qEKYL&#10;znU2vQrQVXfw/SjH+8yX+CDjSM+PnkfNjnXVLhGX9jDtUM6l6if4OMp9ezBUf39vyx1oAa4GMbed&#10;kZgblXlEXF7oamj8fzOOdbUd/b5m4qrvV4LHHfPXiENFw6uMnNbC+80yRhO/R3CryX/pmFTCcLbU&#10;sjpHeufTiLkS32r/XmI5ygZUmc4uAFAFFKpARTf214x7345SjXttVxeMuSjru+NvzjkeCMhbkOd4&#10;/ifGGdEUP1rWmv3wjN61kWQv8eoCIBq48kqBpeBLbmf3cyKBoGxX9unXi1/BGaLtd2QQQP0z6rsP&#10;VtUwVaBBx+WF/bt9z+AKqvl55id2dAxp9ix9YV06kHOA7tPtcLc/tW0ANwcxt40lh3aUGfHn6r01&#10;VJ/vHFiP2OdzOlCdc679eGpnxiK41aT/NS7vVtVN/FVZpAuvNRN/t82lyLD2Sc+PrulSp/eaEsuy&#10;P8XNZKrMydK419fXjv3RZ0eBC329tB7xrKwv4sLZvykpUiyzO7qzZYrQXHjvgi7kb3U23Gm5uukx&#10;vhHD6Jrp7GqKVl8TE3sIOhvf+pyv9Vz4/+FGTAi5r3F+DYwqLSKW7S9ZlePQiauZHxDPsRRxGViq&#10;1l12wdgtNw8D2B3E3AqK37iZFUCKRwgrp9ZfTzWveO0Rys5RmRGmv6PhG9p2c5pz45P+f+I0+S/d&#10;8bPLoo2ifiU7lVpWmbnMcERcZuZuUWK5RgBV4z7ifMxXWc1rxn3+7Y+u7HJWmD5DWV/luPjvzvk6&#10;D3VE9Bio8xLyeS213NrXLvuhz3/I51xYVk771zjd+CXXpeR3cv3cJkEndkP3v5TVgRszuBOx2/S0&#10;634zIJ979fpRMdcFGlin+Lx4QLAT6LqGrSq11Ndv9rdX7Pj86Vk5tUuMG7g7iLltVM51VZrok0nE&#10;eQnS2lK9Ne1zx9szNaP+rCkZ3Zup/TTlUJ3o+U9E/Pf9WSf+6k5+XZmY1sZfTP6TE38X3Zup868c&#10;Gi2dcyF3qxJLFT9LpYlVv3Xsa0BjL3QNnkZfK9EX9rnZNaN3zcpIMCCP26e4XDuXj0pQV4JOxVQX&#10;6FndVHnWzJxngPW24doGfe3X8NfoI+5ZAv5r5wvXYpOFq5w4twk/5e+3uBzne3JKAR6ntL3Cj/Gv&#10;P4o+NTZdz4mOBbXpHpyrbF/l9GemV8fVR3TGXyLu/nuZ92KULevWsHmw28Wc28RqP4tzaNzONgBc&#10;gJhbhzvVM2uGIs6FXFV6tOY290vtizifAP1ucO7cVkKhuplLttX7tAeV8Tx7b1De1GXk/ojzST8f&#10;mpnryss8g6U/wDq69fEMo0jiUqmlrv/LMZNjLQXeqNb/2hLLiHrsVzcNqSKaSzeRuXbs61jO9izd&#10;FKEKAFQ3c3mWjMxbXC6+H/2QuAsXFVBh/1NRtaVd+roKhsxmgfUc/inb8Ah4cjZ+38fraNuJijYd&#10;137ssh8vcRq3e1KJy7O27lHee0dHvhO5W2x6laX9b0T8L042XQN0M0Iur5tqTD7LdX4t1Xx69RKJ&#10;JxKDmtVfk3GtrrFqrtX/LQVhP3IgAA4CYm6Spuyjcv4qhzaiLpHyCNIexiD365FtvZOdt80nzlGf&#10;0jDuHXXyCVwjZnpcOsGnzphn5P73/sgyyy6LVDmh/9jjYs3ODFeUWuq4c8cmncs8391dVL1E5NoS&#10;S1+757fzd3ISzPGex3F2HdUMfl3mMXp9b59nf7xfXXDmy3tbb5mFWcSyc3net4i5SrBdiIdrmhrj&#10;aHme97wteB5/3X9e91/eP/M1xneKe4nzrG/IZ9xuVFF5PfcekEvx/D0u7cQe+Hnxx24lvipy7+SU&#10;ax/cpusY7OYitTU5vv8TJ3vuQq6rDFBn33+rUe9EuLbS4hno5kM9jq/y/6v65YGSBx+nqhKgWstW&#10;VbuEvY7B+10A1scOZZbwMBBz69BJxh0/d6IUdaTTCPz9/qgmk4h1BsGjzepsf41zYz7r1M7cHfEa&#10;uokn9/Ml+mPRfU+FnGbluol/KYLrk77X4m+Z+JeifLOllilQ1CGuztPIud5SYqliqRL9nSOV+/07&#10;fh1PdaQ8Ir5l7Od+Vez+iF/nPOLSyfPX3i8XqX59PkzYRZ+dy7Vlo2u2uvaj+Pva9o2yIXkNjW68&#10;ooJO7Zifg0+xLjCg48BFXPWzMq/v21dRtUcmOdufz27HNJhzrYOodvQlfmVofr2xvzPutkLnS++T&#10;fieK7+V3dI1c2vG06X4zq65kXsdgZdOPmFnpAgF6/LKkeYtf4eg23iJiurT5xoyqXbpg5cje+fj0&#10;ypbRXSwBHgJibh41luoAuFPbrRnSyODfEfHX++PvOI8gbTW6GnHW9QU5SamzkAKgm0SXbmzROYRb&#10;qKLjuR4sor4ZSPazE6C6MD4Fnd7FcvZOVTnpd+Jjq/EeTT7d7Y39HOYx0HPZ3YVr7xLLURCjEpIq&#10;jr9FxP/Fr7Hvmc78zhpckOU40CCGBglmSi1nxv7dabJzHiAarZ3051u0zx1pz4bkw2/Uo6JOr/E8&#10;n5qhdzv8Lc7HcyW43D5WY9lvJBNxGrch/dE1NrrtNXh7VMRlRjLF5B5izsvF3uJd1O3oiFfXYh7f&#10;H+/71OoO/V4lRDTDnlk5t+laMj8TnPsWp4CSirmjl1hWNiwDojper5mz8ru+XvWRd7j286xia+mu&#10;lknVdvUL3JYNf5KAny+BR4CYm2CwZqi6g+BozVA6Xt/ilzOrTu2eYi7blhOoOj7q1Kph8+hw5bB7&#10;qeU1dPtLJ/wlTk5NNfF7GY5P/H6ns+7W1Xq8q0lfJ/6rsnJX3tVSz2/+rcfGx141Ge1RYtkFMtyZ&#10;qvqZgiPHfgYy9hZzGcSIOB8fVRlWFci4dVZ6M+IojDIOWm6pZbj3al/E5Zir7r7ZnY98zrFeZYr9&#10;XHU/G6LkvlQ4qZBTMZfXz4/376Ujl23eWm6uwQAXpSP7d60TnvbtNc6PUezgd/r86OXgaTM/xWlO&#10;8mNQZSf93Hy1R3fjpcoBd5ueVTEXa6APVGIZ0c/ZX9//n9m5vcScjp+0sQ/JSoktXJrjdJ5TYTsa&#10;+D53+ra9kubsGkXQwb1BzM3TObR+45OuxNInFtd/dzsAABfQSURBVM3OuZjbYhhdzH2Pc6dAM3Wd&#10;8V2bobgWd8r+I21WMVpN/B7R9gi7O2cuZJUqI/d31BP/tVm5iMuJcU2pZUR9Dtwp0n3tVWLZrSsb&#10;Zb1mHKprbwDkjmBuT8eWr6tZCmT4ta2BjEejEfJq7dy3uLRL1ZqRW7fRhXy2q1vbVwnO6n0XC39G&#10;fwc7tR2jAJCOkZwXX+M0Pv1nH66hEy6aTc6bHF1bATByRkP2t0elhYtTF3J5fiqbXgltX/Ptd22d&#10;KSsf2XNf4nA0KruVGcx4f+/arKPaGs9+ZXVA/v9ZBF22b23QstxFXPa7W/MN8DAQc3NUkcM/7NGt&#10;GYo4z/pUdft7irmcEF/ldU6E3+N0U4iRSFpaNzcb3Rq11Sehr7LNL1EfjyUxpw64i9Aqu6IRaxcb&#10;WgarEdzfxvvKCK6LrKVSy8QFiIuSbh/XlFh65qoTczr2KyfSy1a/xfWZuWyfjqc8JuncpKOfN92Y&#10;CWSMxv5DHT/LzrmTkYLunzg505o13cNpn2lf7qs6/1WAKOLcqQ959hJMtcHaz61izm94k/Ytg0mj&#10;ktWtqPBJIafjdg8nvKoKyfnGP7cHfm7yHHyKc2H3at/xczNay+g2fRS8qmy6Vlsc/cYnOV5yPOfc&#10;HnFeobBVbGg2zwOCn+M0lnwM3TsjVQVHu7luTVCrE4jVNo82fuCDgZhbYLBmqMvKeZRQI1o+ofpv&#10;olwb4VEHP9tb3UlOSw6q7E7l7Ogk+sP2s7WtviYm3v/Ou9dVde6jyV9LSfVRZbLc+Oekr+WvLubS&#10;GdnMDne1jMnXlTO3tcSyEzpLTpVPhNVjr5sPZBsziDFz58xuTHkpaVdqeW+nRdGIeQq2LOHO7MU/&#10;cS5Qso8R92m7jvF0AP246rXpmWdtZ44xzeBo5kYzzb5uLrdTnWNtk57j/O73qNt4DVVgMMdjZ/+2&#10;4DbuW5yOo16fezigVZ/y/RSn1XWu53zWpns5efa1E3J/2SODSGdtOqAjXmXl4v29rGzRMbS1f17S&#10;/S1OAY/XOBc0j6KrdvEqlC9xfiyq69nnThWI/5bfJoSDgZibo3ICPAO0lJUbLZ49W8MQ2w2DZ2tU&#10;PM7efcmzMFU/r8lOqAhM5yXJfeoEUX1fHQed0PQc6f9Hk76vY1Qxp+vl9o7gdu3oSi3znM46k7OT&#10;20yJZRXEWCpdjbicCCsRt4fTmm3N76u4Gd2muhN0ozWjfg4eIuia7FeKt+qnCvYoD9zavrxpSF5n&#10;6qB35bkqOvPc5nt/xOV5cjvaZbXdXlQCwSsBfndL/neNjdaMymd5P0XQXvOBBhL/iZNd1IzuXkFE&#10;tU/apxQWS3OO23O36fpwoV8FTX19bj6q4NwRHfEqMxfyWm3dtQGBvIbTl/gk7+1pw7c18LzUsptz&#10;tpREzszPv/t8wGAAfCAQc8u4eFhaU6N0mREXcr8jpNcYBFtvO2vUKoc2J2QXrh699ra6Me+Mu2c7&#10;8z0Vc6PvegTfnYEqiq7nohJyPvH7nUb3Kq9URqUhoxs5JLNRxWtLLD3iPsquaL+8b6NS0r3GfrXf&#10;tYGMpTWjDy2zNCqHo7oRil63a7Nz14z3PL8/3veboqITcvl5L79UQZc26zVOJeV6rej5dWFWCQc9&#10;JhHnIsq3XV0v3fEZHTc/D7P2bxa1Ad/ft/sif3vGcc12K9Qm63t6fpZseneOujH7Ks9VOa8G51LI&#10;aVbuGcvjdNz6w6mOuWd7r7FVuu8UcynUXdzpNfoIumxaFTx029Jtq/IVpudQgHuCmBuwocSycmg1&#10;ejV0LK+dUCQa7vsfZWVmMhRVf1OEts2x17kPfb8SZUvRb8+KeLv9c7kNdco0S5prt7wUp7rb2S4M&#10;Si2rTJKXhWjfhruR7XtU8ZoSyyqI4e2ZnVR/O3k7jn2fhLt+59jPfuZzV2rpAqQbD+6M+Xv6fBVF&#10;n7O/oxuNZJ9nBF3lUI6cy659eayyPHsp6KKvu2xoJfD8mHsbK3uhf3eBkFEGorJzS+3wNqmgXCsY&#10;R6QTnhm5zNBV61w7R3y2T/q3B+j2tOneBj1P3bpnt+m3Cs5dg4+j0eeqeU7Lg/2Yd/uZbVeOo9zu&#10;j+grkjp70o0d9Quqsb+mvZUAGwURNbtZtfO1+P6aYGvXxtHf+d5qe7sz3f6rc/MM18+/HsTcHJ1T&#10;291NK59HjvpFZmKPhhYlB26Q3KGunPHZ/o6c+JFBGom6iNpg6Oe6vxVvgzpkup4qF8Tr4vh73ba6&#10;Ej1V9vY1TlHupf1XE9pieeOgX9046EqL/XhXk+kepV0duv9q3GcbMmNQHdORoKvG/ugaHjkLe133&#10;PoZU0Hlm8SXOS7K8fd42HaOdkGn7YILuZ9QZGN1n7ifvWKhl052oGzkaFaNovF8z1V0Pq6oG3/es&#10;+NG2fG4+u4XcTtrUXC+ka1wr21+1Ubc3K+hmzk2171mbXtk4vcFS2nMvl39GIeeM5tHumLqo8/9v&#10;bUfEaf55jUtbOFO+3dmJ2fYtfs5+CqAaF5UIi6irqXRsub/g2/m9/8m+5D6662cmuHZLRtd1Ze9u&#10;MZ/BBhBzy6iw6R6eUYqYE1JbIjszVCKmcurdIfcLNd/r1pd4OZMawjSG+bqKJmp7w/4/mvCr71VG&#10;RZ1cX8Rc3SZf77D4Xb53CyGn7V6afDKjUQlo31YlDqu1mksllvrQsT66qUxusxtz1aLx3Y7r5G2q&#10;v0f/G2faDu/vqCww7O+q7C/s7yXHeE2fdb/u2PpdGrPtavu78/jaPKo+zJDn46Ibtr+0G9n2zDao&#10;49hlb8L+r/uo8H2rGM6H3rDKr51K8LoN9AzYqF2j63srlXieyaRs7VN+39uwh013R1vHuwbn9MfB&#10;/YYntwokXYteV9UcqtUAo3FUZZyuQeeBLgu3NI6q8ZR/e/DZP7NG9Ol+RvOflwNX84b7DN38udS+&#10;zjfxPn8q3uv2cwufUV9rO/K1V6TsPp/BdhBzc6jxqhZiV4apcs6rdWsRsTqyM4NPCB5pVof2Lc5v&#10;RKIXaDIzeXu0NB95TEZrNNYY7OrvzkBWwqK6RX46beWarr3Pz0JZoJ4ndcL1GCYeqdWxp8K1ywov&#10;4YLOz50HJN7ichLtIqO3EseVoPXjoHf18/VSuQ13YqqbL+Q+K+fLM986Ht1J88lwS791DPldAD1i&#10;n9f8KMPeZYqXSqzPN3Ze/p1ibiabmz8MrWJUx+FScKNsTpwf5yoK72uudK1Vde1UTmD2I9eq6Tib&#10;FZrX0ImxyqGsvnfPPi3ZdJ1fqwqLkU1vb4Dx6KycZZNGx1vFx6gqZvcmvj+PRNZI0HRzstrGtLPe&#10;92sEnV/Pld+jx70Sc/49nz9n59DOP/HybZ/HdR83qeJq2pr78Xks26jVU1UJ+l7zGawEMTdPFb32&#10;ga4GQh0D/U25MjuxZ0MnSg4yYp8CLu825hdqlcGpsnhqrN2Jz9KhUXnmVLcGr33CryZEN87+8Kjb&#10;zYSc4QKsOkdp6LVEKuL8HOi2sh8qUn3h/zX90wlJnbl8X29CMMps3AqfNP06TGHwFpdi2Sepqq2d&#10;kHMR6+dJP6OPqyZqK2V8kT7nLcT9pkWv0WcntU96HtWhWS3IG0Hnoqq6Xv1Hor0/lairMqedQMi+&#10;6D6rdbRaoueOSmX/NBDzKm329t0Cdwq1zPkiUBWX5/AefVoScCH710e2P/vT2fM8X5VNf7iQEyrB&#10;UwnViFN2ZOscek3bfsal/+LXQn7HhYn7IN/jUpyqz5Sfq8qa2/NWVGbkPvWGUDl+s20a0NLvqR1o&#10;y3Rzv4PjN8r4fY/zuUjb9ajlCVUb1QfRcVfZlqvnM9gGYm4eN7Y60NMAuID6HpdlfJVDfcv2fopL&#10;o6ZCLidInZj1fV87VkXK1PnTtWi5Pd3+UnlP1xf/2yeLSsi506wOaRrmKtr2mtu+06Tvx68Scj/j&#10;8hbzVXZDx56uHfHJaK2h9bH/z/v+1cFwEeBZjZsL5WLNqAtknTx/xqVArhzgyvn18adj7Jvtw8Wc&#10;itxq+9eg578qBc++/Wl9r6LTeQwq+3UWjJo5j42gizi/dj2T+jXOb+RSrdfpRF1uO5/dadbx7ONE&#10;S7BVzLrdro6XjjMXzlG08RZ4u5bGXGVjb9mnkU13e97ZdBc8nj35Ydt4NiGXVLY751C9e6SXSt8r&#10;KOBzSrWO1P2Bzl/KgEDaoso2/b20jwUBlW12+/9XnMbryO/p5s8tgXhvj2f/PaiY3/kpnxmt2908&#10;nptlCdU1n+3PjHyS52tkW+BOIObmqCZszTpp9CJiWcydTaQ3nlyqC9SFXHUzCzdqZdvj0mhr9Dbi&#10;NAl9se3vIeYq52wk5qookou43wb61pN+kVFxIZTHKM+DirmuNK6ajPSHcl2wLjYzzsdQnt9sr0ZZ&#10;XczpDQjuaeizHX5MM8Cg0ddKzPl3KhHsjo4eG73rm06Avt1q29s6fC6UdAxU/foe4zuS5vFRh8LP&#10;46ZgVCHoOscvf/RcfzNvdHfRzra4QKiizy4guyyP2z4vD6vGQB7rLghzK7yvnilXW6DfuVef3PnX&#10;NndCrrLpbs+rLMY95tlrqWx3dRfSR4k5DQq0P/FQfF+FXIqXiJNt9ECgCi//jdc19kb3nb6a7utH&#10;XAYksq8quKpg6Fq7l5/X7fo8oe3Qz+bxdhuk/byGKihZjb/0P9LOuk/QzWfPfM19KBBzy3ROsjqz&#10;XamWRmC6OyTeptH9bcuzne6cV2LOL9ZKEGh/f7xv/295r9v+7ERUHaORmPsZ5w7AD3vWR34ut5GH&#10;7hEGSMeMTtj5Xk48oxvW6HHwsbfl95Uqp05Fuk6S+nl1jHcVLSvxCV3bns6EZztzTKVj2E2mXdRa&#10;o8wZ2fQAiR6byiZsGoPFTwF4KbTaJB1PlZjzLFmX3V1NI+hGmTK9K2e2uyq5HGWscx95HLJ/eUw0&#10;07OUtVcHKGJsX7sfbb+lI+7iyOeib9EHJ+7Rpy44l/v1ObcSdNVrPUd3DcxtpbmBkR5X9TGuqW7Z&#10;1Dx5dkffxU0X5FARqLZRx1BXor8USLtscF9yrscz968BCW9zXvtdIP411tnpbp6oROWSUNoUSFtg&#10;xset5vqbzWewDsTcHG5odWLLCIZHd9T46ZqdM8N0h0GubfdSMhUJHt2uHHntg0fjch9hf2t5zrW1&#10;/pXDUQk6j+i60PPJ52GTfuOA6xoJF9wzmblu7GmZ2Eybcrue5amCGCH/c2e8Wi93s7FfTOjVuPRj&#10;WmWmqj54xNGzYFUQY2m7u2Usre/Zbw+45DXpwYFoPu+lbGftvVJ4Zlv1OtT9+s9hZLv9hijdTVG6&#10;oI+KuSqD32bts79284qfsm+1uZ5Nv0dWLtF+e/bxIqhY3JDjHn1y4TkTpKuefS7ILh3FiXRnOt/T&#10;oFBn++/ZNh9HVaZKz+lo7nBx4MG3yu6uIdtcVSdUgbz8TnW9dJmxlmYe0rZoYETtsI75tL2epdzF&#10;X7Fggl7v2e7Oh/MxcZP5DOZBzA0YONpqpFwIeVTRnYW7DfKi/T9ibNAqMVdFy7Nf7tSGfFdT89fc&#10;fU636X9XUXd3At6K19reZ4nc6mQW8jrPU1dS5t+fHXuzjo4LopyEKueiGzMXpU93PN4+8bpDOloz&#10;ppO6H0O1CaPtV8dHz82toph6nevY0mtSf29M+zIaR3rtX9fAkyjKt3K7uS4r95tj/4s9d2LuYldx&#10;aRf0/FbP/sgm/+53U9qqr33dYjTtuxVuE1y8XlyPd+5TJwDcple23O39m23jGWz6FMU8HXF+zqog&#10;3r3GkR7Tzh6c2S5bs5xt/SfObePIb9JxujobVozhygYuVSXsNX9qO3wfXcZV21oFm3y870Hnf3TH&#10;qpojyjXmR7kOj84Lx3mM/eZWGtTP9lw5g+7Y6vPdBrlEWrX92XYvUaocU71gu0hobl+PUyU+9pqA&#10;3ornLrIb8vy0E37z226+LmgpEr7r2JM2dePGJ+Nsg0fUz/Y9u/9rWbh2R8e0Ooae1c3PjWyDCqWk&#10;yzbsemyK697bqO/PZrNudh6tvdV56x6jfmRftE+VKKgebktaW7Ewzjrbei9GNqE9jw/ok9t0t93V&#10;OXlae76WwTw9a/tvzSggciGyivnMfSbPiFX7KMubZ89xMYarNszY/mFfN7RjNE+4D1n5XbsHRJu5&#10;vjpW2sawNt1sPoNlEHMTyECPuDQCVXRSB3oVPbzrAC8cpcoJiricKLwf+hwh/SiOkRvzavtb8OPW&#10;CTt//fszz2pcGge8O09LTqs7cZvG3uAHxEfOc7Xf1ZPxHjTjshufStWPLiJaHaOl4+PHJuIGdqE4&#10;f9UjYnweqzbf5DzaNZDPo+th6TwmnRDYJcMzcZy1T/ekswuLY+6OfapsemXX/X+/339Wm76GJqBR&#10;CY57jyM9tqW4ro7/wCeYzaJfPXc089doHO86f25oh9LNPTfxH69o493mM+hBzE3SGNooniMWhMWj&#10;BrgZ16U+RPQTadmPxhGrtrsnFxN79fdRjMrAmfX3OjpHaPPYWxg33bgv2/KI8zBxTEeT1MXryXE/&#10;c03d5dgstK9q4+82yeu7nscFWzI6f2v70gqHjY5j1dZnYFMfH9SnD2XT11LYW31+NBfjaHQeVtpG&#10;3/4uNqfw3fx1/l2Nu6HPs1M79FmZmn/2ZMLPdZ5qrv83g5hbSWGcZniawS3tj+j74IYtWesALO1n&#10;D8q2PMOxvoaJ89SJBGeXsTc5bsp977H/PZg8pu24jxj3Y6VtuPux2XgOIx58Hgft3myLI0rHbZf+&#10;XXGcb83mft65Tx/Spq/lScfRpjG0oS+725xn8d02tOORc8XTthHOQcxdQSFaLnj2gT3Th4jdxcBV&#10;PPsxvQVbjt8dMj0P2f8erDmeV2Qzd93mLThKO5OmvZuE6e837tDHPe3fWh5tB2Z4tnH2rHyEcfQM&#10;NudZfLdnOBZLPMuxgjGIOQAAODwjpwNnAwAAPiqIOQAAAAAAgAPit4YFAAAAAACAA4CYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIADgpgDAAAAAAA4IIg5AAAAAACAA4KYAwAAAAAA&#10;OCCIOQAAAAAAgAOCmAMAAAAAADggiDkAAAAAAIAD8v8B213WIbvwo5oAAAAASUVORK5CYIJQSwME&#10;FAAGAAgAAAAhAOTCpSzeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMT01rwkAQvRf6H5Yp9Ka7&#10;UexHmo2ItD1JoVoQb2t2TILZ2ZBdk/jvO57a07zhPd5HthxdI3rsQu1JQzJVIJAKb2sqNfzsPiYv&#10;IEI0ZE3jCTVcMcAyv7/LTGr9QN/Yb2Mp2IRCajRUMbaplKGo0Jkw9S0ScyffORP57UppOzOwuWvk&#10;TKkn6UxNnFCZFtcVFuftxWn4HMywmifv/eZ8Wl8Pu8XXfpOg1o8P4+oNRMQx/onhVp+rQ86djv5C&#10;NohGw2TGQj6JYnDj1fMrbzkymqsFyDyT/yfkvwAAAP//AwBQSwMEFAAGAAgAAAAhAC5s8ADFAAAA&#10;pQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJDBisIwEIbvC/sOYe7btD0sspj2IoJX&#10;cR9gSKZpsJmEJIq+vYFlQUHw5nFm+L//Y9bjxS/iTCm7wAq6pgVBrINxbBX8HrZfKxC5IBtcApOC&#10;K2UYh8+P9Z4WLDWUZxezqBTOCuZS4o+UWc/kMTchEtfLFJLHUsdkZUR9REuyb9tvme4ZMDwwxc4o&#10;SDvTgzhcY21+zQ7T5DRtgj554vKkQjpfuysQk6WiwJNx+Lfsm8gW5HOH7j0O3b+DfHjucAMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBRKrGfgMAAGYKAAAOAAAAAAAAAAAAAAAAADoCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQAOFBztd2IAAHdiAAAUAAAAAAAAAAAAAAAAAOQF&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQCfAq1BSFgAAEhYAAAUAAAAAAAA&#10;AAAAAAAAAI1oAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItABQABgAIAAAAIQDkwqUs3gAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAAAfBAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEALmzwAMUA&#10;AAClAQAAGQAAAAAAAAAAAAAAAAASwgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAA&#10;BwAHAL4BAAAOwwAAAAA=&#10;">
-                      <v:shape id="Graphic 43" o:spid="_x0000_s1027" style="position:absolute;top:645;width:68580;height:8286;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,828675" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBr169WwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kYNoaSuokKtSC+N0vMj+5oNzb4N2W0S/70rCD0OM/MNs9qMthE9db52rGA+S0AQ&#10;l07XXCm4nN9fXkH4gKyxcUwKruRhs548rTDXbuAv6otQiQhhn6MCE0KbS+lLQxb9zLXE0ftxncUQ&#10;ZVdJ3eEQ4baRiyTJpMWa44LBlvaGyt/izyo4Hfi6+2jO6a4fMpMei+/LZ2aVep6O2zcQgcbwH360&#10;j1pBuoT7l/gD5PoGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAa9evVsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6858000,l,,,828675r6858000,l6858000,xe" fillcolor="#2e5395" stroked="f">
+                    <v:group w14:anchorId="5443180D" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.2pt;margin-top:-7pt;width:540pt;height:72.25pt;z-index:-15877120;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="68580,9175" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCw/n5lgQMAAGYKAAAOAAAAZHJzL2Uyb0RvYy54bWzUVl2P4yYUfa/U/4B4&#10;33G+41jjrKqd3dFIq+2oO1WfCcY2WgwUSJz5972AcdzJ9GurldqHOBdzudx7OPfg27fnTqATM5Yr&#10;WeL5zQwjJqmquGxK/PPThzc5RtYRWRGhJCvxM7P47f777257XbCFapWomEEQRNqi1yVundNFllna&#10;so7YG6WZhMlamY44GJomqwzpIXonssVstsl6ZSptFGXWwtu7OIn3IX5dM+p+rGvLHBIlhtxceJrw&#10;PPhntr8lRWOIbjkd0iBfkUVHuIRNx1B3xBF0NPwqVMepUVbV7oaqLlN1zSkLNUA189mLau6NOupQ&#10;S1P0jR5hAmhf4PTVYemn073Rn/WjidmD+VHRLxZwyXrdFNN5P24uzufadH4RFIHOAdHnEVF2dojC&#10;y02+zmczAJ7C3G6+XW/XEXLawrlcLaPt+z9fmJEibhuSG5PpNbDHXgCy/w6gzy3RLOBuPQCPBvGq&#10;xKslRpJ0QOL7gS/wBnDym4OXx3AY2QHOVxHK8x0AEnj3Kkr5It9ElMZiSUGP1t0zFfAmp4/WhfVN&#10;lSzSJoueZTINsN/zXgTeO4yA9wYj4P0h7q+J8+v8IXoT9ZMDa0s8ZOKnO3ViTyo4On9q47mmI4dc&#10;Lz5CTn3h9CdeaS796xAv+vyu9OSQ/qPjdON/6B5AhzxTQCqUZYAjvPLVj0ZABF5OMbdK8OoDF8JD&#10;YE1zeCcMOhEAd/F+vdwFUsOSiRsQ1BaRCN46qOoZeNQDc0psfz0SwzASDxKY6mUpGSYZh2QYJ96p&#10;IF4BfWPd0/kXYjTSYJbYAYc+qURYUiRy+KJGX79Sqh+OTtXcMyfkFjMaBtA8+1vNaQG/QWbAuuqi&#10;v5ZjWOWOvrYo6d3fitER8+Wo34AiwkHwAxfcPQd1hx70ScnTI6deofxg0pCr1JAPHWkYWq08rZOP&#10;X+FrvQpwEFyno/T2kCo0xwtRfaXaKNh3ih47Jl28gQwTkLWStuXaQpMVrDsw0AvzUM1B+OD2c6AZ&#10;2nDpYttZZ5ijQDhS1ECpn6BNIw3HiZD0JU9fwh9oSr7M4Rq8dBgpkqgsdpv5ZrmL0rvNt6uoOkCM&#10;JEueIF5UBip5uQDArzgUdSekFJMIJuT0P2TM+gVjQuP+lxiz+OaMWS7n28XqdcpsZ9uNn/K39Tei&#10;TLi44WMmyO3w4eW/lqbjIEqXz8P9bwAAAP//AwBQSwMECgAAAAAAAAAhAATLOq71EAAA9RAAABQA&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAEkAAAATggGAAAAieFrZAAA&#10;AAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAEJVJREFUeJztnWlzGzcShl+I&#10;um/JdrybpLLZ/f+/afdDYieKbUmUKUo8Zz90v0ITnOExMyRRqX6qWJbFAQZno7vRgEJRFHAcx8mB&#10;vV0XwHEch7hAchwnG1wgOY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHkOE42uEBy&#10;HCcbXCA5jpMNLpAcx8kGF0iO42SDCyTHcbLBBZLjONngAslxnGxwgeQ4Tja4QHIcJxtcIDmOkw0u&#10;kBzHyQYXSI7jZMP+tl8YQgj2/0XNP3vSJJ80bZ1yaB5pPsUq+TRJW5LPXCbr5FGRn823tFz23au+&#10;k2mqnm+S5ypp6rZ7WTuXYfNZNc0mWNK+jcfdJgnbKos2RgciBKmZTfUzxuqTeU/z6CA2LvOYrDC4&#10;bBkCgMKkn66Qfk/ffWDyKfQz0s+0KIppm2nbrkeSl+0b27ZTABPNc6z/h77T9uMEwLiq3EmflT6f&#10;1GeVPENSjkLTTNI0ddvdpOtguTXx9n79v63vOtgy1LFg5uZCm+Nu02xFIOngOQRwBeAc0jCANN4r&#10;gO8AniEDsLJAIYR9AGcALgEcI3bYCEAPwBOAwYIVgumvND0n8gBAF0CvKIrxgjocADjROpzpzxx0&#10;YwAvWo4egBfm1SRt2/UoqdMegCMt1zmAU0hfUSANAPS1XM9a1hMA1/pu6O8ftNwzba+T4VSfP9Ff&#10;9+3zKoxOAdxonkX6zII2uNbyT7SMXegYaNhnbBeOWbsApnAx6EPGYDDts45QsUKNgnAdTYsC5kk/&#10;Y4gAamXcbYNtmWwdiBD5FcB7yIAHpBNfANwB+B0ymCYl6TlAzgD8BOBHyABmZw8BfAHwP0iHzOWh&#10;g/MYwEcAP0M6iCvFs77/UwjhuWSlpEC91vTvNT0nLusyhAyEPwB8DiH0Nf9aaSu0rNr1KMnnQNO/&#10;B/ADZPIdIY6LAnHQPgD4U8t4CeBfWqcCwDdIuw8w3/a272/0d+nz+/rdrybPr1V5mrK/A/CL5j/U&#10;8g0BDNViatLue9oe/9b3LJsrY63Xb/rsL/rudbUcaqPUVteBgvwTtB0gdWg87rbFNgUSB/4HzA74&#10;kX7fB/ASQngtWWU5AK8gwugfmG1YmhN3kMYtE2pcqT9AJt8pomZxBhn4D5DJl3bIPmTQ/wwRiJf6&#10;O65ozJ8r0Njk1WmQtowm9QAwI2BvAPwT0p43EGHENrV9cAngAtIHvyNqPLf6/Ui/K1vNA6Km8S59&#10;3mhpx2vkCUi7Uqu6gkysZ0jb0gRt0u77kDH7DjJuO4hmTpkGPoa0/aGW+0LrY8221IeT5sUFwAok&#10;+/yy9FN99wOkPU8a1H8nbFwgmQF3gGjD0hzgxLiEDMR7SKemHU6t4BYy+CiM+KF9XKriahk4wK4w&#10;q7YCMmEu9ftuCMHa35xQHyCT90bTvkKEH7WgA5MvfQ5N0la1Za16JHQgE+Zn/VxqGSZatlfIAOX7&#10;jvRzAemHjvkUpq6lxdbP3oLn+f2iZ5blu4fZMVG73c2YpV+L3w0gpk3ZGJ1ANPxXyNj+jtm+tO24&#10;r8+MIAJgbPIbIwpjOz9XSU8N6RVR62w87rbJtjQkdjAH2ASyogEiXI4hE+wM0uHDJH3qh6DjjgLN&#10;vqfq/ZxQNPXGiOYC87+CmApDxAFCYXiDuMoMAPwF0RaetDwUFOeQjh82TFsmSJrUQzKIvpH3EM3o&#10;WtMOATxqukctR4C095WWn5MNFeXLhbba3Y6nKWRs/heycKbaJ314fUSBYX1IJxCN9gNivz1CTKUe&#10;okDhJkK6cbNqeqspXjes/9bZ+rY/ogOQkp2r87n+/BBCGCUayiFkEl4gTp4e4mqxzPG3hzixjvT9&#10;z5BOONfvjvX9J/qd3VE6xKyzdwAZlH9BVkL6HO41f65URcO0bdaDUDuiz2gfUV3/DXGA07l5oOW/&#10;1PdzsOcMx0xb7Q5EgfMAcQ2UuQXY1nxfx/z/Qt9DPxqd8HeYFXBTfRcX8TrpATE126z/VtjVwOLu&#10;Wh8y4A8Rd27+gggrdjhXu2tIA0PTdRG1qkqBlJg59IMMIR3R08eOEIXiBebNHarvNk6HKm4B2TKd&#10;hBDGWi/o7zt101b40RrVI3HOc3eK7XkH4DNk1bULwlDL1TN1uahq70ywJtfa7b4ghsiGFizcjQoh&#10;2IWA7U5fp9WGBvr+NwFXUoa10iNqy43H3bbZ5Uo3hEjqY0Tv/wVEwDyFEBhLY7e4jyCd0tO0JyX5&#10;plinKh3Ar5AdkZ7mcanP0Nz5glk/AdXoKaRTjyEr0LN+3wshzMVy6JiqlXZD9bDa5glkcHKl/QZR&#10;5Ud2UOrP4xDCBHFxKCtbB0CnZC5b/862sKZP03a3vPm6NFTBvg8wE7okSLLMGf7mJE8FQZP0IQTr&#10;HG+z/htnVwKJA+YZMoGo/dBZew9gZLZuLyFCaQ+iPXUhqzpXi0XQzOFkpWrahUzEC4g/5QjR3DnV&#10;7xi4OYAIwAGiRsedl3OI36UL4FnNTa5WTdK2XQ9AJhQdmYwFG2k+C+PAdNUu+4qC8gbRHLccQPqX&#10;psM2VmCaV220O2HbXWI+tITb5y8hhIWxdFuizXG3VXapIRWQFb4LETKnmDXNaM/S4W2D6rqQQbGw&#10;45NYm3NE/9N3xEA/vp/f09x5VK2A5fymZTtAnPQfIILyVr//CvGB9U35aqUtWSEb1UPzs7tm7Hvu&#10;rA1RESawhD19138g28tpn9CJvtC0bplW2j2BW+S/QCa2bSv64D5D+mTXAmkT9d8KuxZII8Qo7SvE&#10;+I1zyAQrEJ3dh+b5HuL28CJSM4dbt0+QycsdiR6iT8WaO69FUUxDCANI53HX5BZxUlMTuYRoCXeQ&#10;AL1Hzb9W2hDC0AyOxvVAdJTuazvbIxoj1BNGLBv9UlX9QZNumwKpdrtX5Mk+eAepq33XSN9B83mn&#10;qDbbxrjbOrsWSNz+f4KsOqeI2/vcOaDjeg+zGtUq/iO7Dc5dKYbKU4OhajvUZ2ginujv6fzrQVZA&#10;Ri7farkYL8LjLDSHphChRJ/XumkfEHe6GtdD/Qo2dsdSFey3KjQRbDwNoXZ3iC2OtwZ99oDyHTSa&#10;owPMb4/biPJda0cAGtd/Z8dHdr19W2W2XUE0pSlmY49omgywRCCZHSVr5tDRSfV7ingOip1AJ/oF&#10;RJWlT2AMEZw0lRjBS4HJoLUbxHNNLybvtdOGEOiAbFwPRGFBv9hbU6FZUBzLe4dZfxVhxDSjyqvY&#10;xESu22f9ivI9Q0IjGMfD3080zc63zRNqj7tdaUk5CCTrC2FczAVEmk8RA7v4HA94rmOuMRp1qj8z&#10;IJBb8/aMjw0GPIGaO2a3qW/K8k3L+RFim58irjy3EHPpRXcxaqXVMrZWD8yaaNwaPkR9k4rO9T+0&#10;zKl2cQgRRtzZK8NuZZM0mDal7Puynao67f6Kebh4foGEpkyS73g7QTYCqcmYRcWZ0k2za4EERPOD&#10;Zts+pJE+6nfniFvc1KQW+jtUO+JZJ5o59J/QjLEBaPuYPRtn/TU0gwAAKlyGJn6jp//yeAxjgbgC&#10;hQZpqbW0VQ9qUEP9mao7NdMO1h+I1B6fUX6OkGEGpfmqv4O7VDR57HGgMs2Nwii9ymaCkp3XJn2W&#10;1JMuhrkJm5MgSmmp/lshB4FE/weFzRlizAQjnRm2T/VzFeggP8PsoUIbsEh4to7XPnCS0myzvoFC&#10;YSfz2MY1RPU9xOz5qj09rlEnLf0vrdQDMTr+BaIl0cl5rmV4UhO17LaDt/pUtDfjYdK0b7EyFemA&#10;eC6LO30URqcADnVbOr0niI57hi9Q0NrrQ97KVqPdq5iLM8qRDdZ/o+QikHgUhLtEjNwmFEbPWG0F&#10;5+lxmisB8axWD/POR/qbeKqdd8hcQ1RcTu4xgIGuNDa2J510PGsHxF2xyRppRya9Ndfq1oP3Jr0i&#10;7s49I5qAZxCzqg+gCCHYM2s06U4RNai2D2Fyp4qHevcRz6I9QGLS6Ly3fctjR0CMpxprOenYr9Pu&#10;i3YLywIjWQcgg2jnIHdFHaP9+m+cHAQSMHu51SuixAbiim5PUi+bEJxkNoiwB3FIfsG8lhUgE+5H&#10;xHgfnpxnwN8lpHMfIZOZfpgDfYaClAKWjtF3ENt8nbTP+i+d1m3U4wxRw3yA7GKemWd+QIz7etIy&#10;2sjuKy3zPVY7P7gOdpfwFdHZ+l7Lu494Lo/BiT9pmTqIF/TxDN4B4lU3ddq9bEIuCoxkHRgcubN4&#10;HrOZ06T+f/v7kJaRmm320jHrnxguiBgmqZnTQdxt+AqZyOm2ZkCMGuehRDqJb7UcHzRfbrdTOFIj&#10;oerLd91DBgAvyDpaI+2Dtgcd/E3rQaF2r99/hzhmeXsnzZ8ftbyMbeLgPtF/ufnQtkpvA/luIUKR&#10;0eYdLRO1Y/YttT6a81+1fLzR8hz12r3qRoNFgZHQ/3chl6NVXjS4JTh269b/b68hFSWf+KUIGbvK&#10;XSEKpFeIhO9jfmej7GOv6OC5K2umpP4IAIAGkj2Z9x/q5wzx0ioeb7lBNJfoGORK3YXEfvD6j1GN&#10;tNR+GG3dtB7HiKfF+5rPV0QHJq+OPUYMH7C3HQREH88Q0a+3in8IWL3/eZ3GAWIgH3fnaErQmU0B&#10;3dM0fyJqUanJvE67c0JOk48NjKTWbJno9w+IGwjL2mFdVk3fqP5/68BIHWzWjDnGrL/A2rB9yCrJ&#10;+JkCMkjLJDePPPQRb5ykn8H6fHjUZJn0ZyzJA2LMD+1uDrApoiPV3jtttbgvkM7tar6PkBgdrJGW&#10;cS5t1oOXcAFRq/gEEU4fEeO97EV3NhDwCTLpu5pnX58vMH/JmIX+Icb3lD6vEfEMH+DOK8vE6HLW&#10;j4Lxu7bZndZ3lAi3Ou0+MTt/3P1lm6T1svAu7Ko24Ml8jlfeorCKz2bl9G3Uf0lZNsq2NCSqhJ8R&#10;7fyvmD2JzoF6pz9TID1AhJQNabfPMmyfh0zZcfcm725JHinUxvj+c0jH0USC5sGwe16uzyjd7/oe&#10;HvylD+YRUZ1fN22b9XjU/Oh0HYUQnhC1Ll5mT2coNZABYkAqfXxjxL5kH1UFBfIQ9R+IcVVVz0+0&#10;LXhR/TWihsjJxOM4FNBdRI2R+fHysrXbPcnjCeKve8TyvyBCIc8xmMKrYhiwOsL8HFjEOunbqP9O&#10;2OZfHTmANMgB4qQZ2FPGIf65HA7AN0chkj9xlOwkcKDyXpgOot8DJo9lf9WEl7EdIwpr5lsgrjL2&#10;GARXG06UEcxOi9kyP1wnrbn/qO16lB3cZfl4zbDVkHilKo+GABV9VJTcEVRSj4XPm/LbnTJ7eyJj&#10;qWhC8gqNIsmjVrsneeybdMs2UujvHKDkz3GV9MkUJXOginXTt1H/XbDtv8s2E1Vb1gAlzzGwa2me&#10;fG6dPFZ5P2aFROn3y95RJ+2m6rHC82n080y6dctVtx7L2iwtV508lpWjoh2rWFieVedAm+mb1n/b&#10;bE0gOY7jLGPnf2XAcRyHuEByHCcbXCA5jpMNLpAcx8kGF0iO42SDCyTHcbLBBZLjONngAslxnGxw&#10;geQ4Tja4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhONrhAchwn&#10;G1wgOY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHkOE42uEByHCcbXCA5jpMNLpAc&#10;x8kGF0iO42TD/wEhQg3LcDM9pQAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAAkZUfHcQAAB3EAAA&#10;FAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAAQsAAABOCAYAAAA3tzM5&#10;AAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAQF0lEQVR4nO2daXMjtxGG&#10;n9F9rI69bGfjSiX//z+lXHHsxHvpWB2keEw+oF+hOZwhwVPeVL9VLGnFAdBANxp9Dbaq65pAIBCY&#10;h52XJiAQCHwfCGURCASKEMoiEAgUIZRFIBAoQiiLQCBQhFAWgUCgCKEsAoFAEUJZBAKBIoSyCAQC&#10;RQhlEQgEihDKIhAIFCGURSAQKEIoi0AgUIRQFoFAoAihLAKBQBFCWQQCgSKEsggEAkUIZREIBIoQ&#10;yiIQCBQhlEUgEChCKItAIFCEvZcmoKqqqvm3uvDK8ba2i/bT7KN07GbbWe3WNcdF2yw5F09rvei8&#10;2tDVxzr4twhWoXcVOVmkn1Ia27Du9Wqiesn/CqCqql2SwtohCWkNjIEhMJ4hZDvArn26rKMxMLKf&#10;dV3X44LxR/oUbBK1Fd0jYNjC/GXn2BwDR19ru8a6aD7Dtrl3jLPn2mr9hk1aC9df8GszXqD9XP6V&#10;YhV6G+ujtmMyD2cq1AYNfn3Vz9DGw/rXM4viua9NKY0XUxZVVe0Bp8AFcETeSH3gBrir63rY0m4H&#10;OLR2r5hcfEEM7wM9+/SZFNgKOAFe28/Kjf2tbWxHwz5wZjTsk5h0a5+B21TLzrFqzHHPtbsDvvlx&#10;Gm0ubcwd4AG4Ah47TjCt5Sv7nAAHZGXRtz7u7PNkzeetvyDF+EyHPbsy/0pRKC9d9PZI/FXbfXtu&#10;bN99A+5pOSQaNEgOzklyIKUzIK3rLUmGTkj888+UoLa+pmRwnXgRN8QE9Qj4EfiZxIgd0qTvgX8D&#10;v1VVdd8iHDsk5v0DeEv3HMYk4b4HroEvwG1VVT2SIFbAMfAB+IG8uX4Dhh1jS/jU7oPNQzT3SExb&#10;dY67JMH6O/COJKS19f/J2l5pLJFGEraf3Xy+2DN98ukl2vaNpnf2/AVpU2k9a5IAP9pY/wE+299K&#10;1l8YGh1PRkdV2H4m/xbYDKXy0qR3YL97Phw42h6BP0i8uMGtr4fJyynwV5K8nJAVwROJn7/YPC9s&#10;rEsWVxaS3Sej+/9DWZAW4gR4TxJUnew1aWH75JOouZH2SEL+lsTAXWunj6D+BvbsGxJzP5FOBDFX&#10;VsKR9dsHvnaM7Wl/Z/Tv21hSBOuY4y55I78nm6VD0oYeAL2qqkZO0VQkYT63ue7a86IvPZQUxQHJ&#10;ovoL8JP9fuie8/M4t/XZM5rvKVt/YWjtRMda+FdVVenpWTpek94911Z88Ip0YH09AI9VVfU6rDdZ&#10;Jh9Iay3LTWONgY825iFprS+ZdEUqJq2hJu1jG+eK5VyYImxdWdgCigkXpFPaT/CQJKCvgBvbELVr&#10;K/9Tvt0O2TzXySVGH5KYc0DaoK9ISuFfJIXxZO0G9r2Yddocu0G7+jogn/j3mPm3pjnu22fXtdUp&#10;+QPpNOuRXQPISsv7502Te9fm+LN9zm2cEdnkH7p1PHTrcmzf+/hGc/2bG3BEsgye7Lt18U+meycK&#10;5aWL3gGTfFDsaMy0Yv7a0ZesyzckvklR6LNL5nFta/TN0QmTPNiz8QekQ0YWhCyLBzosnHXgJSwL&#10;+axnZJNMQR4FkU5Ii/uZLGTNPoQxifH/JGlWrH/5f2/Igi6mPFq/AxJzHuyZXWt3RmJsc2wJiSwR&#10;xTnUx8g9t8ocu04SjX9JOilvq6oq9uOd//6OdMpdGj1PpA3y2X72yG7aBWlT9Gi3tPz6f215xsda&#10;NMd18K9fVdW4cO5d482jd4dJhTsiK+cDkgxckBSZj+kI4vOl0a8gpPjoISX1C5Mxi2PS4fCeLEfX&#10;JLdQa+oVTY8NuCDwMspCPr985DHpVO6RTo5j0mKd2+/3tAupIOZeAf+1Z/fIm/onkr/4mrzRfiQt&#10;7JX1f0c23bXJFYvw0EmhQBVG9y2Tm2ndc1QWRKfkKWnDX5Hckf6Mth6yKhSj2CMJ3xXwK1kAdWLv&#10;k4T93Ma+Y/rk8uv/R8v32Ny6BHgV/j0xe93mjTeLXsg8VjvFKhTLUNznHLjyrpFz987IbpwsWVkJ&#10;XolJEfXJlmRlbQ9t/nruzmj3ym7j2ZCtKouGeX5GWuwn0qTv7LFDMhPOaHEHWqDo+aiu62FVVfI7&#10;FXD0vuMRaeEvbcwe2aT3Y5+QNLgXpj37uzIUUgLfgKcWF2Qdc/SBxl2Sctk3+t9j0e8ZawNMCO+l&#10;fQ7tqweS4P1u8/UC/2TrolP2iXaZmVj/OTS0YVn+ybJadHPMpbeDVmVBHoyeAxI/Lklxh0cmrcsj&#10;++7E/vZAkjVZI80xRkzKm3im2IasCJ8pen5+03UW267g9GkzBfx6pOjzFywlSI7s62ReqFClTlA0&#10;/YYUFJOPq1NfG17m2wOJIXJFXgEHEprGSXFM3jxKnzVdkHXOUUpJAVGs7VuSME4EMTvQRr9OqS+0&#10;pNxsHaWo7umOESg2sFNV1a777NhnU/zzwcJFsAq9TZ5rTU+BPdfWp80PjXalvZvuip/3M/Rnpq2y&#10;5wBty/Mbw7bdEDH6nLSACszckBbyjGReH5LN9BP7buGiHDvplctWIFPBqiP7OWLSFTli0tXQabHj&#10;/q5TeZYLss45yvy9I7tKe9b2ndHwbc5y6HSWZYKtxwNzagWcpTGr33Prz5+M2vCPZi0shEL+Laos&#10;iuil3T3RqX5PrmnRwXJBsh4Htk4KgKrm5ZEkAzqUXq4acklsTVk0cvvNU/2OxIAb0qLqe5np11VV&#10;LRvlVZpLUX7IEWYVO4mRckV0WpyQTF1ZHMfk4GeXC7KJOWoO1+S0quhT7EKZhC747Ib4rgzIMr6/&#10;oDqCvxktvh/FQ34nrcEyG2Qe/xZVFqX03k03faZHrusjiQfe3XiwZxT8PLZ2OjAGfIeKArZrWTTN&#10;c6WwbsnZCZ3w8qllpn9i+SivTgN/iiglJmHzrojPiqhqb8i0Ce8r+LpckHXOUZWFNVkIdUK+J1sd&#10;XZCy2Ce7n1qXpUupyXOWSyRok6s4zGdDFkEJ/zZBbzO43XxOvFcV7xmWCrdnFPg8cM+LR9+lsthm&#10;zMKnC5UhkGktbas0pE9PKWOwarFJV/pVAURtYsUTvCsi078kC7KpOXrr4pPRW1u7N+RsQdfmUTq2&#10;yfOu4qRSKEug0vB7+yjvr+rRVTfIrPT5ov2sQq+U1yOJ/0/k+JNSpD6lqoNFlsjG6iA2ja1YFi44&#10;6M1zvaQks3BM2mD6u+g7JWntK5ZbaG0Q/yIQZKHxKbE2V+TYvitxQTY9xxFJoD+TFITe5VAc5Jru&#10;A0Dz9FaECoNWOTRUvv4rafOM3d9FryyiZVDCv23T2+WKXJB4MWaytkLuZ5/slnx32JYb4s1znaBj&#10;+13FQTXZH/eVbseuXWsUuQDycXVyK6etE8QXtbS5Ij0mC6xkHXS5IJuco14Y+kyulVA6EXLwsglv&#10;zo/JNRsHzH65ah60cT6R0oejxnfPb+Ou8Pr1PP6tnd45/Xp5uSPz4YykxMcka9HHrJRN+i5dENie&#10;stDG82lCRfOlfWv3d29O+xjAvIh/G1QbcUqumlO57ABLP1m03mdFlK24IDHcvzna5oJsa47Krnxh&#10;2rpQ322bUu6WNpl8fp2KuyxnuWmDtWYR1pDSm8u/BfsrordAsckavSVZdaLzR/vuFVlWZIGsEht6&#10;cWxcWbgMwXMumswwnbTevFT9/Yhc068S7CsKhcPdQ3BCrs1XIZVcDl/52OaKKD02Itf2K3XWlgXZ&#10;xhy16VV/oPcTpDCg3a3wxV0DcjbhFZMFThMC7dZRNM+ia22FQUvwb1GsSq/iT1IEpySl+9a+k7uq&#10;V9CXtYr/NNiGZaFgocxsZR+uyeXDbe9f+LcdvZn+yDQmimzIJ+wJqbT5J/Ir4j0b+xrou83R5ors&#10;2bg77t9dWZBNz/EZdbqU5ZFsXegFK9V/VExbCRLuW6NdrtKprdEDUNsr4N5aOiC7XwqqNtFc/+a4&#10;/mcb1sG/RVBC7zxIXlQDckmu6BSkKLysfLfYhrLwF3+oSOmOFGD6xLTGVWT5A7lmQZmIU6ZLm5tF&#10;NjrJlfv+gXzy6kT+aD+fC4U6XJEjspmvtWpzQTY9xzaMSErrCzkT0slPm98TyXL5Sn6L89DWSLUB&#10;Kh/3FZ8XNtffmHaTZhU5Qd5UeqeiibXwbwGU0tsr6EvpbMnDAdmqkxUnS3XMdrOPa8dGlUWLea47&#10;FhSg+8Q0wytyhdxb0qbSCXhOYo73J5tFNsrBS8ur0k+5bt2J8NhyKjVdkSMm8/kD5rsgm5jjFMy6&#10;UBn5G3KabpZADo32j+QaEtV6fCApBdWDSFkc20/Np1msNKvICfv3DUnR3Ir8Ge1X4V8XZo3XRe/v&#10;zHdzmq6Iv+BIB88tWVYKyf1zYtOWhX9VW/UJ3hQedNxGpWcUadbrwGfkN+308UU2r8npQGUafOrq&#10;I+nNxlu6y3m9K6INVZGj6E2zchNzvHb0ND8eI+vjIzn67q9+m3B/TGD7pE2vIOxrcom70rq+bkRK&#10;Um9EjtwzbevfRuMhyaJRYdam+NeGMbPH66JXlkvn+reUo8tllaxcM33HRBtP57k+izy7MWxDWegi&#10;kyG55FX3G3ZNXPnuK3LdwpCcOtOm3ae7kEmv7OpaON3V8HxJTbOBY/43klI6IscgdN9A83arTc1R&#10;Ef8H+9mncQqadaHNf2p/9jETFX95GhR0+836/JFcE6D11CbtW/tb0iZVf8oCtK1/2+bzKWpf0LRW&#10;/jVh/PRZi0XolXJ5IvHgiMmyc7WTK/KFXC9Tk2WlKQMqsX8g37TVldXRevXd83KRtp6G3bSykJn2&#10;lTyxG+xOxhkMl2b+w35/RWKKNPWYFA/QuxJt7T1TVKE3gO4btQ06yX4nMcZfXnNDEtp+463ATczx&#10;kWy6P1l/XTc7fbP1UOCyIl+SMnFXhtEzqKrqlmwB6ULaI3LdhV4T16nuX4K6Zfb6e0g56UW5uqD9&#10;KvxrQi7hMvRqffSuyBDjP5OBW93HWZOVxRXTMuCfVWm5XjDsspR0vYHiYoMWGraCjd7u7e52kN8L&#10;Ltg1i+l2q5NM8z3XVppasYRZV8kPyUGs4td43Y1SundCJ63Gb15ysok5Qo6Z6JTv13U9JVSOBgU5&#10;Pb2DtjaunTIe/ho/tdf69XHX3lfptmqNVXK1vhTPaIH2S/OvZZ7L0quLeMQHKfgJPlT5mn8pWx/U&#10;bV7N6J+TBdijQ1ZaZER3arTKwiax8f8KwARyIrJTGphqa0sW2LbvmlhFwHz/ilm00r6JObpxXZez&#10;59LSV9H8W+bq6Wjto3D9O+nYNP+aWJbe0jVdRAaaz86TlWX5um686H8yFAgEvh9813nfQCCwPYSy&#10;CAQCRQhlEQgEihDKIhAIFCGURSAQKEIoi0AgUIRQFoFAoAihLAKBQBFCWQQCgSKEsggEAkUIZREI&#10;BIoQyiIQCBQhlEUgEChCKItAIFCEUBaBQKAIoSwCgUARQlkEAoEihLIIBAJFCGURCASKEMoiEAgU&#10;IZRFIBAoQiiLQCBQhFAWgUCgCKEsAoFAEUJZBAKBIoSyCAQCRQhlEQgEihDKIhAIFCGURSAQKML/&#10;APll2K6fTg+iAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQA9zOSp4QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcWjv0BwhxqqoCThUSLRLito23SdTYjmI3Sd+e7QlOu6sZ&#10;zX6TrUbbiJ66UHunIZkqEOQKb2pXavjav02eQISIzmDjHWm4UIBVfnuTYWr84D6p38VScIgLKWqo&#10;YmxTKUNRkcUw9S051o6+sxj57EppOhw43DbyQamltFg7/lBhS5uKitPubDW8DzisZ8lrvz0dN5ef&#10;/eLje5uQ1vd34/oFRKQx/pnhis/okDPTwZ+dCaLRMJmzkUcy50pXXT0+L0EceJupBcg8k/8r5L8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwu&#10;cmVsc7yQwYrCMBCG7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv&#10;4kwpu8AKuqYFQayDcWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3&#10;IRLXyxSSx1LHZGVEfURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOl&#10;osCTcfi37JvIFuRzh+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsP5+&#10;ZYEDAABmCgAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA&#10;BMs6rvUQAAD1EAAAFAAAAAAAAAAAAAAAAADnBQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAK&#10;AAAAAAAAACEAAkZUfHcQAAB3EAAAFAAAAAAAAAAAAAAAAAAOFwAAZHJzL21lZGlhL2ltYWdlMi5w&#10;bmdQSwECLQAUAAYACAAAACEAPczkqeEAAAAKAQAADwAAAAAAAAAAAAAAAAC3JwAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAAxSgAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAAwSkAAAAA&#10;">
+                      <v:shape id="Graphic 43" o:spid="_x0000_s1027" style="position:absolute;top:889;width:68580;height:8286;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,828675" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBr169WwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kYNoaSuokKtSC+N0vMj+5oNzb4N2W0S/70rCD0OM/MNs9qMthE9db52rGA+S0AQ&#10;l07XXCm4nN9fXkH4gKyxcUwKruRhs548rTDXbuAv6otQiQhhn6MCE0KbS+lLQxb9zLXE0ftxncUQ&#10;ZVdJ3eEQ4baRiyTJpMWa44LBlvaGyt/izyo4Hfi6+2jO6a4fMpMei+/LZ2aVep6O2zcQgcbwH360&#10;j1pBuoT7l/gD5PoGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAa9evVsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6858000,l,,,828675r6858000,l6858000,xe" fillcolor="#2e5395" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
-                      <v:shape id="Image 44" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:8625;width:29261;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDw7P7bxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gq9iG4sQdrUVURoyU1MW+rxmX1NQrNvY3bzx2/vCkKPw8z8hlltRlOLnlpXWVawmEcg&#10;iHOrKy4UfH2+z15AOI+ssbZMCi7kYLOePKww0XbgA/WZL0SAsEtQQel9k0jp8pIMurltiIP3a1uD&#10;Psi2kLrFIcBNLZ+jaCkNVhwWSmxoV1L+l3VGwXf3ejrtq3woptE5PqdD7D5+jko9PY7bNxCeRv8f&#10;vrdTrSCO4fYl/AC5vgIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDw7P7bxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                      <v:shape id="Image 44" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:8382;width:29616;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARHy+nwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mlVEymoUFQqCeOhW78/N283q5mVJUl3/vSkUehxm5htmue5tK+7kQ+NYwWScgSAu&#10;nW64VnD6/nz/ABEissbWMSl4UoD1avC2xFy7B3/RvYi1SBAOOSowMXa5lKE0ZDGMXUecvMp5izFJ&#10;X0vt8ZHgtpXTLJtLiw2nBYMd7QyVt+LHKji7y+l4844PU1NdC0vbar41So2G/WYBIlIf/8N/7b1W&#10;MJvB75f0A+TqBQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABEfL6fBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                         <v:imagedata r:id="rId11" o:title=""/>
                       </v:shape>
-                      <v:shape id="Image 45" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:33314;width:26884;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCYUs+txAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heUIvohuL/0hdRUoLvapB6e2RfU1Ss2/j7tbEb98VBI/DzPyGWW06U4srOV9ZVjAZJyCI&#10;c6srLhRkh8/REoQPyBpry6TgRh42635vham2Le/oug+FiBD2KSooQ2hSKX1ekkE/tg1x9H6sMxii&#10;dIXUDtsIN7V8TZK5NFhxXCixofeS8vP+zyj4HV5OS3sbZrL9nnzM3GV6XBysUi+DbvsGIlAXnuFH&#10;+0srmM7g/iX+ALn+BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJhSz63EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                      <v:shape id="Image 45" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:33172;width:27076;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBAvaaZwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Bb2pqllLVKNIivCXjxY/QGP5tkUm5duk9r67zeC4HGYmW+Y9Xa0jbhT52vHCuazBARx&#10;6XTNlYLL+TBdgvABWWPjmBQ8yMN28zFZY67dwCe6F6ESEcI+RwUmhDaX0peGLPqZa4mjd3WdxRBl&#10;V0nd4RDhtpFpkmTSYs1xwWBLP4bKW9FbBcWyP5oDptc+G/bjPEtO6d/OKPX1Oe5WIAKN4R1+tX+1&#10;gu8FPL/EHyA3/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBAvaaZwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                         <v:imagedata r:id="rId12" o:title=""/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487450112" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="082F6FB6" wp14:editId="1EDD4CE5">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487439872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="568D1DAD" wp14:editId="7EB852AE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>129978</wp:posOffset>
+                        <wp:posOffset>128670</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>61542</wp:posOffset>
+                        <wp:posOffset>61365</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="668655" cy="668655"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="46" name="Group 46"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="668655" cy="668655"/>
                                 <a:chOff x="0" y="0"/>
                                 <a:chExt cx="668655" cy="668655"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="47" name="Image 47"/>
@@ -10635,309 +10607,322 @@
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId7" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="667512" cy="667512"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="20E9ACC1" id="Group 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.25pt;margin-top:4.85pt;width:52.65pt;height:52.65pt;z-index:-15866368;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDfZPjEHwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclNtu4jAQhu9X2new&#10;fF8CaKGVRegNW1Sp2kV7eADjOInV+KCxQ+Dtd+yEUMFqt+oF1kzsGX/ze4bV41E35CDBK2tyOptM&#10;KZFG2EKZKqe/fz3dPVDiAzcFb6yROT1JTx/Xnz+tOsfk3Na2KSQQTGI861xO6xAcyzIvaqm5n1gn&#10;DW6WFjQP6EKVFcA7zK6bbD6dLrPOQuHACuk9ft30m3Sd8pelFOF7WXoZSJNTZAtphbTu45qtV5xV&#10;wF2txIDBP0ChuTJ46ZhqwwMnLaibVFoJsN6WYSKszmxZKiFTDVjNbHpVzRZs61ItFesqN8qE0l7p&#10;9OG04tthC+6n20FPj+aLFa8edck6V7G3+9GvLoePJegYhEWQY1L0NCoqj4EI/LhcPiwXC0oEbg12&#10;UlzU+Cw3UaL++s+4jLP+0oQ2ojglGP4GedC6kef/bYRRoQVJhyT6XTk0h9fW3eFLOh7UXjUqnFJX&#10;4ptFKHPYKRGVjQ4quQOiipx+uafEcI3T8Kx5JQn6KMr5TIyI6t8k2DfKPammiZpHe0DFZr5qhr9U&#10;2zfaxopWSxP6yQHZILU1vlbOUwJM6r1EPHguZvhiOLUBER0oE/ox8QFkEHW8v0SOHzhcEZSzcSNB&#10;XzhjCX5orfd1y/1iNj93S7L7C87BDnzYSqtJNJAUCVBqzvjhxQ8s5yODgv31iQtphqbGWUrcw9zH&#10;YX3rp1OXf6f1HwAAAP//AwBQSwMECgAAAAAAAAAhAOGQa2AdigAAHYoAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHFXV/nvvreqemcySIRMYAoFA&#10;HFZlF1AUN1BRARdE4XNhcQEX3EU/cUEQRUUQ8cOfuAEugICiIsgiIpsQRUAQSCDBBLLOJLP0UlX3&#10;nHt+f9Ttoaenu6d7ZpIZlfd5zpNM9a27VNXdzj3nPUpE8BxmLdTAwEBHV1fXC5VSOzKz1loPBEFw&#10;D4B1AEZfXi6X2zoIgs44jjfefffd+SOOOEL87wKAy9M+h5mBeq6zbXFkBgYGWqy13Nvbm6+TrsVa&#10;+2FjzKcBbAUgKd0PwAK46Mknn/xcX19fDADM/HljzJf9/y2AQQCDSqlBIjolk8ncX6OcEGlHpGlo&#10;23Oog2CmK/AfjACAxrOdBACUc+7cuXPnvgfApwFcXONeZa39mDHmLABDIvJZZr4ZABljDgVwplLq&#10;4319fQTgMwCglOoGAOfcH5VS9wLoBtAtInNFpGanJqIvaq33EpF7jTG3A7hziu1+DrUgIs/J9Eim&#10;v7+/U0RUsVg8jJmvIaLPi4gqT8fMXxERYebv1cprZGRkGyJ6gpkdEb278ndr7TE+j/6hoaF5Pt8f&#10;i4gQ0SeaqLNi5r/7vCwzrxkcHNxqFjzL/0jRM93Z/42hBgYGOpMk2dNa+2Hn3NXd3d1XAOgKw3Ae&#10;gKONMa8CkC2/yTn3d//ffWplnM1md1JKbSMia+M4vrny9xUrVvzWOTcIoD0Mw+cjnUU7AUBE9mXm&#10;44noCGvtwcVicUcAqkZRcwHs6ZxbIyIPA+jIZDK7VyZavXp1D4AvJUlycpIkew4MDHRO9HCew3g8&#10;t4xsDgbAfCLaU2v92u7u7kNFZC+llAWwCsCNAJQx5gkAOWbe1RjTCiACkBkZGelqbW3NAYCI7IT0&#10;Yx+sUk5WREKl1Ijff41BX18fMfOIUmqO1roL6XvsAACt9dEAjlZKhSKSyWazNwE4Euk+bwyI6MAg&#10;CELn3O0iUlBK7d3a2rongLvKkmV6e3vPcM59OAgCAOC5c+eeAeDrk3uE/714rrM1DuOc+5KIHK+1&#10;3gHAMIBupdRa59zJQRDcASDn0y53zg0ppRYy83uUUtsA2HPOnDmLACwCAKVUW6FQ6Gtra1tSWZCI&#10;bFRKjYjIgkwm0wNgQ/nvQ0NDXR0dHfMBkNZ6NdL32O6cS5j5UwAeUkrNCYJgDhENa63HdTQA0Fq/&#10;1DknzHyn1tpprU9yzu2v9eiCRzHzO5RS7wPwGIB5WuttACydyoP8b8Vzy8jG4fxscg8RncjMbxaR&#10;pwF0WGuH8WxHA4BNIrJSa62UUmeJyLEAegDcJyJn+KVkazab3aVaQRs3blwO4DFjTHsYhqeVL9tW&#10;rVrV2tHR8RmtdQuAFWEYPgzf2ZAqY/4RhuHdQRDcDODXQRD8sU6bDkGqhbzXObcEAETkAPjvwlp7&#10;kFLqbAAjRHQBAGHmXBRFD1bJS1lrDwXwVgC9Ez3M/0rM9KZxlokSkR2SJDlUREyV34Oy/4fMfLWI&#10;CBH9b2Vaa+13RESY+ecismjp0qXZUhnMfKH/7dxadbHWvoaI1jKzFZE/WWvPYuYzmfkWZiYi6o+i&#10;6HU+fQ8zryCijSKyTyNtXblyZSszDxNRv4hkhoaG5hHRBmZeUygUFubz+e2Y+S/MHBHRqdbao70S&#10;5T6vCBqTHxG9jZn7OcUjhULh0FnwPmeVPDezlSGO4z7n3PXGmGsKhcI2VZKUn0VZrfVN/v+HLVu2&#10;bIwiRCn1oHNOAHQBeKZ0HgZAiKg0M9RUkgRBcJMx5hit9a+ccwu01icBeA+AbZ1zVznn3pDNZn8P&#10;AENDQ05ElgJ4KIqioUba2tvbuw+ANqXUEgDJ0NBQwRjzCIAurfU+bW1tXwHwQgA/Mcb8GMCBWusA&#10;wAPz5s0bKcvKMPMHlVI/9L8v11rvkclk9mqkHv9VmOnePptk6dKlWSK6T0SEiD44UfooivYQkUFm&#10;XhtF0a4Vv7+EmXPMvGLNmjVzyn/L5XL7EdFyZr5Sqs+g5RJs2LBhQbFYXDw4OLh4ZGRkaxHRFWmU&#10;L6O7gfwgIiCi44hoIxGdUcqDmb8tIsLMS5g5YeY/j4yMbCMihohulRQnlD8vEfkSEUXM3B9F0THM&#10;fL7P4ysz/T5nm8x4BWZIAhm7JBwVIvqoXwr9pWzpV0vamflOfx72jorfepl5HRGN+A92TPn5fH67&#10;lStXts7UM1izZs2cKIp28Z0XIoI4jt/BzE5EhIhWxnG8n4ggn89vz8wrmLkYx/Hzy9r+f75TrisW&#10;i68VESRJ8nlJ8ZMq5episfi8JEkOzOfz20nFGeR/usx4BbawZKy1RxLRTX4U76lMUygUdvR7F0qS&#10;5IUT5cnMZ4uIWGt/KmM/HiUiL/czXjgL2j6hrFmzZo619hVJknzOWntkqT1JkryMmYtE9Ih/Zj0i&#10;chUzk4gIM99lrX2lXxmc6q/dXJF/mCTJGcy8moiGmHmVtfayOI73lv+STjfjFdiSQkTHMnPBfwzM&#10;zHcnSXJQZTpr7c99mu/K+A60g4i0lK4lSXKoH/UvmMmZajPLPsx8OTOfWywWd/JKGiaiZcz8C2Ye&#10;YOY8M/+NiH7tn93D5Xnk8/mDmXmYmYvMfIG19svM/AQzrxWRt8p/QYeb8QpsSSGik/yHcB0RrfD/&#10;X0dEHxKRTCmdtfYIZo6YeUN/f3/nypUrW6MoeiMzX8PMq621ry3LN/QmU/8Ws9cUxCxdujQbx/EL&#10;ROQnzHxnHMd7Srok3p6ITmPme5iZ/XNdWa61tNYe7a8/JiK9IqL8KuIBZt5ULBafNwvauFllxiuw&#10;JaXU2Yjo41EU9THzTf4DSKy1V+Tz+QUio4qSx/xv1xLRciJKiGgNM39naGiob6bbMsMSiEhblett&#10;1trX++e2rlgs7lT6zR8lPMLMxMw/Gh4eni8isNZeICneNwvatVnlP1H1r5MkOdFae1CdNO3ZbHaZ&#10;1vqtRHSV1jrUWh/b0tLyJyJ6VV9fX+Kc+5lX3R+tlFrOzCcZY/bQWn+ks7Nz2ZZqzCwFAShUuV4I&#10;guBe51yitc62tLRsNTw83OecO99a28LMJ4jIEwBOaGtru9Va++IgCK52zv2JmauZrf1nYaZ7+3TK&#10;4ODgYmb+vR89L6/8vTSziciXRGQ3Zr6UmQteRT8sIkJERWY+M4qiXay1Z4rIblJDc/mcVJU2IrqO&#10;iPLW2tdYa49kZsfMt/rn2MvMP/fvaISIjpd0CR6ICPL5/AHM/BciWk1EfyKi46TB44zZLjNegWmS&#10;DBF9mJk3MvOIiHxGquyhypaRq/xGfYSZLyoUCjuKyM5EdAsz32OtfcN/ygueIVFRFPUVCoUdh4eH&#10;9yCiTcz8cMkdSERMkiSfZeaEiNaL1wp7q5bV/h09ycx/80cLvyk/ovh3lRmvwFQljuMXMPNt3pTo&#10;jyMjI6VzoIykB7DdpbRlCpIcM18SRdEuFfkZmXmtmJoFdZhO0UT0v37P+5soinZZunRpNkmSQyQ1&#10;CHClvV0cx8/3s2DRD4A6juNjfbobKo0D/t1kxiswSVGSWlEYZr5WRISZ/yGpV7KO43hPZr411U7T&#10;R0r3lXW2i2ZBGyrFeO3c55j5O9baY/L5/AJ/nPDv3vkCIjqJiJ5i5hwR/c3PaMLMt2/YsKFDRDJL&#10;ly7N+mMU8k6wRkQ0M3/XK7GOnAVtmbTMeAUmIbpYLL7WWvtmEUEcx3sx81pmdkmSfIiIPi3pSLiB&#10;iD4qZSr9ss52ySxoR0lakiQ50Fr7AyLaJGXw+8m7mfkb1trXSaoyb5nm8reYDA8PzyeiU5n5N17l&#10;f2mxWHyetfa1RPTrYrG42Fr7KmYeYuZERL7kl5YX+HO99890G6YiM16BZiWO4xcQUT8z/1G8+pmI&#10;Pu2XkcTMMTNfL6liA+L3D8Vi8VVE9C5m/oe19qgZbocSkW5r7ZuZ+QZmjkVEfN2fYObr/Mc2Bn5P&#10;enOSJGdMoezZKJ/x7fuuiMDTSjzDzGSt/b98Pr9dkiRfjON431lQ10nLjFegWRkZGdmamf/BzCNJ&#10;khzor7cz823+hf1dRNpFUvMjInqvf3EPSNoBu2ay/v4A+ONE9KDfnzh/sH6N5xaZG8fx3sw8IDXA&#10;zCtm+j1Mp3iNZcLM5SZv+zPzcma2SZJ8ZCbqNd0y4xWYjDDzWSIi1tqvy7P2ewdzajbERHScX17+&#10;logsEd2WJMmLZrreku4x7xQRIaKcV3F/fGhoaFcZuy/bgZn/JTXAzLfPgrZMp2SY+Vec2l+eVNqn&#10;+qMX8ccG1e7ThUJhYRRFR/w7KE9mvAINyM4i8nIp23tJaqvXz8yPlKuEmfnLfim5jpnXE9E6IvqU&#10;34DPdDsgqWbuZhERa+3ZtWwp+/v7O5n5EakBrxSa6z+w/5Qjih5mvoxTG8s/WGu/6RUqjpkvrkjb&#10;ks/nD2TmC5n5KSIiZv6BVDEsn00y4xWoI6pQKBzCzI8QUc5a+8Ph4eHdJZ0BQr+vIW9zB5H0IyWi&#10;Jcxsiej33qJ8ptsxpk3M/H0REWY+p066NhH5q9QAEW1k5vu98uRmTo2Bv0FEH7TWvjqO4+fX8Hub&#10;7RJ6j+8/E9EGSRVdt4jIIv97j4i8lYiu59TL3Pk97gAzuziO3zML2lBTZjMjcgDg5wDe6pyLtNYt&#10;zrmVInJRPp//UWdn5yudcz8DcK3W+p3w7FHFYvHQTCazqzHmZ6huUjSjsNZ+NgzDc5xzV2ut3+ov&#10;t42MjCxqbW3dXWv9EgAHiMh+xpi2ZvP3JmaDANYCeFJE7hORu4Ig+CcqKMtnK1atWtXa3d29s1Iq&#10;M2fOnBUAeq21b9FaH6uU2sMne0hELmPmW4wx1xljFltrXxKG4V318p5JzObOBmZ+hzHmcufclUg7&#10;zrEAWgAsEZEfKKVOBzB3ZGTkxV1dXU/MaGUbBDO/zRhzhXPuMRE5S0QO1VrvB2BHAD26jNpqGstM&#10;AKwUkfsAXBtF0R3t7e3rp7uczQDFzG9TSp2ntV7gnLNIOTCXFQqFt7W3t//DWnuwMeYmAEWt9Z4A&#10;+me2yrUxqzvbyMjI/Dlz5vxVRPKFQuFlra2t+2qtP4eUFSoCAK31HGvtaWEYfmdma9sYiOjwIAhu&#10;8jMQtNa1CFQ3C5xzBGA5gGustZdns9lHt2T5k0CXc+5059yOAH6klDrYD7IPENEHjDGvUkqdD+CW&#10;J5988sgyrpfZh5lex5ZJLzN/z1r7KnlWM6eZ+TxmjkTkjf7aXCL6ADMvF0n9pqy1r5gF9a8mJoqi&#10;Pn+edi4R3cbMK2WWgJnXWWsvlGf3RLNVAnnW1jWM4/h/vBLsMWZ+UETEWnuOzHJLmxmvgJcMM1/v&#10;NU8jzHyJt41DHMf7epXwtfLshl8Vi8WdkiT5gj/onE0Pua1QKLyMmc9i5nuZeT2ndHSzFsy8kohO&#10;bYBzZbaIFpGXM/PjpTZEUfT6KulaZpP3/IxXwIvypjqXlFlTrCSiD3k+w5uYeb33DJ7pulatvzei&#10;PYuIHmHmvPybwVuvXFGFnGjWiveej5l5qFAoLCy7vgcz/4yZ/+W/o18nSfLSma7vjBa+cuXKViJ6&#10;b9mBZJAkyYtF5E/+A7BEdLe19gecMliNI0OdYVH5fP5gIvqleAt2+TeGf8Z/Kfewns1CRB/29b5H&#10;vNWQtfbVnPKalNqU8yumTUmSnDqT9Z3Rh2WtPdvbNP5WylxhfCd8lzdLktIyjIjuny2WAsPDw/OZ&#10;+WJmzsl/EPyHuSSfz28vs+A51xPvIUHW2v+TdHX0PGZe49vxoN/Lz02S5EAiuoOZh0sG7DMhM/qw&#10;oijaxdssCjPf67kER38fHBzcylp7jt/HbSSit8vs2J/t7A+V/61nslrwM9ztMsstMiR1Gv6ipOxc&#10;5ZTv/6yMM5fP5xcw81JvmTMj7ZrphwUR6fVaOsfMT8iz1volUcVi8Xm5XK4hDvstILsx8zKZQXBK&#10;27BHkiSHxnF8AjN/11tcTHc5121uU7coinYlonfJ5NnJSr6NIKK/ioh4g+5xaa213+SU6/KNkyxr&#10;SjLTH25J2iUl/WQiWu/3bTNdp3HilylPyAwjiqI3ydi6aSI6TWSUD/OWeraVzYBTMtvNSdMXepOr&#10;OyUNCjLplQsR3SYi4un2xpUjIleJiMyUX9wWZddKkmRvZv5gHMfHWGtfGsfxLkNDQ1sNDAxoAO8F&#10;8EOl1DxjzI1xHL8JsyikVaFQWJDJZK7VWi/eUmU656xzjiuva623g38269at28Y59y2l1LnOuUER&#10;+bzW+o1a6w3jMpwc3sfMx6F29NKpwgK4Xmt9iHPuL0R01hQim17vnHPGmFdWK4eIfuqcW+Gcu38K&#10;9Z08tlSv9qrxccsvr3FcT0QPM/MdzFz0o88TMj2+Z+3VQhw1Ixs2bOhg7y+3JUApHiKi4zkNvjEG&#10;Xt19tv99uZ/N7heRl4iMEufcU3HbIBHdVXq+zcAfxFcu76dTDiOipKy8B71xQ7OsZnOZ+UEi6i8U&#10;Ci8VkYw/Zyudz+oyMlgVx/G+1to3yRYy2N4iHc1/rDf4B5kjoj/7A98VzLyamTdw6gpf4NRFpt/H&#10;SJtq2W3W2qnSghv2lvqbG77TLEuS5LTSAOEP9es5kuaZ+bsVCoG5vvONgoj+ISI9URS9iVOy1KaU&#10;O8z808116O25R56sqG/EzOeVyFwbFU8A9aR/LtdLGtvuGClbnnpm5xOIaB0zb8jn8wc2U8ZkZYt0&#10;NpFRV/cnichZa39W5gLSLanP2v7W2leKyFsLhcIhUy1vzZo1c5j5+0T0h6nkQ0QnbQmto3/xZ+Zy&#10;uW0r68DM32BOab0r7nnSWvsWqRiZc7nctuXWFSKpA2Zp0PEH11dVy7MWmLlorX1NZd2mS5j5G1XK&#10;dMz8N0n9GRv22/N76xu9FpuJ6LGSRZKkZoEX+9WBZebroyjaIgzXW6yziQiSJDmAiP7uH+KNZQ9g&#10;WmVkZGQbTnn5HRGdPtl8oijalZn7q3wAKzn1H/s8M0+LFpCZv1WrHoODg1v5JbbzaRNm/mWV56dE&#10;ZBEz/4BTe9Ly/H8hZZ3Szyb/18xAQkS/l+q041OWOI73JaK4RtGDRPTZJjWjQaFQOMRa+2ZveaST&#10;JDmYiO71z2OYmc/cko7FW7SziYyOOrf5JdOSzWCCtX9JBcwpac5kjwwy/uMaAyJaEkXR7qUXysw3&#10;VqZpFOUfug85Va8+izhle348SZIPyljPdUgaDuvNzPzPamVZa79ZmafvcNc0Ud/idKw6aogiorvr&#10;lE2+rjs3m/fKlStbkyT5AKd2qs7rCR5ev379uFXE5pTNlvHKlStbrbVvYebLKKWj/rykm2wl6dna&#10;NekMT8u8qn+qh9UtcRy/l70FgX9BD8skaQOI6DiuMCBm5kK5jZ0PEri08sNoBH6w+W1pNPeHyHWf&#10;wdKlS7PV9jB+Jv82V7HJ9Muo22qow0tLzlVN1PtC2UwKBSJ6ZwPl/62RuHllEjDzt/xqIGHma5Ik&#10;OZ2I8pwea5QPWqbyMHw6ZXN1trl+KTNmWeC1WidIqmXqYubv+QdwsUyBT79YLC5m5ssrlyFE9NnJ&#10;5Ldhw4YOInq4yoseEa+V84EDm1qGleXjmPm2oaGhXYnoKX/tH5MwRVOe6Oge58ZXwyudzpngA1JE&#10;9Mkm6v6gpGS40/7deDa0pxuow2Misn+jz4iITmbmdUmSfFZE2pcuXZq11n6HU2XdOyQd5LqI6IvM&#10;fGOzSplGZXN0tJBTIpaY03BLJxLRp4job/4jKwVTgKRBGN4jKflo02WtXLmyNY7jd3NqhjPma2Pm&#10;QrkleJNyQuWs5vN0zPwLa+1rOA0OMY7bsREQ0T+LxeJir8S5w+e9okl7xMDT9K2rVgan/JhvkAYG&#10;MU+vV2iw7tFmjqX2mUbqwcwP1Zqtq0hmZGTkBVI2I/vVwB1E9C+/AvudV5hE4s2/plumPUNr7Ws5&#10;DVrxPSnbTK9bt66X06gxTEQPyNTs05SkDFvXVCoCSrDW/mKSeYdEdFeNdywizxpGTwbMvKoUq1pS&#10;59hSlNP+Jj6eNmY+v1rb/SB36aZNm5qx3G8hovsr86qDw5rIu1npIaK10gCY+e5STL3JSJIkh7CP&#10;murzWx3H8Umb64hjujMMmfkmZl5d7SF4Y9DHmDkuUzI0JUNDQ/M4pawb3ZtVeQm2yXV9eR0P8svF&#10;aQczr6/0q2LmL/vfokZ8rvyZ5ZXMVY8CVhPReyZxrpjhlMWqIfiD4M3V2UApz/+E8CuN70+yc8zl&#10;9Eil6JwrcXHuL8/Ofm3T7WEy3Q9qLhFFfrNfNQ2nFHQFH9i9qfz7+/u395257vkQM/9KJrmJJ6Iv&#10;TGYfNhGYub8afYPfM4iISAPuHy1E9MsqS2Zm5lsnGwzef6x/arQtmzvAhefNfLCRuhBR3Gzn9wff&#10;t3gNZ9Fae0HZPk37eAO3M/OZk3metWRaH5I/kBUielK8M1+FdDHzA5weVHY3k/fIyMjWlMZPq9sR&#10;mDlOkuSAybbBDxTTCmZ+2odIGldekiQHlpQblAYCqVe393BqtV6ed56IvjgVk7RGFRO+PCeTP05p&#10;Rg7jBk3LiOiBJrSIgeddEWZ+htJgixmRUZevy4hoxP/+xHTObtP9gNo4dUUnZj5XxlqLK0qDnMdE&#10;9EFpYsTwxwg/aWTGYeYfyiTV/f7wuGE1eCNg5kfqkcX6MFEbfdpv1Ksfp6GuyvNe7a1upsSKnCTJ&#10;gY3O5sy8dsOGDZPeJzUhJkmSLzb4zh0RNeOFvQMzX+zPeJUn9/1f9tGQmDmy1l4iKRHS7JzZJO1Q&#10;H/AVtsz8W2vtEZIGSfgyp6f2N0pzBsaKiN5fOaLXeOjrZApMUT5CzsaJymkURHTTRBpRvwd92Nf/&#10;ynppmfnSivzvnmxby0R5T+eGwMx3bClveW9QfX4j756IHmlydg9ERlm0f0tE7Nt3mz/3nfbQzlPO&#10;IJfLbVthzxf6fU/iK2+9hswx833SZGeIoqiPyzglJnjgH5CpjUQvmQ7lCKdnh9+Q6kvpMeKtOG7y&#10;9b9T6sxSVTrb36fQVoiMzqwNUztYay+YaplNSkhE755oEGRmNxnKAyI6NlWQ08Y4jk/anGxcU/YX&#10;a21t/VJra+vjzrlzhoeH5wGwxpizmfnlzrmrAawG8CSAc3K53BEAnmoi+zAMwzO01ttMlJCZ/2CM&#10;+QmmRq8dYIo+dN5f6k1a69MB5CZK39fXFzvn/gUASqkuAB11khenUrcqUGEYnmuMmdPEPX+Y5jpM&#10;BGuMuZSZX1HPD01rrZRS7wYQ1kiyT43fdtNaGwBfyGQyP1q4cGGtZ5xprtpVMJWe6jeUI2Xr6kFr&#10;7dneqnzKa90kSQ7iBg6OmXltFEV7TMPos7+IDE5UXo065DkN5tf0+WHJgoOZn6pnnM3MZ5eXOdWZ&#10;zSsHmmnjEzJJA4Rpki5OLZOqnnMyc77WuZu19lxvUTTmuySik0VErLWvrlFmW5Ikn2XmpVM50xOZ&#10;4swWhuEJSql2EbnbOfdX59ycIAg+19bW9ohz7suFQmEBJu/hG4Zh+Amtda2RCkDqzSwip2ez2X9O&#10;spxRFAqFtc65pmYP51zROfebKIperrX+ICbBNS8ij/v/dhpjuuqkW1GiLQcApVS22bLKsA+Ai5u5&#10;wTl3M4AtFSNAx3G8C8auNIa01qeIyGnOuY3jbtC6LZvNHl4lL6W17jHGnI6Uun4Uxpi7nHNrARyN&#10;dGVTQgjgjc65+8MwPAfATtls9vgptWgqPdXPbKs4DS5+NKXhfpaU7dfWUhpAvt4sV/U3795SV/Xr&#10;94HfkfEW8JMSzzk4IcGq34eus9b+OEmSg2WKhrkjIyN7EVHCzFTPadY7ksZl9Vg+mfK850VTpEXM&#10;nMvn8wdPpZ3NChG9y8/64zhQCoXCocz8z0ptpbX251Xeh/HKJ2Hmu2S8gu5rnJoRnjI8PDw/n8+/&#10;kIh+688vHaeOrSdUq0czMh0f6Gs4JcJcF0XR7kuXLs0S0ds59cSOKKUaq9rJ8vn8wTUigipO45fV&#10;BaWBBZs6r6sjITNf518IE9GIb1eOU4Pe9ZSyHf+QiN4+nczBhUJhIfsYAJTS9dVKG3AZkc8kO9vO&#10;fvnZFJj5ii1NT+5DOq+w1l5Qze9s48aNO/hOMaqtJKJ/iUhLRdoMp17b4pUhH5eyQX5wcHArIrrV&#10;d6yNpfyYeaOIfG1oaGjedLRnWh4KEX3cV/CvpYr5s7GjKrkgvagoio7g1Bbt5Mrfvcq3rusKET1Q&#10;LBYXT9eLjaLoLX7f5Zj5p0mSHJQkySH+MHofr3HdXFwVXcy8xLfrkxM86+PY20Q229lGRkZewMwP&#10;1Xuu1cDMa8vsObekaGa+gJlZRK6q5sUuaTz1bzJzwdfVSYXPm9cw/qmsPculQiuez+cXWGsv9Su1&#10;p5n5ZyMjI3uVpenx39ukbXqn66GY0qEzM/9sohHQz4brRUSSJDmt8nc/29V68SVX+WmzYvBL1kdF&#10;RIjod5vTp6mGaCIqzarfniDt6KzPqX1oI/kra+0reRI0fH518mGZIXLcJEn252ftF++o4WxsvHXN&#10;BhGRKIrG8EZ674r7ytrkOLVJrWyTGhkZ2cabbqnS795863G/rHzEWnvUZJ7HdD6Yucx8F6dGwJ+T&#10;2rPA/sz8VKnhSZJ8vjKNtfarNV48+eXAovIHLVPzINitZOXPzPdNwS1nSmKtPc/X4ZqJ0hYKhR39&#10;vnHjRGn9sv7k0uDWDDj13jhHxi/LtqS0MfPNZXV6zDNvjfu+rLWvYOal3lF59Lo33h6zdPbaxWqr&#10;LkjaeU8pOTUz8z2+gz7DzKu8V0Kj/nSjEkysQhkDQ0SvU0q1iUgBgBWREQAsIrEx5kKl1A/DMPyU&#10;tfbmMAzvK785l8tt09raeqExZsfRDI2ZW1GG1lofVlmwjzp52cjIyKe7urpKmqiAmU8QkUVBEJzR&#10;TEP6+/s7uru7XwfgS8aY3Zxza5j5g62travKku0Qx3F7M/lOFmEYlrSgezDz8QDG8UWWkMlkNNIw&#10;vvOdc9+tl+/ixYu3BvAGrXWBCnQLAAAgAElEQVTLJKq1CcDWzrnzqv2Yz+e/1NHRMV38lLVQEJEr&#10;ABwGAFrrXQH8gpk/t3z58svKgx8GQXBbHMev11ofbowZzaCnp0c75ypDJi/OZrOvBvDjKmW+Qin1&#10;LWPMDUij3W4DIGLmN4ZhOOKcuwbA6QCOQ533NA7N9MwkSV7EzJtqjIIFv+exzLyiigLBWGu/7tff&#10;5fddJmOn5G6uOFsjoiIzn1NhJtSSJMlnOA1s8ZMG2xAkSXIQEX2BiO5k5qd8nRNKWXLHjJbM/Ae/&#10;Yd7s0owVx2zBdO6Z60mhUFhIRM+Ul+2/t29KdQVZpdawq5oOwHPMVNNkf01ExFr7FUm/iT8xc6Hk&#10;VZEkySc4VQg25bnSzMwWGGM+BKCdme9VSq0SkYxSqgXpmURQ+peZL2tvb19XfrO19kBjzMlVYkbP&#10;8/clAEBEBwRBMHq2xsx559wXwjC8qLe3N/GX5xLRl40x79NaZ51z0mAoaheG4QYiuhfAX4joqTAM&#10;vy4iLT7gvStPLCKLjTHdDT+h/zIQ0ciWKKe1tXUNEf0RwDtK17TWrc65jznn9rDWfqIiXLEtv39o&#10;aMi0t7dXzmxQSu0bx/GO2Wx2Wfl155zTWiOO44uCIHDW2luNMYd6puUHlVLLAWxljFkM4PHKfGuh&#10;4c5WLBa3y2QyextjAufcDgDuNsZ83xdmli1bZjo6OoIgCHRPT0/lwXDGGHOa1nqrynxFpBepKUzi&#10;/96v9BszDwP4eBiGP4GfrovF4o6ZTOYCrfWR3swGzrnhRjsbgOVBECwHgCAIwKm6fwDVTaumbqLz&#10;H4z29nY3cappAQH4lXPuf8pjkPuB+4gwDHdl5s8ZY36J2su6ah/INsaYvQBUdrYlAGwmk9kBwBoR&#10;+Z3W+svOudf29/f/YKuttjoNqVlgU+1v2IKktbV1VT6ff5Nz7qsiIlrrjznnbnPOfWt4eHhxX19f&#10;3Nvbm+/p6RlB+nBGUSgU9haR11XLVym1YGhoaPSjNsa8wDd4BMCHjDE/RvoAlbX2oNbW1muUUkeX&#10;OhoAiMjaZhpdDmPMDYVC4a7J3v/fCudcMjw8PBU71KYQBMEDAKruD7XWOyulfsjM70UT37TWWmmt&#10;D6q8PjQ0dCuAfymlPgogWLdu3WMAhgDs09ra2u47/MNRFDUVM6CZZaTr7OxcBuAMAD8golO11ido&#10;rT86Z86c44joJ9bai1tbW/9VcZ/KZDJvM8bUCpawdTab7QawEQBEZBfnXJ6IPpDJZH6OdPQImPlY&#10;Y8zXAWxXOYsppZaNy7VxrO/s7Gz4o3HOXSfphv2/BW1KqS9qrXeouB6LyBbrbEgVQg8AeHW1H7XW&#10;bc6585IkiTKZzKVo3CB9T6QddHSWmjdv3jCAbwC40Dn33QULFjzjnGtHqghka+3/OucG29vbmzNd&#10;a2Rj5882dpaxCgRTLBafZ639lt/ku2oH1E8//fQ8T/BTE97nDSICIlojqWlMSWnS7o1Iq5pREVE0&#10;WT6TiYSIVlaWx8xf3RxlzWKZy1UoCvyZ1mahtKsl1tqjuAbBUwlElLPWVgazn1t+3FTRjiU1/OAy&#10;5Q7Lzjkhomtl/JFDIA2acTUy5YZBEJzrnFvCKf/HaXEc7wpAWlpangiC4JNJkuwP4Jzly5dfVXnz&#10;/Pnzd1BK7VavAOfcfP/fdgAXAbgM6ci0s3Puaq31J4wx4za4Ho9HUbSuxm9TxXS7tPwnIcbU3Jma&#10;RhAENznnrquXxhgzR2t9KVJD6xIEaX2roT2bzbZWuZ4sWbLkVK31Kc65y51znzLGnIx0BjT5fH4f&#10;Zv68c+6+JEmObagBE/VGb2xczjLMnHpc350kyWfiOH6+lJ22V0ocxyfWG4n8aPRenz70IwW8xUPV&#10;0ahiZPpurbKnKpUHoWXlzfRssyWl1sz2+JbkyS+Jj1Q6bsVRpX6PlUwH/aF2VTM1Zl7WgOuMFh8B&#10;N0mST3Nq95srzXqcEkxNSE0x4cwWBMFBALZh5kecc+dore8QkRat9YuMMecEQbDEOfc3AFXdPYIg&#10;2KOhXp/CAiBr7YuCILhWa71jvcTOOcvMV2HzjbDVNJSbKyhgVeTz+f2iKNppS5ZZjqGhIY3qSoeI&#10;iLaUNnIU2Wx2KYDPOOeieum01ru2t7dfAkD7ehYmU97Q0NBW1toPOOf+nMlkHjLGfE1rfSAAIyI3&#10;OOf+COCgOI53niivCTtbsVi8CcCtSqk9ROQlAwMD74jjeGdmPhXATSJiAESoPU1v10TbAGCRMeYa&#10;ADX9usrwl6Ghoc0ZRXK4yrVmrW6watWqasuUiWCstYe2trbekMlkHgLw8knkMWV0dXVlUP0IpNjb&#10;27tFl5EeYoy5EqnyYqLyj2LmU3p7exnV3yUA5Imo1reLlpaWecaYC7XWL0F6Hnyfc24QwFXGmKOc&#10;c2cD6AmC4NCJKj5hZ2tvb1+ntT4GwFVKqZd0d3f/3hjTZoz5ntb6tblcrjefz5+M6rNLCKCRkK0R&#10;kH6UzPxLrfW2E93gnGPn3IX+qGFzYajKtWbNtzLbbrvtBajtrl8V1toXGmO+r7XeWmvdzsw/9s64&#10;WxSFQsEAMNV+QpPnTNMIfuaZZ77knLuqXofTWhul1Fm5XG4xgIEayTZ1dnbW/Iay2ewTWuv7mXmN&#10;1nqx1volzrkbRORluVyuJ5/PPwjgUaXUMZjgXLbRM4mh9evXnwzg+wB2D4LgRgD7A1BdXV0bOzo6&#10;Hq1z74TLLhHZBEBtt912XzXGHNBgnW4bHBzc3HwYm6pca/ag+3Ui8miSJC9o5ibnXI+ILHfOxQCg&#10;lNoxm83+v2XLlk3FO7tptLW1hag+UIygGbvAacbChQuLQRCcCuDmCTrcVm1tbec656qq6Z1zj8Ib&#10;VNSAMPOVSqluAPORniFfrZRa0NLSckhXV9dG78G+P4C6S8mGDwB7e3vzWuuPAPi6Umpb59zviOgV&#10;qN+ZCA1o9ERkHYBXicgHGqmLc24jM39pM89qQPXOVksrWg2GiPYbGhr6oTHmdWhivycijyil9tRa&#10;Z5nZOue+o5Q6YNGiRR9tJp+pIo7jWsvIHGZuZithUz6ffweAW+t1OBE5XClVVXcQBMFtFZfG9Qm/&#10;rQmcc0f7e+4GsEZr/RYAKgiCXwNgItq9XmWb5SBJtNZfEJEvAJgbBMG11tqD66QX51xdq3Bm5iiK&#10;Rpj5W8aYCZdazjli5m+FYXhPk3VvGsw8bukhIvWWxV3MfJK19v3W2lOstac75570g0KcJMm74jg+&#10;hoheH8fxkaizL21paVkhIucAGBKRi7yy6Pda6zcmSfL8KTeuQSilMiJSq7PN2MxWQkdHx4Z8Pn+8&#10;iNxSq8MZYzJKqZdWXnfO5ZMkeaL8GhG9DOMHs5UicjeAtyCd5TcAuBHAQgCdy5YtW6K13td3upqo&#10;t9nPDA0NtRNRa3t7e5cxZgcRWaSUWuStCSLnXKekrjY14Y026/2+trW19e1KqT3rpQNSA1EAVw0M&#10;DFzQ29u72UdVERnwRqmjg5JSqh7t25Bz7kkRWZTJZH6DspnRGHOBMSYLoD1JkpcFQTAPQL5e+caY&#10;S5gZWutjnHOrlFI3ishVQRC8F8A3AaycWgsnRiaTyTrnxnU259xQg/aomx3ezedtAP4fM7/FGDOu&#10;YlrrasvvtUS0PpPJlCXTHwBwP8bu18k5d40x5msADgJwZz6fPyOfzxd6e3vzfX19iOO4KwiCk6Mo&#10;+tGcOXPWVKtnraelmfmzHR0df+7u7n4gDMN/BEFwQxiGFwdBcLpvWAjgL+vWrVta70GIyD8mmOKH&#10;lFLvqeINMAa+o/1h/fr1H+vt7a37kU4XtNYDGK/4qavwCcPwdhG5h5k/BKD8MN8uW7bMJknySq11&#10;ZIy5GBU2pFXgiOhPAPZVSq0A0KOUWszM1zjnflMoFLZvsklNw1rbAmCcL5xSqtoSeyZQ8jbZtHbt&#10;2hOVUhc55+rtwcqxqq2tbXQvVygUegEcYq0dtxy01l6LlDOzCKQdvPw7NMY8D8CXstlsTZ1D1Q88&#10;l8v1KKWOB7ATgBHfYX7nnLuImT/pnHtbHMdHaK2PW7hwYdXzjoGBgU4ACIJgKWprgqCU2lEpVVf7&#10;6JxjEblBa31Sb2/vlqJSg4j0Y3xna51ISZHNZpeKyF3M/MLy6319fUdorQeDILiuSr5VobXuEpFh&#10;EbnTObfEGHO31np3AHtls9mjmmnPZKCU6tBaj1sBOedmRWcrFovbMvPJAAKvV/iEiHzCq+cnwt9R&#10;5o4ThuFCAO1KqdejYinZ1tb2tNb6TQD+Vi0jInpMKbVOa/3yyntLqNrZ2tvb9wKwGKlK/k8i8vFc&#10;LneC1vrDxpjzgiC4urW19Q6ky5hqH00wd+7c9/n81wJ4qFZrtdZz6s1q3n3mm8aYd/q8thiYeT3G&#10;t8/09fXVYy0GACildrbW3o10X/aSVatWbTU8PPwogKbO3EQkBuCUUmcYYz7pnPuxUur5IrIaqXZs&#10;s8Jr4cZBaz2Ot3EmwMyxUuqjRFRSQJEx5iLn3FuYeVWt+1yKMd4eWutFANq01q9ctWpVU57tg4OD&#10;a0VkDdJlZtWtRtWPnIgCAPdqrY3W+kSt9e/b29tvJaJvAzgsl8ttjToasUKh0KuUOsFPywURmZSK&#10;3jn3pLX2XQA+h+qawc2KlpaWDRjf2QI0cHbonOsMgmAxM7/BWhsvWLDg6CAIupVSTS39mHlQKTWc&#10;JMkJhULhI865v8VxfC6ArFKqqbO7SWJetYuS+gDOOLxPXZvW+vwoihaVrgdB8Mc4jo9h5lp2s+uZ&#10;+eHyC0qpPbzr1r7z5s0b53tZgQDADlEUHcbMX5g/f/6vlFK7ANgdwNbVbqja2YIguFFrfXiSJK9k&#10;5k8BuAvAwiAITnPOXd/W1nZ7kiRvq1WLbDZ7JICdMpnMrgAQRdEfmLmRaR0A4JwT59w91tqjstns&#10;dZghrVccxwsxXr0dJEkykXVLizGmR0QGjTFXhGG4xBhzWRiGRim1a39/f2lmnFCF7zvUDkEQLMhk&#10;Mq/WWneHYfgFY0wPgEr+ls2Bqp0tCIJZ0dmQHq6T1nrnMAy/jrL9ZVtb2xIReZ9zbpwST0SWrVy5&#10;8qmKyy8AUi/wTCZzYJWyjLX2EGb+gnPu986528MwvMEYc6Yx5nCkRyRzAexVraL1lBKFTCZzvzHm&#10;m1rr1xPRocz8QQC3AOjWWlfdOy1btiyrlDpGa92mlHohAKxevfoxpdSddcqqxE0DAwNvKaMU3zmK&#10;osVN3D9VhMx8chiGN1UhygmdcxN95FZr/WVPeFQaKDgMw7tGRkbO8LZ67QD2q52FLywM9wPQpbXe&#10;Syn1lLX2Mq31oHMujxodYTqhlBo3SjvnuFgszpbOVhSRBACUUm9i5nfi2UFMgiC4HsD5Ve67pZws&#10;CGknLVeMvBjjB0NjjPmsMeZMrfXhALZWSj1KRD+z1r7fOfdmAGudc9WOD+pa/bfFcfz8XC63n6TU&#10;cSWr5oykvm1VKb+LxeJO7GnDiej6st/eWknkUw3+nlESl9tuu62FmS+Pouioiayqp0N8iNkLuQb1&#10;OTPbyYQmqiL7VFKuVRNm/qr3sniGiE5i5m/7vweY+c7N/TyY+eoq72jjyMjI1lvifTRYx7vL3s+6&#10;KIr6yn/3jMd/LUsz7GnqRtMMDw/vxmV0f8x8q1TxU0uS5BRmvpyI3pvL5fbxngUlHzdDRLf79zIu&#10;XFi1yitr7eHejWCDdwx9hplvsta+RiZmBX5fWYX/Vcay1eUrURNE9OcKqmcVx/E7OWW/GkfmOt3i&#10;AxNezRMH33vfVMtKkuQ0Zv7RROmI6GpOo7mujaKozzNJF5l5ExH1y9Q4MyeSgJlvq2w8p3ECpov2&#10;fTo627UV9bteKoIZRlF0VGmwJ6K/SUVn8I6po5MBEa2tEastlDp9gJnPZub1/f394zgpxy0jC4XC&#10;QVrrn3k3ghake5ZerfXhWuurkiQ5ps6UbuD5/Ty2bmlp2dv/f8g5d34t1wjn3MODg4PHd3Z2ji5P&#10;kiR5fhAE52qtw4mOB6YB3XPmzPkBgDeV85vUqGuzngyV0MaYvUWk6kYaAAqFwnbOubOQ2ty1iEgc&#10;BMHhSLWZRms9VynVSkRfi+P4LdbaA3K53IRx7JrEHFS3ctmECgarGcbqir9fy8zvKr+QzWZvEZHb&#10;AUBEfofx7lMHlkdMUkpt3dPT01OlLIs6ZmpxHF/inDuppaVlXJoxnW3ZsmXZlpaWTwFot9Z+UWu9&#10;Z6FQ2JOZX0REPwfQFgTB/wKoqg5etWpVxjn34tHM0/3OW+DXr2vWrPm9iFTaosE5t46I3jFv3ryn&#10;S9dWr17dEwTBD8s8ACZUt08BLc6585RSR010uO7RO8XyMgAWKKU2orqSZIeWlpZfAugmoo8AuMda&#10;e6JS6qthGJ4HoOicuw3A5UEQfEZrvV5r/br29vYr/Z5lWlAoFNpRXfM6sGzZslnT2UTkqfK/dRoZ&#10;8atxHJfvwQoi8j3n3CYR+W1FFkZr/dKKPJRS6nnN1kUpFWitz2tpafmfahUdlXw+vx2nEVsukwrP&#10;Ux/s4tdExLUCD0ZRtDtXhPBh5g25XG7fsun6FVwWSpeZY8/NXu5tnSGiqyvy2Wwe0j4wyIT7ybIl&#10;RvletGnxcZzvJaLTZfxyrN1a+wPPu3KipPTXX8nlctsy87VRFL2BiI4notOSJPlo2X0qjuP9iOih&#10;JEleOB3PxcdAGEdbzsw/lc0XZKRpsdYeQ0Tjlv7M/M/yYBzDw8PzOQ0xNmaJOTQ0NIaNoIQ4jt/d&#10;bF28V/iTkhIHj3lGY0bxTCazi4i0Oed+jQp1+8KFC4si8itjjM5ms1WXP0EQ7FfO6+dHiJ7W1taT&#10;y9LcKSK3liX5djab/TWePc9SzrmvKaXeXJH9RKZNk8X+SqnT9QRBF8uhlKpkmmoKmUwmCyBh5jVI&#10;qa1HwcxvEJF/BkFwpqfMFhFZkc/nRWv9tmw2e6Mx5hdKqW2VUiXXJgVAZzKZB0TkJs+VMWVorTtQ&#10;5XjBObcaM2/xPwoRWamUGqfe11rv3tLScmnJ4qejo6Nfa30GKr6l1tbWV4rIuCV4NU3sRPBG5/9y&#10;zi1eu3btGAOGMZ1NKdWrlCKkvkrVICKCJEmqqn2VUrWs0Y/Cs74+VkT+HzNHzLxEa/1VlDWemT8J&#10;4COVnVY2zyFqxjl3hta62Yc6F415kldFabASkQFr7RgrEKXUm5RSj+dyuXZjzPY+3b/mzZt3NNLn&#10;RAMDAx0AjgyC4D4AWLZsWQbp0t6JyLUi8sKp1K+sLguqDUJKqWemmvd0IgzD5ahh1K2UetVOO+30&#10;v/5PQYVD8KpVq1qNMe8yxoxbzjfBhq28Y+9hzHwagPkisnNvb2/tzmaMKSK1TBhj0/dsvdWrnXOr&#10;rbXVQtkqAH01KrM9M7++9EcQBLcrpe53zn0Mz1qGKGY+EcDXauybnq5ybUogopeKyGsncWtrHMeT&#10;3bdppdTrlFIHaK33V0pVjqhdIrJfS0vLPvDnaIVC4X4A73DOfYuZT+nu7r6Rma+Af3Z9fX1hkiTb&#10;AIC19imlVARgygolpVRVDhgRmfZ3MUX0A6jkKwWQ7t+01h+z1r6o2u+9vb17wx9mV7u32nXPKHCy&#10;c+7/MfMdzLyhpaXlaefcTcaYb2utn6+U6o3jeExnrczsIREpAvgUM79r7dq1cwCE99xzTysznwDg&#10;aKXU3XPmzKk2y2ik/j3VKq2UUsfi2dP9Qj6ff08Yhn/xf6skSd6mlLq4mnuEc65ora36MKcAo7V+&#10;rzFmMtFdWrPZ7KQ+5iiKDtdaHwxghfezGp1V165dO0dEIgB/dmmcZwKAzs7OgcHBwdeLyJNKqT2s&#10;teeEYXh26b7+/n6ltd4eAAYGBjYBGLbWNkJHURcisqjG9c3u2jMJ/KXWD1rrDk/wW8174SitdVNU&#10;F21tbaFS6r1a6/cppV7k48rnReRR59zVzrmfIrXRHOM9UPlhr1RK/Ugp1am1vnT+/PmPOeduOuig&#10;g/4G4Ad+03khqruRK9SxaNBav8BaO+qz5qkUSvvCo40xl9TwOQKA4SiK6vrFNQvPWDUhSQuQmo9V&#10;XGpl5kmp/40xBzvn7kHKRrY1yjy/u7u7d1BKmTAM7/V+c13wlATz5s0bNsZcpLU+LZvN/q48z56e&#10;niAIgh2BdG8NoFDLgLgJKKXUODd/51wxDMPNxdM5aWit73LO1dvXHwTg7RXXurTWR9S6wbt1jcO8&#10;efPykrJinyki7ygWiy/etGnTAmPMnlrrt1prz0bqLTPGR7Oys5HW+rPOufNEZL1SamvvMtCnlFpj&#10;jDktDMN6vPj11PNdWutXVV5MkmRf59wlxph6o8u/5s6dO60zWxiG+zdCLOQxZtT0+8mm1cIAoJRq&#10;McZsKyJzAbxaREbz8e40WaSxwDbAEyFNBGY+jIh2xbMdNxsEwZSWkf39/e1KqWpL5XW5XK6hem1h&#10;3IvaDFrQWofM/NEyu1RYa/cGsGuteyR1saoGNsZcgDS23xVz5sy5v5yiY/369SsBjBhjdkNZH6u2&#10;Js0FQfDpKIr2s9Ye4938j4vj+EUAfoI6Wqg6MxMAQCn1GozlswiDIDhHa13t8LAcN9crdzIQkUMa&#10;SeecS5xz36y8rpSq+ZLqgYhuAXCkUqpbRAaDIDjAU0u0Oee2BtCTJMleYRi+HkDvqlWrJqTOM8as&#10;UUodliTJ6J6ZmbcHUpauQqGwfbNEQW1tbZ2obr2+Loqi2cgUvVJE/l4vgVJq9+7u7jeU/jTGHK21&#10;rufyNClFkF9d/F5EHkdZH6v2Ittzudyc9vb2Z3xhgTFmDmprKEfhnCtqretpwXaPomiHlpaWJwCA&#10;iA7TWr9sgjwLcRzf3No6GerFmgi01rs0mPaOJEnuC4Kxj0pEdkVFQIZG0NLSchsRXam1/ohz7pcA&#10;DlBKfcA5F3ij4xXGmPO9ZveRRvLM5XLLWltbO7UPyeWc26C13g7pB/V5rfWeO+644zFInSUbgjGm&#10;C9U725oqIcFmC650zr2ilmJDa51h5pMA/HJ4eLirvb398HqZMfNj5RFMm4HW+oPjrlX8vY9z7jet&#10;ra2XlF3bwTl3jbX2VNSncRMRqcazWI7eMoZkrbV+zwQjC0RkWWtr670T5Nss5qBBi3kRubmtra2f&#10;mccQeSql5qOG39IEcH55crUxZr5SakEQBKfEcXy6c+43zrmLoij6FMa+mwxquOPk8/l9oigqKKWe&#10;8vd0KaX+CKAvjuM+EdldKVXMZDJNHZ0YY7aroTj4FzbfmeeUUCwWrwNQ15NfKbV/kiR7tbW17YU6&#10;S0jn3Mbh4eGJ9ASmWCweYq39ONIlfAszv9M5d7G19sOosLQafaEDAwOdzHwJgJcrpUY/rCRJWgHs&#10;Y4z5BhG9pk7BopSqSnQyWlgaD+ulABDH8WIAL6mX3nvTXo4G9y6NYnh4uMRbMSFE5H6kipwxbdNa&#10;dxYKhara14mgte4E0K+1/qRzbqm19p2tra1PDw4OnlUsFlcEQZBHmRKKmY9BjcGhpaXlUD/TPCMi&#10;+zjnfgNgewBDWuvj/NHChv7+/qacb0WkKi0bMz9R7fpsgA/h9PN6nDdKqe5MJvNqAK/TWtebPO5u&#10;YAZ/aSaTuc4Y875cLtcB4F1KqR9orU8xxnzbOXdh+fJ9tLN1dXW9SCm1H4BfJknymdL1jRs3PiUi&#10;3wIArfXxqM6OC6QHho3ESdsfQIuna55or7bWWjvtsdBERNAgBwgzP42UlmDM2ZJzriObzU7I716j&#10;/A6ksysBWKG1fhcRvbmnp6fQ0dHxzyAIjtVaj7IfG2NeTUTV9pjKS7uIZLTWnwMwKCI7A3ixMebl&#10;AIiZf9fT01MtbkFN1OJZVEo1HNZ2JhDH8QWoETQRAJRSAHBMNWVdOUTkWoydwStXFgERnaqUagdw&#10;m9eEHo+UK/RKSW2Aj120aNG+pRvKlyovAjBMRF9uaWl5snSxt7c3v3r16vOR0nvtNDAwUIvKTbTW&#10;f63XAI+dNm7cOF9EDp+Ae8Q5537U1tY27dYKw8PDRdTRXFWAkXbMMWdL3ti1KZbjsntD+EFLRNZ6&#10;e70drbWnENFRZaZq7T09PQcy8y5a6/0BKH/2qTyhUqeI7MRp3IUjlFL9WutvALgB6RL3zwAe3bRp&#10;08/QXPCRFq31OGdd51yxUCjMxjO2UbS2tq4SkbPrzW7OuX1Q4yDb//50oVAoP17pieN4jMHG0NBQ&#10;p9/336K1/lhnZ6dyzm0rIk8FQfBRY8z/ANgUhuHLS/c8q5bUei6AeGRkZBxJireLXK21DubNm1ez&#10;g8RxfLtzri6FgYhs19nZuYvWep966QCs2rhx43cnSDMp+PY0RFjjNaUOwIoqP0/oaV0FCunharvP&#10;f8AYI2EYXpDL5X6L1Db0E8x8nIg8k81mLzHG7AHg3cx83Pz5869g5s92d3df4Zy7SGv9JmPM6f7o&#10;pLB27dq/I12CriGiJ5n5Z1tvvXVTREm5XK5LRKpZjzwTRdFE+/IZg+8Q4fLly78P4Npa6XTKrVNV&#10;y+ucExG5oKOjY1TtnyTJEZXPo6urSyPdijwAICoUCi0AMt6To4iUnGrAOTd6fFLecRIArR0dHePC&#10;E/nRdEfnXLR27dqarhWe06FuVBljTKi1fh3qMEN56rqzmv1ImkGjJkda60P8v9X2KosxOR6QDHyI&#10;LRFZj9S0ynV3d68MguC6IAj+aIy5AsAfATwB4AIATyilfqyUOkQp9UUReTHSJfmjzLzBOSda60W9&#10;vb37Dg0N/RnATZlMZo8wDO9utnJhGG5Vg5jo6TiOZ21nC4LghUmS7NbX1xevWbPm/d54oFn80Rjz&#10;Q5QZxhtj/kdrXblnjgAMwn/H3p0sg7SjWU+KtRXKDPpHOxsR/R1AhzHmzAonxMz8+fPfr5Ta2zn3&#10;SG9vb00G5L6+vkRELmugQUegvqHs740xlzeQz6ShlKpLLluW7kQALdbaxyp/E5H5ABZNpnwRmQMA&#10;QRCsqWVdrpRaiFQbvJ+0PCAAACAASURBVAOAOSKyRkQeA3CXUupepEvbBd6xlp1zfyei7nnz5hl/&#10;X9/atWubjjeezWZ3raYlds49WYsndDZARCLPFq232267AWvtic65ukq7cjDzX7TW70HaiQCks6VS&#10;6hVVjC7yzrnHAbwSwG5BEOyCVPuYHxkZ2aGtre1KAFsT0YOlG0Y7W7FY/AOAx5RSR7a1td1FRJd7&#10;UtZblVJfAZAEQXA5qq/9S1odMcZc4ZyrtuQqx661vKGdczlr7SeRzrQlBcC0wzn34ATmPQBSNw3n&#10;3OeLxeIy59wY7ZRSqouZ64YwrgVvjoVisVhEjTBUIpIDsFhrfaJP832v4h/wsgrA9SLyNe8VsVAp&#10;1YnUbWdvrfWSybBHE1HV5bFS6iFs4dC+TWIEwNvz+fw2QEqW688zJ3zPzLzMGHMigKfKr4dheBrS&#10;5WJlQBVBulRd6Jy7TWt9qR+gHu3o6Jijtd4XwJJMJvOso2q5c1uSJAcx8yOVTnQiMkhEH5AKp7uS&#10;ENFx8qzzp/LENK5KPhOCmb9Vytda+6o4jl9QrcypSj6f3947+TVSp9gT7Txc5bfzmyxbMfNFIvJX&#10;EcHIyMg2zPy9ammttT8iohOtteeIyAmS8mZoSR17y51tlbX2myIiRHRqkiT7E9HaOI73bbJuEJGQ&#10;mX9dpZ1ORF6+Od7FdEmxWHwVM8dE9OmK9lwy7qWObduwtfa1Fc8UmzZtWlRydCaiT1Yps8VaewEz&#10;xz7NIyKy2/Dw8HwiOrmMfwciVQh/PBPR26y15zLzhUmSfCKKot2lTsxgIrpBUsat0rU2Zv5lvQbW&#10;anQ+ny8RpWSY+Xc1GjkdYpj5iibqxsxsK68T0d1ShYWpnjDz+UT0uP97LjP/WMYPZG3M/OP+/v7O&#10;OI73HBwc3KpentbaI3x9PpIkyf6eqKet2efiSY/+WaWd62XsO551UupsnpBo9J14BoLllW0qgZm/&#10;KlW+b2vtj8ra/8Ea5WbiOH5BkiQv82RVNeO7j9MsdnV1bTTGXBkEwela69PCMDwvm82WW+hXQ49z&#10;7qNlfxeiKPoIMz8w0fRdgUvb2tpWA6OH3q8GcGSTeTQKds79opElBjDqFzVOg6WU2iGKoqY8t51z&#10;BX8+o+BDJA8PD4/Zw8ZxvD2A/nnz5uUymcyjXV1ddbWnw8PDD/v9yXAYhnkAbmhoqGn3oWw224Mq&#10;Qf3Klq+zGSEAaK2fR0Sj52htbW2riehMkfErYOfc3wuFwvmo+L6ttYdo/f/b++44yYpq/1N1b3fP&#10;zM4mZheWsARhBQVFQRQVRAwPH6CAgiIGMGBC8BlA4GcCffCMCCqigogBfQRBHjmDSAYlCMsSFmbZ&#10;ODO7M93T3ffeOt86vz+qevZOb8eZnp01nM/nfGB76tatW/dWOud7vkcf6csI1QdWJNls9rFMJnOH&#10;J6uqn5ix7cepIT6e5yOUMhb09PSsMMYcYa19pP6V68Vaa4wxPybf2CAIjtKOVevlU5XAPQzDO8iZ&#10;bicjC8IwbOvcppQqElE4ODjYSy4XeTRr1qxxgy2Xy20rIkvJuR2a4i8322yzIWvtFcVi8SoiesZa&#10;u2YCEegVaosNQMvWZejcZC2RRERdXV0zyX/TWutjU3+SbDZ7uYj8OV3eg8z/2yNPxmTZsmXdWuuz&#10;UkYiodb9snWlYwm2giDotdZ+Lf1bV1fXM+Vy+T+ttTe2UMW1uVzuGSLH8qVdHm8iojna0epNhQyL&#10;yA+stRNmivI+m5bi4ipirc0TUdDT0zOT1ofqj8PRGWN2DIKgbkKSlFQMSKUwDI+fNWvWWnKz9Eg2&#10;m23XmKFEpGZEs1JqypNPTlYAzKP1YIEDvfm9IqPW2u9Vxajd6BmTx8nWW299slJqz9RPFTzrpKTT&#10;2eyOoiq844wZM1ZqrT9gqzKGVIu19nzyS/k222yzh9Z6FyIirXUYhmHDyIDJyHPPPfdHIrp2ktXs&#10;SzWigOuJ1nqd1jr0YSwEYCSKonH+uiAItqImyQ5XrVo1I47jMVqHkZGROUT0ZWvtBVrrNblc7tkG&#10;l9eqr0drvYEl0lobW2tbQQdNqyildqpw1wRB0JXL5Y5I/314ePg28rGJ1toCgO9Q1faQmd8qIl+s&#10;QjdZANXclG1LRwabuFB+0lrnrLXfpQ0/vEFjzEettTV9Ptbap8MwvL3y70wmc0hVkTdQfUzmpGTR&#10;okVxkiRfsta29WFWyU5xHLeMkxSX0TQwxswkcoMvk8mkcaJziKhv2bJlDVMke0KZMTCtUmo+gJNF&#10;5G3eodsWOn/WrFlzqAaMSUSez2QymxrvSLUoqYpR9GeuMdfRvHnzCiLyW/+366tTRZfL5e201uf6&#10;kLK0sA8InZR06syWzlCzF4Djqco/lsvlllhrj7PW1jroX0rr2ZECrfXBVX/fcqrObURuu2utPdZa&#10;O6Fwf631/DAM62acrJYwDAeIKMxkMrOJiMTlWhuD9RhjdhKRxT4Isa4kSbKl1nrcgFRKvRgEwZvD&#10;MLyuvacgymaze/iIhGp5gpqErky3jI6Obq6Uqiacek25XB5nvAqC4AYAzxljfkTjJ6M5uVzuZ3Xi&#10;HJ9r9i5akU5tI8esVFrrQCl1UpIkG2AfwzC8WUS+DWDsIa21hpkvIW8Y8Za9asT57Bod2VEJw/A2&#10;a+3HPSdi26KUege12J+lUmklOXT4HCIia+2aNAWBdfTmTS1/WuutM5nM2LlEREBEEkXRRBzPioje&#10;XOdvt9AmxBNZS4IgeCltmGgy58Np0rLCWvvjTCaTjpHsYubvE1G9YNKGEMRWpVODbRx4WWs9L5vN&#10;nlVJ9ZsSGRgY+IlSauyMJCIPZrPZse1lEARv1xsSvebatfhNRMIwvBrA4dbahnnA68hrfPLHptLT&#10;01MkRwizGZFDilhrx1AkYRjOE5F4ZGRkM2PMvhVqAyKaNzQ0NMv36wKl1F4AvsLMZxpjjp8xY8Yn&#10;yOE1J0LZ0K21fkP1j9baPIBN3jjiOTazVb8pcu6jtETPP//8ubQ+XlADOE5r/cF6USgi0pHg5U6d&#10;2TYA6Vpr95k7d+5JVHXWWrBgQZGZv5bCrF1NLqEdEREFQfCWWvdQSk35YCMiymQy90RR9A4iusBa&#10;204M2A7ZbLZmErxqWbVqFYvIqoppHkCZxqeGVWEYvnLmzJlXaa1vDILgjlwu95C19s65c+feNHfu&#10;3JustX9RSn1VKTWstQ6CIDg2DMMTtdbdmUymZixaIxkeHt5cRGpFYiwpFAqbbMBoRYIg2LwOBPD1&#10;VDUI03nZjDH7ENGp9QJJrbWWmTfITzER6chgM8Ysrl4J/IOfwMzV5y/KZrOPiMi51toygHSSA03O&#10;GFJLJhSoORHp6elZobX+pLX23dbam22dzDtp0VqH/qzZFMtZKBRYKbW8AkBm5rLWOqhE9YrIGmvt&#10;iUSkReTd1trDlVJ/IYcpfa3XlxDR5VrrA7XWJ1lr/1SpPwiCtjkje3p63lyLQ9Nae1tfX9+kfUwb&#10;QWriS5VSc5MkqbfSzwuC4IwgCBql9H02l8ttAEKfiHRksHV1dT1CNfb0WuuZWuvvlUqlDYwH5XL5&#10;59baS/P5/POpn7cnonp8jFtQbYKiqRIbhuFNzz777MFJkhzKzL+31r5Y5aepljcXCoVm0ee0aNEi&#10;Y61dRv5ZZ82aVSYiXrBgwSwiojAM+8nR2V0dhuF1YRheG0XRZ8kbkay1V/rrt3366acVEZGk+F+s&#10;te2yIwVa6+rtFnngdduGlumQIAjq0VzkiKjWiq0BfLqeXzEll1OHwNedOrMNikhNs77WeqdcLvd7&#10;D58Zm/V7e3vXxHF8cjpcH8CeVH9l6BoaGqpGXk+5LFq0KO7q6rohDMMPaq33E5GjmPl8a+19fvCl&#10;X8TO3d3drQSUWqXUMyJS4XaMiCjJZDKVFekZEXmWUn3R09PTRUR/sday1vpDAM4konJqSxRaa4cB&#10;fAPAZW0+Zq+uzXK2OAzDlhm5plMA1Fx9tdZBLUtxkiS7K6WOq8XAXRG3g+TfdqqNHXNqK6Xq7muD&#10;INhJa30RM7+TUh/QjBkzVlJq1lBK7V5tHElJ2NfX14igZarFEtFzHjd6rNb6LQAOo5RxyGMn30Mt&#10;9KuILPZkPCG5o8Foyuw+qpS6q8rfs0ZELhGR1URUVkotIxdYSkREQRBsSURDQRCck8lkHmjz2fZK&#10;c56k5GpKxXZtygJguJ5RS0ReV/VTl8f+NkweKSK3ZbPZJxuVaUc6NtistQ23G1rrrZVS5zPzYQ3u&#10;OyFOj2mSUiaTebgaiqa1flsrVskwDJ8kZ6qeR+R8ldbaMXykiPydxiciHA2CYAul1F/JwYfWkMNV&#10;0rJly7qJaFdyPJ/tDg5lrX1X9Y/W2iGtdV1qgU1NtNYrqDYtPimldqQUuRQzv0VEqoET48Q6foTv&#10;UQddHh0bbMPDw7fXcViPSRAE87XW5zHzoVR7u1iTPs2LWbVq1aZGDmrDMPxdlQFl+1wu1xRels/n&#10;B8gNjMrAXNvV1TVGFWGtfYLcYNSp394sIhcTkRhjXiRP975w4cKXi8je5Ah+2j1f5ESkVmTFn4no&#10;8TbrmjYJw/B58pNPtYhILxHtRuQoG8MwPKmFhCrXp1FNnZCODTZ/9rqi6Q21rgy46gN5DxHV2soQ&#10;EZGIrGtEyTBdMjg4+BARjeEG/Tb4KGqClRwZGSkR0TJm3pJojGVrbEUsl8tLyG0xe4iIkiTZVUR2&#10;CILg/4iI8vn8CBHlisXilgC+o5QqFYvFi9ttf7lcfm2d1FBb+3fUcpLIaZbnaH36sXGilMoB2J2I&#10;aM6cOe+01jaknrfW5pn5K1RnpZyodBKILAAuaGKtczd1A+4Xxpixg2scxwupgbVxUw3Jr+Dt0ucF&#10;pdR+SZI0TLzhuTyeVT6LqYisSqNIPHo/kyTJjr7Ot5PzRyZEzn0gInPDMHx9EAR7EtGqmTNnToRv&#10;5H21zsla67201pdaay+iCfKsbGRJiKgmuZFjHVSvIxdZ8fl6zFpELnYNwH9ns9mWQsPakY6i/jOZ&#10;zEMicmdLN9Z6YRAEvyyXywv9vxfUa4+11mitb+pgUzsqcRxfTURjQGat9cwwDI+ixj43EZEH/HmC&#10;RKRA47MAidb60Ww2u4P/+61KqcU0PshxGyJaHMfxa2kCtODer3d4vb9rrXuI6EgA11MT9uppkl7P&#10;/EZERCJyfQMqxT0AHK6UenWdvxMRkdb6sqGhoZ/QFMDTOh1ik4jIdwG0tAJprV+Ry+XOIkcKWnew&#10;EdGTQ0NDN3SslR0WH11+SdXPRzbzuQF4kDy0qlQqFa2149Dm1tpeY8wKIiJjjCJHgW6JiJYvX66s&#10;tZeXy+VSoVAYJbcFbyup3w477PCOZgGmWmsVBMHO1tr/NcZMWajTRMQYs1tfX9+XyH83nrSqXoDr&#10;dkT0jXqQLCLnwB8dHT1+IiRJrUinBxstXbr0FqVUO47Qwzzl2GYN2nPVJo5iEK31bwCM8VxqrXfo&#10;6enZwMqXlmw2u1JEgqeffjoXhmFJax2mueGttaE3hFAmk7HkcI8BEdFuu+2WUUrdO2fOnOfnzZuX&#10;J6Llfivesmitj2mj7FZBEPwqjuNWs/9MuWitd9daf5R8gpPe3t7V1tr/q1O2y8cIbiDWWmOtPWvd&#10;unWH9vb2riYi8s/Z0bCujg+2RYsWxcx8qrW2aYopIsftEQTBN4IgeGmts4O1NkqS5K7UT7NpYsSo&#10;Uy2LlVJXpn9QSn0ivc2pIcNKqRe23XbbbXt7e4tEhC222CINSCZmjomIstnsYyKinn766YCIqLe3&#10;dwsA3UREy5cvz4lILpfLtUxqWyqVtiaitvKJa623D8Pw+7Qhrdu0iFLqP4Ig2JaZxzCpIvJja23L&#10;hg1r7Wpr7ZFa6y+lJvRMGIZ1t9cTlY4PNiKibDb7qDThWx/XCLeV+XidP48AGKMHAHAEgN9QY5LX&#10;aRFmPtdaOxZfprV+7bx5897c6BJPj/cScsYPmTVr1ti5zft60oaX3kWLFgVERF1dXUnFET137twu&#10;7+xuOVNNLpc7RjsW37ZEa30wgKkiYWpHtiWi1xARicgYbUYmk3mQiO5vdrG1Vqy19xhj9gvD8I+U&#10;OqP5/O5bUGOSq7ZlSgYbObLWHxPRn5qWrDSkfhLxFzzShIiIlFKvD4LgYGY+nTYxs3Q2m32Mqjjm&#10;lVJfbJT1U0TuzWQyu5F72fkkScYGG4BiEASZcrm8HTmq8XSO5jXkz2g9PT0LlFItI/OXLVvWrZT6&#10;aKvl06KUIqXUZ5us2FMuAN5AHlvqs8CO7YpE5LJGE73nnLlAa31gLperzsozJwzDU/zk1VGZqsFG&#10;5OjsPmutnVTgXfp6/4JfRkSktf5EHMcHTbKNHRdm/kl6dSOiNy9cuLCuX2dgYKBfRPrIfSxFpVTa&#10;Irk2l8tt293dPQTgFCKSZcuWVT4iaK2LREQAdgHQMjJ9iy22OIScwWCi8vrNNttsOs9uWil1eCWk&#10;xsOuxia0crl8K9VxEwHIi8jJWuvP0IZoG22tPZWIdqEqZuSONLrTFaalp6dnOTN/2NOgTUiUUmMo&#10;hgULFswnooqroCuXy32Fmud426jiV7ffVWbWIAhUNps9hepkbd16663XiUixUCjME5EhpdRYuIeI&#10;/DkIgkPJAZVvIKJ7Fy5cWGECk8o9lFIvVUq1ypERBEHwmXTsV7uBsj4af4MogY0lPltNOhRr7tDQ&#10;0Fj/9vb2PqG13sBmYK1dHgTB0UEQ/ICINmBU8078T2mtdTuTV6syZYNtcHBwJhFRNpv9OzO/31rb&#10;Nj8jgMSj34mIyBizBaW4Oqy1ewA4tCMN7qAkSXIOEaUJct4ax3G95HtWKfVwJpN5JRGNc2xns9m/&#10;E9G2g4OD3QDuJ8e2VTlHCDlDRQ8R7Z7JZFriCGHm/ZRSe1X+DSBvrf0pgLbo/IIgeDVNEQlTMwnD&#10;8D+11lumfprhk4lUBJQCafvz2WIA7yGicUasisRxvLPW+myt9UwA+XK5/Hyn2z1lg23OnDkHeIsX&#10;ZbPZR5IkOcJae1MDp+MGopSKrbVjH63Weue0998jAz5ag35hWqWrq2upiPyo8qxaa5XJZE6jOqub&#10;MebxTCazm4isIhe3VxERka5sNpv1UeNpR6tSSr2kUCjMIKL5o6OjrfiGAqXU59KGEaXUeWEYniAi&#10;328F/ZOSbZYtW7bRozD8u35f+jcRyebz+XHfcuW78Tamv2mtD6viHUnLgkwmc16F7Ecp9bhPmNlR&#10;mbLBppTKdnV1fZb8wbWrq+uZQqFwJBGd3apbgIiScrk8RsCjlKoFVH5NX19fS3QEG1OCIPgFEa1P&#10;F6T1XgDeX6tsd3f3SiKaw8zZIAjSZ7YKeDsIgmBzcgaRiiEg1FrvN2PGjDNEpKu3t7dWPrVxUi6X&#10;91FKja2w1tqBUqn0AyLC8PDwGa2if7zMWrhw4UZf2fr6+l6rlGqWSJPIO7dF5MF8Pn8YEdXcFo6O&#10;jm4O4KdENOawt9bePxWpsaZssFlrl4rIscaYsUjY2bNnr9Vaf9lae5S19n7bnGe/NHv27MohVonI&#10;BnhDrXWGmQ+hKUot1aoUCoVq3o9ha+03bCrNlFLqG1TFfOyFReSxTCazdxpFsmrVqhnW2kIul9tF&#10;a32iiOxB61fHvYloJ2vtgFKKieiIGvWmJcxms5/XWo/VD+D7FSeux3h+p43z23RsIUNr7YdadFlY&#10;a+1iY8z7586d+0KdMgt6enp+qpQ6pMrHexNNAQ53ygabMaafnM/6zJGRkTTHA4dhePXKlSsPBHCc&#10;tfbxBkF/a2j91mlG+jyTFq31vp43f7qkq7u7+7P5fH5cdsowDK8loj+mnm87a+1JtSpIkuQ+pdR+&#10;3rIWEBHNnz//YCJarZTqI0dc88pSqfQKIqIoirSIBFrrE4hoDx+TVtf3GEXR/kqpt1X+DeCpfD7/&#10;03SZcrn8IBG1ROXn+SrbwmJOVrxh5IAWizOAo9P54dMSRdFOAC4iokPTA81au3JwcHBq2J/rpbfp&#10;gPYCuBsA+5xr2TrlFjDz/wOwUqoEwPWVcoVCYXMAT1aX8eUK5XJ5hyl8lma6PYCnfdqmDf7GzC+m&#10;mjscx/EeNcppAOcCuF9EeteuXbstgCeYeQDAN0XkEwAiETnUl88AuNQY8xsAFwC4JkmSE6VGDr3+&#10;/v5uADel+gvGmMNrtGGOzzHWVHzOM70R+1gx89fqtOVpn64pXf5tderRpVJpXwB/rVWXMeaiWn3Y&#10;CZ3whcVicWtjzCFJkuxXr3OMMT/ynVFi5k81eDkqjuNdAVwKgFPPfkmlTKlU2o6ZV9XqIN9JB09F&#10;B7WiSZLsByAxxvxKRILh4eHNBgcHZ6XKHJN+Lv/hd1XXUyqV3gTggdHR0S2NMT9h5rUArhaRPQFc&#10;B+DSfD4/v1K+XC7vyMwPJUnyJhHZFsDvpUYONWb+oB+olftfKbUnv22ZebheH6eFmT+8kft5QYPJ&#10;9lERmVNVvlbOvJCZPwag5ncEgI0xB9S5/5yVK1fOmMwztFM4iKJoURzHxzDzZQCWAjD+xdVMlGiM&#10;Odhbg4SZ1zLzEdIgWZyIdMVxfCyAAf/w51f+ls/ndwFQqtVJIiJJkpw6mY6YjDLzKb69/aVSabsk&#10;Sd7AzF+W9ZNLRtzEUXmphplPqFFXD4ALAVzAzEsB/L5cLu9ojPkBgJ/KhgNUiVvpHgRwB4CbxWUn&#10;HfeRMvOjlXsz81AURS+vcW/FzJ+r179pAbBWRLbdmH0cx/FHAaBOe+6vmtxqflsi8g0AxQbP9YCI&#10;zK7VNwBOA/A3cSmV3ywb9vOkB1tGRF7FzJ8HcBOAVZUZ2j/4MIAREZlb6/pisbgVgBdSD7NK3MfR&#10;aMCpJEn2ZuZnAPw81dmvrtdJvu4Lm9Q7VZpl5ht8Gywzf5SZ/wvA8+k0r6Ojo1sy87J0X9RJYbyA&#10;mR9g5g8bY94C4BoRuaRB5lEVRdEiZv5QuVzeqfpvxpgzKx8pAJskyX/V6adXNdo5VPX1b6XNbKuT&#10;1Jqph1PtuU0aZFkdHBycBeDn3m9bU6y1wsyfrFNHCODOSllmLjLzEwB+WC6X/0NqD9D2Btvo6Oir&#10;AayGz48Nl0L1fgBnJEnyhjiOP8TMxhjz7jp1BAAuSD8UMw/FcXy0NEgbLG5w7Q7gtNRv+9TrKN+2&#10;65csWZJr5aE7qeVyecf0eZOZnwTwoohIHMfvT5c1xvwnfP5l3+ZaKxEZY97JzH9i5vuZ+f+1+jJr&#10;6D7MPJi63w0DAwMzq8sVCoVXoka+8Dr9XC6VSvtuhL7VlSOKP68/1aBNV0kdm4BPW3xFvVUxVcej&#10;6S16lapisbhVHMdHGWP+AGBN6roSgKf9zqPhat/sgecBeAzAmiRJTonjeDdxH0dlZpwLYEhEflWv&#10;DmPMW5h53IwCoAjgZyKyfYN7q0KhsHmqngMadZa4hPBtL+2T1TiOP1aZjKrFGPNbGT+paD+BVPqB&#10;vfFjg3r9oJgjEzdCzGXmO1P3qrmSRlF0IIDlTfp2TAD8fmNMasaY/f3Zlsrl8g5+B1WvTb+VGqt1&#10;oVDYnJlvr/d+UtfDLwCt7Iy6mPlSAGsB/AHACl/HmiiKdm50bbOKlTHmPD9T10xeDuA2Zn6uQUN7&#10;mfmOGg9oAaxk5hOlhUTrxpiDGnWYTwhffUieUvVWvht8x6+t0abFS5YsqT5L9DDzNal+yBtj3tXh&#10;tml/xqhsHxNmPlrGvyPljwd1z8HVAmCNn3Cnum8XAHjGbw9JRHZpNGCMMWdV1+GPMA+38lzMfH2t&#10;Fb+OzgPQD+APIhIODw9vZow50J9361ncWxpsZIw5GAAz85G1/s7Md/itUd0ZmJmPwHgr45jAyaPG&#10;mHdIg5nFbykaddjyGubfqdZ9/DbiXAD3pJ5nlW+TKRaLW1Vf5z+EMcsagKXNZsV21BhzQHolAPAT&#10;SX0IAwMDM70hpuY7qSVwH8EJMvXmfg3gMt9/14l7969t1LYkSU5J11EqlRZ6Y0YrzzWQJMlrWm2f&#10;MeYgOAPXB6r+1nRVbFp5sVjcGsAzzHxL9ehPkuQ1/rD4YqOb+etub/LQDODi0dHRLevUs2eT61dU&#10;Bhszf0RqmNY7rMoY81MAg3Ecv9IY8xvfjkfEWb0qM/Geta6P4/jV8FZXf91dnZgsvItkSaVeZr4z&#10;bVwpl8s7+XN3w61Vjf69uL+/v3uK+5SSJPlkqm2X+L56RaO2+VWbRISGhoYWAljc4jNxkiTHS4Nv&#10;t1wu718sFvfyZbQ3tKwslUoL2322lgoB+J5v3DXGmP8slUr7JknyNX9eEwA/bFaHP7uNttAB65j5&#10;OKmydkVR9FIAda9PDzYAVzHzU97/NFUWynneInWliOg4jo+Gs0Z+KYqil1UGkjHm7Q365EBmLqSe&#10;4feT8eV4q1t6i/pMFEWL/N+1Meaw9OG+VQFwT/r8PFXq33E+dd/z/O+LAJh67TPGvFVkbGFodUWz&#10;AM5vdv5k5r+KiDDz8wB+yswvMvP/yQS+q5YKrV69egGAe6tnQ79lureBWTqtgTHm7FZnVAB/Hh0d&#10;3UP8tmVgYGArfzasV/6ppUuXzvEd9FX/W2KMOV2mYJWL4/gVzBynZtXtAfzOD3jFzLeKiBhj/qNB&#10;PYqZjwZQ9u21AM6aiAFiyZIlOQDnpPpjtZ9sKtvGbyNlCW1VADxWw6UwFZpNG3T8vU8Tcas1gEGp&#10;IQAQRdHLCoXCFnDom1aeyQK4odl368/klwFYh/GghBUAfiQib/O7tpYGXjudscAPlucBDAJ4iJm/&#10;JOstgF3NXsqqVau2gHMctiR+JfuGiMzxD35Lg+Jj1khjzDtSxgEL4Iq0z6sTaow5HMBa7//b4O/M&#10;/Ek4REItWNS4SYiZj4dHeDCzYeavS5PDdpWGzHwS1vtA13p3jIrjeNdWLHI1+t7CITN26WS/1VNm&#10;/mLlnVXun/J7zQPwRJ12ronjeDdmvrGN5/pLsVjcuoU2fcwbr+bGcXwUgIuZeTVS/joAj5ZKpe1a&#10;ecaJdEyQ2rurNdOAbwAAIABJREFU4eHhzeI4/hCAOwGsKxaL2zS6PkmSvdGeqdkCeCBJkv2MMWc2&#10;KHeHeKum961EVX+/ayL77HrqB9PztQwgXl8FYKRFWFPIzCemVrjI4xxbGXABMx9bWbUAjMRx/BFx&#10;aJyPogbmtJU+Z+Z7RkZGXtqp/mqk+Xz+5ZUjSaoNcQWC12iihfNxXd3KZAIAzHxLK9/B8PDwZgBW&#10;Arih+vcoit5tjLkIzip5q7S4c5poB4XlcnnHJEm+xsxPVz3MV5pd762TG5jKm3RUAcC1qG/VvC69&#10;/fKz8jhh5rsGBwebzmgt6jGNBpsx5gBmjowx72yxvkySJJ8DUPDPEzHz15oYJQJm/ji8+d6vtMdG&#10;UbTIGHMxGiAmGvSzYebLRWRBh/qp6XP7M1B1O0bjOH5lqj9/Vqe9aHGgJcaY34nIvFbaxcyfZWYY&#10;Yw5sUG5O6kzc8cHWUyqV3gjg/CpkwvPGmNOZ+V4Az7bis2Dmj4tIS6DXVsQbBsZWAn+4ri5jmfnK&#10;FnB0TTVJkjcCGKkczqtUATiLmRFF0cvaqDdg5o9WzicAEgDfq9PekJk/lRpoq+I4PjZJkk8AeH6C&#10;3TgM4LTJAm7r6Oxaz8HM76t1lgQwlP6OmPmkCT6TABjw/txWz+5dAB5l5iWddOC3VZiZP516uUVm&#10;fswtZnySiFAcx++Hc6B+qIX6FDN/AMDqiXZiVYeOG2zeD1KrnIFDbTSEizXT4eHhzZj5IWa+xYf3&#10;VA7JyqP318C5AdpFtShjzDsBPCciwswWwB+qzhhdzPyV1NZxuTHmLAC31Vv5m/SdBfC4Bw5MhfVW&#10;x3F8TI1VYG4aJJ0WZn44XdZbqNt9rgIzX+v9dJW6MtIE/GCMebef6AaNMd+N43hX6UDYTVuFi8Xi&#10;a71l5knvhJ4N4G9wuLrMwMDATA8gvlNaBKoaY97q8YRtHeBrdOwtkpq5vGOzHkp8nTHmLZPtPGY+&#10;gpkLAJYYY37IzJ82xnwPwHIASZIkn5AJfrzeD3dn5RnYhdK8UUTmGWMuqPzuV+uBiWwZ/fUFAOe2&#10;YjCYqBaLxb2Z+YHqmENm/jwz1zsWnF9VtuXBBgcq+FWSJPvK+HOvjqLonUmSvK5Be0MAN8KBFYyv&#10;by2A33pgRVO0Uz1VIm1Ff4fW2itF5BVRFO09Y8aMlcaY44IgOMdae3AYhtcDOFUpdarW+iAiur2V&#10;SkdGRl4yc+bMM4noMK31hIhXrbX3rVmz5q2ppAjKWru4QuJSo/xta9euPWTevHmt8qGkpYccQWzG&#10;GPOBIAhOqU4ZC4fr+66ITJjLQik1X2t9ktb6db7Na4noRa11xzhXrLXPWGvv1Fq3QsS0Tmt9JrWR&#10;3bRYLG7Z3d19KRHNK5VK+1VoGAqFwvwZM2bcVev9+LRNn81kMudWfgNwQhAEZ9e7DwDxRLV/MMb8&#10;PpfLLabx1AYBMx+ilDqpXC6/q7e3tx4b2T7W2uuttT+11j4QhuGxRPQGrXWPp7i4i5kvyGazN7TT&#10;D0Q0IQPJocwcJUnyKf/vuXChN9eJQ0dv45fudpHhXXEcfxh1AgRbmM02wEYaYzY4t6XKxzUgaDVD&#10;hWroEcz8N7+qP4I6PqB/JgFgjTH/I+1tp3qMMRf6ber9aWMPM38YdRzVAOIkSfZK1+UNb7XKGhF5&#10;kJk/3cAy3JMkyZfEnUl/06C9CsBFANZVVuElS5bkkiR5E4BfwwMCmLkURVEjw0lHVjYiol4AdxGR&#10;CYJgfyIatdZ+h4jevG7durf19fUVyM36xv+3YZKDwcHBmfPmzSuR50MsFotbdnV1fUQp9VGt9Y6t&#10;NgqO629ResaK4/jwXC53ab1rrLU3LV++/JCFCxeWfR1fLZVKl86cObMhQWc+n++bMWPGFUEQ7Nus&#10;XdbaYRF5wSecXyoiq6y1Q5lMZi0zD4nIlGZT1VrvrpQ6S2vdPZl6ADy0bt26d82bN68ljhIiygD4&#10;slLqa1rrjLX2Or/bEXK7jsu01u+uc681QRBsR46cloiImPnHYRgelypjgiC4G8B5QRDcQLXzHKgk&#10;SV4RhuE3ReRApRSste8Lw7AmLf6yZcu6t9566wuttYNhGH6OxnP9B0mSvCwMww+IyKuCIHg/bYSV&#10;jZj5BG9KfYeI0PDw8Nw0rs+H9Z8O4NxmM2GpVNrHA0nTe2FVLBa3SZLkOAB/QZXPrM4MZ0XkVem6&#10;8/n8fHjfVZ1rRiSFXUyS5Av+wD6unlpaKBRegRYxeFX3jOFAAS8AeJyZb4MDBZ/GzB8tl8vvKBaL&#10;rymVStt1wirIzO8HcIsxZv9WlJlP9eeVe+EwlDGAteVyuR6nRy3V4lwjYxEF/lsgkQ2Dimv00RXV&#10;9QG4PNV/NxhjDm5i9V5gjDktbYAD8GgzS7RffRvFD6omf6+rE3qBPur4UWb+rIw3APR4Z+9TcFJo&#10;hA302gtgsfe1bF/994GBgZlJkuwF4HQAf5YG7gLvTkhfH8KFadQVZv58pbx3axQAPOsPw80iyvcC&#10;sKRO1RMSbwVb540sSwB8VyZhOQVwtjHme62U9YPgAQDnDw4OzkqS5HgAJe9gb7UNyiN4xjmp2YWg&#10;kMhYcGxNg443+HwmXac3vN0J4FZjzEGNJqFisbg1M5/EzM+mjW5wVvPP17tuY+iEL/TA1MqqpYwx&#10;B3k/m/F79GcArPYYwYYWHD+QLIBnmjiBe9etW7eDMeYQAOcw86MYj1n7TfVHwY4LpK4YY/5QKbty&#10;5coZFcQ8gDXcnDNFxXH86gpYdSoEwK2TQNv3MPODNc6mG6jHT14O4L41a9ZsGcfxHn71PV9at8Cp&#10;KIoORRVqBQ62NsY8hhSGs8bzmnK5vGO63pUrV84ol8tvbbCSaXGkSGcB6GfmDSzbcNR99SKxN+3B&#10;ltJXMfOfsB5qVEiS5JR8Pj+fHRdH3AyyVC6Xd2Dmdf76kn8ZzYwVSkRml0qlN/kA1wEAq6o71LN2&#10;1Q2JB3B/+iWmjSpwvsQvSXPz/fZw6JZJuS/qtO85aRH1UK3eVfNcM5TDbbfd1gXgl8z8TBzHuxWL&#10;xW0A3M/M17Zx7y44sPMGwahw+MVdxQ8c1KGRExHxE1dL7hK/in0cwK1oHMltmPljjdre5F4BM59a&#10;KpVeP5H3UNFJDbQoig4Tv63ze+klAAqp8Pt5AP4K4CFp4kiEQ1FXOqddJ2sgItsaY87wnTp2TX9/&#10;fzczP9jgRayrfAgiY8Gyado3Y4w5r4XVZQ6AH2ACyPpGwsyoB3ZupgC+CWclrvsx9ff3d3vuyedE&#10;ZE9/RLgDwF2t+t48FvXaepMagMcrZyW/YtaF6iVJ8tUG91I+Xu9jAK70E2xTJz4z31gPCeLbfgsc&#10;0KHmxOKtkQbAGRN5DxWd1GDzYQ0rAFwTx/HufhUZBXCp+A8+SZKvM3PSgI+PRIT8bFoNRi3D0bm1&#10;GuKhPch0nFEmSZKa5J4pOaZS1m+nnq9qhwVwY4PA1oqGzHwU6vASTlR8+yfybp703BqNJohrADw7&#10;Ojr6au+2+TOAe1tFsnsy2Yb0AwD+t1LeI/nrlbO1ItYHBwdneRjbnf5M3ZC8p6rONfl8vi5kjpk/&#10;xMwMd6h7npk/VTUwNRzZ8EqZJF50UoNNxCE1ZP3HrY0x3wdQjuP4g77RvxIR8caUhnV5/FotGTbG&#10;fL9ZREED3aXegdy/kHGEMQDOrlPuqRZC6JUPdrylU9vK9MrQqiZJcgKAJ1avXl3zA4miaGcAjzDz&#10;AyKyvQ9T+TucQanVj2pbboFBmZmPr1wD4OIGz3mvpN6D396fzMzL2hlgqfsyMx/V6BmWLFmS87DB&#10;p30bAOBv/oyp4jg+0g/EL7bYJ1M32KrVMxo955fdSiR3FEVRLWruas34LWdN8avmRcaYt/ptXSAt&#10;bDN9h97QoN7F6Xg3HwZUkwiHmUdaZGLKMvMXGp0l2hFOhf43U38GXlrH+qaZ+QPMPATgQm/pO5KZ&#10;h4wx/ystmrVHR0e3BPBYC+3Op+BRsxtdw+vj1zLM/DEeT9velsA54Wsyl9XR3iRJvoz1BMGWma+H&#10;IyN+SjoQgNzxwSYyti9f4s8vw+w42lvCSnq+yFbpE+73B/ujS6XSdn4lrTkImPm99VYaOC6K/VLl&#10;FTPf3eDeiUc0NCW/yefzL6vMmpMRZn5WWjNWdAH4NTM/ViNgdoEx5tcAVjHz0Z6P8UIAJWPMadLi&#10;O/Jb7ZtbbPfjFQOU900O1CoHYO3IyEif/3b+MqFOWl+XhctF0DYu1U8iP8L6UCfrrdKTHhdTMthE&#10;nNUpSZK9JrL1S5LkU60cfKs62HhjzA+NMQd5J3v645mNGjFuKfmfdBs8dKxuGwCUWwQabwtgXTvP&#10;0uCeF0jjgNKQmU9k5hKPZ3/q8vCoZwD8X6FQ2JWZj2LmF+DCow5q8gxpDYwxP6plXq/T5nMq16Yj&#10;6KvFGPNLcURJTQEMTe7HxphfSGMwRdNB6CeGK+AA7h1hFJuywTYZveSSSwIAP5nIPj3V6esAXJUk&#10;yfFRFC168MEHe5j5I/UGEBx/RXoL1Qsf5tLgHmvrxLONKTN/tYNnNwvgW3Uso13seCDLAC7zZbJJ&#10;kuzLzDcCeIqZjzXGvJ2Zb64YnxrgCWtqHMfvq7fFrtHekqfnrgy20xqUbTl6v0EdEYAzpcEK3d/f&#10;350kydeMMd9l5k/69/cSPzn3Vl2rpINcpBtj8ARPPvnkzEKhsEUURTt75/eXPLdDoxmjF45sZdIf&#10;KlzU8x3sYsBq0mx7o864VE7seDGasek+1sByl2HmmtwZkxEAFaD3HBEJfTjRL/zq/nwcx7uLc/L+&#10;1q9e53jY1h/h/JiPGGMOkzZnbH+fujTg1ZLeQoqbDO5sds1EBQ6WdYw0Rrpo75czVdeCXZ6DBwFc&#10;YYw5m5mPbycKuxWdCBC5oRQKhfldXV3baa1fqpTahYgWicj2RLRQKbVAax0QEVlr12itDySihxpU&#10;NxfA+Uqpw6oyQ05YrLVSry5m/mYYhl+n9aEZc621j2utt2pS52+01p+gFHDWy57W2jvS2T47JT5f&#10;9+NEtJSIXqW13t5aa4joQiKaJSL7ENFfRWSx1novItpbRJZba3+SyWQupHZBtESamb+ntf6vVt6F&#10;z170jSAITiciSpJk9zAMb9Na18q8OmHx2WvvjqLoiz09PQ9R44yhs621NxHRq4joOhHpUkrtQC6J&#10;ZF/l2/T1rjbG7JvL5Z7uWGM7OXLFLbvHVM8czDwK4GlmvgXAD+HZgz0XfkOgsqd3/m11nVMh3hI6&#10;zhrHzF9o4bqyR8mMOwv4s2erZ5u74eBGj1UO5xNoP+By4T3JzHd7S1qZmf/GzP8lk/ATxXG8OzO3&#10;zDmJKv9WA7fOhMRvqV9g5hPbcIsob3G0cBmSwv7+/u4oit4FFyD6NwDfYeZL4jg+Ujoctd7pwVZh&#10;QvqZMeZ3AL7jz073Dg0NLRQRNTIyssh3Epj5gy3W2wvgjFaslJMRAKbCtVh176bWRABPDQ8Pj8uH&#10;AEf73cp9SxViGQ+8fiM7arprASxh5nzTStbXFXt9EcD/RlF0aIVPcxKqjDE/brUNvh0XyvqPdXZl&#10;gp2o+ElkFRzI/R4A/z08PNw2n6VHyDwBYF2SJPt5+NgfAayt8e47qlNWsddARE72HXWSOD/aD/3M&#10;co+0d/jM+HPHpM3ojQQuu041mPmoVlYoY8w5klqpuQZrVJ173l8Hya68ef43da6rRrU/BeA33pH7&#10;EumQFc1nkelv5Vl8W9Z5ym4SGbNCtmRlZOY8gGcB3GuMuZiZv87MR5ZKpX3y+fwu4twfk+KPYebP&#10;+Mn+GnYppss+meak6m2mUz3YKpTYf4JjOPo8HBGOYeb3TqA+NTIysjNc1GzdDJKTEQCravAKZtGa&#10;X2m4VCq9sXJdqwYB1Ekb5XX7Wh+6X71+l/p3kiTJZ2QKCHvY8VK2ZBlObdEq7egC8Mfqcp76YC2A&#10;x5j5KgCnG2PeE8fxHh6T2RJJ7cqVK2c0imsbGBjYqgYucp646O7EG8+uk4nnwNt0BpuIUBRFLwfw&#10;LDNH/oX8ucbDKWmRiWrJkiU5Dxi+tREMa6LCNZD+3tnadDsH4IqKaZ6Zb2+hvDHGHCK1n7ULLky/&#10;VsjIM55I9PrUb0sa4QAnqAGAllZo34blkkovZox5O1w+PguXy+x2AN8zxrw7juPdKnTtE2lbFEUv&#10;i+P4yHrxbZ77/z7UABB7P2oCIJ8kyRs63GfTN9gkla8ZDn3xvuoX6s3sl7eDAfQz2qFwYNqOnecA&#10;LKmRUUYnSfL1Fq6NyuXyO0SEas3oNcoXxeVorn6+LDN/HXWiCOCCSkmc0/y+1O93dJIpy5v7G/ob&#10;U/dmZq5w05C48+6PjTE/McYc4s+0nci70CXOEHd2vYQffkd1ozc21UKAzIbLQ87+25zyFNEbZbD5&#10;pA+X+hdya9Wyn4ELBSmLiHjW2rZeSH9/f7dfeb4FH8rf6KNoRTzwtPoFzGHmPze7FsC14pLRf7eF&#10;skkNBMc8AOfUO+cAKKQDLD3w+X7/N8vMN1fTxk1UPRltq+etK2T89i8UF5fYqQ9Z+fCtSwBc1QCd&#10;lPVhQ4kHwGtvGPlCVeziYXDO/YdaTA6z6Q82n0JpCI6//bDU33oAnO33zgyHlAdcfuKJkmLO9gj2&#10;4/zZ7gG4qOtRtJf8b3V1xLDXPVEH31cRdiFFb/eGlVbuWYGKzWYX8vHXRmckjM81TiJjmV6u8Wch&#10;y8yPiFsxJ/Whe4txU2HmxS2EIE1YPWXDf8Px79/UgK9fwwWxMhyaJPQhOn9i5pEqDGwPgKv9sWGq&#10;kzxutG1klzHmfLgkBJVz2WwAFzIz+0PqF7wZ9sdwPrX/6UAHaD+TLfBbq23FhZPsKiJ7+mQdB3rU&#10;+7HMfKIx5jsAfum3pj+qcfiuiUKoFma+UlwGmKYU63BUgL9m5qebrcrcmGZijs+/UAnoXQvgzMnk&#10;VkOdcKOq9q+WFkiSJqI+WPTrzLzUT8TXNMLbMvPnvPHoYW8YyRpjfo71yUoCcSvdHv39/d1r167d&#10;ro0Uv/8Qg42KxeJWlQjuF198sQ+O76LC6rs0BXnqAvB7PwA/00LdQRzHe/gB1BJqvQVVIpL1L2ED&#10;c7DfFjf0O/lt8Z7cILRnIgLgYQDXVyszX8HMlzLzHwH8lZnzXocBPJokyfHtZjb1AagN49Xg8sBN&#10;ii6ghs4zxrwHLkXToDeuWBG5pAmPiALwM18+9hPn6f7/zxb/fRhj3gWX3veUDre7oXYcrtWCLLDW&#10;/pqI3kZEBSI6m4g+S0R/11q/i4jWeV7Gx4nIlsvlPSosuvVkaGho1qxZsz4cBMGnyXEzPsDMD1tr&#10;/9bd3b1sKh5iZGRks97e3t8HQfAf9cow80+J6Fal1O+DIAgncz8AXyCiofRvSqn3aa0PtNZG1tqj&#10;wjC8td71g4ODNs3P2eI9j1JK/UZrrev8PSKiU0XkSWvtrCAIeq21M7TWPUqpXiKaSY49uouIeoko&#10;JKIZRFRdX0JEa4goS0Q7ee3RWodEDpJlrT1/eHj4pAYM1vuQg6+VrLVfJ6KT/e9WRP60YsWKDy1c&#10;uLBsjHldEAR/JKK1WutDiOi5Vvtj0rIxR7aIUJIke8JRKQz4rJzKzzRFADf5mWtbAKsBlJuh6tOz&#10;2sjIyEsBXOdnNoaDKr0A4ApvSTzUg0snnSRBxFnqmLluWlkAa7z5eVLoCRGRNE9Kqi+/5u9TbpLh&#10;dCI6G03iynw/J3AAaAZgPSayY+Lf4Zelwa7F+2yHmflqcVtsnSTJp70twDLzrYVCYXOfT/wpZn5x&#10;orwuk9HpWNmIiPYxxsSZTOaByg8AjldK/ZCISkQkWuuZ1toVcRy/IQzDY4hoIJPJ/JQaA02JiLQx&#10;5uNBEHxbaz0n/Qdrrfjri+RmtKVENEpEfSIym9wMTERESikQUV5rvdZau0pElorIEmPMo93d3SuI&#10;yPq6drHW/qleTgFjzGeI6K9a69uDIMi100lVbb/EWvtbY8yjL7744qpFixbBGHNSJpP5b7+yHRKG&#10;4Y0Trb9KFIDPKqXO7hQAfCICYCAIgk8Q0Z+owXtn5rcqpS4LgmCOtfYPWuujicjEcfzOXC73ayKa&#10;DeBJpVRMRNtba98bhuFNG+kx1svGHt311DtoS3Bg0D8DuDlJktd7S9LN/tD7rTbyZW2PDvKAVMTP&#10;5v0AfsfMR+Xz+fnFYnFvAM/WKs/MD69du3Y2u8yiE47Pa9ImBnCxz8/2enEwuIxM0BKZJMnrMY35&#10;C3wf3xNFUTuZTw/F+ujqn4nfvfh384L/vcitpTObEp32QeZV+1gzMPNjNf4+B8DFfstyvrSOqczC&#10;gaE7Si+XFt/mETRAlxhjfiXOd/irTg/+Om0aBXAXgDOSJNnXG3pasewGnuX5maluY4O2lwF8RxoT&#10;w9aaRJQx5oxU//6PeONWFEU7M/N9InJygzr/NQZbHMcfqeyvxSWs36CMdzo+6F/IVW2gJLSIHAFg&#10;wuQxnRA4XszZAP4wVStcLfF+t6cBfM+nza2FOQw829a5zNwRgqJ2xZv1H2khb16v94vtkvpNGWMO&#10;gGPgHvSTsk2S5GTxA85POB05q09Up32giTjqAD/Y/iC1P4ZMkiSn+u1SxMxlf3jfpdV7RFH0Uma+&#10;BhNMGtgJAXCRJ5T5ARok/JjC+0dwSSv2Ed/Pg4ODWwP4dsU3Nx3CzKuSJPlKC/4uBYcSAoD7PUpG&#10;G2MOh/MpPjE6Oro7M3/NG20MM3+6SZ3/WoNNRMIkSb4gtZHXOo7jj/ntRcTMp4jDxa0B8IS050zt&#10;YubPAHh+Y2znagkz3+lXmCMAPLkxV7mK+PPvr70DeINsMn5SG/Uf8CAc+qejk5Q/l60GcHYbJLwk&#10;Iq+Czx7EzLckSfJFACMAHkgRvGoA34fzr50nGwH32IpOlzWyVVHMfKBS6ndKqRlE9ONnn3325EWL&#10;FiXMfIBS6hsicpq19sVsNvsEtehDiqJox2w2eyIRvbfTYfqtiLV2pYicXiwWb50xY8bhSqljiGiH&#10;il9pGtpjiWg5ORqFu5n5aa31QCaTKSRJwkSkgiB4uVLqSCLai4i2mGhbrbWJiDwvIpcDuCiXyy2h&#10;5hbmcWKMeaPW+ndBEGznLcz3JEnywa6urqWpYlkA733uuecuXbRoUTyRtnZcpnu0N1JvSVrutw0X&#10;V28zfBL5E5l50BjzjTYREoGv/zdowD0/VeJXj5t9Sq3t2RGnXgIXmT2yMVdeAHcPDw/XwoFWqxKR&#10;7aMoercx5ofeCPNco5UPLrHKam9lPs8Yc0i7SJZa6s9oK0REmPly2QjxaJPVTXZli6Jop0wmc41S&#10;ahER3VosFt8/c+bMgXQZY8xrgyC4ioj6yKESblq+fPlhlUyiLUpojHl1EAQfJqKDiGi7eoiJVsVa&#10;m5Aj1MmT8+mViGhEREQpRUQ0n4heqrWeZa0tEdFtWuvzR0dH7xYR6erq2k4ptVAptbVHZbyciI4S&#10;kSeVUs8RUdFay1rr+Vrrd1hrV2qtzwGQVUr1Wmv7lFILlFKbE9FmRLRlo8yj1toEwOmZTOZ/qA2E&#10;CREFpVJpi56ens2jKOoLw3B2GIazAHQRkRGRESIaArBq3bp1/al85x0RZn631vrnRLSZtfYXg4OD&#10;X+j0PToq0z3a66mnAH8RLr3Q9jXKzGbmm5jZwnF1jAJ4RFrPJVZr1t7WrzCXwRGaNj2nwPkGlwC4&#10;AcB3mfnoJEn2zefzL/co+F7Z8MzQkyTJa+FQ7E84LDYSOLKfH/qMrtvLemPRnnCpuMblS/BBp8KO&#10;r3+DZ/IJDT8Jn33Tn5OW13ouAMU4jhvy4m8k7U2S5E2euuADTSIJVBzHRwMY8TQHX5ONgN6fqE57&#10;A5p05KtT6afSqj13hAFwJ7tsp8Zb2joBRtaDg4PbeILTEzxq/Do4Z/t9AO4UkUuSJPlckiR7+w9i&#10;QvwVhUJhC2b+ODM/XDGWMLOBS0R4V6lU2s7Tfa/yPBlj11YGm4jcXt13IrKLMeZX8EG1zFwwxnw3&#10;iqKXRlF0CFz65HFbVQD9tWBhG+t9i8jb/Na0EtFvmfkOaexXDZIkOY6ZlxljDpdNxBhSS6e9ARNR&#10;j3BYA5e4Yx9xzkoxxnx7Cu+rRaRrYGBgZqOcAhPVfD4/P0mSE1GVtbPCusUuZ1o6vD8E8EMREWa+&#10;pvL70qVL5zDz55l5zMoI4ClPipv2M81JkuTzqGIihkNfTMc7/ZSIDANYaoz5Fjt2sZuiKDpImk+g&#10;GY953WRXNZF/wMHmndu3AwAznyqOI+PX4uSY6vI+ivlbhULhldPd9hZUiwvLuaOy6rBPt+R9cz/y&#10;5XrgkDGJL3O5yFhIzG3wsXZ+23jdyMjIzlJncoiiaJFfuR+Go4k7fWM/d6lU2teb75+Q9fwlSiZ+&#10;JNgkddob0KZqz8vBcAkP5opzdN4nIpJKTUTi8kn/FzMvFxEBsMKfeTrBgTGl6gfNxXBJIn4oMkZQ&#10;c20cx8ewS1g45p+Do7ojcdsw638zcBHvrWS+CUVk7sqVKzeXFlmtOqnGmN+LiMRxXA+3GBhj9o+i&#10;qNNkRhtVJ2V1mwZR1toBInoGwCnkYt82IxcjV8xkMi8QERlj9rPW3qyU+p5Sqttae7/WessgCL5p&#10;jNmdiAJysVWbpPT29q5et27dp4joUq31dkSUIaLHiGjfMAwvCIJgnyqLaSXG6zVaa2WtjYnojOXL&#10;l3+BiAZbuCUT0boFCxasIRdbNpUSGGP2zefzfZUftNa7ExF5S2u1KLiIkKvCMDxsits2pfKPNtiQ&#10;yWTOKxaL+2YymQeJiLq6urYhopki8gIRzbHWnhcEwdVEtDcRXZUkyXuIaL53fl6cyWQeZOb/sNbe&#10;SURHkAtY3OSkr68vXywWTyCiFYODg12rV69eTERRHbdETESBtXZPOBjY/9Naf6tNF8jGEGWtPSMI&#10;gmt7e3s/T+u/vxEiIq31PjUvUurlQRD0kpsU/nFlupfWDmxBDoRjUVrlzdqWmZ8zxrzHU6FfJOJS&#10;5frA1F5ABK85AAAJjUlEQVRmvlnEEfPAYSwPlc5RKnRad6nwInrL3AYC4JvewX+/P+NNKbPvZJRd&#10;St0YwGAURS/3v53iz5cDkuKc9PoSdplsV9exTP/D6LQ3YLLq0eoVGrcygO9WaMk8VRmYueyRGmSM&#10;OcSf+Vb5HF0vwAFW/2KMOUA2vQ91zLBhjDlLaojHi26bJMlxsolb5PwEeLN/XxeJSGZkZKQP63Na&#10;PxNF0eEeOH4UgCeZucguzfEma9ZvRae9AZ1Qn+X0BB/qrkTGcnuv8jPmD0RE+RXidv9Sz/FlZzPz&#10;Scy8kpk5RcOwKb7YueVyeadqFeeHCmTTGGjKx4/VDdI0xuwPIA8XZ7iP/31PZq443+EnRADoN8Yc&#10;vIm+j7Z02hswVS+cmSuksI+lMJWHpqx1d3vejsr2cQ4zv7+SnhjAfUmSfFEmkWbpX1E91XwEYKhQ&#10;KNRzkCtvQRVmvqVC114sFrcB8H1vbb2OXZqrudP9TJ3SaW/AVKhnRy4BKFV43D0K4x6/0v0FDgpm&#10;ANzkV7MxkzeA74sXOLqDf/hZdYo0FJE5cRzv6s/DytP83eD77kf1+s4PyjX+jF1NR/9PqdPegKlS&#10;Y8z+PkaORBwDk49afrFcLu9UKBQ2T5Lkq3B8IpUMMCQumvo5PztXaLfHBan6fASbvL9uijTwqP0j&#10;4NIwj4iIMPNwBe3ijVbMzKsa8YjA5dyDd2Zv8qj9yeq0N2BjaH9/fzcz3yUiAuBP6eQdxWJxqyRJ&#10;Tk1RjR8BBwq+ml0qIWGXeKFSXxeAqwBcOzIy8tJisbi1r++fevXzELU3G2PO87uCEoDFAH4Hn3gD&#10;jvGaPLP1HSIixpgza/RNIG4nsYCZn4XDZO7RyfZuijrtDdhImmFHGf6YNzvfy8zvr5ExRwO4UkSE&#10;HSX5cX6bc22lTBzHu/kP7YkkSfZi5uUAHoLL1vJuz+z8zwAzCkRkW2PM/gMDAzM93cCQiAiAPxhj&#10;DqictaIoenfl98r1zHyEX7VekPVRG2Ecx7sCOItd4hJdKpXe2IhO/J9Jp70BG1nnMvOnUoPuziiK&#10;3lOhx/NuhEEA/d59sAsc/nBYfKgMHJ21BXDGihUr5idJ8lVmvhWOeJYBDDHz7QC+ZYx5S6FQ2GIT&#10;eO5mqqRq9fEZTx/x597XiUthdYeICLv82CQiPXEc7w6X7PJFZv64OD+ZErcdv8/31en+HP1zuEDT&#10;dZ4O/F9qKz7tDZgOzefz8z3/xt+ZeXGFqYuZK8nNzxZnRldw4Fx4y+VsZn5S3ODbM1WnTpLkTX6g&#10;lpn5cX/4ZzgU/aZgkq+pcRx/CMAvCoVCtcM4A+A6EZFKHB0zH+9XqweY+QsAboaLIxwA0O9jC1dW&#10;2JmZ+SO+fIGZR5h5AMCFxWLxdTLNTFfToZssPnAqxUd8nz06OvqHXC63Q09PzwpynPTvJSIGcLHW&#10;2vriN3q247czc6C13tlae7vW+m+pKq1Sqo+I5hDRI0NDQwfNmTOnLwiCVwVBsJoce3K16CRJXhYE&#10;wQFKqV2ISGutX2TmB8rl8v1VUemK2uTpGBkZ2ay7u3ubbDa7OYDtlFLbE9HW1lqtlHosiqKLZ8yY&#10;sSoMw2NEZP/u7u6/kcNfVsRYa+/TWr9DKfVGIjqXmW/IZDIDWuvXWGt3JqJHReQrAG7JZrNFAOdq&#10;rQ/QWn+ciG4MguD/ADymlNpcKXW51voCInq0p6enVn/888t0j/ZNRb2P5xoAN6TTxkZRdLCI89fB&#10;Zddhv10adz2ck1yMMT+T5sYSLY4hbDXWs0w95VdGA+BhnyBRi4xFrV8H4KaKMvONAC6th5T3Z9S8&#10;r7/kt7lPi09hxcx3+XTJp/nnu7i6Dp+ilwE84i2QGi5AVwD8VsafTbsA/K//2wWV35Mk2duj9TfZ&#10;1X1j6bQ3YFPS/v7+7mKxuFX6t4GBgZnMXPLboVG4YMtqR3cvPGRMaqeUHace4zfsrZ4/FudaWBDH&#10;8SvgKNjKcKmYXiMiZIw5yJ8xR7A+WvwBv507odY9KlHcAB5PkuRNIyMji4rF4lblcvmtzJwXEUmS&#10;ZG8PY6v4E8fhQ8vl8g4AlgEoxHG8u4iQh1AlABYPDg7Oyufz840xh7BLQp8AeGIao703aZ32Bvwj&#10;KMYniT+/+u9+kAwBGGiBn17BRVwLu5TB4yyX3lhzib/XeeLYfiuD7R5xhprewcHBWYODg7Pq5T4o&#10;Fouv8yva4rSRZuXKlTOYeYWISBRFB4pDzpQB5GsAfbsA3CUi4ikHKrF2/XBW2svgzP8xgMcBnJnK&#10;s/dvrdJ/tBCbaRGt9ScAnGyt/UuSJBdX/z0IglcT0VwRWbxu3brlTaoLiOjV/rpryDFvjcmiRYti&#10;ADf4f75s1apVPak/d8VxvGW5XO7r6emZ29PTM3fRokU1s8wEQbBOHLvV/Ewmsy8zvwvA5zbffPM/&#10;KqW2gPNt3UdEo0qpvxLRjCAI9qqqhonIEBEppbqIXKydtfYGrbVSSr2OiO631h5WLBb311qf0t3d&#10;/UKT5/+XlX9JA8kEpD8Igm8PDg6eO2/evOoYMSUibw2CQFlr72mBSk2TSxJIAAaDIKhVpmJA0AsW&#10;LFBxHCsfxrZrJpO5k9YbS5JyufzB7u7uu6orSJJkXSaTGSainTOZzEVElBMRIqIVRHRZEARnzpo1&#10;a4ic8eUurfXrrbVHE9EfydHwaSI6mIh2t9auYeaHKm0Nw/A8ALclSfLn7u7uFVprzJw5s8lj/1v+&#10;PdjakDpZL0Ol1GJr7QN+xm9WDcixD5OI7Frj70pEXuf//0UiKns26EBEViqlfgnAEhFprUlrXTMr&#10;68yZM4cBDPtJ4JfW2ivhEPT53t7eteRXLCISY8yFYRh+VCm1D4A7lFL3E9FLyLEfF0Xki7lc7qlU&#10;9Q8FQfBQd3ddKsp/Sy2Z7n3sP4kqcWeplnxHURS9p2KFrJG15W3eRwdmfr+IUBzHR3qr4J3SRpAr&#10;gEtFRDx6vmH7kyR5AxwM7QWvtyVJ8v8qySs2gT7+h9d/r2ydESGXwbQl6e/vv3rHHXc8h4iO11pf&#10;aa29m4iWENFWRPRWrfUcAFcODw9f09fXl760RG3426y1z2utSSm1Q7P2ZzKZu4no8KGhoS6ttZo7&#10;d26stY4zmcymSZn9Dyj/HmzTID7Rw4lRFF2XzWaPIaK9RGR/cme1Z4wx38lkMuf29fXlJ3MfpdSz&#10;1tqV5Eh8WnGMJ319fVNN+PMvK5ss1/+/kGhyFsqKVdGSO9eNvZhyubwwk8m81hizxhtDWn1plbor&#10;df5bplH+P0UublDPvX+GAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQCBqjFL3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ2g8BPiVFUFnCokWiTEzY23SdR4HcVukr49&#10;2xPcdjSj2W+K5ew6MeIQWk8akoUCgVR521Kt4Wv3dvcEIkRD1nSeUMMZAyzL66vC5NZP9InjNtaC&#10;SyjkRkMTY59LGaoGnQkL3yOxd/CDM5HlUEs7mInLXSdTpR6kMy3xh8b0uG6wOm5PTsP7ZKbVffI6&#10;bo6H9flnl318bxLU+vZmXr2AiDjHvzBc8BkdSmba+xPZIDoNqco4qeH5EcTFTjNesucjyRTIspD/&#10;B5S/AAAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf&#10;//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Q&#10;x9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVi&#10;slQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN9k+MQfAgAA&#10;5QQAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAOGQa2Ad&#10;igAAHYoAABQAAAAAAAAAAAAAAAAAhQQAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgA&#10;AAAhAIGqMUvfAAAACAEAAA8AAAAAAAAAAAAAAAAA1I4AAGRycy9kb3ducmV2LnhtbFBLAQItABQA&#10;BgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAOCPAABkcnMvX3JlbHMvZTJvRG9jLnht&#10;bC5yZWxzUEsFBgAAAAAGAAYAfAEAANOQAAAAAA==&#10;">
-                      <v:shape id="Image 47" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAs1h4wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/Ni8Iw&#10;FMTvgv9DeMLeNPUDlWpaiiC4Bw9+HDw+mmdabF5KE7X+95uFhT0OM/MbZpv3thEv6nztWMF0koAg&#10;Lp2u2Si4XvbjNQgfkDU2jknBhzzk2XCwxVS7N5/odQ5GRAj7FBVUIbSplL6syKKfuJY4enfXWQxR&#10;dkbqDt8Rbhs5S5KltFhzXKiwpV1F5eP8tAq+GzMvgry7Dz18cTQJ7dY3Uupr1BcbEIH68B/+ax+0&#10;gsUKfr/EHyCzHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAs1h4wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                    <v:group w14:anchorId="09EFCA01" id="Group 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.15pt;margin-top:4.85pt;width:52.65pt;height:52.65pt;z-index:-15876608;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDfZPjEHwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclNtu4jAQhu9X2new&#10;fF8CaKGVRegNW1Sp2kV7eADjOInV+KCxQ+Dtd+yEUMFqt+oF1kzsGX/ze4bV41E35CDBK2tyOptM&#10;KZFG2EKZKqe/fz3dPVDiAzcFb6yROT1JTx/Xnz+tOsfk3Na2KSQQTGI861xO6xAcyzIvaqm5n1gn&#10;DW6WFjQP6EKVFcA7zK6bbD6dLrPOQuHACuk9ft30m3Sd8pelFOF7WXoZSJNTZAtphbTu45qtV5xV&#10;wF2txIDBP0ChuTJ46ZhqwwMnLaibVFoJsN6WYSKszmxZKiFTDVjNbHpVzRZs61ItFesqN8qE0l7p&#10;9OG04tthC+6n20FPj+aLFa8edck6V7G3+9GvLoePJegYhEWQY1L0NCoqj4EI/LhcPiwXC0oEbg12&#10;UlzU+Cw3UaL++s+4jLP+0oQ2ojglGP4GedC6kef/bYRRoQVJhyT6XTk0h9fW3eFLOh7UXjUqnFJX&#10;4ptFKHPYKRGVjQ4quQOiipx+uafEcI3T8Kx5JQn6KMr5TIyI6t8k2DfKPammiZpHe0DFZr5qhr9U&#10;2zfaxopWSxP6yQHZILU1vlbOUwJM6r1EPHguZvhiOLUBER0oE/ox8QFkEHW8v0SOHzhcEZSzcSNB&#10;XzhjCX5orfd1y/1iNj93S7L7C87BDnzYSqtJNJAUCVBqzvjhxQ8s5yODgv31iQtphqbGWUrcw9zH&#10;YX3rp1OXf6f1HwAAAP//AwBQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCw&#10;hH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3ed&#10;c35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoa&#10;GnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5&#10;857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q&#10;1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+&#10;w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFn&#10;ufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoD&#10;gMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa&#10;5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5&#10;CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI&#10;6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8&#10;P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJS&#10;qfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKre&#10;AUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7St&#10;SrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi&#10;8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0c&#10;HLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZ&#10;z8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svM&#10;D7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAY&#10;Y45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1&#10;ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK&#10;7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW&#10;7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c&#10;7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaq&#10;qpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZ&#10;ba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8Z&#10;Gdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI&#10;1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+&#10;oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE&#10;/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7n&#10;uHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Y&#10;l7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXK&#10;EjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9&#10;stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dK&#10;pYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PT&#10;s73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2Bm&#10;UdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693&#10;LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr&#10;7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIB&#10;x5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJ&#10;Jma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZ&#10;V7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplP&#10;ZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKR&#10;ac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3&#10;myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oV&#10;mgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3p&#10;Hk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3o&#10;U1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s0&#10;3Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZW&#10;xwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tT&#10;LzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ&#10;+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7&#10;dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBO&#10;XZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1&#10;pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZ&#10;poxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejr&#10;VZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmP&#10;mX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5A&#10;VRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnrib&#10;mVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz&#10;85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQF&#10;QbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37Oklv&#10;RxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicir&#10;f9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+exc&#10;XLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatm&#10;cOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvc&#10;zg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1P&#10;ALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GU&#10;iHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORC&#10;Iprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqB&#10;AriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6d&#10;N4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cW&#10;aVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cG&#10;e6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6Xr&#10;Sp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze&#10;4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39&#10;eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY02&#10;2VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N&#10;0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx&#10;8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHSt&#10;RqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9a&#10;a89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNx&#10;K2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE&#10;2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pn&#10;a50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6e&#10;G5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZ&#10;F8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89og&#10;CA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8&#10;JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb&#10;2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vf&#10;U6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rH&#10;NVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpP&#10;s+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m42&#10;84VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9&#10;a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadR&#10;OFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG&#10;2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbi&#10;uYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OAL&#10;ErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1&#10;c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tk&#10;a+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xx&#10;IvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh&#10;71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwp&#10;bTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7&#10;RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/&#10;X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1&#10;ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB&#10;9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbj&#10;yrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2&#10;yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZM&#10;Tra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5g&#10;mHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRy&#10;zU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75e&#10;dPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/d&#10;QNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C&#10;8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz&#10;/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt&#10;/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9d&#10;unRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQ&#10;kSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB6&#10;89ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDe&#10;CuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntr&#10;Zeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60&#10;WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpe&#10;CGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7&#10;y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09&#10;Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBg&#10;U3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs&#10;/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu&#10;7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEy&#10;MnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi&#10;8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN5&#10;9VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jr&#10;OQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vq&#10;EmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJl&#10;Vzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj&#10;9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqy&#10;Zct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1Tv&#10;fwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I&#10;/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2&#10;srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6I&#10;PMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCs&#10;gIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57n&#10;fZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/&#10;ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQ&#10;i3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5D&#10;RGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpa&#10;Jm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTW&#10;iZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbK&#10;TgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5i&#10;sXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5&#10;vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCI&#10;qIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39&#10;/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6J&#10;Br5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgX&#10;wA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbw&#10;IgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJ&#10;KH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAP&#10;E9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9&#10;FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNh&#10;Pak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmH&#10;t62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4k&#10;oi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz&#10;59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPR&#10;gu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6x&#10;bt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpT&#10;XFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWk&#10;TSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrv&#10;QVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJE&#10;eO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4e&#10;vi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6k&#10;qhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdba&#10;E5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdK&#10;R2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEs&#10;AYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp&#10;0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/I&#10;qGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQ&#10;LnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt&#10;/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa&#10;+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPP&#10;uzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7&#10;QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjI&#10;qIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+&#10;qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4f&#10;ROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40k&#10;AC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKey&#10;Lqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXp&#10;PGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVM&#10;anbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74i&#10;R05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1&#10;EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS&#10;1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mX&#10;GWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/f&#10;W5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myy&#10;IDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETu&#10;mzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5&#10;DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzI&#10;yieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0&#10;Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37&#10;s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRT&#10;qVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSR&#10;R/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOr&#10;iJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIR&#10;HUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3&#10;qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeID&#10;vu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5&#10;deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ&#10;877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWj&#10;YrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H4&#10;4lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrda&#10;qBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX&#10;5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHt&#10;YK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmb&#10;IxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvr&#10;Zugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr6&#10;1CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeI&#10;yPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMA&#10;bBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ne&#10;d6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzg&#10;LmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50&#10;G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22&#10;225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j0&#10;3BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwY&#10;wN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu&#10;3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv1&#10;3b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1R&#10;CsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJc&#10;brKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAE&#10;IkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPM&#10;LM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVv&#10;ICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2&#10;e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVS&#10;aaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYK&#10;BQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+ko&#10;RkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jl&#10;PnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+e&#10;iSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7&#10;uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJ&#10;AbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyD&#10;XiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu&#10;3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmT&#10;TVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFx&#10;z/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEb&#10;Jis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk&#10;0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3T&#10;rLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZ&#10;IK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1&#10;FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/n&#10;dTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrq&#10;e4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7&#10;AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DV&#10;YYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512C&#10;hP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA4&#10;1tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZ&#10;Y16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vr&#10;W7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IY&#10;syci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGT&#10;rbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh&#10;7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1E&#10;lOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsR&#10;JfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aI&#10;rACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2&#10;yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrf&#10;WpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3Od&#10;UBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGR&#10;nxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxE&#10;nmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBO&#10;I6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5E&#10;tJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3&#10;FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrI&#10;U2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6&#10;gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA3&#10;8f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiI&#10;ROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV&#10;5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrau&#10;TsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vh&#10;wu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCs&#10;WLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOO&#10;WZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWz&#10;RWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcX&#10;CoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaS&#10;PtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMb&#10;EWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+&#10;vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erO&#10;iBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GE&#10;C8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2&#10;APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQi&#10;Ug3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2Oi&#10;inuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF&#10;5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/z&#10;LnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9E&#10;b5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJt&#10;e3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8z&#10;xviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWf&#10;iNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROs&#10;gvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8&#10;eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3&#10;DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW&#10;7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkh&#10;qUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh&#10;3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8&#10;DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh&#10;4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHej&#10;UNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFa&#10;rX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5N&#10;RC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8S&#10;qvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPP&#10;dRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLnt&#10;obEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+p&#10;RdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6J&#10;LEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4&#10;Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68Lz&#10;vLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3Q&#10;Qky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3M&#10;eX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYL&#10;bmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGC&#10;KhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN&#10;9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj&#10;0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNk&#10;lXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY&#10;/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtG&#10;XYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DM&#10;axJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bc&#10;j18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVu&#10;nY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ&#10;1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfY&#10;fdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYl&#10;gCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI&#10;6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5&#10;l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw&#10;7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4j&#10;ov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKev&#10;HGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsF&#10;gHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2&#10;nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTB&#10;PMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1F&#10;Nnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1&#10;azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5&#10;ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nle&#10;jkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M/&#10;/yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUv&#10;AtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9b&#10;mCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLP&#10;vsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzO&#10;LSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA&#10;475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUb&#10;ER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZ&#10;hWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOu&#10;tDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEv&#10;mrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+W&#10;ayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5K&#10;Jxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAP&#10;EX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo&#10;6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBM&#10;RzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBa&#10;Rpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDf&#10;p+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqCh&#10;oaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j&#10;/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD&#10;2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72Y&#10;mX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5p&#10;ZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJ&#10;Jh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz&#10;79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmp&#10;vx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/&#10;A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az&#10;+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+&#10;HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlX&#10;a71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ&#10;5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4&#10;hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS&#10;0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddS&#10;Ijoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIM&#10;Z1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zs&#10;xo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBch&#10;AF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt&#10;9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8&#10;vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPk&#10;IgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V&#10;8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXK&#10;H9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CW&#10;aNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yz&#10;lu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWq&#10;AHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9&#10;rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNm&#10;FGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8&#10;BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT&#10;7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a&#10;1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9bi&#10;Knd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6p&#10;bYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv&#10;6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8V&#10;ALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusL&#10;jMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5J&#10;N4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZy&#10;nZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUO&#10;z0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXr&#10;vhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4Ja&#10;dSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRM&#10;NuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4T&#10;mSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO&#10;5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuj&#10;a2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRp&#10;y9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsM&#10;Abgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4&#10;pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4Mw&#10;GQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t&#10;0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3&#10;S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwT&#10;zTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372&#10;hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL&#10;88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcO&#10;whQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+Fx&#10;GRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQv&#10;VfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhz&#10;sEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOae&#10;WeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwj&#10;IyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO&#10;14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4&#10;S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuv&#10;rnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOp&#10;hkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQ&#10;l9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI1&#10;0RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjI&#10;y0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNV&#10;Bdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJ&#10;uq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nl&#10;yhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y&#10;+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5Voq&#10;LVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CC&#10;Umqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJq&#10;jlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbu&#10;mT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJ&#10;IRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6&#10;DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrW&#10;arU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNK&#10;Pa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxV&#10;a10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/L&#10;KmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4F&#10;cFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVD&#10;S1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8&#10;RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjt&#10;F8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJw&#10;aFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZ&#10;pF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k&#10;8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6Q&#10;J7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10X&#10;b/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPf&#10;IAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0S&#10;Dv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnD&#10;MPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2h&#10;Suaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVB&#10;EMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa&#10;6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZ&#10;I31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2&#10;FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE&#10;9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhY&#10;yQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6&#10;WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFY&#10;DGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUB&#10;WuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5Ao&#10;P7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBu&#10;NKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBn&#10;rbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh&#10;1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfw&#10;OWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtyml&#10;ovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaD&#10;rLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilar&#10;Ai/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1&#10;pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1j&#10;Aa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO&#10;9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYb&#10;kJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9Lgk&#10;NtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EM&#10;yRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w&#10;1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgsw&#10;Tex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDd&#10;CT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpO&#10;cPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwf&#10;z4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE&#10;9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB&#10;+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu&#10;3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTi&#10;jYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0p&#10;co9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4i&#10;KR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs&#10;4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47az&#10;KApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLya&#10;eYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRr&#10;Av19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7y&#10;zf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLg&#10;J/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLR&#10;ewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8&#10;k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwt&#10;Kf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIg&#10;WOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmt&#10;l8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/&#10;V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonb&#10;y9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/&#10;1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69S&#10;Sr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81Zm&#10;Xl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAa93Sv98AAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91NSqrGbEop6qkItkLpbZpMk9Ds&#10;bMhuk/Tfuz3p7Q3v8d432XIyrRiod41lDdFMgSAubNlwpeFn9/H0AsJ55BJby6ThSg6W+f1dhmlp&#10;R/6mYesrEUrYpaih9r5LpXRFTQbdzHbEwTvZ3qAPZ1/JsscxlJtWxkotpMGGw0KNHa1rKs7bi9Hw&#10;OeK4mkfvw+Z8Wl8Pu+Rrv4lI68eHafUGwtPk/8Jwww/okAemo71w6USrIVbzkNTw+gziZsfJAsQx&#10;iChRIPNM/n8g/wUAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFA&#10;l/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtY&#10;SolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5&#10;o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAAT&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDf&#10;ZPjEHwIAAOUEAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAA&#10;IQC6UyEbF3AAABdwAAAUAAAAAAAAAAAAAAAAAIUEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQIt&#10;ABQABgAIAAAAIQBr3dK/3wAAAAgBAAAPAAAAAAAAAAAAAAAAAM50AABkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADadQAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADNdgAAAAA=&#10;">
+                      <v:shape id="Image 47" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHEwEdwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJvNatIla1RSmFhb+Iqnh+b12Tt5mW7ibr115uC4HGYmW+Y1WZwrbhQHxrPCqaTDARx&#10;7XXDRsFhX7wtQYSIrLH1TAr+KMBmPXpZYa79lXd0qaIRCcIhRwU2xi6XMtSWHIaJ74iT9+17hzHJ&#10;3kjd4zXBXStnWfYuHTacFix29GWp/qnOTsG53E7NKd5+yZTFvKhOu4M9WqVex8PnB4hIQ3yGH+1S&#10;K5gv4P9L+gFyfQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAHEwEdwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                         <v:imagedata r:id="rId13" o:title=""/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>MASSACHUSETTS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-28"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFF00"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>ADVANCED</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFF00"/>
-                <w:spacing w:val="-28"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFF00"/>
-                <w:spacing w:val="-5"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>EMT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00EEB3D7" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="0866A9E8" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...163 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>individuals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>seeking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Massachusetts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Advanced</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EMT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6075DE6D" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="6590F123" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="23" w:right="9"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="33" w:right="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487450624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2ADBB460" wp14:editId="49A38FC8">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487440384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0048DF71" wp14:editId="06B099D7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>6016428</wp:posOffset>
+                        <wp:posOffset>6015120</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-542398</wp:posOffset>
+                        <wp:posOffset>-546384</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="668655" cy="668655"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="48" name="Group 48"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="668655" cy="668655"/>
                                 <a:chOff x="0" y="0"/>
                                 <a:chExt cx="668655" cy="668655"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="49" name="Image 49"/>
@@ -10945,6372 +10930,7058 @@
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId7" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="667512" cy="667512"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="52D305F8" id="Group 48" o:spid="_x0000_s1026" style="position:absolute;margin-left:473.75pt;margin-top:-42.7pt;width:52.65pt;height:52.65pt;z-index:-15865856;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA5evMrHwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclNuO2jAQhu8r9R0s&#10;3y8BVOjWIuwNXbTSqkU9PIBxnMTa+KCxQ+DtO3ZCWEHVrvYCayb2jL/5PcPq4agbcpDglTU5nU2m&#10;lEgjbKFMldPfvx7v7inxgZuCN9bInJ6kpw/rjx9WnWNybmvbFBIIJjGedS6ndQiOZZkXtdTcT6yT&#10;BjdLC5oHdKHKCuAdZtdNNp9Ol1lnoXBghfQev276TbpO+ctSivC9LL0MpMkpsoW0Qlr3cc3WK84q&#10;4K5WYsDg76DQXBm8dEy14YGTFtRNKq0EWG/LMBFWZ7YslZCpBqxmNr2qZgu2damWinWVG2VCaa90&#10;enda8e2wBffT7aCnR/PZihePumSdq9jr/ehXl8PHEnQMwiLIMSl6GhWVx0AEflwu75eLBSUCtwY7&#10;KS5qfJabKFF//Wdcxll/aUIbUZwSDH+DPGjdyPP/NsKo0IKkQxL9phyaw0vr7vAlHQ9qrxoVTqkr&#10;8c0ilDnslIjKRgeV3AFRRU4/faHEcI3T8KR5JQn6KMr5TIyI6t8k2DfKPaqmiZpHe0DFZr5qhr9U&#10;2zfaxopWSxP6yQHZILU1vlbOUwJM6r1EPHgqZvhiOLUBER0oE/ox8QFkEHW8v0SOHzhcEZSzcSNB&#10;XzhjCX5orbd1y+fFbH7ulmT3F5yDHfiwlVaTaCApEqDUnPHDsx9YzkcGBfvrExfSDE2Ns5S4h7mP&#10;w/raT6cu/07rPwAAAP//AwBQSwMECgAAAAAAAAAhAOGQa2AdigAAHYoAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHFXV/nvvreqemcySIRMYAoFA&#10;HFZlF1AUN1BRARdE4XNhcQEX3EU/cUEQRUUQ8cOfuAEugICiIsgiIpsQRUAQSCDBBLLOJLP0UlX3&#10;nHt+f9Ttoaenu6d7ZpIZlfd5zpNM9a27VNXdzj3nPUpE8BxmLdTAwEBHV1fXC5VSOzKz1loPBEFw&#10;D4B1AEZfXi6X2zoIgs44jjfefffd+SOOOEL87wKAy9M+h5mBeq6zbXFkBgYGWqy13Nvbm6+TrsVa&#10;+2FjzKcBbAUgKd0PwAK46Mknn/xcX19fDADM/HljzJf9/y2AQQCDSqlBIjolk8ncX6OcEGlHpGlo&#10;23Oog2CmK/AfjACAxrOdBACUc+7cuXPnvgfApwFcXONeZa39mDHmLABDIvJZZr4ZABljDgVwplLq&#10;4319fQTgMwCglOoGAOfcH5VS9wLoBtAtInNFpGanJqIvaq33EpF7jTG3A7hziu1+DrUgIs/J9Eim&#10;v7+/U0RUsVg8jJmvIaLPi4gqT8fMXxERYebv1cprZGRkGyJ6gpkdEb278ndr7TE+j/6hoaF5Pt8f&#10;i4gQ0SeaqLNi5r/7vCwzrxkcHNxqFjzL/0jRM93Z/42hBgYGOpMk2dNa+2Hn3NXd3d1XAOgKw3Ae&#10;gKONMa8CkC2/yTn3d//ffWplnM1md1JKbSMia+M4vrny9xUrVvzWOTcIoD0Mw+cjnUU7AUBE9mXm&#10;44noCGvtwcVicUcAqkZRcwHs6ZxbIyIPA+jIZDK7VyZavXp1D4AvJUlycpIkew4MDHRO9HCew3g8&#10;t4xsDgbAfCLaU2v92u7u7kNFZC+llAWwCsCNAJQx5gkAOWbe1RjTCiACkBkZGelqbW3NAYCI7IT0&#10;Yx+sUk5WREKl1Ijff41BX18fMfOIUmqO1roL6XvsAACt9dEAjlZKhSKSyWazNwE4Euk+bwyI6MAg&#10;CELn3O0iUlBK7d3a2rongLvKkmV6e3vPcM59OAgCAOC5c+eeAeDrk3uE/714rrM1DuOc+5KIHK+1&#10;3gHAMIBupdRa59zJQRDcASDn0y53zg0ppRYy83uUUtsA2HPOnDmLACwCAKVUW6FQ6Gtra1tSWZCI&#10;bFRKjYjIgkwm0wNgQ/nvQ0NDXR0dHfMBkNZ6NdL32O6cS5j5UwAeUkrNCYJgDhENa63HdTQA0Fq/&#10;1DknzHyn1tpprU9yzu2v9eiCRzHzO5RS7wPwGIB5WuttACydyoP8b8Vzy8jG4fxscg8RncjMbxaR&#10;pwF0WGuH8WxHA4BNIrJSa62UUmeJyLEAegDcJyJn+KVkazab3aVaQRs3blwO4DFjTHsYhqeVL9tW&#10;rVrV2tHR8RmtdQuAFWEYPgzf2ZAqY/4RhuHdQRDcDODXQRD8sU6bDkGqhbzXObcEAETkAPjvwlp7&#10;kFLqbAAjRHQBAGHmXBRFD1bJS1lrDwXwVgC9Ez3M/0rM9KZxlokSkR2SJDlUREyV34Oy/4fMfLWI&#10;CBH9b2Vaa+13RESY+ecismjp0qXZUhnMfKH/7dxadbHWvoaI1jKzFZE/WWvPYuYzmfkWZiYi6o+i&#10;6HU+fQ8zryCijSKyTyNtXblyZSszDxNRv4hkhoaG5hHRBmZeUygUFubz+e2Y+S/MHBHRqdbao70S&#10;5T6vCBqTHxG9jZn7OcUjhULh0FnwPmeVPDezlSGO4z7n3PXGmGsKhcI2VZKUn0VZrfVN/v+HLVu2&#10;bIwiRCn1oHNOAHQBeKZ0HgZAiKg0M9RUkgRBcJMx5hit9a+ccwu01icBeA+AbZ1zVznn3pDNZn8P&#10;AENDQ05ElgJ4KIqioUba2tvbuw+ANqXUEgDJ0NBQwRjzCIAurfU+bW1tXwHwQgA/Mcb8GMCBWusA&#10;wAPz5s0bKcvKMPMHlVI/9L8v11rvkclk9mqkHv9VmOnePptk6dKlWSK6T0SEiD44UfooivYQkUFm&#10;XhtF0a4Vv7+EmXPMvGLNmjVzyn/L5XL7EdFyZr5Sqs+g5RJs2LBhQbFYXDw4OLh4ZGRkaxHRFWmU&#10;L6O7gfwgIiCi44hoIxGdUcqDmb8tIsLMS5g5YeY/j4yMbCMihohulRQnlD8vEfkSEUXM3B9F0THM&#10;fL7P4ysz/T5nm8x4BWZIAhm7JBwVIvqoXwr9pWzpV0vamflOfx72jorfepl5HRGN+A92TPn5fH67&#10;lStXts7UM1izZs2cKIp28Z0XIoI4jt/BzE5EhIhWxnG8n4ggn89vz8wrmLkYx/Hzy9r+f75TrisW&#10;i68VESRJ8nlJ8ZMq5episfi8JEkOzOfz20nFGeR/usx4BbawZKy1RxLRTX4U76lMUygUdvR7F0qS&#10;5IUT5cnMZ4uIWGt/KmM/HiUiL/czXjgL2j6hrFmzZo619hVJknzOWntkqT1JkryMmYtE9Ih/Zj0i&#10;chUzk4gIM99lrX2lXxmc6q/dXJF/mCTJGcy8moiGmHmVtfayOI73lv+STjfjFdiSQkTHMnPBfwzM&#10;zHcnSXJQZTpr7c99mu/K+A60g4i0lK4lSXKoH/UvmMmZajPLPsx8OTOfWywWd/JKGiaiZcz8C2Ye&#10;YOY8M/+NiH7tn93D5Xnk8/mDmXmYmYvMfIG19svM/AQzrxWRt8p/QYeb8QpsSSGik/yHcB0RrfD/&#10;X0dEHxKRTCmdtfYIZo6YeUN/f3/nypUrW6MoeiMzX8PMq621ry3LN/QmU/8Ws9cUxCxdujQbx/EL&#10;ROQnzHxnHMd7Srok3p6ITmPme5iZ/XNdWa61tNYe7a8/JiK9IqL8KuIBZt5ULBafNwvauFllxiuw&#10;JaXU2Yjo41EU9THzTf4DSKy1V+Tz+QUio4qSx/xv1xLRciJKiGgNM39naGiob6bbMsMSiEhblett&#10;1trX++e2rlgs7lT6zR8lPMLMxMw/Gh4eni8isNZeICneNwvatVnlP1H1r5MkOdFae1CdNO3ZbHaZ&#10;1vqtRHSV1jrUWh/b0tLyJyJ6VV9fX+Kc+5lX3R+tlFrOzCcZY/bQWn+ks7Nz2ZZqzCwFAShUuV4I&#10;guBe51yitc62tLRsNTw83OecO99a28LMJ4jIEwBOaGtru9Va++IgCK52zv2JmauZrf1nYaZ7+3TK&#10;4ODgYmb+vR89L6/8vTSziciXRGQ3Zr6UmQteRT8sIkJERWY+M4qiXay1Z4rIblJDc/mcVJU2IrqO&#10;iPLW2tdYa49kZsfMt/rn2MvMP/fvaISIjpd0CR6ICPL5/AHM/BciWk1EfyKi46TB44zZLjNegWmS&#10;DBF9mJk3MvOIiHxGquyhypaRq/xGfYSZLyoUCjuKyM5EdAsz32OtfcN/ygueIVFRFPUVCoUdh4eH&#10;9yCiTcz8cMkdSERMkiSfZeaEiNaL1wp7q5bV/h09ycx/80cLvyk/ovh3lRmvwFQljuMXMPNt3pTo&#10;jyMjI6VzoIykB7DdpbRlCpIcM18SRdEuFfkZmXmtmJoFdZhO0UT0v37P+5soinZZunRpNkmSQyQ1&#10;CHClvV0cx8/3s2DRD4A6juNjfbobKo0D/t1kxiswSVGSWlEYZr5WRISZ/yGpV7KO43hPZr411U7T&#10;R0r3lXW2i2ZBGyrFeO3c55j5O9baY/L5/AJ/nPDv3vkCIjqJiJ5i5hwR/c3PaMLMt2/YsKFDRDJL&#10;ly7N+mMU8k6wRkQ0M3/XK7GOnAVtmbTMeAUmIbpYLL7WWvtmEUEcx3sx81pmdkmSfIiIPi3pSLiB&#10;iD4qZSr9ss52ySxoR0lakiQ50Fr7AyLaJGXw+8m7mfkb1trXSaoyb5nm8reYDA8PzyeiU5n5N17l&#10;f2mxWHyetfa1RPTrYrG42Fr7KmYeYuZERL7kl5YX+HO99890G6YiM16BZiWO4xcQUT8z/1G8+pmI&#10;Pu2XkcTMMTNfL6liA+L3D8Vi8VVE9C5m/oe19qgZbocSkW5r7ZuZ+QZmjkVEfN2fYObr/Mc2Bn5P&#10;enOSJGdMoezZKJ/x7fuuiMDTSjzDzGSt/b98Pr9dkiRfjON431lQ10nLjFegWRkZGdmamf/BzCNJ&#10;khzor7cz823+hf1dRNpFUvMjInqvf3EPSNoBu2ay/v4A+ONE9KDfnzh/sH6N5xaZG8fx3sw8IDXA&#10;zCtm+j1Mp3iNZcLM5SZv+zPzcma2SZJ8ZCbqNd0y4xWYjDDzWSIi1tqvy7P2ewdzajbERHScX17+&#10;logsEd2WJMmLZrreku4x7xQRIaKcV3F/fGhoaFcZuy/bgZn/JTXAzLfPgrZMp2SY+Vec2l+eVNqn&#10;+qMX8ccG1e7ThUJhYRRFR/w7KE9mvAINyM4i8nIp23tJaqvXz8yPlKuEmfnLfim5jpnXE9E6IvqU&#10;34DPdDsgqWbuZhERa+3ZtWwp+/v7O5n5EakBrxSa6z+w/5Qjih5mvoxTG8s/WGu/6RUqjpkvrkjb&#10;ks/nD2TmC5n5KSIiZv6BVDEsn00y4xWoI6pQKBzCzI8QUc5a+8Ph4eHdJZ0BQr+vIW9zB5H0IyWi&#10;Jcxsiej33qJ8ptsxpk3M/H0REWY+p066NhH5q9QAEW1k5vu98uRmTo2Bv0FEH7TWvjqO4+fX8Hub&#10;7RJ6j+8/E9EGSRVdt4jIIv97j4i8lYiu59TL3Pk97gAzuziO3zML2lBTZjMjcgDg5wDe6pyLtNYt&#10;zrmVInJRPp//UWdn5yudcz8DcK3W+p3w7FHFYvHQTCazqzHmZ6huUjSjsNZ+NgzDc5xzV2ut3+ov&#10;t42MjCxqbW3dXWv9EgAHiMh+xpi2ZvP3JmaDANYCeFJE7hORu4Ig+CcqKMtnK1atWtXa3d29s1Iq&#10;M2fOnBUAeq21b9FaH6uU2sMne0hELmPmW4wx1xljFltrXxKG4V318p5JzObOBmZ+hzHmcufclUg7&#10;zrEAWgAsEZEfKKVOBzB3ZGTkxV1dXU/MaGUbBDO/zRhzhXPuMRE5S0QO1VrvB2BHAD26jNpqGstM&#10;AKwUkfsAXBtF0R3t7e3rp7uczQDFzG9TSp2ntV7gnLNIOTCXFQqFt7W3t//DWnuwMeYmAEWt9Z4A&#10;+me2yrUxqzvbyMjI/Dlz5vxVRPKFQuFlra2t+2qtP4eUFSoCAK31HGvtaWEYfmdma9sYiOjwIAhu&#10;8jMQtNa1CFQ3C5xzBGA5gGustZdns9lHt2T5k0CXc+5059yOAH6klDrYD7IPENEHjDGvUkqdD+CW&#10;J5988sgyrpfZh5lex5ZJLzN/z1r7KnlWM6eZ+TxmjkTkjf7aXCL6ADMvF0n9pqy1r5gF9a8mJoqi&#10;Pn+edi4R3cbMK2WWgJnXWWsvlGf3RLNVAnnW1jWM4/h/vBLsMWZ+UETEWnuOzHJLmxmvgJcMM1/v&#10;NU8jzHyJt41DHMf7epXwtfLshl8Vi8WdkiT5gj/onE0Pua1QKLyMmc9i5nuZeT2ndHSzFsy8kohO&#10;bYBzZbaIFpGXM/PjpTZEUfT6KulaZpP3/IxXwIvypjqXlFlTrCSiD3k+w5uYeb33DJ7pulatvzei&#10;PYuIHmHmvPybwVuvXFGFnGjWiveej5l5qFAoLCy7vgcz/4yZ/+W/o18nSfLSma7vjBa+cuXKViJ6&#10;b9mBZJAkyYtF5E/+A7BEdLe19gecMliNI0OdYVH5fP5gIvqleAt2+TeGf8Z/Kfewns1CRB/29b5H&#10;vNWQtfbVnPKalNqU8yumTUmSnDqT9Z3Rh2WtPdvbNP5WylxhfCd8lzdLktIyjIjuny2WAsPDw/OZ&#10;+WJmzsl/EPyHuSSfz28vs+A51xPvIUHW2v+TdHX0PGZe49vxoN/Lz02S5EAiuoOZh0sG7DMhM/qw&#10;oijaxdssCjPf67kER38fHBzcylp7jt/HbSSit8vs2J/t7A+V/61nslrwM9ztMsstMiR1Gv6ipOxc&#10;5ZTv/6yMM5fP5xcw81JvmTMj7ZrphwUR6fVaOsfMT8iz1volUcVi8Xm5XK4hDvstILsx8zKZQXBK&#10;27BHkiSHxnF8AjN/11tcTHc5121uU7coinYlonfJ5NnJSr6NIKK/ioh4g+5xaa213+SU6/KNkyxr&#10;SjLTH25J2iUl/WQiWu/3bTNdp3HilylPyAwjiqI3ydi6aSI6TWSUD/OWeraVzYBTMtvNSdMXepOr&#10;OyUNCjLplQsR3SYi4un2xpUjIleJiMyUX9wWZddKkmRvZv5gHMfHWGtfGsfxLkNDQ1sNDAxoAO8F&#10;8EOl1DxjzI1xHL8JsyikVaFQWJDJZK7VWi/eUmU656xzjiuva623g38269at28Y59y2l1LnOuUER&#10;+bzW+o1a6w3jMpwc3sfMx6F29NKpwgK4Xmt9iHPuL0R01hQim17vnHPGmFdWK4eIfuqcW+Gcu38K&#10;9Z08tlSv9qrxccsvr3FcT0QPM/MdzFz0o88TMj2+Z+3VQhw1Ixs2bOhg7y+3JUApHiKi4zkNvjEG&#10;Xt19tv99uZ/N7heRl4iMEufcU3HbIBHdVXq+zcAfxFcu76dTDiOipKy8B71xQ7OsZnOZ+UEi6i8U&#10;Ci8VkYw/Zyudz+oyMlgVx/G+1to3yRYy2N4iHc1/rDf4B5kjoj/7A98VzLyamTdw6gpf4NRFpt/H&#10;SJtq2W3W2qnSghv2lvqbG77TLEuS5LTSAOEP9es5kuaZ+bsVCoG5vvONgoj+ISI9URS9iVOy1KaU&#10;O8z808116O25R56sqG/EzOeVyFwbFU8A9aR/LtdLGtvuGClbnnpm5xOIaB0zb8jn8wc2U8ZkZYt0&#10;NpFRV/cnichZa39W5gLSLanP2v7W2leKyFsLhcIhUy1vzZo1c5j5+0T0h6nkQ0QnbQmto3/xZ+Zy&#10;uW0r68DM32BOab0r7nnSWvsWqRiZc7nctuXWFSKpA2Zp0PEH11dVy7MWmLlorX1NZd2mS5j5G1XK&#10;dMz8N0n9GRv22/N76xu9FpuJ6LGSRZKkZoEX+9WBZebroyjaIgzXW6yziQiSJDmAiP7uH+KNZQ9g&#10;WmVkZGQbTnn5HRGdPtl8oijalZn7q3wAKzn1H/s8M0+LFpCZv1WrHoODg1v5JbbzaRNm/mWV56dE&#10;ZBEz/4BTe9Ly/H8hZZ3Szyb/18xAQkS/l+q041OWOI73JaK4RtGDRPTZJjWjQaFQOMRa+2ZveaST&#10;JDmYiO71z2OYmc/cko7FW7SziYyOOrf5JdOSzWCCtX9JBcwpac5kjwwy/uMaAyJaEkXR7qUXysw3&#10;VqZpFOUfug85Va8+izhle348SZIPyljPdUgaDuvNzPzPamVZa79ZmafvcNc0Ud/idKw6aogiorvr&#10;lE2+rjs3m/fKlStbkyT5AKd2qs7rCR5ev379uFXE5pTNlvHKlStbrbVvYebLKKWj/rykm2wl6dna&#10;NekMT8u8qn+qh9UtcRy/l70FgX9BD8skaQOI6DiuMCBm5kK5jZ0PEri08sNoBH6w+W1pNPeHyHWf&#10;wdKlS7PV9jB+Jv82V7HJ9Muo22qow0tLzlVN1PtC2UwKBSJ6ZwPl/62RuHllEjDzt/xqIGHma5Ik&#10;OZ2I8pwea5QPWqbyMHw6ZXN1trl+KTNmWeC1WidIqmXqYubv+QdwsUyBT79YLC5m5ssrlyFE9NnJ&#10;5Ldhw4YOInq4yoseEa+V84EDm1qGleXjmPm2oaGhXYnoKX/tH5MwRVOe6Oge58ZXwyudzpngA1JE&#10;9Mkm6v6gpGS40/7deDa0pxuow2Misn+jz4iITmbmdUmSfFZE2pcuXZq11n6HU2XdOyQd5LqI6IvM&#10;fGOzSplGZXN0tJBTIpaY03BLJxLRp4job/4jKwVTgKRBGN4jKflo02WtXLmyNY7jd3NqhjPma2Pm&#10;QrkleJNyQuWs5vN0zPwLa+1rOA0OMY7bsREQ0T+LxeJir8S5w+e9okl7xMDT9K2rVgan/JhvkAYG&#10;MU+vV2iw7tFmjqX2mUbqwcwP1Zqtq0hmZGTkBVI2I/vVwB1E9C+/AvudV5hE4s2/plumPUNr7Ws5&#10;DVrxPSnbTK9bt66X06gxTEQPyNTs05SkDFvXVCoCSrDW/mKSeYdEdFeNdywizxpGTwbMvKoUq1pS&#10;59hSlNP+Jj6eNmY+v1rb/SB36aZNm5qx3G8hovsr86qDw5rIu1npIaK10gCY+e5STL3JSJIkh7CP&#10;murzWx3H8Umb64hjujMMmfkmZl5d7SF4Y9DHmDkuUzI0JUNDQ/M4pawb3ZtVeQm2yXV9eR0P8svF&#10;aQczr6/0q2LmL/vfokZ8rvyZ5ZXMVY8CVhPReyZxrpjhlMWqIfiD4M3V2UApz/+E8CuN70+yc8zl&#10;9Eil6JwrcXHuL8/Ofm3T7WEy3Q9qLhFFfrNfNQ2nFHQFH9i9qfz7+/u395257vkQM/9KJrmJJ6Iv&#10;TGYfNhGYub8afYPfM4iISAPuHy1E9MsqS2Zm5lsnGwzef6x/arQtmzvAhefNfLCRuhBR3Gzn9wff&#10;t3gNZ9Fae0HZPk37eAO3M/OZk3metWRaH5I/kBUielK8M1+FdDHzA5weVHY3k/fIyMjWlMZPq9sR&#10;mDlOkuSAybbBDxTTCmZ+2odIGldekiQHlpQblAYCqVe393BqtV6ed56IvjgVk7RGFRO+PCeTP05p&#10;Rg7jBk3LiOiBJrSIgeddEWZ+htJgixmRUZevy4hoxP/+xHTObtP9gNo4dUUnZj5XxlqLK0qDnMdE&#10;9EFpYsTwxwg/aWTGYeYfyiTV/f7wuGE1eCNg5kfqkcX6MFEbfdpv1Ksfp6GuyvNe7a1upsSKnCTJ&#10;gY3O5sy8dsOGDZPeJzUhJkmSLzb4zh0RNeOFvQMzX+zPeJUn9/1f9tGQmDmy1l4iKRHS7JzZJO1Q&#10;H/AVtsz8W2vtEZIGSfgyp6f2N0pzBsaKiN5fOaLXeOjrZApMUT5CzsaJymkURHTTRBpRvwd92Nf/&#10;ynppmfnSivzvnmxby0R5T+eGwMx3bClveW9QfX4j756IHmlydg9ERlm0f0tE7Nt3mz/3nfbQzlPO&#10;IJfLbVthzxf6fU/iK2+9hswx833SZGeIoqiPyzglJnjgH5CpjUQvmQ7lCKdnh9+Q6kvpMeKtOG7y&#10;9b9T6sxSVTrb36fQVoiMzqwNUztYay+YaplNSkhE755oEGRmNxnKAyI6NlWQ08Y4jk/anGxcU/YX&#10;a21t/VJra+vjzrlzhoeH5wGwxpizmfnlzrmrAawG8CSAc3K53BEAnmoi+zAMwzO01ttMlJCZ/2CM&#10;+QmmRq8dYIo+dN5f6k1a69MB5CZK39fXFzvn/gUASqkuAB11khenUrcqUGEYnmuMmdPEPX+Y5jpM&#10;BGuMuZSZX1HPD01rrZRS7wYQ1kiyT43fdtNaGwBfyGQyP1q4cGGtZ5xprtpVMJWe6jeUI2Xr6kFr&#10;7dneqnzKa90kSQ7iBg6OmXltFEV7TMPos7+IDE5UXo065DkN5tf0+WHJgoOZn6pnnM3MZ5eXOdWZ&#10;zSsHmmnjEzJJA4Rpki5OLZOqnnMyc77WuZu19lxvUTTmuySik0VErLWvrlFmW5Ikn2XmpVM50xOZ&#10;4swWhuEJSql2EbnbOfdX59ycIAg+19bW9ohz7suFQmEBJu/hG4Zh+Amtda2RCkDqzSwip2ez2X9O&#10;spxRFAqFtc65pmYP51zROfebKIperrX+ICbBNS8ij/v/dhpjuuqkW1GiLQcApVS22bLKsA+Ai5u5&#10;wTl3M4AtFSNAx3G8C8auNIa01qeIyGnOuY3jbtC6LZvNHl4lL6W17jHGnI6Uun4Uxpi7nHNrARyN&#10;dGVTQgjgjc65+8MwPAfATtls9vgptWgqPdXPbKs4DS5+NKXhfpaU7dfWUhpAvt4sV/U3795SV/Xr&#10;94HfkfEW8JMSzzk4IcGq34eus9b+OEmSg2WKhrkjIyN7EVHCzFTPadY7ksZl9Vg+mfK850VTpEXM&#10;nMvn8wdPpZ3NChG9y8/64zhQCoXCocz8z0ptpbX251Xeh/HKJ2Hmu2S8gu5rnJoRnjI8PDw/n8+/&#10;kIh+688vHaeOrSdUq0czMh0f6Gs4JcJcF0XR7kuXLs0S0ds59cSOKKUaq9rJ8vn8wTUigipO45fV&#10;BaWBBZs6r6sjITNf518IE9GIb1eOU4Pe9ZSyHf+QiN4+nczBhUJhIfsYAJTS9dVKG3AZkc8kO9vO&#10;fvnZFJj5ii1NT+5DOq+w1l5Qze9s48aNO/hOMaqtJKJ/iUhLRdoMp17b4pUhH5eyQX5wcHArIrrV&#10;d6yNpfyYeaOIfG1oaGjedLRnWh4KEX3cV/CvpYr5s7GjKrkgvagoio7g1Bbt5Mrfvcq3rusKET1Q&#10;LBYXT9eLjaLoLX7f5Zj5p0mSHJQkySH+MHofr3HdXFwVXcy8xLfrkxM86+PY20Q229lGRkZewMwP&#10;1Xuu1cDMa8vsObekaGa+gJlZRK6q5sUuaTz1bzJzwdfVSYXPm9cw/qmsPculQiuez+cXWGsv9Su1&#10;p5n5ZyMjI3uVpenx39ukbXqn66GY0qEzM/9sohHQz4brRUSSJDmt8nc/29V68SVX+WmzYvBL1kdF&#10;RIjod5vTp6mGaCIqzarfniDt6KzPqX1oI/kra+0reRI0fH518mGZIXLcJEn252ftF++o4WxsvHXN&#10;BhGRKIrG8EZ674r7ytrkOLVJrWyTGhkZ2cabbqnS795863G/rHzEWnvUZJ7HdD6Yucx8F6dGwJ+T&#10;2rPA/sz8VKnhSZJ8vjKNtfarNV48+eXAovIHLVPzINitZOXPzPdNwS1nSmKtPc/X4ZqJ0hYKhR39&#10;vnHjRGn9sv7k0uDWDDj13jhHxi/LtqS0MfPNZXV6zDNvjfu+rLWvYOal3lF59Lo33h6zdPbaxWqr&#10;LkjaeU8pOTUz8z2+gz7DzKu8V0Kj/nSjEkysQhkDQ0SvU0q1iUgBgBWREQAsIrEx5kKl1A/DMPyU&#10;tfbmMAzvK785l8tt09raeqExZsfRDI2ZW1GG1lofVlmwjzp52cjIyKe7urpKmqiAmU8QkUVBEJzR&#10;TEP6+/s7uru7XwfgS8aY3Zxza5j5g62travKku0Qx3F7M/lOFmEYlrSgezDz8QDG8UWWkMlkNNIw&#10;vvOdc9+tl+/ixYu3BvAGrXWBCnQLAAAgAElEQVTLJKq1CcDWzrnzqv2Yz+e/1NHRMV38lLVQEJEr&#10;ABwGAFrrXQH8gpk/t3z58svKgx8GQXBbHMev11ofbowZzaCnp0c75ypDJi/OZrOvBvDjKmW+Qin1&#10;LWPMDUij3W4DIGLmN4ZhOOKcuwbA6QCOQ533NA7N9MwkSV7EzJtqjIIFv+exzLyiigLBWGu/7tff&#10;5fddJmOn5G6uOFsjoiIzn1NhJtSSJMlnOA1s8ZMG2xAkSXIQEX2BiO5k5qd8nRNKWXLHjJbM/Ae/&#10;Yd7s0owVx2zBdO6Z60mhUFhIRM+Ul+2/t29KdQVZpdawq5oOwHPMVNNkf01ExFr7FUm/iT8xc6Hk&#10;VZEkySc4VQg25bnSzMwWGGM+BKCdme9VSq0SkYxSqgXpmURQ+peZL2tvb19XfrO19kBjzMlVYkbP&#10;8/clAEBEBwRBMHq2xsx559wXwjC8qLe3N/GX5xLRl40x79NaZ51z0mAoaheG4QYiuhfAX4joqTAM&#10;vy4iLT7gvStPLCKLjTHdDT+h/zIQ0ciWKKe1tXUNEf0RwDtK17TWrc65jznn9rDWfqIiXLEtv39o&#10;aMi0t7dXzmxQSu0bx/GO2Wx2Wfl155zTWiOO44uCIHDW2luNMYd6puUHlVLLAWxljFkM4PHKfGuh&#10;4c5WLBa3y2QyextjAufcDgDuNsZ83xdmli1bZjo6OoIgCHRPT0/lwXDGGHOa1nqrynxFpBepKUzi&#10;/96v9BszDwP4eBiGP4GfrovF4o6ZTOYCrfWR3swGzrnhRjsbgOVBECwHgCAIwKm6fwDVTaumbqLz&#10;H4z29nY3cappAQH4lXPuf8pjkPuB+4gwDHdl5s8ZY36J2su6ah/INsaYvQBUdrYlAGwmk9kBwBoR&#10;+Z3W+svOudf29/f/YKuttjoNqVlgU+1v2IKktbV1VT6ff5Nz7qsiIlrrjznnbnPOfWt4eHhxX19f&#10;3Nvbm+/p6RlB+nBGUSgU9haR11XLVym1YGhoaPSjNsa8wDd4BMCHjDE/RvoAlbX2oNbW1muUUkeX&#10;OhoAiMjaZhpdDmPMDYVC4a7J3v/fCudcMjw8PBU71KYQBMEDAKruD7XWOyulfsjM70UT37TWWmmt&#10;D6q8PjQ0dCuAfymlPgogWLdu3WMAhgDs09ra2u47/MNRFDUVM6CZZaTr7OxcBuAMAD8golO11ido&#10;rT86Z86c44joJ9bai1tbW/9VcZ/KZDJvM8bUCpawdTab7QawEQBEZBfnXJ6IPpDJZH6OdPQImPlY&#10;Y8zXAWxXOYsppZaNy7VxrO/s7Gz4o3HOXSfphv2/BW1KqS9qrXeouB6LyBbrbEgVQg8AeHW1H7XW&#10;bc6585IkiTKZzKVo3CB9T6QddHSWmjdv3jCAbwC40Dn33QULFjzjnGtHqghka+3/OucG29vbmzNd&#10;a2Rj5882dpaxCgRTLBafZ639lt/ku2oH1E8//fQ8T/BTE97nDSICIlojqWlMSWnS7o1Iq5pREVE0&#10;WT6TiYSIVlaWx8xf3RxlzWKZy1UoCvyZ1mahtKsl1tqjuAbBUwlElLPWVgazn1t+3FTRjiU1/OAy&#10;5Q7Lzjkhomtl/JFDIA2acTUy5YZBEJzrnFvCKf/HaXEc7wpAWlpangiC4JNJkuwP4Jzly5dfVXnz&#10;/Pnzd1BK7VavAOfcfP/fdgAXAbgM6ci0s3Puaq31J4wx4za4Ho9HUbSuxm9TxXS7tPwnIcbU3Jma&#10;RhAENznnrquXxhgzR2t9KVJD6xIEaX2roT2bzbZWuZ4sWbLkVK31Kc65y51znzLGnIx0BjT5fH4f&#10;Zv68c+6+JEmObagBE/VGb2xczjLMnHpc350kyWfiOH6+lJ22V0ocxyfWG4n8aPRenz70IwW8xUPV&#10;0ahiZPpurbKnKpUHoWXlzfRssyWl1sz2+JbkyS+Jj1Q6bsVRpX6PlUwH/aF2VTM1Zl7WgOuMFh8B&#10;N0mST3Nq95srzXqcEkxNSE0x4cwWBMFBALZh5kecc+dore8QkRat9YuMMecEQbDEOfc3AFXdPYIg&#10;2KOhXp/CAiBr7YuCILhWa71jvcTOOcvMV2HzjbDVNJSbKyhgVeTz+f2iKNppS5ZZjqGhIY3qSoeI&#10;iLaUNnIU2Wx2KYDPOOeieum01ru2t7dfAkD7ehYmU97Q0NBW1toPOOf+nMlkHjLGfE1rfSAAIyI3&#10;OOf+COCgOI53niivCTtbsVi8CcCtSqk9ROQlAwMD74jjeGdmPhXATSJiAESoPU1v10TbAGCRMeYa&#10;ADX9usrwl6Ghoc0ZRXK4yrVmrW6watWqasuUiWCstYe2trbekMlkHgLw8knkMWV0dXVlUP0IpNjb&#10;27tFl5EeYoy5EqnyYqLyj2LmU3p7exnV3yUA5Imo1reLlpaWecaYC7XWL0F6Hnyfc24QwFXGmKOc&#10;c2cD6AmC4NCJKj5hZ2tvb1+ntT4GwFVKqZd0d3f/3hjTZoz5ntb6tblcrjefz5+M6rNLCKCRkK0R&#10;kH6UzPxLrfW2E93gnGPn3IX+qGFzYajKtWbNtzLbbrvtBajtrl8V1toXGmO+r7XeWmvdzsw/9s64&#10;WxSFQsEAMNV+QpPnTNMIfuaZZ77knLuqXofTWhul1Fm5XG4xgIEayTZ1dnbW/Iay2ewTWuv7mXmN&#10;1nqx1volzrkbRORluVyuJ5/PPwjgUaXUMZjgXLbRM4mh9evXnwzg+wB2D4LgRgD7A1BdXV0bOzo6&#10;Hq1z74TLLhHZBEBtt912XzXGHNBgnW4bHBzc3HwYm6pca/ag+3Ui8miSJC9o5ibnXI+ILHfOxQCg&#10;lNoxm83+v2XLlk3FO7tptLW1hag+UIygGbvAacbChQuLQRCcCuDmCTrcVm1tbec656qq6Z1zj8Ib&#10;VNSAMPOVSqluAPORniFfrZRa0NLSckhXV9dG78G+P4C6S8mGDwB7e3vzWuuPAPi6Umpb59zviOgV&#10;qN+ZCA1o9ERkHYBXicgHGqmLc24jM39pM89qQPXOVksrWg2GiPYbGhr6oTHmdWhivycijyil9tRa&#10;Z5nZOue+o5Q6YNGiRR9tJp+pIo7jWsvIHGZuZithUz6ffweAW+t1OBE5XClVVXcQBMFtFZfG9Qm/&#10;rQmcc0f7e+4GsEZr/RYAKgiCXwNgItq9XmWb5SBJtNZfEJEvAJgbBMG11tqD66QX51xdq3Bm5iiK&#10;Rpj5W8aYCZdazjli5m+FYXhPk3VvGsw8bukhIvWWxV3MfJK19v3W2lOstac75570g0KcJMm74jg+&#10;hoheH8fxkaizL21paVkhIucAGBKRi7yy6Pda6zcmSfL8KTeuQSilMiJSq7PN2MxWQkdHx4Z8Pn+8&#10;iNxSq8MZYzJKqZdWXnfO5ZMkeaL8GhG9DOMHs5UicjeAtyCd5TcAuBHAQgCdy5YtW6K13td3upqo&#10;t9nPDA0NtRNRa3t7e5cxZgcRWaSUWuStCSLnXKekrjY14Y026/2+trW19e1KqT3rpQNSA1EAVw0M&#10;DFzQ29u72UdVERnwRqmjg5JSqh7t25Bz7kkRWZTJZH6DspnRGHOBMSYLoD1JkpcFQTAPQL5e+caY&#10;S5gZWutjnHOrlFI3ishVQRC8F8A3AaycWgsnRiaTyTrnxnU259xQg/aomx3ezedtAP4fM7/FGDOu&#10;YlrrasvvtUS0PpPJlCXTHwBwP8bu18k5d40x5msADgJwZz6fPyOfzxd6e3vzfX19iOO4KwiCk6Mo&#10;+tGcOXPWVKtnraelmfmzHR0df+7u7n4gDMN/BEFwQxiGFwdBcLpvWAjgL+vWrVta70GIyD8mmOKH&#10;lFLvqeINMAa+o/1h/fr1H+vt7a37kU4XtNYDGK/4qavwCcPwdhG5h5k/BKD8MN8uW7bMJknySq11&#10;ZIy5GBU2pFXgiOhPAPZVSq0A0KOUWszM1zjnflMoFLZvsklNw1rbAmCcL5xSqtoSeyZQ8jbZtHbt&#10;2hOVUhc55+rtwcqxqq2tbXQvVygUegEcYq0dtxy01l6LlDOzCKQdvPw7NMY8D8CXstlsTZ1D1Q88&#10;l8v1KKWOB7ATgBHfYX7nnLuImT/pnHtbHMdHaK2PW7hwYdXzjoGBgU4ACIJgKWprgqCU2lEpVVf7&#10;6JxjEblBa31Sb2/vlqJSg4j0Y3xna51ISZHNZpeKyF3M/MLy6319fUdorQeDILiuSr5VobXuEpFh&#10;EbnTObfEGHO31np3AHtls9mjmmnPZKCU6tBaj1sBOedmRWcrFovbMvPJAAKvV/iEiHzCq+cnwt9R&#10;5o4ThuFCAO1KqdejYinZ1tb2tNb6TQD+Vi0jInpMKbVOa/3yyntLqNrZ2tvb9wKwGKlK/k8i8vFc&#10;LneC1vrDxpjzgiC4urW19Q6ky5hqH00wd+7c9/n81wJ4qFZrtdZz6s1q3n3mm8aYd/q8thiYeT3G&#10;t8/09fXVYy0GACildrbW3o10X/aSVatWbTU8PPwogKbO3EQkBuCUUmcYYz7pnPuxUur5IrIaqXZs&#10;s8Jr4cZBaz2Ot3EmwMyxUuqjRFRSQJEx5iLn3FuYeVWt+1yKMd4eWutFANq01q9ctWpVU57tg4OD&#10;a0VkDdJlZtWtRtWPnIgCAPdqrY3W+kSt9e/b29tvJaJvAzgsl8ttjToasUKh0KuUOsFPywURmZSK&#10;3jn3pLX2XQA+h+qawc2KlpaWDRjf2QI0cHbonOsMgmAxM7/BWhsvWLDg6CAIupVSTS39mHlQKTWc&#10;JMkJhULhI865v8VxfC6ArFKqqbO7SWJetYuS+gDOOLxPXZvW+vwoihaVrgdB8Mc4jo9h5lp2s+uZ&#10;+eHyC0qpPbzr1r7z5s0b53tZgQDADlEUHcbMX5g/f/6vlFK7ANgdwNbVbqja2YIguFFrfXiSJK9k&#10;5k8BuAvAwiAITnPOXd/W1nZ7kiRvq1WLbDZ7JICdMpnMrgAQRdEfmLmRaR0A4JwT59w91tqjstns&#10;dZghrVccxwsxXr0dJEkykXVLizGmR0QGjTFXhGG4xBhzWRiGRim1a39/f2lmnFCF7zvUDkEQLMhk&#10;Mq/WWneHYfgFY0wPgEr+ls2Bqp0tCIJZ0dmQHq6T1nrnMAy/jrL9ZVtb2xIReZ9zbpwST0SWrVy5&#10;8qmKyy8AUi/wTCZzYJWyjLX2EGb+gnPu986528MwvMEYc6Yx5nCkRyRzAexVraL1lBKFTCZzvzHm&#10;m1rr1xPRocz8QQC3AOjWWlfdOy1btiyrlDpGa92mlHohAKxevfoxpdSddcqqxE0DAwNvKaMU3zmK&#10;osVN3D9VhMx8chiGN1UhygmdcxN95FZr/WVPeFQaKDgMw7tGRkbO8LZ67QD2q52FLywM9wPQpbXe&#10;Syn1lLX2Mq31oHMujxodYTqhlBo3SjvnuFgszpbOVhSRBACUUm9i5nfi2UFMgiC4HsD5Ve67pZws&#10;CGknLVeMvBjjB0NjjPmsMeZMrfXhALZWSj1KRD+z1r7fOfdmAGudc9WOD+pa/bfFcfz8XC63n6TU&#10;cSWr5oykvm1VKb+LxeJO7GnDiej6st/eWknkUw3+nlESl9tuu62FmS+Pouioiayqp0N8iNkLuQb1&#10;OTPbyYQmqiL7VFKuVRNm/qr3sniGiE5i5m/7vweY+c7N/TyY+eoq72jjyMjI1lvifTRYx7vL3s+6&#10;KIr6yn/3jMd/LUsz7GnqRtMMDw/vxmV0f8x8q1TxU0uS5BRmvpyI3pvL5fbxngUlHzdDRLf79zIu&#10;XFi1yitr7eHejWCDdwx9hplvsta+RiZmBX5fWYX/Vcay1eUrURNE9OcKqmcVx/E7OWW/GkfmOt3i&#10;AxNezRMH33vfVMtKkuQ0Zv7RROmI6GpOo7mujaKozzNJF5l5ExH1y9Q4MyeSgJlvq2w8p3ECpov2&#10;fTo627UV9bteKoIZRlF0VGmwJ6K/SUVn8I6po5MBEa2tEastlDp9gJnPZub1/f394zgpxy0jC4XC&#10;QVrrn3k3ghake5ZerfXhWuurkiQ5ps6UbuD5/Ty2bmlp2dv/f8g5d34t1wjn3MODg4PHd3Z2ji5P&#10;kiR5fhAE52qtw4mOB6YB3XPmzPkBgDeV85vUqGuzngyV0MaYvUWk6kYaAAqFwnbOubOQ2ty1iEgc&#10;BMHhSLWZRms9VynVSkRfi+P4LdbaA3K53IRx7JrEHFS3ctmECgarGcbqir9fy8zvKr+QzWZvEZHb&#10;AUBEfofx7lMHlkdMUkpt3dPT01OlLIs6ZmpxHF/inDuppaVlXJoxnW3ZsmXZlpaWTwFot9Z+UWu9&#10;Z6FQ2JOZX0REPwfQFgTB/wKoqg5etWpVxjn34tHM0/3OW+DXr2vWrPm9iFTaosE5t46I3jFv3ryn&#10;S9dWr17dEwTBD8s8ACZUt08BLc6585RSR010uO7RO8XyMgAWKKU2orqSZIeWlpZfAugmoo8AuMda&#10;e6JS6qthGJ4HoOicuw3A5UEQfEZrvV5r/br29vYr/Z5lWlAoFNpRXfM6sGzZslnT2UTkqfK/dRoZ&#10;8atxHJfvwQoi8j3n3CYR+W1FFkZr/dKKPJRS6nnN1kUpFWitz2tpafmfahUdlXw+vx2nEVsukwrP&#10;Ux/s4tdExLUCD0ZRtDtXhPBh5g25XG7fsun6FVwWSpeZY8/NXu5tnSGiqyvy2Wwe0j4wyIT7ybIl&#10;RvletGnxcZzvJaLTZfxyrN1a+wPPu3KipPTXX8nlctsy87VRFL2BiI4notOSJPlo2X0qjuP9iOih&#10;JEleOB3PxcdAGEdbzsw/lc0XZKRpsdYeQ0Tjlv7M/M/yYBzDw8PzOQ0xNmaJOTQ0NIaNoIQ4jt/d&#10;bF28V/iTkhIHj3lGY0bxTCazi4i0Oed+jQp1+8KFC4si8itjjM5ms1WXP0EQ7FfO6+dHiJ7W1taT&#10;y9LcKSK3liX5djab/TWePc9SzrmvKaXeXJH9RKZNk8X+SqnT9QRBF8uhlKpkmmoKmUwmCyBh5jVI&#10;qa1HwcxvEJF/BkFwpqfMFhFZkc/nRWv9tmw2e6Mx5hdKqW2VUiXXJgVAZzKZB0TkJs+VMWVorTtQ&#10;5XjBObcaM2/xPwoRWamUGqfe11rv3tLScmnJ4qejo6Nfa30GKr6l1tbWV4rIuCV4NU3sRPBG5/9y&#10;zi1eu3btGAOGMZ1NKdWrlCKkvkrVICKCJEmqqn2VUrWs0Y/Cs74+VkT+HzNHzLxEa/1VlDWemT8J&#10;4COVnVY2zyFqxjl3hta62Yc6F415kldFabASkQFr7RgrEKXUm5RSj+dyuXZjzPY+3b/mzZt3NNLn&#10;RAMDAx0AjgyC4D4AWLZsWQbp0t6JyLUi8sKp1K+sLguqDUJKqWemmvd0IgzD5ahh1K2UetVOO+30&#10;v/5PQYVD8KpVq1qNMe8yxoxbzjfBhq28Y+9hzHwagPkisnNvb2/tzmaMKSK1TBhj0/dsvdWrnXOr&#10;rbXVQtkqAH01KrM9M7++9EcQBLcrpe53zn0Mz1qGKGY+EcDXauybnq5ybUogopeKyGsncWtrHMeT&#10;3bdppdTrlFIHaK33V0pVjqhdIrJfS0vLPvDnaIVC4X4A73DOfYuZT+nu7r6Rma+Af3Z9fX1hkiTb&#10;AIC19imlVARgygolpVRVDhgRmfZ3MUX0A6jkKwWQ7t+01h+z1r6o2u+9vb17wx9mV7u32nXPKHCy&#10;c+7/MfMdzLyhpaXlaefcTcaYb2utn6+U6o3jeExnrczsIREpAvgUM79r7dq1cwCE99xzTysznwDg&#10;aKXU3XPmzKk2y2ik/j3VKq2UUsfi2dP9Qj6ff08Yhn/xf6skSd6mlLq4mnuEc65ora36MKcAo7V+&#10;rzFmMtFdWrPZ7KQ+5iiKDtdaHwxghfezGp1V165dO0dEIgB/dmmcZwKAzs7OgcHBwdeLyJNKqT2s&#10;teeEYXh26b7+/n6ltd4eAAYGBjYBGLbWNkJHURcisqjG9c3u2jMJ/KXWD1rrDk/wW8174SitdVNU&#10;F21tbaFS6r1a6/cppV7k48rnReRR59zVzrmfIrXRHOM9UPlhr1RK/Ugp1am1vnT+/PmPOeduOuig&#10;g/4G4Ad+03khqruRK9SxaNBav8BaO+qz5qkUSvvCo40xl9TwOQKA4SiK6vrFNQvPWDUhSQuQmo9V&#10;XGpl5kmp/40xBzvn7kHKRrY1yjy/u7u7d1BKmTAM7/V+c13wlATz5s0bNsZcpLU+LZvN/q48z56e&#10;niAIgh2BdG8NoFDLgLgJKKXUODd/51wxDMPNxdM5aWit73LO1dvXHwTg7RXXurTWR9S6wbt1jcO8&#10;efPykrJinyki7ygWiy/etGnTAmPMnlrrt1prz0bqLTPGR7Oys5HW+rPOufNEZL1SamvvMtCnlFpj&#10;jDktDMN6vPj11PNdWutXVV5MkmRf59wlxph6o8u/5s6dO60zWxiG+zdCLOQxZtT0+8mm1cIAoJRq&#10;McZsKyJzAbxaREbz8e40WaSxwDbAEyFNBGY+jIh2xbMdNxsEwZSWkf39/e1KqWpL5XW5XK6hem1h&#10;3IvaDFrQWofM/NEyu1RYa/cGsGuteyR1saoGNsZcgDS23xVz5sy5v5yiY/369SsBjBhjdkNZH6u2&#10;Js0FQfDpKIr2s9Ye4938j4vj+EUAfoI6Wqg6MxMAQCn1GozlswiDIDhHa13t8LAcN9crdzIQkUMa&#10;SeecS5xz36y8rpSq+ZLqgYhuAXCkUqpbRAaDIDjAU0u0Oee2BtCTJMleYRi+HkDvqlWrJqTOM8as&#10;UUodliTJ6J6ZmbcHUpauQqGwfbNEQW1tbZ2obr2+Loqi2cgUvVJE/l4vgVJq9+7u7jeU/jTGHK21&#10;rufyNClFkF9d/F5EHkdZH6v2Ittzudyc9vb2Z3xhgTFmDmprKEfhnCtqretpwXaPomiHlpaWJwCA&#10;iA7TWr9sgjwLcRzf3No6GerFmgi01rs0mPaOJEnuC4Kxj0pEdkVFQIZG0NLSchsRXam1/ohz7pcA&#10;DlBKfcA5F3ij4xXGmPO9ZveRRvLM5XLLWltbO7UPyeWc26C13g7pB/V5rfWeO+644zFInSUbgjGm&#10;C9U725oqIcFmC650zr2ilmJDa51h5pMA/HJ4eLirvb398HqZMfNj5RFMm4HW+oPjrlX8vY9z7jet&#10;ra2XlF3bwTl3jbX2VNSncRMRqcazWI7eMoZkrbV+zwQjC0RkWWtr670T5Nss5qBBi3kRubmtra2f&#10;mccQeSql5qOG39IEcH55crUxZr5SakEQBKfEcXy6c+43zrmLoij6FMa+mwxquOPk8/l9oigqKKWe&#10;8vd0KaX+CKAvjuM+EdldKVXMZDJNHZ0YY7aroTj4FzbfmeeUUCwWrwNQ15NfKbV/kiR7tbW17YU6&#10;S0jn3Mbh4eGJ9ASmWCweYq39ONIlfAszv9M5d7G19sOosLQafaEDAwOdzHwJgJcrpUY/rCRJWgHs&#10;Y4z5BhG9pk7BopSqSnQyWlgaD+ulABDH8WIAL6mX3nvTXo4G9y6NYnh4uMRbMSFE5H6kipwxbdNa&#10;dxYKhara14mgte4E0K+1/qRzbqm19p2tra1PDw4OnlUsFlcEQZBHmRKKmY9BjcGhpaXlUD/TPCMi&#10;+zjnfgNgewBDWuvj/NHChv7+/qacb0WkKi0bMz9R7fpsgA/h9PN6nDdKqe5MJvNqAK/TWtebPO5u&#10;YAZ/aSaTuc4Y875cLtcB4F1KqR9orU8xxnzbOXdh+fJ9tLN1dXW9SCm1H4BfJknymdL1jRs3PiUi&#10;3wIArfXxqM6OC6QHho3ESdsfQIuna55or7bWWjvtsdBERNAgBwgzP42UlmDM2ZJzriObzU7I716j&#10;/A6ksysBWKG1fhcRvbmnp6fQ0dHxzyAIjtVaj7IfG2NeTUTV9pjKS7uIZLTWnwMwKCI7A3ixMebl&#10;AIiZf9fT01MtbkFN1OJZVEo1HNZ2JhDH8QWoETQRAJRSAHBMNWVdOUTkWoydwStXFgERnaqUagdw&#10;m9eEHo+UK/RKSW2Aj120aNG+pRvKlyovAjBMRF9uaWl5snSxt7c3v3r16vOR0nvtNDAwUIvKTbTW&#10;f63XAI+dNm7cOF9EDp+Ae8Q5537U1tY27dYKw8PDRdTRXFWAkXbMMWdL3ti1KZbjsntD+EFLRNZ6&#10;e70drbWnENFRZaZq7T09PQcy8y5a6/0BKH/2qTyhUqeI7MRp3IUjlFL9WutvALgB6RL3zwAe3bRp&#10;08/QXPCRFq31OGdd51yxUCjMxjO2UbS2tq4SkbPrzW7OuX1Q4yDb//50oVAoP17pieN4jMHG0NBQ&#10;p9/336K1/lhnZ6dyzm0rIk8FQfBRY8z/ANgUhuHLS/c8q5bUei6AeGRkZBxJireLXK21DubNm1ez&#10;g8RxfLtzri6FgYhs19nZuYvWep966QCs2rhx43cnSDMp+PY0RFjjNaUOwIoqP0/oaV0FCunharvP&#10;f8AYI2EYXpDL5X6L1Db0E8x8nIg8k81mLzHG7AHg3cx83Pz5869g5s92d3df4Zy7SGv9JmPM6f7o&#10;pLB27dq/I12CriGiJ5n5Z1tvvXVTREm5XK5LRKpZjzwTRdFE+/IZg+8Q4fLly78P4Npa6XTKrVNV&#10;y+ucExG5oKOjY1TtnyTJEZXPo6urSyPdijwAICoUCi0AMt6To4iUnGrAOTd6fFLecRIArR0dHePC&#10;E/nRdEfnXLR27dqarhWe06FuVBljTKi1fh3qMEN56rqzmv1ImkGjJkda60P8v9X2KosxOR6QDHyI&#10;LRFZj9S0ynV3d68MguC6IAj+aIy5AsAfATwB4AIATyilfqyUOkQp9UUReTHSJfmjzLzBOSda60W9&#10;vb37Dg0N/RnATZlMZo8wDO9utnJhGG5Vg5jo6TiOZ21nC4LghUmS7NbX1xevWbPm/d54oFn80Rjz&#10;Q5QZxhtj/kdrXblnjgAMwn/H3p0sg7SjWU+KtRXKDPpHOxsR/R1AhzHmzAonxMz8+fPfr5Ta2zn3&#10;SG9vb00G5L6+vkRELmugQUegvqHs740xlzeQz6ShlKpLLluW7kQALdbaxyp/E5H5ABZNpnwRmQMA&#10;QRCsqWVdrpRaiFQbvJ+0PCAAACAASURBVAOAOSKyRkQeA3CXUupepEvbBd6xlp1zfyei7nnz5hl/&#10;X9/atWubjjeezWZ3raYlds49WYsndDZARCLPFq232267AWvtic65ukq7cjDzX7TW70HaiQCks6VS&#10;6hVVjC7yzrnHAbwSwG5BEOyCVPuYHxkZ2aGtre1KAFsT0YOlG0Y7W7FY/AOAx5RSR7a1td1FRJd7&#10;UtZblVJfAZAEQXA5qq/9S1odMcZc4ZyrtuQqx661vKGdczlr7SeRzrQlBcC0wzn34ATmPQBSNw3n&#10;3OeLxeIy59wY7ZRSqouZ64YwrgVvjoVisVhEjTBUIpIDsFhrfaJP832v4h/wsgrA9SLyNe8VsVAp&#10;1YnUbWdvrfWSybBHE1HV5bFS6iFs4dC+TWIEwNvz+fw2QEqW688zJ3zPzLzMGHMigKfKr4dheBrS&#10;5WJlQBVBulRd6Jy7TWt9qR+gHu3o6Jijtd4XwJJMJvOso2q5c1uSJAcx8yOVTnQiMkhEH5AKp7uS&#10;ENFx8qzzp/LENK5KPhOCmb9Vytda+6o4jl9QrcypSj6f3947+TVSp9gT7Txc5bfzmyxbMfNFIvJX&#10;EcHIyMg2zPy9ammttT8iohOtteeIyAmS8mZoSR17y51tlbX2myIiRHRqkiT7E9HaOI73bbJuEJGQ&#10;mX9dpZ1ORF6+Od7FdEmxWHwVM8dE9OmK9lwy7qWObduwtfa1Fc8UmzZtWlRydCaiT1Yps8VaewEz&#10;xz7NIyKy2/Dw8HwiOrmMfwciVQh/PBPR26y15zLzhUmSfCKKot2lTsxgIrpBUsat0rU2Zv5lvQbW&#10;anQ+ny8RpWSY+Xc1GjkdYpj5iibqxsxsK68T0d1ShYWpnjDz+UT0uP97LjP/WMYPZG3M/OP+/v7O&#10;OI73HBwc3KpentbaI3x9PpIkyf6eqKet2efiSY/+WaWd62XsO551UupsnpBo9J14BoLllW0qgZm/&#10;KlW+b2vtj8ra/8Ea5WbiOH5BkiQv82RVNeO7j9MsdnV1bTTGXBkEwela69PCMDwvm82WW+hXQ49z&#10;7qNlfxeiKPoIMz8w0fRdgUvb2tpWA6OH3q8GcGSTeTQKds79opElBjDqFzVOg6WU2iGKoqY8t51z&#10;BX8+o+BDJA8PD4/Zw8ZxvD2A/nnz5uUymcyjXV1ddbWnw8PDD/v9yXAYhnkAbmhoqGn3oWw224Mq&#10;Qf3Klq+zGSEAaK2fR0Sj52htbW2riehMkfErYOfc3wuFwvmo+L6ttYdo/f/b++44yYpq/1N1b3fP&#10;zM4mZheWsARhBQVFQRQVRAwPH6CAgiIGMGBC8BlA4GcCffCMCCqigogBfQRBHjmDSAYlCMsSFmbZ&#10;ODO7M93T3ffeOt86vz+qevZOb8eZnp01nM/nfGB76tatW/dWOud7vkcf6csI1QdWJNls9rFMJnOH&#10;J6uqn5ix7cepIT6e5yOUMhb09PSsMMYcYa19pP6V68Vaa4wxPybf2CAIjtKOVevlU5XAPQzDO8iZ&#10;bicjC8IwbOvcppQqElE4ODjYSy4XeTRr1qxxgy2Xy20rIkvJuR2a4i8322yzIWvtFcVi8SoiesZa&#10;u2YCEegVaosNQMvWZejcZC2RRERdXV0zyX/TWutjU3+SbDZ7uYj8OV3eg8z/2yNPxmTZsmXdWuuz&#10;UkYiodb9snWlYwm2giDotdZ+Lf1bV1fXM+Vy+T+ttTe2UMW1uVzuGSLH8qVdHm8iojna0epNhQyL&#10;yA+stRNmivI+m5bi4ipirc0TUdDT0zOT1ofqj8PRGWN2DIKgbkKSlFQMSKUwDI+fNWvWWnKz9Eg2&#10;m23XmKFEpGZEs1JqypNPTlYAzKP1YIEDvfm9IqPW2u9Vxajd6BmTx8nWW299slJqz9RPFTzrpKTT&#10;2eyOoiq844wZM1ZqrT9gqzKGVIu19nzyS/k222yzh9Z6FyIirXUYhmHDyIDJyHPPPfdHIrp2ktXs&#10;SzWigOuJ1nqd1jr0YSwEYCSKonH+uiAItqImyQ5XrVo1I47jMVqHkZGROUT0ZWvtBVrrNblc7tkG&#10;l9eqr0drvYEl0lobW2tbQQdNqyildqpw1wRB0JXL5Y5I/314ePg28rGJ1toCgO9Q1faQmd8qIl+s&#10;QjdZANXclG1LRwabuFB+0lrnrLXfpQ0/vEFjzEettTV9Ptbap8MwvL3y70wmc0hVkTdQfUzmpGTR&#10;okVxkiRfsta29WFWyU5xHLeMkxSX0TQwxswkcoMvk8mkcaJziKhv2bJlDVMke0KZMTCtUmo+gJNF&#10;5G3eodsWOn/WrFlzqAaMSUSez2QymxrvSLUoqYpR9GeuMdfRvHnzCiLyW/+366tTRZfL5e201uf6&#10;kLK0sA8InZR06syWzlCzF4Djqco/lsvlllhrj7PW1jroX0rr2ZECrfXBVX/fcqrObURuu2utPdZa&#10;O6Fwf631/DAM62acrJYwDAeIKMxkMrOJiMTlWhuD9RhjdhKRxT4Isa4kSbKl1nrcgFRKvRgEwZvD&#10;MLyuvacgymaze/iIhGp5gpqErky3jI6Obq6Uqiacek25XB5nvAqC4AYAzxljfkTjJ6M5uVzuZ3Xi&#10;HJ9r9i5akU5tI8esVFrrQCl1UpIkG2AfwzC8WUS+DWDsIa21hpkvIW8Y8Za9asT57Bod2VEJw/A2&#10;a+3HPSdi26KUege12J+lUmklOXT4HCIia+2aNAWBdfTmTS1/WuutM5nM2LlEREBEEkXRRBzPioje&#10;XOdvt9AmxBNZS4IgeCltmGgy58Np0rLCWvvjTCaTjpHsYubvE1G9YNKGEMRWpVODbRx4WWs9L5vN&#10;nlVJ9ZsSGRgY+IlSauyMJCIPZrPZse1lEARv1xsSvebatfhNRMIwvBrA4dbahnnA68hrfPLHptLT&#10;01MkRwizGZFDilhrx1AkYRjOE5F4ZGRkM2PMvhVqAyKaNzQ0NMv36wKl1F4AvsLMZxpjjp8xY8Yn&#10;yOE1J0LZ0K21fkP1j9baPIBN3jjiOTazVb8pcu6jtETPP//8ubQ+XlADOE5r/cF6USgi0pHg5U6d&#10;2TYA6Vpr95k7d+5JVHXWWrBgQZGZv5bCrF1NLqEdEREFQfCWWvdQSk35YCMiymQy90RR9A4iusBa&#10;204M2A7ZbLZmErxqWbVqFYvIqoppHkCZxqeGVWEYvnLmzJlXaa1vDILgjlwu95C19s65c+feNHfu&#10;3JustX9RSn1VKTWstQ6CIDg2DMMTtdbdmUymZixaIxkeHt5cRGpFYiwpFAqbbMBoRYIg2LwOBPD1&#10;VDUI03nZjDH7ENGp9QJJrbWWmTfITzER6chgM8Ysrl4J/IOfwMzV5y/KZrOPiMi51toygHSSA03O&#10;GFJLJhSoORHp6elZobX+pLX23dbam22dzDtp0VqH/qzZFMtZKBRYKbW8AkBm5rLWOqhE9YrIGmvt&#10;iUSkReTd1trDlVJ/IYcpfa3XlxDR5VrrA7XWJ1lr/1SpPwiCtjkje3p63lyLQ9Nae1tfX9+kfUwb&#10;QWriS5VSc5MkqbfSzwuC4IwgCBql9H02l8ttAEKfiHRksHV1dT1CNfb0WuuZWuvvlUqlDYwH5XL5&#10;59baS/P5/POpn7cnonp8jFtQbYKiqRIbhuFNzz777MFJkhzKzL+31r5Y5aepljcXCoVm0ee0aNEi&#10;Y61dRv5ZZ82aVSYiXrBgwSwiojAM+8nR2V0dhuF1YRheG0XRZ8kbkay1V/rrt3366acVEZGk+F+s&#10;te2yIwVa6+rtFnngdduGlumQIAjq0VzkiKjWiq0BfLqeXzEll1OHwNedOrMNikhNs77WeqdcLvd7&#10;D58Zm/V7e3vXxHF8cjpcH8CeVH9l6BoaGqpGXk+5LFq0KO7q6rohDMMPaq33E5GjmPl8a+19fvCl&#10;X8TO3d3drQSUWqXUMyJS4XaMiCjJZDKVFekZEXmWUn3R09PTRUR/sday1vpDAM4konJqSxRaa4cB&#10;fAPAZW0+Zq+uzXK2OAzDlhm5plMA1Fx9tdZBLUtxkiS7K6WOq8XAXRG3g+TfdqqNHXNqK6Xq7muD&#10;INhJa30RM7+TUh/QjBkzVlJq1lBK7V5tHElJ2NfX14igZarFEtFzHjd6rNb6LQAOo5RxyGMn30Mt&#10;9KuILPZkPCG5o8Foyuw+qpS6q8rfs0ZELhGR1URUVkotIxdYSkREQRBsSURDQRCck8lkHmjz2fZK&#10;c56k5GpKxXZtygJguJ5RS0ReV/VTl8f+NkweKSK3ZbPZJxuVaUc6NtistQ23G1rrrZVS5zPzYQ3u&#10;OyFOj2mSUiaTebgaiqa1flsrVskwDJ8kZ6qeR+R8ldbaMXykiPydxiciHA2CYAul1F/JwYfWkMNV&#10;0rJly7qJaFdyPJ/tDg5lrX1X9Y/W2iGtdV1qgU1NtNYrqDYtPimldqQUuRQzv0VEqoET48Q6foTv&#10;UQddHh0bbMPDw7fXcViPSRAE87XW5zHzoVR7u1iTPs2LWbVq1aZGDmrDMPxdlQFl+1wu1xRels/n&#10;B8gNjMrAXNvV1TVGFWGtfYLcYNSp394sIhcTkRhjXiRP975w4cKXi8je5Ah+2j1f5ESkVmTFn4no&#10;8TbrmjYJw/B58pNPtYhILxHtRuQoG8MwPKmFhCrXp1FNnZCODTZ/9rqi6Q21rgy46gN5DxHV2soQ&#10;EZGIrGtEyTBdMjg4+BARjeEG/Tb4KGqClRwZGSkR0TJm3pJojGVrbEUsl8tLyG0xe4iIkiTZVUR2&#10;CILg/4iI8vn8CBHlisXilgC+o5QqFYvFi9ttf7lcfm2d1FBb+3fUcpLIaZbnaH36sXGilMoB2J2I&#10;aM6cOe+01jaknrfW5pn5K1RnpZyodBKILAAuaGKtczd1A+4Xxpixg2scxwupgbVxUw3Jr+Dt0ucF&#10;pdR+SZI0TLzhuTyeVT6LqYisSqNIPHo/kyTJjr7Ot5PzRyZEzn0gInPDMHx9EAR7EtGqmTNnToRv&#10;5H21zsla67201pdaay+iCfKsbGRJiKgmuZFjHVSvIxdZ8fl6zFpELnYNwH9ns9mWQsPakY6i/jOZ&#10;zEMicmdLN9Z6YRAEvyyXywv9vxfUa4+11mitb+pgUzsqcRxfTURjQGat9cwwDI+ixj43EZEH/HmC&#10;RKRA47MAidb60Ww2u4P/+61KqcU0PshxGyJaHMfxa2kCtODer3d4vb9rrXuI6EgA11MT9uppkl7P&#10;/EZERCJyfQMqxT0AHK6UenWdvxMRkdb6sqGhoZ/QFMDTOh1ik4jIdwG0tAJprV+Ry+XOIkcKWnew&#10;EdGTQ0NDN3SslR0WH11+SdXPRzbzuQF4kDy0qlQqFa2149Dm1tpeY8wKIiJjjCJHgW6JiJYvX66s&#10;tZeXy+VSoVAYJbcFbyup3w477PCOZgGmWmsVBMHO1tr/NcZMWajTRMQYs1tfX9+XyH83nrSqXoDr&#10;dkT0jXqQLCLnwB8dHT1+IiRJrUinBxstXbr0FqVUO47Qwzzl2GYN2nPVJo5iEK31bwCM8VxqrXfo&#10;6enZwMqXlmw2u1JEgqeffjoXhmFJax2mueGttaE3hFAmk7HkcI8BEdFuu+2WUUrdO2fOnOfnzZuX&#10;J6Llfivesmitj2mj7FZBEPwqjuNWs/9MuWitd9daf5R8gpPe3t7V1tr/q1O2y8cIbiDWWmOtPWvd&#10;unWH9vb2riYi8s/Z0bCujg+2RYsWxcx8qrW2aYopIsftEQTBN4IgeGmts4O1NkqS5K7UT7NpYsSo&#10;Uy2LlVJXpn9QSn0ivc2pIcNKqRe23XbbbXt7e4tEhC222CINSCZmjomIstnsYyKinn766YCIqLe3&#10;dwsA3UREy5cvz4lILpfLtUxqWyqVtiaitvKJa623D8Pw+7Qhrdu0iFLqP4Ig2JaZxzCpIvJja23L&#10;hg1r7Wpr7ZFa6y+lJvRMGIZ1t9cTlY4PNiKibDb7qDThWx/XCLeV+XidP48AGKMHAHAEgN9QY5LX&#10;aRFmPtdaOxZfprV+7bx5897c6BJPj/cScsYPmTVr1ti5zft60oaX3kWLFgVERF1dXUnFET137twu&#10;7+xuOVNNLpc7RjsW37ZEa30wgKkiYWpHtiWi1xARicgYbUYmk3mQiO5vdrG1Vqy19xhj9gvD8I+U&#10;OqP5/O5bUGOSq7ZlSgYbObLWHxPRn5qWrDSkfhLxFzzShIiIlFKvD4LgYGY+nTYxs3Q2m32Mqjjm&#10;lVJfbJT1U0TuzWQyu5F72fkkScYGG4BiEASZcrm8HTmq8XSO5jXkz2g9PT0LlFItI/OXLVvWrZT6&#10;aKvl06KUIqXUZ5us2FMuAN5AHlvqs8CO7YpE5LJGE73nnLlAa31gLperzsozJwzDU/zk1VGZqsFG&#10;5OjsPmutnVTgXfp6/4JfRkSktf5EHMcHTbKNHRdm/kl6dSOiNy9cuLCuX2dgYKBfRPrIfSxFpVTa&#10;Irk2l8tt293dPQTgFCKSZcuWVT4iaK2LREQAdgHQMjJ9iy22OIScwWCi8vrNNttsOs9uWil1eCWk&#10;xsOuxia0crl8K9VxEwHIi8jJWuvP0IZoG22tPZWIdqEqZuSONLrTFaalp6dnOTN/2NOgTUiUUmMo&#10;hgULFswnooqroCuXy32Fmud426jiV7ffVWbWIAhUNps9hepkbd16663XiUixUCjME5EhpdRYuIeI&#10;/DkIgkPJAZVvIKJ7Fy5cWGECk8o9lFIvVUq1ypERBEHwmXTsV7uBsj4af4MogY0lPltNOhRr7tDQ&#10;0Fj/9vb2PqG13sBmYK1dHgTB0UEQ/ICINmBU8078T2mtdTuTV6syZYNtcHBwJhFRNpv9OzO/31rb&#10;Nj8jgMSj34mIyBizBaW4Oqy1ewA4tCMN7qAkSXIOEaUJct4ax3G95HtWKfVwJpN5JRGNc2xns9m/&#10;E9G2g4OD3QDuJ8e2VTlHCDlDRQ8R7Z7JZFriCGHm/ZRSe1X+DSBvrf0pgLbo/IIgeDVNEQlTMwnD&#10;8D+11lumfprhk4lUBJQCafvz2WIA7yGicUasisRxvLPW+myt9UwA+XK5/Hyn2z1lg23OnDkHeIsX&#10;ZbPZR5IkOcJae1MDp+MGopSKrbVjH63Weue0998jAz5ag35hWqWrq2upiPyo8qxaa5XJZE6jOqub&#10;MebxTCazm4isIhe3VxERka5sNpv1UeNpR6tSSr2kUCjMIKL5o6OjrfiGAqXU59KGEaXUeWEYniAi&#10;328F/ZOSbZYtW7bRozD8u35f+jcRyebz+XHfcuW78Tamv2mtD6viHUnLgkwmc16F7Ecp9bhPmNlR&#10;mbLBppTKdnV1fZb8wbWrq+uZQqFwJBGd3apbgIiScrk8RsCjlKoFVH5NX19fS3QEG1OCIPgFEa1P&#10;F6T1XgDeX6tsd3f3SiKaw8zZIAjSZ7YKeDsIgmBzcgaRiiEg1FrvN2PGjDNEpKu3t7dWPrVxUi6X&#10;91FKja2w1tqBUqn0AyLC8PDwGa2if7zMWrhw4UZf2fr6+l6rlGqWSJPIO7dF5MF8Pn8YEdXcFo6O&#10;jm4O4KdENOawt9bePxWpsaZssFlrl4rIscaYsUjY2bNnr9Vaf9lae5S19n7bnGe/NHv27MohVonI&#10;BnhDrXWGmQ+hKUot1aoUCoVq3o9ha+03bCrNlFLqG1TFfOyFReSxTCazdxpFsmrVqhnW2kIul9tF&#10;a32iiOxB61fHvYloJ2vtgFKKieiIGvWmJcxms5/XWo/VD+D7FSeux3h+p43z23RsIUNr7YdadFlY&#10;a+1iY8z7586d+0KdMgt6enp+qpQ6pMrHexNNAQ53ygabMaafnM/6zJGRkTTHA4dhePXKlSsPBHCc&#10;tfbxBkF/a2j91mlG+jyTFq31vp43f7qkq7u7+7P5fH5cdsowDK8loj+mnm87a+1JtSpIkuQ+pdR+&#10;3rIWEBHNnz//YCJarZTqI0dc88pSqfQKIqIoirSIBFrrE4hoDx+TVtf3GEXR/kqpt1X+DeCpfD7/&#10;03SZcrn8IBG1ROXn+SrbwmJOVrxh5IAWizOAo9P54dMSRdFOAC4iokPTA81au3JwcHBq2J/rpbfp&#10;gPYCuBsA+5xr2TrlFjDz/wOwUqoEwPWVcoVCYXMAT1aX8eUK5XJ5hyl8lma6PYCnfdqmDf7GzC+m&#10;mjscx/EeNcppAOcCuF9EeteuXbstgCeYeQDAN0XkEwAiETnUl88AuNQY8xsAFwC4JkmSE6VGDr3+&#10;/v5uADel+gvGmMNrtGGOzzHWVHzOM70R+1gx89fqtOVpn64pXf5tderRpVJpXwB/rVWXMeaiWn3Y&#10;CZ3whcVicWtjzCFJkuxXr3OMMT/ynVFi5k81eDkqjuNdAVwKgFPPfkmlTKlU2o6ZV9XqIN9JB09F&#10;B7WiSZLsByAxxvxKRILh4eHNBgcHZ6XKHJN+Lv/hd1XXUyqV3gTggdHR0S2NMT9h5rUArhaRPQFc&#10;B+DSfD4/v1K+XC7vyMwPJUnyJhHZFsDvpUYONWb+oB+olftfKbUnv22ZebheH6eFmT+8kft5QYPJ&#10;9lERmVNVvlbOvJCZPwag5ncEgI0xB9S5/5yVK1fOmMwztFM4iKJoURzHxzDzZQCWAjD+xdVMlGiM&#10;Odhbg4SZ1zLzEdIgWZyIdMVxfCyAAf/w51f+ls/ndwFQqtVJIiJJkpw6mY6YjDLzKb69/aVSabsk&#10;Sd7AzF+W9ZNLRtzEUXmphplPqFFXD4ALAVzAzEsB/L5cLu9ojPkBgJ/KhgNUiVvpHgRwB4CbxWUn&#10;HfeRMvOjlXsz81AURS+vcW/FzJ+r179pAbBWRLbdmH0cx/FHAaBOe+6vmtxqflsi8g0AxQbP9YCI&#10;zK7VNwBOA/A3cSmV3ywb9vOkB1tGRF7FzJ8HcBOAVZUZ2j/4MIAREZlb6/pisbgVgBdSD7NK3MfR&#10;aMCpJEn2ZuZnAPw81dmvrtdJvu4Lm9Q7VZpl5ht8Gywzf5SZ/wvA8+k0r6Ojo1sy87J0X9RJYbyA&#10;mR9g5g8bY94C4BoRuaRB5lEVRdEiZv5QuVzeqfpvxpgzKx8pAJskyX/V6adXNdo5VPX1b6XNbKuT&#10;1Jqph1PtuU0aZFkdHBycBeDn3m9bU6y1wsyfrFNHCODOSllmLjLzEwB+WC6X/0NqD9D2Btvo6Oir&#10;AayGz48Nl0L1fgBnJEnyhjiOP8TMxhjz7jp1BAAuSD8UMw/FcXy0NEgbLG5w7Q7gtNRv+9TrKN+2&#10;65csWZJr5aE7qeVyecf0eZOZnwTwoohIHMfvT5c1xvwnfP5l3+ZaKxEZY97JzH9i5vuZ+f+1+jJr&#10;6D7MPJi63w0DAwMzq8sVCoVXoka+8Dr9XC6VSvtuhL7VlSOKP68/1aBNV0kdm4BPW3xFvVUxVcej&#10;6S16lapisbhVHMdHGWP+AGBN6roSgKf9zqPhat/sgecBeAzAmiRJTonjeDdxH0dlZpwLYEhEflWv&#10;DmPMW5h53IwCoAjgZyKyfYN7q0KhsHmqngMadZa4hPBtL+2T1TiOP1aZjKrFGPNbGT+paD+BVPqB&#10;vfFjg3r9oJgjEzdCzGXmO1P3qrmSRlF0IIDlTfp2TAD8fmNMasaY/f3Zlsrl8g5+B1WvTb+VGqt1&#10;oVDYnJlvr/d+UtfDLwCt7Iy6mPlSAGsB/AHACl/HmiiKdm50bbOKlTHmPD9T10xeDuA2Zn6uQUN7&#10;mfmOGg9oAaxk5hOlhUTrxpiDGnWYTwhffUieUvVWvht8x6+t0abFS5YsqT5L9DDzNal+yBtj3tXh&#10;tml/xqhsHxNmPlrGvyPljwd1z8HVAmCNn3Cnum8XAHjGbw9JRHZpNGCMMWdV1+GPMA+38lzMfH2t&#10;Fb+OzgPQD+APIhIODw9vZow50J9361ncWxpsZIw5GAAz85G1/s7Md/itUd0ZmJmPwHgr45jAyaPG&#10;mHdIg5nFbykaddjyGubfqdZ9/DbiXAD3pJ5nlW+TKRaLW1Vf5z+EMcsagKXNZsV21BhzQHolAPAT&#10;SX0IAwMDM70hpuY7qSVwH8EJMvXmfg3gMt9/14l7969t1LYkSU5J11EqlRZ6Y0YrzzWQJMlrWm2f&#10;MeYgOAPXB6r+1nRVbFp5sVjcGsAzzHxL9ehPkuQ1/rD4YqOb+etub/LQDODi0dHRLevUs2eT61dU&#10;Bhszf0RqmNY7rMoY81MAg3Ecv9IY8xvfjkfEWb0qM/Geta6P4/jV8FZXf91dnZgsvItkSaVeZr4z&#10;bVwpl8s7+XN3w61Vjf69uL+/v3uK+5SSJPlkqm2X+L56RaO2+VWbRISGhoYWAljc4jNxkiTHS4Nv&#10;t1wu718sFvfyZbQ3tKwslUoL2322lgoB+J5v3DXGmP8slUr7JknyNX9eEwA/bFaHP7uNttAB65j5&#10;OKmydkVR9FIAda9PDzYAVzHzU97/NFUWynneInWliOg4jo+Gs0Z+KYqil1UGkjHm7Q365EBmLqSe&#10;4feT8eV4q1t6i/pMFEWL/N+1Meaw9OG+VQFwT/r8PFXq33E+dd/z/O+LAJh67TPGvFVkbGFodUWz&#10;AM5vdv5k5r+KiDDz8wB+yswvMvP/yQS+q5YKrV69egGAe6tnQ79lureBWTqtgTHm7FZnVAB/Hh0d&#10;3UP8tmVgYGArfzasV/6ppUuXzvEd9FX/W2KMOV2mYJWL4/gVzBynZtXtAfzOD3jFzLeKiBhj/qNB&#10;PYqZjwZQ9u21AM6aiAFiyZIlOQDnpPpjtZ9sKtvGbyNlCW1VADxWw6UwFZpNG3T8vU8Tcas1gEGp&#10;IQAQRdHLCoXCFnDom1aeyQK4odl368/klwFYh/GghBUAfiQib/O7tpYGXjudscAPlucBDAJ4iJm/&#10;JOstgF3NXsqqVau2gHMctiR+JfuGiMzxD35Lg+Jj1khjzDtSxgEL4Iq0z6sTaow5HMBa7//b4O/M&#10;/Ek4REItWNS4SYiZj4dHeDCzYeavS5PDdpWGzHwS1vtA13p3jIrjeNdWLHI1+t7CITN26WS/1VNm&#10;/mLlnVXun/J7zQPwRJ12ronjeDdmvrGN5/pLsVjcuoU2fcwbr+bGcXwUgIuZeTVS/joAj5ZKpe1a&#10;ecaJdEyQ2rurNdOAbwAAIABJREFU4eHhzeI4/hCAOwGsKxaL2zS6PkmSvdGeqdkCeCBJkv2MMWc2&#10;KHeHeKum961EVX+/ayL77HrqB9PztQwgXl8FYKRFWFPIzCemVrjI4xxbGXABMx9bWbUAjMRx/BFx&#10;aJyPogbmtJU+Z+Z7RkZGXtqp/mqk+Xz+5ZUjSaoNcQWC12iihfNxXd3KZAIAzHxLK9/B8PDwZgBW&#10;Arih+vcoit5tjLkIzip5q7S4c5poB4XlcnnHJEm+xsxPVz3MV5pd762TG5jKm3RUAcC1qG/VvC69&#10;/fKz8jhh5rsGBwebzmgt6jGNBpsx5gBmjowx72yxvkySJJ8DUPDPEzHz15oYJQJm/ji8+d6vtMdG&#10;UbTIGHMxGiAmGvSzYebLRWRBh/qp6XP7M1B1O0bjOH5lqj9/Vqe9aHGgJcaY34nIvFbaxcyfZWYY&#10;Yw5sUG5O6kzc8cHWUyqV3gjg/CpkwvPGmNOZ+V4Az7bis2Dmj4tIS6DXVsQbBsZWAn+4ri5jmfnK&#10;FnB0TTVJkjcCGKkczqtUATiLmRFF0cvaqDdg5o9WzicAEgDfq9PekJk/lRpoq+I4PjZJkk8AeH6C&#10;3TgM4LTJAm7r6Oxaz8HM76t1lgQwlP6OmPmkCT6TABjw/txWz+5dAB5l5iWddOC3VZiZP516uUVm&#10;fswtZnySiFAcx++Hc6B+qIX6FDN/AMDqiXZiVYeOG2zeD1KrnIFDbTSEizXT4eHhzZj5IWa+xYf3&#10;VA7JyqP318C5AdpFtShjzDsBPCciwswWwB+qzhhdzPyV1NZxuTHmLAC31Vv5m/SdBfC4Bw5MhfVW&#10;x3F8TI1VYG4aJJ0WZn44XdZbqNt9rgIzX+v9dJW6MtIE/GCMebef6AaNMd+N43hX6UDYTVuFi8Xi&#10;a71l5knvhJ4N4G9wuLrMwMDATA8gvlNaBKoaY97q8YRtHeBrdOwtkpq5vGOzHkp8nTHmLZPtPGY+&#10;gpkLAJYYY37IzJ82xnwPwHIASZIkn5AJfrzeD3dn5RnYhdK8UUTmGWMuqPzuV+uBiWwZ/fUFAOe2&#10;YjCYqBaLxb2Z+YHqmENm/jwz1zsWnF9VtuXBBgcq+FWSJPvK+HOvjqLonUmSvK5Be0MAN8KBFYyv&#10;by2A33pgRVO0Uz1VIm1Ff4fW2itF5BVRFO09Y8aMlcaY44IgOMdae3AYhtcDOFUpdarW+iAiur2V&#10;SkdGRl4yc+bMM4noMK31hIhXrbX3rVmz5q2ppAjKWru4QuJSo/xta9euPWTevHmt8qGkpYccQWzG&#10;GPOBIAhOqU4ZC4fr+66ITJjLQik1X2t9ktb6db7Na4noRa11xzhXrLXPWGvv1Fq3QsS0Tmt9JrWR&#10;3bRYLG7Z3d19KRHNK5VK+1VoGAqFwvwZM2bcVev9+LRNn81kMudWfgNwQhAEZ9e7DwDxRLV/MMb8&#10;PpfLLabx1AYBMx+ilDqpXC6/q7e3tx4b2T7W2uuttT+11j4QhuGxRPQGrXWPp7i4i5kvyGazN7TT&#10;D0Q0IQPJocwcJUnyKf/vuXChN9eJQ0dv45fudpHhXXEcfxh1AgRbmM02wEYaYzY4t6XKxzUgaDVD&#10;hWroEcz8N7+qP4I6PqB/JgFgjTH/I+1tp3qMMRf6ber9aWMPM38YdRzVAOIkSfZK1+UNb7XKGhF5&#10;kJk/3cAy3JMkyZfEnUl/06C9CsBFANZVVuElS5bkkiR5E4BfwwMCmLkURVEjw0lHVjYiol4AdxGR&#10;CYJgfyIatdZ+h4jevG7durf19fUVyM36xv+3YZKDwcHBmfPmzSuR50MsFotbdnV1fUQp9VGt9Y6t&#10;NgqO629ResaK4/jwXC53ab1rrLU3LV++/JCFCxeWfR1fLZVKl86cObMhQWc+n++bMWPGFUEQ7Nus&#10;XdbaYRF5wSecXyoiq6y1Q5lMZi0zD4nIlGZT1VrvrpQ6S2vdPZl6ADy0bt26d82bN68ljhIiygD4&#10;slLqa1rrjLX2Or/bEXK7jsu01u+uc681QRBsR46cloiImPnHYRgelypjgiC4G8B5QRDcQLXzHKgk&#10;SV4RhuE3ReRApRSste8Lw7AmLf6yZcu6t9566wuttYNhGH6OxnP9B0mSvCwMww+IyKuCIHg/bYSV&#10;jZj5BG9KfYeI0PDw8Nw0rs+H9Z8O4NxmM2GpVNrHA0nTe2FVLBa3SZLkOAB/QZXPrM4MZ0XkVem6&#10;8/n8fHjfVZ1rRiSFXUyS5Av+wD6unlpaKBRegRYxeFX3jOFAAS8AeJyZb4MDBZ/GzB8tl8vvKBaL&#10;rymVStt1wirIzO8HcIsxZv9WlJlP9eeVe+EwlDGAteVyuR6nRy3V4lwjYxEF/lsgkQ2Dimv00RXV&#10;9QG4PNV/NxhjDm5i9V5gjDktbYAD8GgzS7RffRvFD6omf6+rE3qBPur4UWb+rIw3APR4Z+9TcFJo&#10;hA302gtgsfe1bF/994GBgZlJkuwF4HQAf5YG7gLvTkhfH8KFadQVZv58pbx3axQAPOsPw80iyvcC&#10;sKRO1RMSbwVb540sSwB8VyZhOQVwtjHme62U9YPgAQDnDw4OzkqS5HgAJe9gb7UNyiN4xjmp2YWg&#10;kMhYcGxNg443+HwmXac3vN0J4FZjzEGNJqFisbg1M5/EzM+mjW5wVvPP17tuY+iEL/TA1MqqpYwx&#10;B3k/m/F79GcArPYYwYYWHD+QLIBnmjiBe9etW7eDMeYQAOcw86MYj1n7TfVHwY4LpK4YY/5QKbty&#10;5coZFcQ8gDXcnDNFxXH86gpYdSoEwK2TQNv3MPODNc6mG6jHT14O4L41a9ZsGcfxHn71PV9at8Cp&#10;KIoORRVqBQ62NsY8hhSGs8bzmnK5vGO63pUrV84ol8tvbbCSaXGkSGcB6GfmDSzbcNR99SKxN+3B&#10;ltJXMfOfsB5qVEiS5JR8Pj+fHRdH3AyyVC6Xd2Dmdf76kn8ZzYwVSkRml0qlN/kA1wEAq6o71LN2&#10;1Q2JB3B/+iWmjSpwvsQvSXPz/fZw6JZJuS/qtO85aRH1UK3eVfNcM5TDbbfd1gXgl8z8TBzHuxWL&#10;xW0A3M/M17Zx7y44sPMGwahw+MVdxQ8c1KGRExHxE1dL7hK/in0cwK1oHMltmPljjdre5F4BM59a&#10;KpVeP5H3UNFJDbQoig4Tv63ze+klAAqp8Pt5AP4K4CFp4kiEQ1FXOqddJ2sgItsaY87wnTp2TX9/&#10;fzczP9jgRayrfAgiY8Gyado3Y4w5r4XVZQ6AH2ACyPpGwsyoB3ZupgC+CWclrvsx9ff3d3vuyedE&#10;ZE9/RLgDwF2t+t48FvXaepMagMcrZyW/YtaF6iVJ8tUG91I+Xu9jAK70E2xTJz4z31gPCeLbfgsc&#10;0KHmxOKtkQbAGRN5DxWd1GDzYQ0rAFwTx/HufhUZBXCp+A8+SZKvM3PSgI+PRIT8bFoNRi3D0bm1&#10;GuKhPch0nFEmSZKa5J4pOaZS1m+nnq9qhwVwY4PA1oqGzHwU6vASTlR8+yfybp703BqNJohrADw7&#10;Ojr6au+2+TOAe1tFsnsy2Yb0AwD+t1LeI/nrlbO1ItYHBwdneRjbnf5M3ZC8p6rONfl8vi5kjpk/&#10;xMwMd6h7npk/VTUwNRzZ8EqZJF50UoNNxCE1ZP3HrY0x3wdQjuP4g77RvxIR8caUhnV5/FotGTbG&#10;fL9ZREED3aXegdy/kHGEMQDOrlPuqRZC6JUPdrylU9vK9MrQqiZJcgKAJ1avXl3zA4miaGcAjzDz&#10;AyKyvQ9T+TucQanVj2pbboFBmZmPr1wD4OIGz3mvpN6D396fzMzL2hlgqfsyMx/V6BmWLFmS87DB&#10;p30bAOBv/oyp4jg+0g/EL7bYJ1M32KrVMxo955fdSiR3FEVRLWruas34LWdN8avmRcaYt/ptXSAt&#10;bDN9h97QoN7F6Xg3HwZUkwiHmUdaZGLKMvMXGp0l2hFOhf43U38GXlrH+qaZ+QPMPATgQm/pO5KZ&#10;h4wx/ystmrVHR0e3BPBYC+3Op+BRsxtdw+vj1zLM/DEeT9velsA54Wsyl9XR3iRJvoz1BMGWma+H&#10;IyN+SjoQgNzxwSYyti9f4s8vw+w42lvCSnq+yFbpE+73B/ujS6XSdn4lrTkImPm99VYaOC6K/VLl&#10;FTPf3eDeiUc0NCW/yefzL6vMmpMRZn5WWjNWdAH4NTM/ViNgdoEx5tcAVjHz0Z6P8UIAJWPMadLi&#10;O/Jb7ZtbbPfjFQOU900O1CoHYO3IyEif/3b+MqFOWl+XhctF0DYu1U8iP8L6UCfrrdKTHhdTMthE&#10;nNUpSZK9JrL1S5LkU60cfKs62HhjzA+NMQd5J3v645mNGjFuKfmfdBs8dKxuGwCUWwQabwtgXTvP&#10;0uCeF0jjgNKQmU9k5hKPZ3/q8vCoZwD8X6FQ2JWZj2LmF+DCow5q8gxpDYwxP6plXq/T5nMq16Yj&#10;6KvFGPNLcURJTQEMTe7HxphfSGMwRdNB6CeGK+AA7h1hFJuywTYZveSSSwIAP5nIPj3V6esAXJUk&#10;yfFRFC168MEHe5j5I/UGEBx/RXoL1Qsf5tLgHmvrxLONKTN/tYNnNwvgW3Uso13seCDLAC7zZbJJ&#10;kuzLzDcCeIqZjzXGvJ2Zb64YnxrgCWtqHMfvq7fFrtHekqfnrgy20xqUbTl6v0EdEYAzpcEK3d/f&#10;350kydeMMd9l5k/69/cSPzn3Vl2rpINcpBtj8ARPPvnkzEKhsEUURTt75/eXPLdDoxmjF45sZdIf&#10;KlzU8x3sYsBq0mx7o864VE7seDGasek+1sByl2HmmtwZkxEAFaD3HBEJfTjRL/zq/nwcx7uLc/L+&#10;1q9e53jY1h/h/JiPGGMOkzZnbH+fujTg1ZLeQoqbDO5sds1EBQ6WdYw0Rrpo75czVdeCXZ6DBwFc&#10;YYw5m5mPbycKuxWdCBC5oRQKhfldXV3baa1fqpTahYgWicj2RLRQKbVAax0QEVlr12itDySihxpU&#10;NxfA+Uqpw6oyQ05YrLVSry5m/mYYhl+n9aEZc621j2utt2pS52+01p+gFHDWy57W2jvS2T47JT5f&#10;9+NEtJSIXqW13t5aa4joQiKaJSL7ENFfRWSx1novItpbRJZba3+SyWQupHZBtESamb+ntf6vVt6F&#10;z170jSAITiciSpJk9zAMb9Na18q8OmHx2WvvjqLoiz09PQ9R44yhs621NxHRq4joOhHpUkrtQC6J&#10;ZF/l2/T1rjbG7JvL5Z7uWGM7OXLFLbvHVM8czDwK4GlmvgXAD+HZgz0XfkOgsqd3/m11nVMh3hI6&#10;zhrHzF9o4bqyR8mMOwv4s2erZ5u74eBGj1UO5xNoP+By4T3JzHd7S1qZmf/GzP8lk/ATxXG8OzO3&#10;zDmJKv9WA7fOhMRvqV9g5hPbcIsob3G0cBmSwv7+/u4oit4FFyD6NwDfYeZL4jg+Ujoctd7pwVZh&#10;QvqZMeZ3AL7jz073Dg0NLRQRNTIyssh3Epj5gy3W2wvgjFaslJMRAKbCtVh176bWRABPDQ8Pj8uH&#10;AEf73cp9SxViGQ+8fiM7arprASxh5nzTStbXFXt9EcD/RlF0aIVPcxKqjDE/brUNvh0XyvqPdXZl&#10;gp2o+ElkFRzI/R4A/z08PNw2n6VHyDwBYF2SJPt5+NgfAayt8e47qlNWsddARE72HXWSOD/aD/3M&#10;co+0d/jM+HPHpM3ojQQuu041mPmoVlYoY8w5klqpuQZrVJ173l8Hya68ef43da6rRrU/BeA33pH7&#10;EumQFc1nkelv5Vl8W9Z5ym4SGbNCtmRlZOY8gGcB3GuMuZiZv87MR5ZKpX3y+fwu4twfk+KPYebP&#10;+Mn+GnYppss+meak6m2mUz3YKpTYf4JjOPo8HBGOYeb3TqA+NTIysjNc1GzdDJKTEQCravAKZtGa&#10;X2m4VCq9sXJdqwYB1Ekb5XX7Wh+6X71+l/p3kiTJZ2QKCHvY8VK2ZBlObdEq7egC8Mfqcp76YC2A&#10;x5j5KgCnG2PeE8fxHh6T2RJJ7cqVK2c0imsbGBjYqgYucp646O7EG8+uk4nnwNt0BpuIUBRFLwfw&#10;LDNH/oX8ucbDKWmRiWrJkiU5Dxi+tREMa6LCNZD+3tnadDsH4IqKaZ6Zb2+hvDHGHCK1n7ULLky/&#10;VsjIM55I9PrUb0sa4QAnqAGAllZo34blkkovZox5O1w+PguXy+x2AN8zxrw7juPdKnTtE2lbFEUv&#10;i+P4yHrxbZ77/z7UABB7P2oCIJ8kyRs63GfTN9gkla8ZDn3xvuoX6s3sl7eDAfQz2qFwYNqOnecA&#10;LKmRUUYnSfL1Fq6NyuXyO0SEas3oNcoXxeVorn6+LDN/HXWiCOCCSkmc0/y+1O93dJIpy5v7G/ob&#10;U/dmZq5w05C48+6PjTE/McYc4s+0nci70CXOEHd2vYQffkd1ozc21UKAzIbLQ87+25zyFNEbZbD5&#10;pA+X+hdya9Wyn4ELBSmLiHjW2rZeSH9/f7dfeb4FH8rf6KNoRTzwtPoFzGHmPze7FsC14pLRf7eF&#10;skkNBMc8AOfUO+cAKKQDLD3w+X7/N8vMN1fTxk1UPRltq+etK2T89i8UF5fYqQ9Z+fCtSwBc1QCd&#10;lPVhQ4kHwGtvGPlCVeziYXDO/YdaTA6z6Q82n0JpCI6//bDU33oAnO33zgyHlAdcfuKJkmLO9gj2&#10;4/zZ7gG4qOtRtJf8b3V1xLDXPVEH31cRdiFFb/eGlVbuWYGKzWYX8vHXRmckjM81TiJjmV6u8Wch&#10;y8yPiFsxJ/Whe4txU2HmxS2EIE1YPWXDf8Px79/UgK9fwwWxMhyaJPQhOn9i5pEqDGwPgKv9sWGq&#10;kzxutG1klzHmfLgkBJVz2WwAFzIz+0PqF7wZ9sdwPrX/6UAHaD+TLfBbq23FhZPsKiJ7+mQdB3rU&#10;+7HMfKIx5jsAfum3pj+qcfiuiUKoFma+UlwGmKYU63BUgL9m5qebrcrcmGZijs+/UAnoXQvgzMnk&#10;VkOdcKOq9q+WFkiSJqI+WPTrzLzUT8TXNMLbMvPnvPHoYW8YyRpjfo71yUoCcSvdHv39/d1r167d&#10;ro0Uv/8Qg42KxeJWlQjuF198sQ+O76LC6rs0BXnqAvB7PwA/00LdQRzHe/gB1BJqvQVVIpL1L2ED&#10;c7DfFjf0O/lt8Z7cILRnIgLgYQDXVyszX8HMlzLzHwH8lZnzXocBPJokyfHtZjb1AagN49Xg8sBN&#10;ii6ghs4zxrwHLkXToDeuWBG5pAmPiALwM18+9hPn6f7/zxb/fRhj3gWX3veUDre7oXYcrtWCLLDW&#10;/pqI3kZEBSI6m4g+S0R/11q/i4jWeV7Gx4nIlsvlPSosuvVkaGho1qxZsz4cBMGnyXEzPsDMD1tr&#10;/9bd3b1sKh5iZGRks97e3t8HQfAf9cow80+J6Fal1O+DIAgncz8AXyCiofRvSqn3aa0PtNZG1tqj&#10;wjC8td71g4ODNs3P2eI9j1JK/UZrrev8PSKiU0XkSWvtrCAIeq21M7TWPUqpXiKaSY49uouIeoko&#10;JKIZRFRdX0JEa4goS0Q7ee3RWodEDpJlrT1/eHj4pAYM1vuQg6+VrLVfJ6KT/e9WRP60YsWKDy1c&#10;uLBsjHldEAR/JKK1WutDiOi5Vvtj0rIxR7aIUJIke8JRKQz4rJzKzzRFADf5mWtbAKsBlJuh6tOz&#10;2sjIyEsBXOdnNoaDKr0A4ApvSTzUg0snnSRBxFnqmLluWlkAa7z5eVLoCRGRNE9Kqi+/5u9TbpLh&#10;dCI6G03iynw/J3AAaAZgPSayY+Lf4Zelwa7F+2yHmflqcVtsnSTJp70twDLzrYVCYXOfT/wpZn5x&#10;orwuk9HpWNmIiPYxxsSZTOaByg8AjldK/ZCISkQkWuuZ1toVcRy/IQzDY4hoIJPJ/JQaA02JiLQx&#10;5uNBEHxbaz0n/Qdrrfjri+RmtKVENEpEfSIym9wMTERESikQUV5rvdZau0pElorIEmPMo93d3SuI&#10;yPq6drHW/qleTgFjzGeI6K9a69uDIMi100lVbb/EWvtbY8yjL7744qpFixbBGHNSJpP5b7+yHRKG&#10;4Y0Trb9KFIDPKqXO7hQAfCICYCAIgk8Q0Z+owXtn5rcqpS4LgmCOtfYPWuujicjEcfzOXC73ayKa&#10;DeBJpVRMRNtba98bhuFNG+kx1svGHt311DtoS3Bg0D8DuDlJktd7S9LN/tD7rTbyZW2PDvKAVMTP&#10;5v0AfsfMR+Xz+fnFYnFvAM/WKs/MD69du3Y2u8yiE47Pa9ImBnCxz8/2enEwuIxM0BKZJMnrMY35&#10;C3wf3xNFUTuZTw/F+ujqn4nfvfh384L/vcitpTObEp32QeZV+1gzMPNjNf4+B8DFfstyvrSOqczC&#10;gaE7Si+XFt/mETRAlxhjfiXOd/irTg/+Om0aBXAXgDOSJNnXG3pasewGnuX5maluY4O2lwF8RxoT&#10;w9aaRJQx5oxU//6PeONWFEU7M/N9InJygzr/NQZbHMcfqeyvxSWs36CMdzo+6F/IVW2gJLSIHAFg&#10;wuQxnRA4XszZAP4wVStcLfF+t6cBfM+nza2FOQw829a5zNwRgqJ2xZv1H2khb16v94vtkvpNGWMO&#10;gGPgHvSTsk2S5GTxA85POB05q09Up32giTjqAD/Y/iC1P4ZMkiSn+u1SxMxlf3jfpdV7RFH0Uma+&#10;BhNMGtgJAXCRJ5T5ARok/JjC+0dwSSv2Ed/Pg4ODWwP4dsU3Nx3CzKuSJPlKC/4uBYcSAoD7PUpG&#10;G2MOh/MpPjE6Oro7M3/NG20MM3+6SZ3/WoNNRMIkSb4gtZHXOo7jj/ntRcTMp4jDxa0B8IS050zt&#10;YubPAHh+Y2znagkz3+lXmCMAPLkxV7mK+PPvr70DeINsMn5SG/Uf8CAc+qejk5Q/l60GcHYbJLwk&#10;Iq+Czx7EzLckSfJFACMAHkgRvGoA34fzr50nGwH32IpOlzWyVVHMfKBS6ndKqRlE9ONnn3325EWL&#10;FiXMfIBS6hsicpq19sVsNvsEtehDiqJox2w2eyIRvbfTYfqtiLV2pYicXiwWb50xY8bhSqljiGiH&#10;il9pGtpjiWg5ORqFu5n5aa31QCaTKSRJwkSkgiB4uVLqSCLai4i2mGhbrbWJiDwvIpcDuCiXyy2h&#10;5hbmcWKMeaPW+ndBEGznLcz3JEnywa6urqWpYlkA733uuecuXbRoUTyRtnZcpnu0N1JvSVrutw0X&#10;V28zfBL5E5l50BjzjTYREoGv/zdowD0/VeJXj5t9Sq3t2RGnXgIXmT2yMVdeAHcPDw/XwoFWqxKR&#10;7aMoercx5ofeCPNco5UPLrHKam9lPs8Yc0i7SJZa6s9oK0REmPly2QjxaJPVTXZli6Jop0wmc41S&#10;ahER3VosFt8/c+bMgXQZY8xrgyC4ioj6yKESblq+fPlhlUyiLUpojHl1EAQfJqKDiGi7eoiJVsVa&#10;m5Aj1MmT8+mViGhEREQpRUQ0n4heqrWeZa0tEdFtWuvzR0dH7xYR6erq2k4ptVAptbVHZbyciI4S&#10;kSeVUs8RUdFay1rr+Vrrd1hrV2qtzwGQVUr1Wmv7lFILlFKbE9FmRLRlo8yj1toEwOmZTOZ/qA2E&#10;CREFpVJpi56ens2jKOoLw3B2GIazAHQRkRGRESIaArBq3bp1/al85x0RZn631vrnRLSZtfYXg4OD&#10;X+j0PToq0z3a66mnAH8RLr3Q9jXKzGbmm5jZwnF1jAJ4RFrPJVZr1t7WrzCXwRGaNj2nwPkGlwC4&#10;AcB3mfnoJEn2zefzL/co+F7Z8MzQkyTJa+FQ7E84LDYSOLKfH/qMrtvLemPRnnCpuMblS/BBp8KO&#10;r3+DZ/IJDT8Jn33Tn5OW13ouAMU4jhvy4m8k7U2S5E2euuADTSIJVBzHRwMY8TQHX5ONgN6fqE57&#10;A5p05KtT6afSqj13hAFwJ7tsp8Zb2joBRtaDg4PbeILTEzxq/Do4Z/t9AO4UkUuSJPlckiR7+w9i&#10;QvwVhUJhC2b+ODM/XDGWMLOBS0R4V6lU2s7Tfa/yPBlj11YGm4jcXt13IrKLMeZX8EG1zFwwxnw3&#10;iqKXRlF0CFz65HFbVQD9tWBhG+t9i8jb/Na0EtFvmfkOaexXDZIkOY6ZlxljDpdNxBhSS6e9ARNR&#10;j3BYA5e4Yx9xzkoxxnx7Cu+rRaRrYGBgZqOcAhPVfD4/P0mSE1GVtbPCusUuZ1o6vD8E8EMREWa+&#10;pvL70qVL5zDz55l5zMoI4ClPipv2M81JkuTzqGIihkNfTMc7/ZSIDANYaoz5Fjt2sZuiKDpImk+g&#10;GY953WRXNZF/wMHmndu3AwAznyqOI+PX4uSY6vI+ivlbhULhldPd9hZUiwvLuaOy6rBPt+R9cz/y&#10;5XrgkDGJL3O5yFhIzG3wsXZ+23jdyMjIzlJncoiiaJFfuR+Go4k7fWM/d6lU2teb75+Q9fwlSiZ+&#10;JNgkddob0KZqz8vBcAkP5opzdN4nIpJKTUTi8kn/FzMvFxEBsMKfeTrBgTGl6gfNxXBJIn4oMkZQ&#10;c20cx8ewS1g45p+Do7ojcdsw638zcBHvrWS+CUVk7sqVKzeXFlmtOqnGmN+LiMRxXA+3GBhj9o+i&#10;qNNkRhtVJ2V1mwZR1toBInoGwCnkYt82IxcjV8xkMi8QERlj9rPW3qyU+p5Sqttae7/WessgCL5p&#10;jNmdiAJysVWbpPT29q5et27dp4joUq31dkSUIaLHiGjfMAwvCIJgnyqLaSXG6zVaa2WtjYnojOXL&#10;l3+BiAZbuCUT0boFCxasIRdbNpUSGGP2zefzfZUftNa7ExF5S2u1KLiIkKvCMDxsits2pfKPNtiQ&#10;yWTOKxaL+2YymQeJiLq6urYhopki8gIRzbHWnhcEwdVEtDcRXZUkyXuIaL53fl6cyWQeZOb/sNbe&#10;SURHkAtY3OSkr68vXywWTyCiFYODg12rV69eTERRHbdETESBtXZPOBjY/9Naf6tNF8jGEGWtPSMI&#10;gmt7e3s/T+u/vxEiIq31PjUvUurlQRD0kpsU/nFlupfWDmxBDoRjUVrlzdqWmZ8zxrzHU6FfJOJS&#10;5frA1F5ABK85AAAJjUlEQVRmvlnEEfPAYSwPlc5RKnRad6nwInrL3AYC4JvewX+/P+NNKbPvZJRd&#10;St0YwGAURS/3v53iz5cDkuKc9PoSdplsV9exTP/D6LQ3YLLq0eoVGrcygO9WaMk8VRmYueyRGmSM&#10;OcSf+Vb5HF0vwAFW/2KMOUA2vQ91zLBhjDlLaojHi26bJMlxsolb5PwEeLN/XxeJSGZkZKQP63Na&#10;PxNF0eEeOH4UgCeZucguzfEma9ZvRae9AZ1Qn+X0BB/qrkTGcnuv8jPmD0RE+RXidv9Sz/FlZzPz&#10;Scy8kpk5RcOwKb7YueVyeadqFeeHCmTTGGjKx4/VDdI0xuwPIA8XZ7iP/31PZq443+EnRADoN8Yc&#10;vIm+j7Z02hswVS+cmSuksI+lMJWHpqx1d3vejsr2cQ4zv7+SnhjAfUmSfFEmkWbpX1E91XwEYKhQ&#10;KNRzkCtvQRVmvqVC114sFrcB8H1vbb2OXZqrudP9TJ3SaW/AVKhnRy4BKFV43D0K4x6/0v0FDgpm&#10;ANzkV7MxkzeA74sXOLqDf/hZdYo0FJE5cRzv6s/DytP83eD77kf1+s4PyjX+jF1NR/9PqdPegKlS&#10;Y8z+PkaORBwDk49afrFcLu9UKBQ2T5Lkq3B8IpUMMCQumvo5PztXaLfHBan6fASbvL9uijTwqP0j&#10;4NIwj4iIMPNwBe3ijVbMzKsa8YjA5dyDd2Zv8qj9yeq0N2BjaH9/fzcz3yUiAuBP6eQdxWJxqyRJ&#10;Tk1RjR8BBwq+ml0qIWGXeKFSXxeAqwBcOzIy8tJisbi1r++fevXzELU3G2PO87uCEoDFAH4Hn3gD&#10;jvGaPLP1HSIixpgza/RNIG4nsYCZn4XDZO7RyfZuijrtDdhImmFHGf6YNzvfy8zvr5ExRwO4UkSE&#10;HSX5cX6bc22lTBzHu/kP7YkkSfZi5uUAHoLL1vJuz+z8zwAzCkRkW2PM/gMDAzM93cCQiAiAPxhj&#10;DqictaIoenfl98r1zHyEX7VekPVRG2Ecx7sCOItd4hJdKpXe2IhO/J9Jp70BG1nnMvOnUoPuziiK&#10;3lOhx/NuhEEA/d59sAsc/nBYfKgMHJ21BXDGihUr5idJ8lVmvhWOeJYBDDHz7QC+ZYx5S6FQ2GIT&#10;eO5mqqRq9fEZTx/x597XiUthdYeICLv82CQiPXEc7w6X7PJFZv64OD+ZErcdv8/31en+HP1zuEDT&#10;dZ4O/F9qKz7tDZgOzefz8z3/xt+ZeXGFqYuZK8nNzxZnRldw4Fx4y+VsZn5S3ODbM1WnTpLkTX6g&#10;lpn5cX/4ZzgU/aZgkq+pcRx/CMAvCoVCtcM4A+A6EZFKHB0zH+9XqweY+QsAboaLIxwA0O9jC1dW&#10;2JmZ+SO+fIGZR5h5AMCFxWLxdTLNTFfToZssPnAqxUd8nz06OvqHXC63Q09PzwpynPTvJSIGcLHW&#10;2vriN3q247czc6C13tlae7vW+m+pKq1Sqo+I5hDRI0NDQwfNmTOnLwiCVwVBsJoce3K16CRJXhYE&#10;wQFKqV2ISGutX2TmB8rl8v1VUemK2uTpGBkZ2ay7u3ubbDa7OYDtlFLbE9HW1lqtlHosiqKLZ8yY&#10;sSoMw2NEZP/u7u6/kcNfVsRYa+/TWr9DKfVGIjqXmW/IZDIDWuvXWGt3JqJHReQrAG7JZrNFAOdq&#10;rQ/QWn+ciG4MguD/ADymlNpcKXW51voCInq0p6enVn/888t0j/ZNRb2P5xoAN6TTxkZRdLCI89fB&#10;Zddhv10adz2ck1yMMT+T5sYSLY4hbDXWs0w95VdGA+BhnyBRi4xFrV8H4KaKMvONAC6th5T3Z9S8&#10;r7/kt7lPi09hxcx3+XTJp/nnu7i6Dp+ilwE84i2QGi5AVwD8VsafTbsA/K//2wWV35Mk2duj9TfZ&#10;1X1j6bQ3YFPS/v7+7mKxuFX6t4GBgZnMXPLboVG4YMtqR3cvPGRMaqeUHace4zfsrZ4/FudaWBDH&#10;8SvgKNjKcKmYXiMiZIw5yJ8xR7A+WvwBv507odY9KlHcAB5PkuRNIyMji4rF4lblcvmtzJwXEUmS&#10;ZG8PY6v4E8fhQ8vl8g4AlgEoxHG8u4iQh1AlABYPDg7Oyufz840xh7BLQp8AeGIao703aZ32Bvwj&#10;KMYniT+/+u9+kAwBGGiBn17BRVwLu5TB4yyX3lhzib/XeeLYfiuD7R5xhprewcHBWYODg7Pq5T4o&#10;Fouv8yva4rSRZuXKlTOYeYWISBRFB4pDzpQB5GsAfbsA3CUi4ikHKrF2/XBW2svgzP8xgMcBnJnK&#10;s/dvrdJ/tBCbaRGt9ScAnGyt/UuSJBdX/z0IglcT0VwRWbxu3brlTaoLiOjV/rpryDFvjcmiRYti&#10;ADf4f75s1apVPak/d8VxvGW5XO7r6emZ29PTM3fRokU1s8wEQbBOHLvV/Ewmsy8zvwvA5zbffPM/&#10;KqW2gPNt3UdEo0qpvxLRjCAI9qqqhonIEBEppbqIXKydtfYGrbVSSr2OiO631h5WLBb311qf0t3d&#10;/UKT5/+XlX9JA8kEpD8Igm8PDg6eO2/evOoYMSUibw2CQFlr72mBSk2TSxJIAAaDIKhVpmJA0AsW&#10;LFBxHCsfxrZrJpO5k9YbS5JyufzB7u7uu6orSJJkXSaTGSainTOZzEVElBMRIqIVRHRZEARnzpo1&#10;a4ic8eUurfXrrbVHE9EfydHwaSI6mIh2t9auYeaHKm0Nw/A8ALclSfLn7u7uFVprzJw5s8lj/1v+&#10;PdjakDpZL0Ol1GJr7QN+xm9WDcixD5OI7Frj70pEXuf//0UiKns26EBEViqlfgnAEhFprUlrXTMr&#10;68yZM4cBDPtJ4JfW2ivhEPT53t7eteRXLCISY8yFYRh+VCm1D4A7lFL3E9FLyLEfF0Xki7lc7qlU&#10;9Q8FQfBQd3ddKsp/Sy2Z7n3sP4kqcWeplnxHURS9p2KFrJG15W3eRwdmfr+IUBzHR3qr4J3SRpAr&#10;gEtFRDx6vmH7kyR5AxwM7QWvtyVJ8v8qySs2gT7+h9d/r2ydESGXwbQl6e/vv3rHHXc8h4iO11pf&#10;aa29m4iWENFWRPRWrfUcAFcODw9f09fXl760RG3426y1z2utSSm1Q7P2ZzKZu4no8KGhoS6ttZo7&#10;d26stY4zmcymSZn9Dyj/HmzTID7Rw4lRFF2XzWaPIaK9RGR/cme1Z4wx38lkMuf29fXlJ3MfpdSz&#10;1tqV5Eh8WnGMJ319fVNN+PMvK5ss1/+/kGhyFsqKVdGSO9eNvZhyubwwk8m81hizxhtDWn1plbor&#10;df5bplH+P0UublDPvX+GAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBsaHDc4gAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BboJAEIbvTfoOm2nSmy5YaYWyGGPanoxJtYnxtsIIRHaWsCvg23c8&#10;tbeZzJd/vj9djqYRPXautqQgnAYgkHJb1FQq+Nl/ThYgnNdU6MYSKrihg2X2+JDqpLADfWO/86Xg&#10;EHKJVlB53yZSurxCo93Utkh8O9vOaM9rV8qi0wOHm0bOguBVGl0Tf6h0i+sK88vuahR8DXpYvYQf&#10;/eZyXt+O+2h72ISo1PPTuHoH4XH0fzDc9VkdMnY62SsVTjQK4vlbxKiCySKag7gTQTTjNiee4hhk&#10;lsr/HbJfAAAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//&#10;PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9S&#10;Zr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5X&#10;dwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADl68ysf&#10;AgAA5QQAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAOGQ&#10;a2AdigAAHYoAABQAAAAAAAAAAAAAAAAAhQQAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAG&#10;AAgAAAAhAGxocNziAAAACwEAAA8AAAAAAAAAAAAAAAAA1I4AAGRycy9kb3ducmV2LnhtbFBLAQIt&#10;ABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAOOPAABkcnMvX3JlbHMvZTJvRG9j&#10;LnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAANaQAAAAAA==&#10;">
-                      <v:shape id="Image 49" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDeYGmRwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5Qne6sZaSpq6SggU9NBD1YPHR/a5CWbfhuw2f769Kwgeh5n5DbPejrYRPXW+dqxguUhA&#10;EJdO12wUnI4/bykIH5A1No5JwUQetpvXlzVm2g38R/0hGBEh7DNUUIXQZlL6siKLfuFa4uhdXGcx&#10;RNkZqTscItw28j1JPqXFmuNChS0VFZXXw79VsG/MKg/y4ia6+vzXJFSkZ1JqPhvzbxCBxvAMP9o7&#10;reDjC+5f4g+QmxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3mBpkcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                    <v:group w14:anchorId="01ED6B5B" id="Group 48" o:spid="_x0000_s1026" style="position:absolute;margin-left:473.65pt;margin-top:-43pt;width:52.65pt;height:52.65pt;z-index:-15876096;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA5evMrHwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclNuO2jAQhu8r9R0s&#10;3y8BVOjWIuwNXbTSqkU9PIBxnMTa+KCxQ+DtO3ZCWEHVrvYCayb2jL/5PcPq4agbcpDglTU5nU2m&#10;lEgjbKFMldPfvx7v7inxgZuCN9bInJ6kpw/rjx9WnWNybmvbFBIIJjGedS6ndQiOZZkXtdTcT6yT&#10;BjdLC5oHdKHKCuAdZtdNNp9Ol1lnoXBghfQev276TbpO+ctSivC9LL0MpMkpsoW0Qlr3cc3WK84q&#10;4K5WYsDg76DQXBm8dEy14YGTFtRNKq0EWG/LMBFWZ7YslZCpBqxmNr2qZgu2damWinWVG2VCaa90&#10;enda8e2wBffT7aCnR/PZihePumSdq9jr/ehXl8PHEnQMwiLIMSl6GhWVx0AEflwu75eLBSUCtwY7&#10;KS5qfJabKFF//Wdcxll/aUIbUZwSDH+DPGjdyPP/NsKo0IKkQxL9phyaw0vr7vAlHQ9qrxoVTqkr&#10;8c0ilDnslIjKRgeV3AFRRU4/faHEcI3T8KR5JQn6KMr5TIyI6t8k2DfKPaqmiZpHe0DFZr5qhr9U&#10;2zfaxopWSxP6yQHZILU1vlbOUwJM6r1EPHgqZvhiOLUBER0oE/ox8QFkEHW8v0SOHzhcEZSzcSNB&#10;XzhjCX5orbd1y+fFbH7ulmT3F5yDHfiwlVaTaCApEqDUnPHDsx9YzkcGBfvrExfSDE2Ns5S4h7mP&#10;w/raT6cu/07rPwAAAP//AwBQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCw&#10;hH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3ed&#10;c35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoa&#10;GnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5&#10;857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q&#10;1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+&#10;w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFn&#10;ufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoD&#10;gMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa&#10;5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5&#10;CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI&#10;6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8&#10;P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJS&#10;qfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKre&#10;AUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7St&#10;SrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi&#10;8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0c&#10;HLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZ&#10;z8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svM&#10;D7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAY&#10;Y45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1&#10;ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK&#10;7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW&#10;7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c&#10;7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaq&#10;qpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZ&#10;ba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8Z&#10;Gdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI&#10;1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+&#10;oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE&#10;/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7n&#10;uHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Y&#10;l7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXK&#10;EjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9&#10;stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dK&#10;pYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PT&#10;s73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2Bm&#10;UdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693&#10;LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr&#10;7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIB&#10;x5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJ&#10;Jma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZ&#10;V7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplP&#10;ZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKR&#10;ac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3&#10;myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oV&#10;mgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3p&#10;Hk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3o&#10;U1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s0&#10;3Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZW&#10;xwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tT&#10;LzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ&#10;+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7&#10;dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBO&#10;XZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1&#10;pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZ&#10;poxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejr&#10;VZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmP&#10;mX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5A&#10;VRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnrib&#10;mVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz&#10;85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQF&#10;QbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37Oklv&#10;RxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicir&#10;f9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+exc&#10;XLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatm&#10;cOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvc&#10;zg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1P&#10;ALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GU&#10;iHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORC&#10;Iprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqB&#10;AriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6d&#10;N4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cW&#10;aVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cG&#10;e6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6Xr&#10;Sp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze&#10;4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39&#10;eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY02&#10;2VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N&#10;0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx&#10;8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHSt&#10;RqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9a&#10;a89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNx&#10;K2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE&#10;2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pn&#10;a50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6e&#10;G5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZ&#10;F8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89og&#10;CA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8&#10;JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb&#10;2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vf&#10;U6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rH&#10;NVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpP&#10;s+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m42&#10;84VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9&#10;a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadR&#10;OFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG&#10;2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbi&#10;uYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OAL&#10;ErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1&#10;c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tk&#10;a+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xx&#10;IvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh&#10;71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwp&#10;bTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7&#10;RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/&#10;X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1&#10;ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB&#10;9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbj&#10;yrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2&#10;yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZM&#10;Tra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5g&#10;mHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRy&#10;zU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75e&#10;dPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/d&#10;QNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C&#10;8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz&#10;/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt&#10;/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9d&#10;unRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQ&#10;kSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB6&#10;89ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDe&#10;CuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntr&#10;Zeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60&#10;WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpe&#10;CGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7&#10;y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09&#10;Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBg&#10;U3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs&#10;/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu&#10;7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEy&#10;MnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi&#10;8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN5&#10;9VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jr&#10;OQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vq&#10;EmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJl&#10;Vzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj&#10;9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqy&#10;Zct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1Tv&#10;fwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I&#10;/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2&#10;srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6I&#10;PMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCs&#10;gIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57n&#10;fZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/&#10;ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQ&#10;i3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5D&#10;RGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpa&#10;Jm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTW&#10;iZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbK&#10;TgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5i&#10;sXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5&#10;vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCI&#10;qIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39&#10;/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6J&#10;Br5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgX&#10;wA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbw&#10;IgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJ&#10;KH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAP&#10;E9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9&#10;FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNh&#10;Pak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmH&#10;t62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4k&#10;oi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz&#10;59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPR&#10;gu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6x&#10;bt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpT&#10;XFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWk&#10;TSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrv&#10;QVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJE&#10;eO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4e&#10;vi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6k&#10;qhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdba&#10;E5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdK&#10;R2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEs&#10;AYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp&#10;0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/I&#10;qGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQ&#10;LnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt&#10;/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa&#10;+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPP&#10;uzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7&#10;QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjI&#10;qIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+&#10;qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4f&#10;ROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40k&#10;AC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKey&#10;Lqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXp&#10;PGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVM&#10;anbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74i&#10;R05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1&#10;EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS&#10;1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mX&#10;GWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/f&#10;W5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myy&#10;IDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETu&#10;mzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5&#10;DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzI&#10;yieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0&#10;Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37&#10;s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRT&#10;qVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSR&#10;R/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOr&#10;iJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIR&#10;HUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3&#10;qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeID&#10;vu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5&#10;deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ&#10;877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWj&#10;YrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H4&#10;4lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrda&#10;qBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX&#10;5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHt&#10;YK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmb&#10;IxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvr&#10;Zugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr6&#10;1CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeI&#10;yPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMA&#10;bBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ne&#10;d6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzg&#10;LmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50&#10;G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22&#10;225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j0&#10;3BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwY&#10;wN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu&#10;3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv1&#10;3b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1R&#10;CsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJc&#10;brKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAE&#10;IkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPM&#10;LM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVv&#10;ICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2&#10;e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVS&#10;aaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYK&#10;BQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+ko&#10;RkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jl&#10;PnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+e&#10;iSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7&#10;uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJ&#10;AbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyD&#10;XiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu&#10;3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmT&#10;TVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFx&#10;z/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEb&#10;Jis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk&#10;0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3T&#10;rLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZ&#10;IK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1&#10;FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/n&#10;dTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrq&#10;e4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7&#10;AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DV&#10;YYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512C&#10;hP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA4&#10;1tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZ&#10;Y16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vr&#10;W7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IY&#10;syci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGT&#10;rbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh&#10;7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1E&#10;lOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsR&#10;JfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aI&#10;rACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2&#10;yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrf&#10;WpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3Od&#10;UBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGR&#10;nxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxE&#10;nmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBO&#10;I6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5E&#10;tJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3&#10;FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrI&#10;U2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6&#10;gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA3&#10;8f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiI&#10;ROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV&#10;5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrau&#10;TsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vh&#10;wu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCs&#10;WLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOO&#10;WZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWz&#10;RWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcX&#10;CoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaS&#10;PtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMb&#10;EWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+&#10;vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erO&#10;iBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GE&#10;C8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2&#10;APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQi&#10;Ug3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2Oi&#10;inuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF&#10;5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/z&#10;LnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9E&#10;b5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJt&#10;e3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8z&#10;xviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWf&#10;iNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROs&#10;gvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8&#10;eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3&#10;DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW&#10;7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkh&#10;qUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh&#10;3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8&#10;DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh&#10;4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHej&#10;UNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFa&#10;rX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5N&#10;RC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8S&#10;qvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPP&#10;dRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLnt&#10;obEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+p&#10;RdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6J&#10;LEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4&#10;Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68Lz&#10;vLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3Q&#10;Qky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3M&#10;eX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYL&#10;bmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGC&#10;KhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN&#10;9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj&#10;0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNk&#10;lXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY&#10;/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtG&#10;XYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DM&#10;axJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bc&#10;j18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVu&#10;nY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ&#10;1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfY&#10;fdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYl&#10;gCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI&#10;6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5&#10;l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw&#10;7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4j&#10;ov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKev&#10;HGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsF&#10;gHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2&#10;nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTB&#10;PMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1F&#10;Nnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1&#10;azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5&#10;ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nle&#10;jkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M/&#10;/yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUv&#10;AtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9b&#10;mCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLP&#10;vsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzO&#10;LSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA&#10;475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUb&#10;ER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZ&#10;hWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOu&#10;tDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEv&#10;mrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+W&#10;ayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5K&#10;Jxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAP&#10;EX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo&#10;6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBM&#10;RzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBa&#10;Rpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDf&#10;p+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqCh&#10;oaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j&#10;/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD&#10;2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72Y&#10;mX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5p&#10;ZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJ&#10;Jh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz&#10;79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmp&#10;vx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/&#10;A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az&#10;+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+&#10;HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlX&#10;a71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ&#10;5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4&#10;hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS&#10;0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddS&#10;Ijoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIM&#10;Z1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zs&#10;xo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBch&#10;AF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt&#10;9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8&#10;vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPk&#10;IgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V&#10;8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXK&#10;H9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CW&#10;aNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yz&#10;lu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWq&#10;AHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9&#10;rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNm&#10;FGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8&#10;BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT&#10;7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a&#10;1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9bi&#10;Knd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6p&#10;bYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv&#10;6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8V&#10;ALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusL&#10;jMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5J&#10;N4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZy&#10;nZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUO&#10;z0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXr&#10;vhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4Ja&#10;dSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRM&#10;NuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4T&#10;mSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO&#10;5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuj&#10;a2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRp&#10;y9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsM&#10;Abgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4&#10;pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4Mw&#10;GQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t&#10;0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3&#10;S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwT&#10;zTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372&#10;hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL&#10;88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcO&#10;whQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+Fx&#10;GRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQv&#10;VfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhz&#10;sEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOae&#10;WeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwj&#10;IyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO&#10;14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4&#10;S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuv&#10;rnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOp&#10;hkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQ&#10;l9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI1&#10;0RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjI&#10;y0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNV&#10;Bdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJ&#10;uq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nl&#10;yhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y&#10;+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5Voq&#10;LVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CC&#10;Umqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJq&#10;jlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbu&#10;mT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJ&#10;IRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6&#10;DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrW&#10;arU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNK&#10;Pa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxV&#10;a10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/L&#10;KmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4F&#10;cFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVD&#10;S1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8&#10;RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjt&#10;F8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJw&#10;aFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZ&#10;pF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k&#10;8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6Q&#10;J7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10X&#10;b/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPf&#10;IAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0S&#10;Dv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnD&#10;MPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2h&#10;Suaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVB&#10;EMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa&#10;6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZ&#10;I31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2&#10;FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE&#10;9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhY&#10;yQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6&#10;WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFY&#10;DGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUB&#10;WuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5Ao&#10;P7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBu&#10;NKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBn&#10;rbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh&#10;1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfw&#10;OWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtyml&#10;ovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaD&#10;rLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilar&#10;Ai/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1&#10;pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1j&#10;Aa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO&#10;9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYb&#10;kJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9Lgk&#10;NtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EM&#10;yRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w&#10;1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgsw&#10;Tex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDd&#10;CT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpO&#10;cPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwf&#10;z4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE&#10;9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB&#10;+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu&#10;3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTi&#10;jYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0p&#10;co9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4i&#10;KR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs&#10;4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47az&#10;KApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLya&#10;eYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRr&#10;Av19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7y&#10;zf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLg&#10;J/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLR&#10;ewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8&#10;k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwt&#10;Kf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIg&#10;WOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmt&#10;l8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/&#10;V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonb&#10;y9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/&#10;1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69S&#10;Sr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81Zm&#10;Xl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEApvHBJ+IAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6CQBCG7036Dptp0psuSKWKLMaYtifTpNqk8TbCCER2&#10;l7Ar4Nt3PLW3mcyXf74/XY+6ET11rrZGQTgNQJDJbVGbUsH34X2yAOE8mgIba0jBjRyss8eHFJPC&#10;DuaL+r0vBYcYl6CCyvs2kdLlFWl0U9uS4dvZdho9r10piw4HDteNnAVBLDXWhj9U2NK2ovyyv2oF&#10;HwMOmyh863eX8/Z2PMw/f3YhKfX8NG5WIDyN/g+Guz6rQ8ZOJ3s1hRONguXLa8Sogski5lJ3IpjP&#10;YhAnnpYRyCyV/ztkvwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQA5evMrHwIAAOUEAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQC6UyEbF3AAABdwAAAUAAAAAAAAAAAAAAAAAIUEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQCm8cEn4gAAAAsBAAAPAAAAAAAAAAAAAAAAAM50AABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADddQAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADQdgAAAAA=&#10;">
+                      <v:shape id="Image 49" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZwDD0wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJvNatI0a1RSmFhb+Iqnh+b12Tt5mW7ibr115uC4HGYmW+Y1WZwrbhQHxrPCqaTDARx&#10;7XXDRsFhX7wtQISIrLH1TAr+KMBmPXpZYa79lXd0qaIRCcIhRwU2xi6XMtSWHIaJ74iT9+17hzHJ&#10;3kjd4zXBXStnWfYuHTacFix29GWp/qnOTsG53E7NKd5+yZTFvKhOu4M9WqVex8PnB4hIQ3yGH+1S&#10;K5gv4f9L+gFyfQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZwDD0wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                         <v:imagedata r:id="rId13" o:title=""/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>need</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>follow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>both</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>steps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>outlined</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>page.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Please</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
-[...83 lines deleted...]
-              <w:t>on</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>read</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>this</w:t>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-7"/>
-[...70 lines deleted...]
-              <w:t>carefully.</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>it carefully.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2A3F" w14:paraId="5555E62E" w14:textId="77777777">
+      <w:tr w:rsidR="0083307C" w14:paraId="0B74528C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="731"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10788" w:type="dxa"/>
+            <w:tcW w:w="10784" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="085295"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB5CBBD" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="311B9D75" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="42"/>
-[...2 lines deleted...]
-                <w:sz w:val="52"/>
+              <w:spacing w:before="63"/>
+              <w:ind w:left="33" w:right="7"/>
+              <w:rPr>
+                <w:sz w:val="53"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>TIMELINE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2A3F" w14:paraId="074DBCC8" w14:textId="77777777">
+      <w:tr w:rsidR="0083307C" w14:paraId="24045CEE" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="404"/>
+          <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1424" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6C485A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="088F6B73" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="363"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="371"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>VARIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64209623" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="0119E32A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="166"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="164"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>OCTOBER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="512C96B4" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="592C6134" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="105"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="104"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>FEBRUARY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-16"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">15, </w:t>
+              <w:t>15,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="369E5700" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="1699E268" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="545"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="538"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>MARCH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>31,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcW w:w="2402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="737C6C25" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="288F7EE8" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="469"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="464"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>APRIL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
+                <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>30,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2A3F" w14:paraId="1C5F1706" w14:textId="77777777">
+      <w:tr w:rsidR="0083307C" w14:paraId="2703D7AA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2239"/>
+          <w:trHeight w:val="2234"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1424" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C500984" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+          <w:p w14:paraId="566DD759" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3589E405" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+          <w:p w14:paraId="4EEB56B6" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05FD7035" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+          <w:p w14:paraId="356A54BE" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="65"/>
+              <w:spacing w:before="75"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="66C6534E" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="4B41C195" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="53" w:right="40"/>
-[...1 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="194" w:right="184" w:hanging="1"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">your </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30">
+            <w:hyperlink r:id="rId28">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-2"/>
-                  <w:sz w:val="18"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="085295"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>dashboard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
-                <w:sz w:val="18"/>
-[...18 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34AC52B0" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="14"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Recert</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6176BE10" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+          <w:p w14:paraId="51ECF072" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="233"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="236646C7" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+          <w:p w14:paraId="09D11C56" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="20"/>
+              <w:spacing w:line="232" w:lineRule="auto"/>
+              <w:ind w:left="212" w:hanging="160"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Training</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Profile</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31">
-[...1622 lines deleted...]
-            <w:hyperlink r:id="rId37">
+            <w:hyperlink r:id="rId29">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-4"/>
                   <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
-                <w:t>AR</w:t>
+                <w:t>Step</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-8"/>
                   <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-4"/>
                   <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
+                <w:t>A</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:spacing w:val="-4"/>
+                  <w:sz w:val="21"/>
+                </w:rPr>
+                <w:t>)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Application (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="085295"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t>Step B</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="21"/>
+                </w:rPr>
+                <w:t>)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> open for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3638B754" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="241" w:lineRule="exact"/>
+              <w:ind w:left="23" w:right="46"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>online</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38DDF22D" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="46" w:right="23"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>payment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A067F6" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="254" w:line="228" w:lineRule="auto"/>
+              <w:ind w:left="360" w:right="359" w:firstLine="4"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recommended Recertification </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Submitting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>early increases the</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65C12A5F" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="8" w:right="23"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>opportunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>resolve</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E836ED4" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23" w:right="15"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>issues!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="533F9F92" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="21"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>LAST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DAY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>complete</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD974BD" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="16"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13604231" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ED808DF" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="170" w:right="156"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Last day tosubmit recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> application on </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="085295"/>
+                <w:spacing w:val="-32"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single" w:color="085295"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31">
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:color w:val="085295"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t>NREMT.org</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="085295"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32">
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:color w:val="085295"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t>eLicensing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="085295"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>without penalty.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70D94041" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="192" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>After</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>midnight,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5982F785" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="21" w:right="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>recertified</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-33"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>staf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="105E978A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="12"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-36"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ambulance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E84407" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="271" w:right="242" w:hanging="8"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LAST DAY </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>receive Training Officer and/or MD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>sign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>off</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>approval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4486918A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:ind w:left="5"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="085295"/>
+                <w:spacing w:val="-36"/>
+                <w:sz w:val="19"/>
+                <w:u w:val="single" w:color="085295"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="085295"/>
+                  <w:sz w:val="19"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t>NREMT.org</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="085295"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Step</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>A).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="798A4288" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48274EB9" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="319" w:right="269" w:hanging="16"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Late Fees apply if submitted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>March 31, 2026: NREMT $50 MA $50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083307C" w14:paraId="4F0D79CB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="598"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10784" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EBD6E0"/>
+          </w:tcPr>
+          <w:p w14:paraId="59756109" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72" w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="35"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>After</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>April</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>30,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>March</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>31,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2028</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>expiration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Late</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applica-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07186CAA" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="35" w:right="5"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>tion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34">
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:color w:val="085295"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t>eLicensing</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083307C" w14:paraId="309AE2D2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10784" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="530637E3" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083307C" w14:paraId="2DF8493B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="593"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10784" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FC6695" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="35" w:right="16"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>CONTINUING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>EDUCATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>REQUIREMENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083307C" w14:paraId="748F3C11" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="5904"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10784" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="291E33E0" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="184"/>
+              <w:ind w:left="259"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OVERVIEW:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>divided</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>categories,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>total.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education based</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>National</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continued</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Competency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Program</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(NCCP).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Courses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>scope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>—</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>see</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="085295"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t>AR</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="085295"/>
+                  <w:spacing w:val="-17"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="085295"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
                 <w:t>2-212</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="085295"/>
-                <w:spacing w:val="-4"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>additional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>detail</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>about</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
-[...34 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>courseseligible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>recertification.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50561C5B" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="06B8F13E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="249"/>
-              <w:ind w:left="257"/>
+              <w:spacing w:before="240" w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="259"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>COURSE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>APPROVAL:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>courses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>approval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>CAPCE.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>sponsors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...235 lines deleted...]
-              <w:t>to retain rosters on file and issue EMTs documentation of course completion.</w:t>
+              <w:t>to</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="128AAA06" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="000B9B56" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="162"/>
-              <w:ind w:left="252" w:firstLine="4"/>
+              <w:ind w:left="259"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>retain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>rosters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...31 lines deleted...]
-              <w:t>Individual</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>file and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>documentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>EMTs</w:t>
-[...102 lines deleted...]
-              </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...359 lines deleted...]
-              <w:t>NREMT.org</w:t>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...325 lines deleted...]
-              <w:t>submit documentation when audited may result in denial of recertification eligibility or other actions.</w:t>
+              <w:t>completion.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CA96F49" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="5852F47A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="120"/>
-              <w:ind w:left="252"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:left="243" w:firstLine="16"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>TIMELINE</w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>TRACKING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>COURSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COMPLETION: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Individual EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>responsible for keeping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>copies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of their</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion documentation, either as a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certificate or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>copy of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>roster, for at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>least</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>years.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS recommends all course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>documents be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>uploaded</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and stored</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by Training Officer and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...91 lines deleted...]
-                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>possible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">audit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AUDIT: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and/or NREMT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>may</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...86 lines deleted...]
-              <w:t xml:space="preserve">if </w:t>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>audit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applications,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>investigate material</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>completed any</w:t>
-[...181 lines deleted...]
-              <w:t xml:space="preserve">re- </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>time.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Failure to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>newed</w:t>
-[...223 lines deleted...]
-              <w:t>renewal.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submit documentation when audited may result in denial of recertification eligibility or other actions.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B1F2BD2" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="0179DC0B" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="121"/>
-              <w:ind w:left="252"/>
+              <w:spacing w:before="128"/>
+              <w:ind w:left="243"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>DISTRIBUTIVE</w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>TIMELINE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>FO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-28"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>CONTINUING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EDUCATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ACCRUAL:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>cycle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completed any time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>last</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>listed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification dashboard).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>example, if you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">re- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>newed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>October</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...36 lines deleted...]
-              <w:t>There</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>15,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2023,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>start</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>accruing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours on October</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="21"/>
-[...40 lines deleted...]
-              <w:t>on</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>16,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2023,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>towards your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="21"/>
-[...63 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>recertification.</w:t>
+              <w:t>renewal.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35E0EB22" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="3AFB4C71" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-              <w:ind w:left="252"/>
+              <w:spacing w:before="128" w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="243"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>All</w:t>
-[...18 lines deleted...]
-                <w:b/>
+              <w:t>DISTRIBUTIVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EDUCATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>GUIDELINES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>: There</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Distributive Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(DE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...89 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>Education.</w:t>
+              <w:t>recertification.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10A95B02" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="55B0589A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="120"/>
-              <w:ind w:left="252"/>
+              <w:ind w:left="243"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Education.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6943F12C" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118" w:line="232" w:lineRule="auto"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">IMPORTANT NOTE: </w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>IMPORTANT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NOTE:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>If you complete the NREMT “Recert by Exam” process, thus obtaining a 2028 expiration date during this recertification</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>If you complete</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>period,</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>you</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT “Recert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by Exam”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>process,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>thus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>obtaining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2028 expiration date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">during this </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>period,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>will</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>meet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-              <w:t>meet</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:t>continuing</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>education</w:t>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>requirements</w:t>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Massachusetts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
-[...53 lines deleted...]
-              <w:t>certification</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>expiring</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>expiring</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="9"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>2026 and can finish the state recertification process by submitting a state recertification application and fee (Step B).</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>finish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>state</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submitting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a state</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>fee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(Step B).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C152588" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="6E880E08" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3"/>
-              <w:ind w:left="252"/>
+              <w:ind w:left="243"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>Training</w:t>
+              <w:t>Training Officers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>find</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>additional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>instruction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>Officers can</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-3"/>
+              <w:t>contacting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>find additional</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="1"/>
+              <w:t>OEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="13"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>resources and instruction</w:t>
-[...45 lines deleted...]
-              </w:rPr>
               <w:t>at</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="4"/>
-[...4 lines deleted...]
-            <w:hyperlink r:id="rId38">
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36">
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>oems.recert@mass.gov</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="585A241E" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="007E2A3F">
+    <w:p w14:paraId="36005F6C" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="3"/>
-        <w:ind w:left="0"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblInd w:w="357" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3627"/>
         <w:gridCol w:w="3478"/>
-        <w:gridCol w:w="3700"/>
+        <w:gridCol w:w="3695"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E2A3F" w14:paraId="3585A6BD" w14:textId="77777777">
+      <w:tr w:rsidR="0083307C" w14:paraId="64B93F58" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="798"/>
+          <w:trHeight w:val="793"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="1528840B" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="475986D4" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59" w:line="293" w:lineRule="exact"/>
-              <w:ind w:left="8"/>
+              <w:spacing w:before="55"/>
+              <w:ind w:left="122" w:right="91"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>NATIONAL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E5E581C" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="50964FA0" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="195" w:lineRule="exact"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="17"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>that</w:t>
+              <w:t>that all EMTs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="37"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>all</w:t>
+              <w:t>nationwide</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>EMTs</w:t>
+              <w:t>need</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="31"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>nationwide</w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="11"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="16"/>
-[...29 lines deleted...]
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>take.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="14671A45" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="31799A72" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59" w:line="291" w:lineRule="exact"/>
-              <w:ind w:left="10" w:right="2"/>
+              <w:spacing w:before="55" w:line="289" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>LOCAL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5267725A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="2126E1C8" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="10"/>
+              <w:spacing w:line="191" w:lineRule="exact"/>
+              <w:ind w:left="98" w:right="110"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>that</w:t>
+              <w:t>that all EMTs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>all</w:t>
+              <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>EMTs</w:t>
+              <w:t>your</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>in</w:t>
+              <w:t>state,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>your</w:t>
+              <w:t>region</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="3"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB06B61" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="12"/>
+              <w:ind w:left="91" w:right="110"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>state,</w:t>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>region</w:t>
+              <w:t>service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>and/or</w:t>
+              <w:t>need</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="40"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>service need to take</w:t>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>take</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcW w:w="3695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p w14:paraId="659AC3C1" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="6A144B24" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59" w:line="293" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:spacing w:before="55"/>
+              <w:ind w:left="51" w:right="26"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>INDIVIDUAL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D54B3E0" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="27939B4A" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="195" w:lineRule="exact"/>
-              <w:ind w:left="10" w:right="10"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="51" w:right="52"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>individual</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>EMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>can</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>choose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>take</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2A3F" w14:paraId="34086C44" w14:textId="77777777">
+      <w:tr w:rsidR="0083307C" w14:paraId="6EB08EE3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="378"/>
+          <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="635A7EFE" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="31C00E87" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60"/>
-              <w:ind w:left="2"/>
+              <w:spacing w:before="77"/>
+              <w:ind w:left="4"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="21C6CA6A" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="2FFA18AD" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60"/>
-              <w:ind w:left="1243"/>
+              <w:spacing w:before="77"/>
+              <w:ind w:left="1224"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>12.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcW w:w="3695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p w14:paraId="62500CD0" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="28917134" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="77"/>
               <w:ind w:left="1351"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>12.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E2A3F" w14:paraId="6B0FE5B4" w14:textId="77777777">
+      <w:tr w:rsidR="0083307C" w14:paraId="5F0668D7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1573"/>
+          <w:trHeight w:val="1563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="422E4B56" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="066680BF" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60"/>
-              <w:ind w:left="131" w:right="53"/>
+              <w:spacing w:before="52" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="138" w:right="53"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>NATIONAL</w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve">NATIONAL </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...23 lines deleted...]
-                <w:spacing w:val="-7"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>canbe</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>via Distributive Education</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="050D0BE5" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="2565D09E" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="0083307C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="266"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:before="5"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="18"/>
+          </w:p>
+          <w:p w14:paraId="4E00FDD6" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="53"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>content.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-6"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Specific</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...23 lines deleted...]
-            <w:hyperlink r:id="rId39">
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>topics must be assignedto applicable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">content areas on </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-2"/>
-                  <w:sz w:val="18"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="608E0803" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="1716DCAD" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60" w:line="223" w:lineRule="auto"/>
-              <w:ind w:left="282" w:right="396"/>
+              <w:spacing w:before="44" w:line="230" w:lineRule="auto"/>
+              <w:ind w:left="271" w:right="413"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>of</w:t>
+              <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>the</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>LOCAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>LOCAL</w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...11 lines deleted...]
-            <w:r>
               <w:t>can</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>be via Distributive Education</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43D6414B" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="631C9BD5" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="201" w:line="223" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:before="196" w:line="200" w:lineRule="exact"/>
+              <w:ind w:right="139"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Elective</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...19 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B93230D" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:left="6" w:right="116"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcW w:w="3695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p w14:paraId="0D93AACC" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="36B4A069" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="58" w:line="225" w:lineRule="auto"/>
-              <w:ind w:left="10" w:right="3"/>
+              <w:spacing w:before="44" w:line="230" w:lineRule="auto"/>
+              <w:ind w:left="51" w:right="16"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
-              <w:t>INDIVIDUAL</w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve">INDIVIDUAL </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-10"/>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>hours</w:t>
-            </w:r>
-[...24 lines deleted...]
-              <w:t>be</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
-              <w:t>via Distributive Education</w:t>
+              <w:t>canbe</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> via Distributive Education</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="750C11B3" w14:textId="77777777" w:rsidR="007E2A3F" w:rsidRDefault="005F7B49">
+          <w:p w14:paraId="4A7AAB32" w14:textId="77777777" w:rsidR="0083307C" w:rsidRDefault="005C161E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="240"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:before="244"/>
+              <w:ind w:left="52" w:right="1"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Elective</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-9"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BEC16F6" w14:textId="77777777" w:rsidR="005F7B49" w:rsidRDefault="005F7B49"/>
+    <w:p w14:paraId="13F0EB7B" w14:textId="77777777" w:rsidR="005C161E" w:rsidRDefault="005C161E"/>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="280" w:right="360" w:bottom="280" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="240" w:right="360" w:bottom="280" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="76DC35FE"/>
+    <w:nsid w:val="2CF60D0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="36408022"/>
-    <w:lvl w:ilvl="0" w:tplc="412CB888">
+    <w:tmpl w:val="462C5FE8"/>
+    <w:lvl w:ilvl="0" w:tplc="CA1C2FCA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1058" w:hanging="361"/>
+        <w:ind w:left="1050" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EAAAF8E0">
+    <w:lvl w:ilvl="1" w:tplc="BAEA1E8E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2106" w:hanging="361"/>
+        <w:ind w:left="2106" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4CCED5E0">
+    <w:lvl w:ilvl="2" w:tplc="7BDE8F20">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3152" w:hanging="361"/>
+        <w:ind w:left="3152" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AB2C469A">
+    <w:lvl w:ilvl="3" w:tplc="4B2C3596">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4198" w:hanging="361"/>
+        <w:ind w:left="4198" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="088673D8">
+    <w:lvl w:ilvl="4" w:tplc="4330D8D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5244" w:hanging="361"/>
+        <w:ind w:left="5244" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98AA5338">
+    <w:lvl w:ilvl="5" w:tplc="714E1DF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6290" w:hanging="361"/>
+        <w:ind w:left="6290" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FDFEABE4">
+    <w:lvl w:ilvl="6" w:tplc="EFE26550">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7336" w:hanging="361"/>
+        <w:ind w:left="7336" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CA9200FA">
+    <w:lvl w:ilvl="7" w:tplc="069CCA48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8382" w:hanging="361"/>
+        <w:ind w:left="8382" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="DE9EFBC0">
+    <w:lvl w:ilvl="8" w:tplc="C7F2080A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="9428" w:hanging="361"/>
+        <w:ind w:left="9428" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1355814189">
+  <w:num w:numId="1" w16cid:durableId="732196291">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007E2A3F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009C2327"/>
+    <w:rsidRoot w:val="0083307C"/>
+    <w:rsid w:val="005C161E"/>
+    <w:rsid w:val="007630C7"/>
+    <w:rsid w:val="0083307C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6046EF03"/>
-  <w15:docId w15:val="{295AE57A-02E5-4B63-ADBF-FE22E467257E}"/>
+  <w14:docId w14:val="5434AC07"/>
+  <w15:docId w15:val="{AABDB624-F1B9-44A7-9E39-ED89D0850E83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -17680,137 +18351,135 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073" w:hanging="361"/>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="1065" w:hanging="368"/>
       <w:outlineLvl w:val="0"/>
-    </w:pPr>
-[...14 lines deleted...]
-      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073"/>
+      <w:spacing w:before="68"/>
+      <w:ind w:left="921"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073" w:hanging="361"/>
+      <w:ind w:left="1065" w:hanging="368"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nremt.org/AEMT/Recertification" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-professions-licensing-system-user-guide" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oems-administrative-requirements" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://checkahealthlicense.mass.gov/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://checkahealthlicense.mass.gov/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nremt.org/AEMT/Recertification" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-professions-licensing-system-user-guide" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oems-administrative-requirements" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18057,68 +18726,68 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1037</Words>
-  <Characters>5914</Characters>
+  <Words>1039</Words>
+  <Characters>5926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6938</CharactersWithSpaces>
+  <CharactersWithSpaces>6952</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>AEMT Recertification Instructions</dc:title>
+  <dc:title>advanced-emt-recertification-instructions-2026-updated</dc:title>
   <dc:creator>Saxe, Daniel (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2025-08-05T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-30T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Publisher for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2025-08-15T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-30T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Publisher for Microsoft 365</vt:lpwstr>
   </property>
 </Properties>
 </file>