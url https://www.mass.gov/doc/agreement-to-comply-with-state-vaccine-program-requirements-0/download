--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -8,897 +8,769 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="06F292C6" w14:textId="77777777" w:rsidR="00D1217C" w:rsidRPr="00D32A86" w:rsidRDefault="00D1217C" w:rsidP="003F5C86">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="4140"/>
           <w:tab w:val="left" w:pos="8460"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E211233" w14:textId="77C1A4A6" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="1F085C84" w:rsidP="00691818">
+    <w:p w14:paraId="3E211233" w14:textId="17F187CE" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="1F085C84" w:rsidP="630D31B8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="720"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="6D5D98B3" w:rsidRPr="232310CA">
+      </w:pPr>
+      <w:r w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D32A86" w:rsidRPr="08DB0736">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="7EC8B36F" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED7036" w:rsidRPr="08DB0736">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32A86" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Agreement to Comply with</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007125D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7036" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="1E31D975" w:rsidRPr="232310CA">
+        <w:t>Agreement to Comply with</w:t>
+      </w:r>
+      <w:r w:rsidR="007125D4" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>State Vaccine Program Requirements</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00844601" w:rsidRPr="00D32A86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E31D975" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>State Vaccine Program Requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00844601" w:rsidRPr="630D31B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C40F56" w14:textId="77777777" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="00ED7036" w:rsidP="00ED7036">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2559007D" w14:textId="34D3E6E7" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="517636CD" w:rsidP="00691818">
+    <w:p w14:paraId="2559007D" w14:textId="4019AEE3" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="517636CD" w:rsidP="0841EBFE">
       <w:pPr>
         <w:ind w:right="58"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:iCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Vaccine Program</w:t>
       </w:r>
-      <w:r w:rsidR="4B08991A" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="4B08991A" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, as mentioned throughout the agreement,</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="29DF8312" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="29DF8312" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comprise</w:t>
       </w:r>
-      <w:r w:rsidR="567D8C27" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="567D8C27" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d of</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> three sub-programs: universal </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2C434821" w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1F73FBA6" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">two </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0841EBFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sub-programs: universal </w:t>
+      </w:r>
+      <w:r w:rsidR="2C434821" w:rsidRPr="0841EBFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">state </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">pediatric vaccine program, federal </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="44EA6A6C" w:rsidRPr="27CECDC7">
+        <w:t>pediatric vaccine program</w:t>
+      </w:r>
+      <w:r w:rsidR="3EB1CEC5" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>v</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="18B083CC" w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve"> (including the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">accines for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="309A9E2B" w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve">federal </w:t>
+      </w:r>
+      <w:r w:rsidR="0084409A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="18B083CC" w:rsidRPr="27CECDC7">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="18B083CC" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">accines </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="18B083CC" w:rsidRPr="0841EBFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0084409A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="18B083CC" w:rsidRPr="0841EBFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>hildren (</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VFC</w:t>
       </w:r>
-      <w:r w:rsidR="473105E8" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="473105E8" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> program and</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="3B6866A6" w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve"> program</w:t>
+      </w:r>
+      <w:r w:rsidR="4A96927C" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="74ADD84F" w:rsidRPr="0841EBFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0841EBFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> limited adult vaccine program. All sites enrolled in the Vaccine Program (including Specialty providers, Respiratory Vaccine-Only providers, or Adult-Only providers) must consider all doses received via the Vaccine Program as state-supplied vaccines and utilize according to the</w:t>
       </w:r>
-      <w:r w:rsidR="5F9525D9" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="5F9525D9" w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="5F9525D9" w:rsidRPr="00D543ED">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="5F9525D9" w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="5F9525D9" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="5F9525D9" w:rsidRPr="00CD2CB9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="0841EBFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78CFD57C" w14:textId="2A961491" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="00ED7036" w:rsidP="232310CA">
       <w:pPr>
         <w:ind w:right="58"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D8D23CC" w14:textId="5DDD4876" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="00000000" w:rsidP="27CECDC7">
+    <w:p w14:paraId="1D8D23CC" w14:textId="5EF3B368" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="1C4536E6" w:rsidP="630D31B8">
       <w:pPr>
         <w:ind w:right="58"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="2EE33A1A" w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="630D31B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="63F9F6D0" w:rsidRPr="630D31B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o receive </w:t>
+      </w:r>
+      <w:r w:rsidR="2EE33A1A" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="32A27CD6" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="32A27CD6" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="2EE33A1A" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="2EE33A1A" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="63F9F6D0" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="63F9F6D0" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">provided by the </w:t>
       </w:r>
-      <w:r w:rsidR="5E26035D" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="5E26035D" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaccine</w:t>
       </w:r>
-      <w:r w:rsidR="63F9F6D0" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="63F9F6D0" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0003B3D9" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="0003B3D9" w:rsidRPr="630D31B8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="63F9F6D0" w:rsidRPr="27CECDC7">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> practitioners associated with this medical office, group practice, HMO, health department, hospital, clinic, or other entity of which I am the medical director or equivalent, agree to:</w:t>
+      <w:r w:rsidR="63F9F6D0" w:rsidRPr="630D31B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rogram, I, on behalf of myself and any and all practitioners associated with this medical office, group practice, HMO, health department, hospital, clinic, or other entity of which I am the medical director or equivalent, agree to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA2FC83" w14:textId="30EFE6C5" w:rsidR="00ED7036" w:rsidRPr="00D32A86" w:rsidRDefault="00ED7036" w:rsidP="00691818">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="353C4CA2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Read and comply with the </w:t>
       </w:r>
       <w:r w:rsidR="36973019" w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaccine Program</w:t>
       </w:r>
       <w:r w:rsidRPr="353C4CA2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> requirements for vaccine ordering, accountability, management and administration as outlined in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="1EDA5AEE" w:rsidRPr="00691818">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="1EDA5AEE" w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Guidelines for Compliance with </w:t>
         </w:r>
-        <w:r w:rsidR="5F5B55C7" w:rsidRPr="00691818">
+        <w:r w:rsidR="5F5B55C7" w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">State Vaccine Program </w:t>
         </w:r>
-        <w:r w:rsidR="1EDA5AEE" w:rsidRPr="00691818">
+        <w:r w:rsidR="1EDA5AEE" w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Requirements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="1EDA5AEE" w:rsidRPr="232310CA">
+      <w:r w:rsidR="1EDA5AEE" w:rsidRPr="00CD2CB9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA6163E" w14:textId="19FEEA22" w:rsidR="7A7E9BD6" w:rsidRDefault="7A7E9BD6" w:rsidP="232310CA">
+    <w:p w14:paraId="4AA6163E" w14:textId="0E5513D5" w:rsidR="7A7E9BD6" w:rsidRDefault="7A7E9BD6" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="232310CA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Administer state-supplied vaccine only to those children and adults determined eligible as defined in the most recent version of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00691818">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Childhood Vaccine Availability Table</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="232310CA">
-[...18 lines deleted...]
-        <w:r w:rsidRPr="00691818">
+      <w:r w:rsidRPr="00CD2CB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Adult Vaccine Availability Table</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="232310CA">
-[...28 lines deleted...]
-        <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="00CD2CB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="3D2C6170" w:rsidRPr="00CD2CB9">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Summary</w:t>
+          <w:t>DPH Recommended Guidance for Vaccines</w:t>
         </w:r>
-        <w:hyperlink w:history="1">
-[...11 lines deleted...]
-        </w:hyperlink>
       </w:hyperlink>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (See Sections A-1 and A-3 of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643B5019" w14:textId="42B6255D" w:rsidR="7A7E9BD6" w:rsidRDefault="21AAAC9E">
+    <w:p w14:paraId="643B5019" w14:textId="410E3C77" w:rsidR="7A7E9BD6" w:rsidRDefault="21AAAC9E" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Screen and document VFC eligibility with every </w:t>
       </w:r>
-      <w:r w:rsidR="3221F63B" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="3221F63B" w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">immunization </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
-[...131 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="1E1D83F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administered to patients 18 and under.  The Vaccine Program requires providers to document the results of VFC screening at every immunization visit. (See Section A-2 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2CB9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C583B9" w14:textId="293D57A8" w:rsidR="32C2BC1A" w:rsidRDefault="0FAA2D43" w:rsidP="27CECDC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00691818">
         <w:rPr>
@@ -930,1643 +802,1870 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (See Sections A-6 and B-3a of the </w:t>
       </w:r>
       <w:r w:rsidRPr="27CECDC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="27CECDC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E34D95" w14:textId="7CBF77D9" w:rsidR="7A7E9BD6" w:rsidRDefault="21AAAC9E" w:rsidP="27CECDC7">
+    <w:p w14:paraId="24E34D95" w14:textId="609BB19C" w:rsidR="7A7E9BD6" w:rsidRDefault="21AAAC9E" w:rsidP="16ABF66A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tate-supplied vaccines can only be administered within your own office/clinic setting. Providers agree not to sell or distribute vaccines provided by the Vaccine Program to any other person, clinic, or organization outside of transfers to other enrolled sites.</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="7E921972" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="7E921972" w:rsidRPr="27CECDC7">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(See Section A-5 of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A44652D" w14:textId="3158852D" w:rsidR="33832DFD" w:rsidRDefault="33832DFD" w:rsidP="27CECDC7">
+    <w:p w14:paraId="268E0CFB" w14:textId="63759892" w:rsidR="33832DFD" w:rsidRDefault="34126E3A" w:rsidP="6EBD81FD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...45 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By law (M.G.L. Chapter 111, Section 24M), all licensed health care providers practicing who administer immunizations shall report and record immunization, immunization history and any data related to immunization as the Immunization Division determines is necessary for disease prevention and control to the Massachusetts Immunization Information System (MIIS). (See Section C-2a of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2CB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E1DB38F" w14:textId="6548C3EE" w:rsidR="67548540" w:rsidRDefault="67548540" w:rsidP="27CECDC7">
+    <w:p w14:paraId="4E1DB38F" w14:textId="2F3E8265" w:rsidR="67548540" w:rsidRDefault="67548540">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Follow the manufacturer’s specifications and the guidelines established by the Vaccine Program for the storage and handling of vaccines. </w:t>
       </w:r>
-      <w:r w:rsidR="00691818" w:rsidRPr="27CECDC7">
-[...32 lines deleted...]
-      <w:r w:rsidR="1A42889F" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="1A42889F" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-      <w:r w:rsidR="5EFAE09A" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="3CC0B427" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All storage units holding state-supplied vaccine must abide by the most up-to-date </w:t>
+      </w:r>
+      <w:r w:rsidR="3EEDF6AE" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">version of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="3CC0B427" w:rsidRPr="16ABF66A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Vaccine Storage Unit Checklist</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="3CC0B427" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="1A42889F" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="5EFAE09A" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="1A42889F" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="418F61DD" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All data logger device monitoring state-supplied vaccine must abide by the most up-to-date</w:t>
+      </w:r>
+      <w:r w:rsidR="38FFDB99" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> version of the</w:t>
+      </w:r>
+      <w:r w:rsidR="418F61DD" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="79FB26F6" w:rsidRPr="16ABF66A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Data Logger Requirements</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="79FB26F6" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> document</w:t>
+      </w:r>
+      <w:r w:rsidR="418F61DD" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="1A42889F" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(See Section B-3 of the </w:t>
       </w:r>
-      <w:r w:rsidR="1A42889F" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="1A42889F" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3534B312" w14:textId="3B8EF86F" w:rsidR="1A42889F" w:rsidRDefault="1A42889F" w:rsidP="27CECDC7">
+    <w:p w14:paraId="3534B312" w14:textId="0C1D38EE" w:rsidR="1A42889F" w:rsidRDefault="1A42889F" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...19 lines deleted...]
-      <w:r w:rsidR="7780C343" w:rsidRPr="27CECDC7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1E1D83F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Accurately report to the Vaccine Program all required vaccine ordering and usage information, including a complete physical inventory and most recent temperature log</w:t>
+      </w:r>
+      <w:r w:rsidR="6D63079A" w:rsidRPr="1E1D83F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s for all storage units holding state-supplied vaccine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1E1D83F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when submitting vaccine orders in the MIIS. </w:t>
+      </w:r>
+      <w:r w:rsidR="7780C343" w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All expired, damaged, or contaminated vaccine must be documented via a Storage and Handling Issue.</w:t>
       </w:r>
-      <w:r w:rsidR="40C69D54" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="40C69D54" w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(See Section B-4 of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="1E1D83F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3E7974" w14:textId="56BAD972" w:rsidR="7A7E9BD6" w:rsidRDefault="21AAAC9E" w:rsidP="27CECDC7">
+    <w:p w14:paraId="1A3E7974" w14:textId="20FB92BF" w:rsidR="7A7E9BD6" w:rsidRDefault="21AAAC9E" w:rsidP="16ABF66A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Properly complete and submit a Temperature Excursion Issue via the MIIS</w:t>
       </w:r>
-      <w:r w:rsidR="1C051E38" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="1C051E38" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for any </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="270B68D6" w:rsidRPr="16ABF66A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">qualifying </w:t>
+        </w:r>
+        <w:r w:rsidRPr="16ABF66A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>out-of-range temperature</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="18147BA7" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that results in an excursion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a vaccine storage unit holding state-supplied vaccine.</w:t>
+      </w:r>
+      <w:r w:rsidR="0084409A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Providers must promptly abide to any and all follow-up actions noted by the Vaccine Program upon submission review. (See section A-6 and B-3</w:t>
+      </w:r>
+      <w:r w:rsidR="5581FC83" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6892DA55" w14:textId="569E6DFA" w:rsidR="326A7A94" w:rsidRDefault="326A7A94" w:rsidP="232310CA">
+    <w:p w14:paraId="6892DA55" w14:textId="40B5688C" w:rsidR="326A7A94" w:rsidRDefault="326A7A94" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="232310CA">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Provide restitution for any doses of state-supplied vaccines that have been wasted</w:t>
+      </w:r>
+      <w:r w:rsidR="2E5E950E" w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/lost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> due to the provider’s failure to properly receive, store, or use vaccines. Restitution would require the provider to privately purchase replacement doses for the vaccines that were wasted. Additionally, restitution may be requested for any state-supplied data logger that is lost due to neglect or rendered non-functional due to mishandling/improper placement. Data logger restitution would require the provider to </w:t>
+      </w:r>
+      <w:r w:rsidR="009F47BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transition to a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>privately purchase</w:t>
+      </w:r>
+      <w:r w:rsidR="009F47BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>data logger device</w:t>
+      </w:r>
+      <w:r w:rsidR="009F47BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as they would not be receiving a state-supplied replacement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. (For a list of examples see section A-7 and B-3</w:t>
+      </w:r>
+      <w:r w:rsidR="5444D40C" w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E471178">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7520BD" w14:textId="125A9C84" w:rsidR="00ED7036" w:rsidRDefault="1A8F73A1" w:rsidP="00691818">
+    <w:p w14:paraId="0B7520BD" w14:textId="740CD8C7" w:rsidR="00ED7036" w:rsidRDefault="1A8F73A1" w:rsidP="6EBD81FD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="27CECDC7">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00D543ED">
+      <w:r w:rsidRPr="45E8423B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ensure all Vaccine Program communications</w:t>
+      </w:r>
+      <w:r w:rsidR="652652F6" w:rsidRPr="45E8423B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including the Vaccine Program Monthly Update communications)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="45E8423B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>2025 Vaccine Management SOP</w:t>
+          <w:t>Vaccine Management SOP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="00CD2CB9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00D543ED">
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="00CD2CB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>2025 Vaccine Transport SOP</w:t>
+          <w:t>Vaccine Transport SOP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are disseminated to</w:t>
       </w:r>
-      <w:r w:rsidR="44A6DAF6" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="44A6DAF6" w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>reviewed</w:t>
       </w:r>
-      <w:r w:rsidR="672F31BF" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="672F31BF" w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
-      <w:r w:rsidR="4A8D69CA" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="4A8D69CA" w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>signed</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
-[...7 lines deleted...]
-      <w:r w:rsidR="3B8207FE" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="418956E5" w:rsidRPr="45E8423B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if required)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="45E8423B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by all staff who interact with state-supplied vaccine at your facility. </w:t>
+      </w:r>
+      <w:r w:rsidR="62B3D404" w:rsidRPr="45E8423B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers must stay subscribed to Constant Contact emails sent by the Vaccine Program. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="45E8423B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(See </w:t>
+      </w:r>
+      <w:r w:rsidR="3B8207FE" w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ection B-1 of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="45E8423B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461860BC" w14:textId="53AB826F" w:rsidR="00ED7036" w:rsidRDefault="1FC33D4F" w:rsidP="27CECDC7">
+    <w:p w14:paraId="15DEB85F" w14:textId="516898E5" w:rsidR="1FC33D4F" w:rsidRDefault="1FC33D4F" w:rsidP="7A7ACAF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="27CECDC7">
-[...25 lines deleted...]
-      <w:r w:rsidR="7CB118B3" w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="7A7ACAF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>By law (MGL Chapter 94C, Section 7 and regulations of the Department of Public Health at 105 CMR 700.004), all provider sites who manufacture, distribute, prescribe, administer, dispense or posses</w:t>
+      </w:r>
+      <w:r w:rsidR="7CB118B3" w:rsidRPr="7A7ACAF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="5AE21ED7" w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="5AE21ED7" w:rsidRPr="7A7ACAF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="7A7ACAF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>controlled substances (including vaccines) must have an active and valid Massachusetts Controlled Substance Registration (MCSR) license. Providers must renew that MCSR license on an annual basis. (See Section C-2b of the</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="7A7ACAF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2CBF97" w14:textId="0441CE59" w:rsidR="00ED7036" w:rsidRDefault="0A4055C5" w:rsidP="27CECDC7">
+    <w:p w14:paraId="0D28BED9" w14:textId="037C4383" w:rsidR="24E7F4F9" w:rsidRDefault="24E7F4F9" w:rsidP="3E471178">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...81 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidR="1D286CA1" w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a valid Billing National Provider Identifier (NPI) number as part of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>your annual</w:t>
+      </w:r>
+      <w:r w:rsidR="1D286CA1" w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enrollment information. Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="0084409A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="1D286CA1" w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide their Billing NPI </w:t>
+      </w:r>
+      <w:r w:rsidR="1957CD89" w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">every re-enrollment period as part of the State Vaccine Program requirements. </w:t>
+      </w:r>
+      <w:r w:rsidR="0E128BF8" w:rsidRPr="3E471178">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(See Section C-2c of the</w:t>
+      </w:r>
+      <w:r w:rsidR="0E128BF8" w:rsidRPr="3E471178">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4D8231" w14:textId="4377DF40" w:rsidR="00ED7036" w:rsidRDefault="0BA17974">
+    <w:p w14:paraId="7E2CBF97" w14:textId="4BBA66B3" w:rsidR="00ED7036" w:rsidRDefault="0A4055C5" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...34 lines deleted...]
-      <w:r w:rsidR="0A4055C5" w:rsidRPr="27CECDC7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintain all records related to the </w:t>
+      </w:r>
+      <w:r w:rsidR="32D532D0" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="0DDF8578" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program for a minimum of 3 years. If requested, </w:t>
+      </w:r>
+      <w:r w:rsidR="51B8FA82" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>providers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will make such records available to the Vaccine Program or the federal Department of Health and Human Services (DHHS). (See Section B-2 and C-2</w:t>
+      </w:r>
+      <w:r w:rsidR="310C54F4" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
+        <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45BADA81" w14:textId="4D4B3F5C" w:rsidR="00ED7036" w:rsidRDefault="108BCA6A">
+    <w:p w14:paraId="1E4D8231" w14:textId="4377DF40" w:rsidR="00ED7036" w:rsidRDefault="0BA17974">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="27CECDC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>U</w:t>
+        <w:t>Provide</w:t>
       </w:r>
       <w:r w:rsidR="0A4055C5" w:rsidRPr="27CECDC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">nderstand and agree that Vaccine Program </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">are </w:t>
+        <w:t xml:space="preserve"> a list of all physicians, physician assistants, nurse practitioners</w:t>
+      </w:r>
+      <w:r w:rsidR="664DBD7D" w:rsidRPr="27CECDC7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0A4055C5" w:rsidRPr="27CECDC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">required to make an initial </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">enrollment </w:t>
+        <w:t>and nurse-midwives at this facility who prescribe vaccines, along with their medical license numbers and Medicaid numbers, where applicable. (See Section C-3 of the</w:t>
       </w:r>
       <w:r w:rsidR="0A4055C5" w:rsidRPr="27CECDC7">
-        <w:rPr>
-[...71 lines deleted...]
-      <w:r w:rsidR="34EEFC03" w:rsidRPr="27CECDC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
+        <w:t xml:space="preserve"> Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF991D7" w14:textId="0E87694B" w:rsidR="00ED7036" w:rsidRDefault="11A62D98" w:rsidP="27CECDC7">
+    <w:p w14:paraId="45BADA81" w14:textId="5FEE6D05" w:rsidR="00ED7036" w:rsidRDefault="108BCA6A" w:rsidP="28D92262">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="0A4055C5" w:rsidRPr="27CECDC7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nderstand and agree that</w:t>
+      </w:r>
+      <w:r w:rsidR="41017298" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaccine Program </w:t>
+      </w:r>
+      <w:r w:rsidR="7EADEFEA" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quality Assurance staff </w:t>
+      </w:r>
+      <w:r w:rsidR="7521E2CD" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidR="3B15AF45" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="77329887" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="3B15AF45" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conduct </w:t>
+      </w:r>
+      <w:r w:rsidR="7D59A170" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sites visits. Enrollment visits to new and returning </w:t>
+      </w:r>
+      <w:r w:rsidR="50367BB5" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>providers</w:t>
+      </w:r>
+      <w:r w:rsidR="05801EB8" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Compliance visits every 12-24 months</w:t>
+      </w:r>
+      <w:r w:rsidR="5D655764" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and Unannounced Storage and Handling. </w:t>
+      </w:r>
+      <w:r w:rsidR="50367BB5" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Sites enrolled as adult-only or respiratory-only are excluded from Compliance site visits.  </w:t>
+      </w:r>
+      <w:r w:rsidR="34EEFC03" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(See Section C-4 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="34EEFC03" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2407CB" w14:textId="144639A3" w:rsidR="00ED7036" w:rsidRDefault="5C176DCB">
+    <w:p w14:paraId="4FF991D7" w14:textId="58D94E14" w:rsidR="00ED7036" w:rsidRDefault="11A62D98" w:rsidP="16ABF66A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...84 lines deleted...]
-      <w:r w:rsidR="0A4055C5" w:rsidRPr="27CECDC7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designate a Primary and Backup Vaccine Coordinator for </w:t>
+      </w:r>
+      <w:r w:rsidR="3149DCAF" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">practice and ensure the designated </w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Primary and Backup Vaccine Coordinators complete the current annual Vaccine Program Storage and Handling training. (See Section C-3 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF8F1D6" w14:textId="279E684A" w:rsidR="78CACCF4" w:rsidRDefault="386D8E53" w:rsidP="27CECDC7">
+    <w:p w14:paraId="0A2407CB" w14:textId="556A0207" w:rsidR="00ED7036" w:rsidRDefault="17CF4335" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">All Vaccine Program providers are required to maintain inventories of all </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="7C838285" w:rsidRPr="27CECDC7">
+        <w:t>Designated provider Medical Directors</w:t>
+      </w:r>
+      <w:r w:rsidR="5C176DCB" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="0E688AAF" w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve"> h</w:t>
+      </w:r>
+      <w:r w:rsidR="6CBFB192" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        <w:t>ave the discretion</w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ACIP</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="4BD2996B" w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve"> to approve continued use of vaccines in the case of the manufacturer being unable to confirm viability due to insufficient data. </w:t>
+      </w:r>
+      <w:r w:rsidR="384BB0C0" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve">Additionally, </w:t>
+      </w:r>
+      <w:r w:rsidR="4E3E52FF" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> recommended vaccines, with the only exception being specialty providers (i.e., OB/GYN), adult-only or respiratory-only seasonal providers (</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve">Medical Directors </w:t>
+      </w:r>
+      <w:r w:rsidR="6289F667" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>i.e.</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        <w:t>have the authority to decide</w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LBOHs). All ACIP recommended vaccines must be made available and provided to all eligible patients at the site in accordance with the Vaccine Availability Tables</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2CB9" w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>whether</w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to re-vaccinate in the event non-viable vaccines are administered to patients. </w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(See Section C-5 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="27CECDC7">
+      <w:r w:rsidR="0A4055C5" w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DA4CB9" w14:textId="258515E9" w:rsidR="5D487248" w:rsidRDefault="6C9648C0" w:rsidP="27CECDC7">
+    <w:p w14:paraId="4FF8F1D6" w14:textId="36CC670B" w:rsidR="78CACCF4" w:rsidRDefault="386D8E53" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="27CECDC7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Vaccine Program providers are required to maintain inventories of all </w:t>
+      </w:r>
+      <w:r w:rsidR="1F822775" w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DPH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommended vaccines, with the only exception being specialty providers (i.e., OB/GYN), adult-only or respiratory-only seasonal providers (i.e. LBOHs). All </w:t>
+      </w:r>
+      <w:r w:rsidR="070F85DE" w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DPH </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recommended vaccines must be made available and provided to all eligible patients at the site in accordance with the Vaccine Availability Tables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (See Section B-4 and C-6 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
+        <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4526576A" w14:textId="7B176050" w:rsidR="78CACCF4" w:rsidRDefault="78CACCF4" w:rsidP="232310CA">
+    <w:p w14:paraId="26DA4CB9" w14:textId="0C849DC7" w:rsidR="5D487248" w:rsidRDefault="6C9648C0" w:rsidP="1D9DDDBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="232310CA">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comply with the appropriate immunization schedule, dosage, and contraindications that are </w:t>
+      </w:r>
+      <w:r w:rsidR="0084409A" w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidR="6A788538" w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="6A788538" w:rsidRPr="1D9DDDBC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>DPH Recommended Guidance for Vaccines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, unless (a) in making a medical judgment in accordance with accepted medical practice, I deem such compliance to be medically inappropriate or (b) the particular requirement is not in compliance with Massachusetts law, including laws relating to religious or other exemptions.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(See Section C-6 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1D9DDDBC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Guidelines for Compliance with State Vaccine Program Requirements)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70437D35" w14:textId="72D26040" w:rsidR="78CACCF4" w:rsidRDefault="5F649459" w:rsidP="27CECDC7">
+    <w:p w14:paraId="4526576A" w14:textId="7B176050" w:rsidR="78CACCF4" w:rsidRDefault="78CACCF4" w:rsidP="232310CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...27 lines deleted...]
-      <w:r w:rsidR="386D8E53" w:rsidRPr="27CECDC7">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="232310CA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Do not impose a charge for the cost of state-supplied vaccine to a patient or a third-party (e.g. insurance company or Medicaid). (See Section </w:t>
+      </w:r>
+      <w:r w:rsidR="12A43C8C" w:rsidRPr="232310CA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="232310CA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Guidelines for Compliance with State Vaccine Program Requirements</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="386D8E53" w:rsidRPr="27CECDC7">
+        <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749EDCB9" w14:textId="46D5E8E3" w:rsidR="78CACCF4" w:rsidRDefault="78CACCF4" w:rsidP="232310CA">
+    <w:p w14:paraId="70437D35" w14:textId="26326675" w:rsidR="78CACCF4" w:rsidRDefault="5F649459" w:rsidP="16ABF66A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sites may</w:t>
+      </w:r>
+      <w:r w:rsidR="1A31B9EE" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="386D8E53" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>charge an administration fee of up to $23.29 per dose for non-Medicaid (uninsured, underinsured or who are American Indian or Alaskan Native) VFC-eligible patients. For Medicaid VFC-eligible children, accept the reimbursement for vaccine administration set by the Massachusetts Medicaid agency or the contracted Medicaid health plans.  (See Section D-2 of the</w:t>
+      </w:r>
+      <w:r w:rsidR="386D8E53" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guidelines for Compliance with State Vaccine Program Requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="386D8E53" w:rsidRPr="16ABF66A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749EDCB9" w14:textId="4E9DAF39" w:rsidR="78CACCF4" w:rsidRDefault="78CACCF4" w:rsidP="16ABF66A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="547" w:right="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>May only issue a single bill</w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the vaccine administration fee of a non-Medicaid, VFC-eligible child after the date of service may issue only a single bill to the patient within 90 days of vaccine administration. </w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Unpaid administration fees may not be sent to collections</w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and the provider may not refuse to vaccinate an eligible child whose parents have unpaid vaccine administration fees.</w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (See Section D-3 of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="232310CA">
+      <w:r w:rsidRPr="16ABF66A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F90D6B" w14:textId="0BC37A74" w:rsidR="78CACCF4" w:rsidRDefault="386D8E53" w:rsidP="27CECDC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="547" w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2632,78 +2731,51 @@
       </w:pPr>
       <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide a copy of the relevant and current edition of the Vaccine Information Statements (VIS) before administering each dose of vaccine and maintain records in accordance with the National Childhood Vaccine Injury Act. (See Section E of the </w:t>
       </w:r>
       <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) This includes reporting clinically significant adverse events to the Vaccine Adverse Event Reporting Systems </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> (when nirsevimab is not co-administered with another vaccine). (See Section G of the </w:t>
+        <w:t xml:space="preserve">) This includes reporting clinically significant adverse events to the Vaccine Adverse Event Reporting Systems (VAERS) or Medwatch (when nirsevimab is not co-administered with another vaccine). (See Section G of the </w:t>
       </w:r>
       <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="232310CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F58BE2" w14:textId="3DBBF786" w:rsidR="002F0D2D" w:rsidRPr="00D32A86" w:rsidRDefault="386D8E53" w:rsidP="00691818">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
@@ -2957,60 +3029,60 @@
       <w:r w:rsidRPr="64FEF1B4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Vaccine Provider Site Number________________ Date:</w:t>
       </w:r>
       <w:r w:rsidR="08E7ED89" w:rsidRPr="64FEF1B4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="64FEF1B4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC4D276" w14:textId="77777777" w:rsidR="00FA3DFC" w:rsidRPr="00D32A86" w:rsidRDefault="00C74052" w:rsidP="0011586A">
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="42CAD3FB" w14:textId="208CA061" w:rsidR="00094E00" w:rsidRPr="00D32A86" w:rsidRDefault="00C74052" w:rsidP="27CECDC7">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2760"/>
+          <w:tab w:val="center" w:pos="5400"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32A86">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A331939" wp14:editId="155BA622">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4166235</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>542290</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2406015" cy="216535"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 201"/>
@@ -3041,295 +3113,269 @@
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="01F63B96" w14:textId="77777777" w:rsidR="00127EFC" w:rsidRPr="00127EFC" w:rsidRDefault="00127EFC" w:rsidP="00127EFC"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="7A331939">
+              <v:shapetype w14:anchorId="7A331939" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 201" style="position:absolute;left:0;text-align:left;margin-left:328.05pt;margin-top:42.7pt;width:189.45pt;height:17.05pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" strokecolor="white" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdD6HwEgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviyJGuNOEWXLsOA&#10;7gJ0+wBZlm1hsqhJSuzs60vJbpptb8X0IIiidEgeHm5uxl6Ro7BOgi5ptkgpEZpDLXVb0h/f92+u&#10;KHGe6Zop0KKkJ+Hozfb1q81gCpFDB6oWliCIdsVgStp5b4okcbwTPXMLMEKjswHbM4+mbZPasgHR&#10;e5XkabpOBrC1scCFc3h7NznpNuI3jeD+a9M44YkqKebm427jXoU92W5Y0VpmOsnnNNgLsuiZ1Bj0&#10;DHXHPCMHK/+B6iW34KDxCw59Ak0juYg1YDVZ+lc1Dx0zItaC5Dhzpsn9P1j+5fhgvlnix/cwYgNj&#10;Ec7cA//piIZdx3Qrbq2FoROsxsBZoCwZjCvmr4FqV7gAUg2focYms4OHCDQ2tg+sYJ0E0bEBpzPp&#10;YvSE42W+TNdptqKEoy/P1qu3qxiCFU+/jXX+o4CehENJLTY1orPjvfMhG1Y8PQnBHChZ76VS0bBt&#10;tVOWHBkKYB/XjP7HM6XJUNLrVb6aCHgBRC89KlnJvqRXaViTtgJtH3QddeaZVNMZU1Z65jFQN5Ho&#10;x2rEh4HPCuoTMmphUixOGB46sL8pGVCtJXW/DswKStQnjV25zpbLIO9oLFfvcjTspae69DDNEaqk&#10;npLpuPPTSByMlW2HkSYdaLjFTjYykvyc1Zw3KjJyP09PkPylHV89z/j2EQAA//8DAFBLAwQUAAYA&#10;CAAAACEAdBbTVuAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvBi7Cwqp&#10;yNI0jcZzqxdvW5gCkZ0FdluoT+/0ZG8zmS//fH++mm0nTjj61pGGaKFAIJWuaqnW8PX5/rgE4YOh&#10;ynSOUMMZPayK25vcZJWbaIunXagFh5DPjIYmhD6T0pcNWuMXrkfi28GN1gRex1pWo5k43HYyViqV&#10;1rTEHxrT46bB8md3tBrc9Ha2DgcVP3z/2o/Netge4kHr+7t5/Qoi4Bz+YbjoszoU7LR3R6q86DSk&#10;SRoxqmGZPIO4AOop4XZ7nqKXBGSRy+sOxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;XQ+h8BICAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAdBbTVuAAAAALAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+              <v:shape id="Text Box 201" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:328.05pt;margin-top:42.7pt;width:189.45pt;height:17.05pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdD6HwEgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviyJGuNOEWXLsOA&#10;7gJ0+wBZlm1hsqhJSuzs60vJbpptb8X0IIiidEgeHm5uxl6Ro7BOgi5ptkgpEZpDLXVb0h/f92+u&#10;KHGe6Zop0KKkJ+Hozfb1q81gCpFDB6oWliCIdsVgStp5b4okcbwTPXMLMEKjswHbM4+mbZPasgHR&#10;e5XkabpOBrC1scCFc3h7NznpNuI3jeD+a9M44YkqKebm427jXoU92W5Y0VpmOsnnNNgLsuiZ1Bj0&#10;DHXHPCMHK/+B6iW34KDxCw59Ak0juYg1YDVZ+lc1Dx0zItaC5Dhzpsn9P1j+5fhgvlnix/cwYgNj&#10;Ec7cA//piIZdx3Qrbq2FoROsxsBZoCwZjCvmr4FqV7gAUg2focYms4OHCDQ2tg+sYJ0E0bEBpzPp&#10;YvSE42W+TNdptqKEoy/P1qu3qxiCFU+/jXX+o4CehENJLTY1orPjvfMhG1Y8PQnBHChZ76VS0bBt&#10;tVOWHBkKYB/XjP7HM6XJUNLrVb6aCHgBRC89KlnJvqRXaViTtgJtH3QddeaZVNMZU1Z65jFQN5Ho&#10;x2rEh4HPCuoTMmphUixOGB46sL8pGVCtJXW/DswKStQnjV25zpbLIO9oLFfvcjTspae69DDNEaqk&#10;npLpuPPTSByMlW2HkSYdaLjFTjYykvyc1Zw3KjJyP09PkPylHV89z/j2EQAA//8DAFBLAwQUAAYA&#10;CAAAACEAdBbTVuAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvBi7Cwqp&#10;yNI0jcZzqxdvW5gCkZ0FdluoT+/0ZG8zmS//fH++mm0nTjj61pGGaKFAIJWuaqnW8PX5/rgE4YOh&#10;ynSOUMMZPayK25vcZJWbaIunXagFh5DPjIYmhD6T0pcNWuMXrkfi28GN1gRex1pWo5k43HYyViqV&#10;1rTEHxrT46bB8md3tBrc9Ha2DgcVP3z/2o/Netge4kHr+7t5/Qoi4Bz+YbjoszoU7LR3R6q86DSk&#10;SRoxqmGZPIO4AOop4XZ7nqKXBGSRy+sOxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;XQ+h8BICAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAdBbTVuAAAAALAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokecolor="white">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00127EFC" w:rsidR="00127EFC" w:rsidP="00127EFC" w:rsidRDefault="00127EFC" w14:paraId="01F63B96" w14:textId="77777777"/>
+                    <w:p w14:paraId="01F63B96" w14:textId="77777777" w:rsidR="00127EFC" w:rsidRPr="00127EFC" w:rsidRDefault="00127EFC" w:rsidP="00127EFC"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00ED7036" w:rsidRPr="00D32A86">
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="42CAD3FB" w14:textId="77777777" w:rsidR="00094E00" w:rsidRPr="00D32A86" w:rsidRDefault="00094E00" w:rsidP="27CECDC7">
+    <w:p w14:paraId="5985B568" w14:textId="67575F61" w:rsidR="27CECDC7" w:rsidRDefault="27CECDC7" w:rsidP="27CECDC7">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2760"/>
           <w:tab w:val="center" w:pos="5400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5985B568" w14:textId="67575F61" w:rsidR="27CECDC7" w:rsidRDefault="27CECDC7" w:rsidP="27CECDC7">
+    <w:p w14:paraId="1EECA73C" w14:textId="3EAEC56F" w:rsidR="27CECDC7" w:rsidRDefault="27CECDC7" w:rsidP="27CECDC7">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2760"/>
           <w:tab w:val="center" w:pos="5400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EECA73C" w14:textId="3EAEC56F" w:rsidR="27CECDC7" w:rsidRDefault="27CECDC7" w:rsidP="27CECDC7">
-[...11 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="27CECDC7" w:rsidSect="0011586A">
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="245" w:right="720" w:bottom="245" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7405886D" w14:textId="77777777" w:rsidR="00FE307C" w:rsidRDefault="00FE307C">
+    <w:p w14:paraId="51121B5E" w14:textId="77777777" w:rsidR="00406298" w:rsidRDefault="00406298">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="759B8E5B" w14:textId="77777777" w:rsidR="00FE307C" w:rsidRDefault="00FE307C">
+    <w:p w14:paraId="1D2E8680" w14:textId="77777777" w:rsidR="00406298" w:rsidRDefault="00406298">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0902B043" w14:textId="77777777" w:rsidR="00FE307C" w:rsidRDefault="00FE307C"/>
+    <w:p w14:paraId="6E09B6D5" w14:textId="77777777" w:rsidR="00406298" w:rsidRDefault="00406298"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05FBE76C" w14:textId="77777777" w:rsidR="00BF2E04" w:rsidRPr="00AD0E0E" w:rsidRDefault="00BF2E04" w:rsidP="0032640E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5400"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44BD5035" w14:textId="77777777" w:rsidR="00FE307C" w:rsidRDefault="00FE307C">
+    <w:p w14:paraId="3E90FF00" w14:textId="77777777" w:rsidR="00406298" w:rsidRDefault="00406298">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74A7B70F" w14:textId="77777777" w:rsidR="00FE307C" w:rsidRDefault="00FE307C">
+    <w:p w14:paraId="40E1BB8A" w14:textId="77777777" w:rsidR="00406298" w:rsidRDefault="00406298">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2623E6CC" w14:textId="77777777" w:rsidR="00FE307C" w:rsidRDefault="00FE307C"/>
+    <w:p w14:paraId="0FC02898" w14:textId="77777777" w:rsidR="00406298" w:rsidRDefault="00406298"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1071" type="#_x0000_t75" style="width:16.6pt;height:8.3pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:16.5pt;height:8.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00B2481F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CEC7CFA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -4083,59 +4129,63 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CC3B762"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EEBE909E"/>
-    <w:lvl w:ilvl="0" w:tplc="6FDE1D32">
+    <w:tmpl w:val="D228056E"/>
+    <w:lvl w:ilvl="0" w:tplc="C45EBF32">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5508AE42">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="93940436">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E6061308">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4755,102 +4805,101 @@
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CD82B63"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4D1228BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1589580578">
+  <w:num w:numId="1" w16cid:durableId="2128693599">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="364329752">
+  <w:num w:numId="2" w16cid:durableId="1306159555">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="710148357">
+  <w:num w:numId="3" w16cid:durableId="839392648">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1991129218">
+  <w:num w:numId="4" w16cid:durableId="1413430032">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="855770617">
+  <w:num w:numId="5" w16cid:durableId="1550653466">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="116410750">
+  <w:num w:numId="6" w16cid:durableId="831795941">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1353996095">
+  <w:num w:numId="7" w16cid:durableId="388773035">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1998536486">
+  <w:num w:numId="8" w16cid:durableId="535384975">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="315838512">
+  <w:num w:numId="9" w16cid:durableId="719011225">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="535853007">
+  <w:num w:numId="10" w16cid:durableId="1329291066">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="756898971">
+  <w:num w:numId="11" w16cid:durableId="1001154034">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="633367751">
+  <w:num w:numId="12" w16cid:durableId="612445420">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1871649546">
+  <w:num w:numId="13" w16cid:durableId="1833712664">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2110394266">
+  <w:num w:numId="14" w16cid:durableId="856121318">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="298266367">
+  <w:num w:numId="15" w16cid:durableId="1862234163">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -4885,173 +4934,178 @@
     <w:rsid w:val="00096C3D"/>
     <w:rsid w:val="000B3841"/>
     <w:rsid w:val="000B5696"/>
     <w:rsid w:val="000C0683"/>
     <w:rsid w:val="000C3C44"/>
     <w:rsid w:val="000C4747"/>
     <w:rsid w:val="000D0057"/>
     <w:rsid w:val="000D0689"/>
     <w:rsid w:val="000E1149"/>
     <w:rsid w:val="000F4A5F"/>
     <w:rsid w:val="000F563E"/>
     <w:rsid w:val="000F5E4D"/>
     <w:rsid w:val="0010583F"/>
     <w:rsid w:val="00107A76"/>
     <w:rsid w:val="00114925"/>
     <w:rsid w:val="0011586A"/>
     <w:rsid w:val="00115F1A"/>
     <w:rsid w:val="00121B84"/>
     <w:rsid w:val="00126670"/>
     <w:rsid w:val="00127EFC"/>
     <w:rsid w:val="00130465"/>
     <w:rsid w:val="001330D1"/>
     <w:rsid w:val="00137799"/>
     <w:rsid w:val="00141231"/>
     <w:rsid w:val="001420A1"/>
+    <w:rsid w:val="00145030"/>
     <w:rsid w:val="00150DB4"/>
     <w:rsid w:val="0016273B"/>
     <w:rsid w:val="00164EEC"/>
     <w:rsid w:val="001761FE"/>
     <w:rsid w:val="00176BF4"/>
     <w:rsid w:val="00180D03"/>
     <w:rsid w:val="00183E0E"/>
     <w:rsid w:val="001A2EEF"/>
     <w:rsid w:val="001A791D"/>
     <w:rsid w:val="001B1894"/>
     <w:rsid w:val="001C41BD"/>
     <w:rsid w:val="001C78F6"/>
     <w:rsid w:val="001E2479"/>
     <w:rsid w:val="001F6A84"/>
     <w:rsid w:val="001F6D50"/>
     <w:rsid w:val="00204FF1"/>
     <w:rsid w:val="0021596D"/>
     <w:rsid w:val="00222BEB"/>
     <w:rsid w:val="00224952"/>
     <w:rsid w:val="00225A7A"/>
     <w:rsid w:val="00234C73"/>
     <w:rsid w:val="00234DF1"/>
     <w:rsid w:val="002378A3"/>
     <w:rsid w:val="002411D1"/>
     <w:rsid w:val="00251742"/>
     <w:rsid w:val="0026251F"/>
     <w:rsid w:val="002631FE"/>
     <w:rsid w:val="0027181E"/>
     <w:rsid w:val="00271FA6"/>
     <w:rsid w:val="002764DE"/>
+    <w:rsid w:val="00276903"/>
     <w:rsid w:val="0028420C"/>
     <w:rsid w:val="002906E3"/>
     <w:rsid w:val="00294176"/>
     <w:rsid w:val="0029650A"/>
     <w:rsid w:val="002A5AA3"/>
     <w:rsid w:val="002A5F8F"/>
     <w:rsid w:val="002B3850"/>
     <w:rsid w:val="002C0F2E"/>
     <w:rsid w:val="002C1DCF"/>
     <w:rsid w:val="002C2628"/>
     <w:rsid w:val="002D06EE"/>
     <w:rsid w:val="002D3242"/>
     <w:rsid w:val="002D6388"/>
     <w:rsid w:val="002D6667"/>
+    <w:rsid w:val="002F0A4F"/>
     <w:rsid w:val="002F0D2D"/>
     <w:rsid w:val="002F12EA"/>
     <w:rsid w:val="002F4BF9"/>
     <w:rsid w:val="002F5197"/>
     <w:rsid w:val="002F6610"/>
     <w:rsid w:val="0030525B"/>
     <w:rsid w:val="00314A79"/>
     <w:rsid w:val="003150AF"/>
     <w:rsid w:val="00324B03"/>
     <w:rsid w:val="00325298"/>
     <w:rsid w:val="0032640E"/>
     <w:rsid w:val="00331233"/>
     <w:rsid w:val="0034501D"/>
     <w:rsid w:val="003477C4"/>
     <w:rsid w:val="00352361"/>
     <w:rsid w:val="003528CB"/>
     <w:rsid w:val="003566DD"/>
     <w:rsid w:val="00372427"/>
     <w:rsid w:val="00381CC0"/>
     <w:rsid w:val="00390204"/>
     <w:rsid w:val="00391E67"/>
     <w:rsid w:val="003942B0"/>
     <w:rsid w:val="003965C3"/>
     <w:rsid w:val="003975C7"/>
     <w:rsid w:val="003A0AAE"/>
     <w:rsid w:val="003A290A"/>
     <w:rsid w:val="003A49D7"/>
     <w:rsid w:val="003A769B"/>
     <w:rsid w:val="003C15AA"/>
     <w:rsid w:val="003D4311"/>
     <w:rsid w:val="003D55C9"/>
     <w:rsid w:val="003D5932"/>
     <w:rsid w:val="003E1292"/>
     <w:rsid w:val="003F5C86"/>
+    <w:rsid w:val="00406298"/>
     <w:rsid w:val="004116D1"/>
     <w:rsid w:val="00411CBC"/>
     <w:rsid w:val="00411F82"/>
     <w:rsid w:val="00415E96"/>
     <w:rsid w:val="004169A3"/>
     <w:rsid w:val="00421C60"/>
     <w:rsid w:val="0042320E"/>
     <w:rsid w:val="004234B6"/>
     <w:rsid w:val="00423E8D"/>
     <w:rsid w:val="0043160F"/>
     <w:rsid w:val="00436063"/>
     <w:rsid w:val="0043730A"/>
     <w:rsid w:val="00440578"/>
     <w:rsid w:val="00440AAF"/>
     <w:rsid w:val="00443B8F"/>
     <w:rsid w:val="00450217"/>
     <w:rsid w:val="0045036C"/>
     <w:rsid w:val="00450CDB"/>
     <w:rsid w:val="00453C51"/>
     <w:rsid w:val="00454C82"/>
     <w:rsid w:val="00454FC9"/>
     <w:rsid w:val="00463E4C"/>
     <w:rsid w:val="00463EC9"/>
     <w:rsid w:val="004751AB"/>
     <w:rsid w:val="00475518"/>
     <w:rsid w:val="00480EBD"/>
     <w:rsid w:val="004842EC"/>
     <w:rsid w:val="0048524F"/>
     <w:rsid w:val="00496BF9"/>
     <w:rsid w:val="004A0A33"/>
     <w:rsid w:val="004A22C4"/>
     <w:rsid w:val="004A34C1"/>
     <w:rsid w:val="004C5354"/>
     <w:rsid w:val="004C7246"/>
     <w:rsid w:val="004D1D7D"/>
     <w:rsid w:val="004E1E95"/>
     <w:rsid w:val="004E29DF"/>
     <w:rsid w:val="004E49FE"/>
     <w:rsid w:val="004E5984"/>
     <w:rsid w:val="004F20D4"/>
     <w:rsid w:val="0050344C"/>
     <w:rsid w:val="00504B12"/>
     <w:rsid w:val="005066CB"/>
     <w:rsid w:val="00511629"/>
     <w:rsid w:val="0051407C"/>
+    <w:rsid w:val="005158CB"/>
     <w:rsid w:val="00517162"/>
     <w:rsid w:val="00520CE1"/>
     <w:rsid w:val="005212B5"/>
     <w:rsid w:val="005216A8"/>
     <w:rsid w:val="005235B4"/>
     <w:rsid w:val="00544453"/>
     <w:rsid w:val="00544D85"/>
     <w:rsid w:val="00547F88"/>
     <w:rsid w:val="0056192D"/>
     <w:rsid w:val="0056434E"/>
     <w:rsid w:val="005653B6"/>
     <w:rsid w:val="00565A4C"/>
     <w:rsid w:val="00565E9C"/>
     <w:rsid w:val="00566461"/>
     <w:rsid w:val="00571B43"/>
     <w:rsid w:val="00572177"/>
     <w:rsid w:val="00581327"/>
     <w:rsid w:val="005830DD"/>
     <w:rsid w:val="00583A2A"/>
     <w:rsid w:val="00594973"/>
     <w:rsid w:val="005979BF"/>
     <w:rsid w:val="00597E99"/>
     <w:rsid w:val="005A6232"/>
     <w:rsid w:val="005B3AD0"/>
     <w:rsid w:val="005E1F72"/>
@@ -5093,59 +5147,62 @@
     <w:rsid w:val="00732C9A"/>
     <w:rsid w:val="00735874"/>
     <w:rsid w:val="00737197"/>
     <w:rsid w:val="00737354"/>
     <w:rsid w:val="00740FB3"/>
     <w:rsid w:val="00743BAF"/>
     <w:rsid w:val="00743E59"/>
     <w:rsid w:val="00752674"/>
     <w:rsid w:val="00754136"/>
     <w:rsid w:val="00757A20"/>
     <w:rsid w:val="007707B0"/>
     <w:rsid w:val="0077187E"/>
     <w:rsid w:val="007766B5"/>
     <w:rsid w:val="00780A3F"/>
     <w:rsid w:val="0078789E"/>
     <w:rsid w:val="00787D65"/>
     <w:rsid w:val="007C4AD3"/>
     <w:rsid w:val="007C4FB1"/>
     <w:rsid w:val="007D00FB"/>
     <w:rsid w:val="007D1015"/>
     <w:rsid w:val="007D4E20"/>
     <w:rsid w:val="007E1541"/>
     <w:rsid w:val="007E3746"/>
     <w:rsid w:val="007E6A9B"/>
     <w:rsid w:val="007F3A9A"/>
+    <w:rsid w:val="007F4AD1"/>
     <w:rsid w:val="007F6FEF"/>
     <w:rsid w:val="0080031E"/>
     <w:rsid w:val="00800CCD"/>
     <w:rsid w:val="00806ED8"/>
     <w:rsid w:val="00807F29"/>
+    <w:rsid w:val="0081703A"/>
     <w:rsid w:val="00832F58"/>
     <w:rsid w:val="00833919"/>
     <w:rsid w:val="00835B4E"/>
     <w:rsid w:val="00842D92"/>
+    <w:rsid w:val="0084409A"/>
     <w:rsid w:val="00844315"/>
     <w:rsid w:val="00844601"/>
     <w:rsid w:val="0084680A"/>
     <w:rsid w:val="0085568F"/>
     <w:rsid w:val="00855A7D"/>
     <w:rsid w:val="00864ABF"/>
     <w:rsid w:val="00866BF1"/>
     <w:rsid w:val="00866DD9"/>
     <w:rsid w:val="00867820"/>
     <w:rsid w:val="00875A0C"/>
     <w:rsid w:val="00876577"/>
     <w:rsid w:val="008811C4"/>
     <w:rsid w:val="008877BA"/>
     <w:rsid w:val="00890A87"/>
     <w:rsid w:val="00891E01"/>
     <w:rsid w:val="00892E24"/>
     <w:rsid w:val="008946E1"/>
     <w:rsid w:val="008A0DC3"/>
     <w:rsid w:val="008A1AC0"/>
     <w:rsid w:val="008A333A"/>
     <w:rsid w:val="008A444A"/>
     <w:rsid w:val="008A5EBC"/>
     <w:rsid w:val="008A6448"/>
     <w:rsid w:val="008B2FDE"/>
     <w:rsid w:val="008B4880"/>
@@ -5164,61 +5221,64 @@
     <w:rsid w:val="008D38DA"/>
     <w:rsid w:val="008D5057"/>
     <w:rsid w:val="008E297C"/>
     <w:rsid w:val="008E2C3F"/>
     <w:rsid w:val="008E3DA6"/>
     <w:rsid w:val="008E59D5"/>
     <w:rsid w:val="008F493B"/>
     <w:rsid w:val="0090753C"/>
     <w:rsid w:val="00911C85"/>
     <w:rsid w:val="00917428"/>
     <w:rsid w:val="009242F0"/>
     <w:rsid w:val="0092590D"/>
     <w:rsid w:val="009263D6"/>
     <w:rsid w:val="00931ECF"/>
     <w:rsid w:val="00931EEA"/>
     <w:rsid w:val="009332A2"/>
     <w:rsid w:val="00944DD8"/>
     <w:rsid w:val="00945C0D"/>
     <w:rsid w:val="00946F46"/>
     <w:rsid w:val="00960EC7"/>
     <w:rsid w:val="0096158E"/>
     <w:rsid w:val="00961F08"/>
     <w:rsid w:val="009709FE"/>
     <w:rsid w:val="00971496"/>
     <w:rsid w:val="00972538"/>
+    <w:rsid w:val="00981EC4"/>
     <w:rsid w:val="00996111"/>
     <w:rsid w:val="009A0C47"/>
     <w:rsid w:val="009B0326"/>
     <w:rsid w:val="009B0F54"/>
     <w:rsid w:val="009B43EF"/>
     <w:rsid w:val="009D0612"/>
     <w:rsid w:val="009D200A"/>
     <w:rsid w:val="009D420B"/>
     <w:rsid w:val="009D511A"/>
     <w:rsid w:val="009E6E45"/>
     <w:rsid w:val="009F15DC"/>
+    <w:rsid w:val="009F2E1E"/>
+    <w:rsid w:val="009F47BD"/>
     <w:rsid w:val="009F5102"/>
     <w:rsid w:val="009F7349"/>
     <w:rsid w:val="00A03037"/>
     <w:rsid w:val="00A10CAF"/>
     <w:rsid w:val="00A1570E"/>
     <w:rsid w:val="00A232BB"/>
     <w:rsid w:val="00A27460"/>
     <w:rsid w:val="00A32B90"/>
     <w:rsid w:val="00A355DE"/>
     <w:rsid w:val="00A36BEF"/>
     <w:rsid w:val="00A37491"/>
     <w:rsid w:val="00A37494"/>
     <w:rsid w:val="00A50A0E"/>
     <w:rsid w:val="00A557F1"/>
     <w:rsid w:val="00A56DF9"/>
     <w:rsid w:val="00A61D84"/>
     <w:rsid w:val="00A62C0F"/>
     <w:rsid w:val="00A70F18"/>
     <w:rsid w:val="00A74DFE"/>
     <w:rsid w:val="00A76205"/>
     <w:rsid w:val="00A7796A"/>
     <w:rsid w:val="00A835C1"/>
     <w:rsid w:val="00A84214"/>
     <w:rsid w:val="00A86F6B"/>
     <w:rsid w:val="00A8A713"/>
@@ -5283,69 +5343,71 @@
     <w:rsid w:val="00C225A5"/>
     <w:rsid w:val="00C22D64"/>
     <w:rsid w:val="00C252B7"/>
     <w:rsid w:val="00C27338"/>
     <w:rsid w:val="00C33E60"/>
     <w:rsid w:val="00C35461"/>
     <w:rsid w:val="00C358CF"/>
     <w:rsid w:val="00C41BDA"/>
     <w:rsid w:val="00C44C45"/>
     <w:rsid w:val="00C4556B"/>
     <w:rsid w:val="00C45C89"/>
     <w:rsid w:val="00C537D8"/>
     <w:rsid w:val="00C56127"/>
     <w:rsid w:val="00C6022A"/>
     <w:rsid w:val="00C65F02"/>
     <w:rsid w:val="00C74052"/>
     <w:rsid w:val="00C81A28"/>
     <w:rsid w:val="00C81BBA"/>
     <w:rsid w:val="00C83909"/>
     <w:rsid w:val="00C8592B"/>
     <w:rsid w:val="00C90426"/>
     <w:rsid w:val="00C90BE6"/>
     <w:rsid w:val="00CA69DA"/>
     <w:rsid w:val="00CB696E"/>
     <w:rsid w:val="00CC6992"/>
+    <w:rsid w:val="00CD2CB9"/>
     <w:rsid w:val="00CD44B7"/>
     <w:rsid w:val="00CD5927"/>
     <w:rsid w:val="00CD6724"/>
     <w:rsid w:val="00CE701F"/>
     <w:rsid w:val="00CF24C5"/>
     <w:rsid w:val="00CF2D3F"/>
     <w:rsid w:val="00CF7F82"/>
     <w:rsid w:val="00D0062F"/>
     <w:rsid w:val="00D0463B"/>
     <w:rsid w:val="00D1217C"/>
     <w:rsid w:val="00D13E17"/>
     <w:rsid w:val="00D1559F"/>
     <w:rsid w:val="00D16D5A"/>
     <w:rsid w:val="00D2167B"/>
     <w:rsid w:val="00D23793"/>
     <w:rsid w:val="00D273AD"/>
     <w:rsid w:val="00D32A86"/>
     <w:rsid w:val="00D40ED3"/>
     <w:rsid w:val="00D42E26"/>
+    <w:rsid w:val="00D446B2"/>
     <w:rsid w:val="00D50195"/>
     <w:rsid w:val="00D543ED"/>
     <w:rsid w:val="00D574C0"/>
     <w:rsid w:val="00D61648"/>
     <w:rsid w:val="00D63ABF"/>
     <w:rsid w:val="00D85E41"/>
     <w:rsid w:val="00D9122A"/>
     <w:rsid w:val="00D914C3"/>
     <w:rsid w:val="00D91E1F"/>
     <w:rsid w:val="00D921A2"/>
     <w:rsid w:val="00DB13B7"/>
     <w:rsid w:val="00DB210F"/>
     <w:rsid w:val="00DB4C2E"/>
     <w:rsid w:val="00DC073C"/>
     <w:rsid w:val="00DC18E0"/>
     <w:rsid w:val="00DC2D9B"/>
     <w:rsid w:val="00DD2CA5"/>
     <w:rsid w:val="00DD41BD"/>
     <w:rsid w:val="00DE5082"/>
     <w:rsid w:val="00DE78B3"/>
     <w:rsid w:val="00DF34B5"/>
     <w:rsid w:val="00E06044"/>
     <w:rsid w:val="00E06BCD"/>
     <w:rsid w:val="00E1604B"/>
     <w:rsid w:val="00E16339"/>
@@ -5389,731 +5451,845 @@
     <w:rsid w:val="00F66802"/>
     <w:rsid w:val="00F770CB"/>
     <w:rsid w:val="00F77162"/>
     <w:rsid w:val="00F8361F"/>
     <w:rsid w:val="00F93D19"/>
     <w:rsid w:val="00F950C3"/>
     <w:rsid w:val="00F9519E"/>
     <w:rsid w:val="00F9677D"/>
     <w:rsid w:val="00F97415"/>
     <w:rsid w:val="00FA3DFC"/>
     <w:rsid w:val="00FB5F41"/>
     <w:rsid w:val="00FB727C"/>
     <w:rsid w:val="00FB74F8"/>
     <w:rsid w:val="00FC32B0"/>
     <w:rsid w:val="00FC757C"/>
     <w:rsid w:val="00FD0762"/>
     <w:rsid w:val="00FD56AB"/>
     <w:rsid w:val="00FE307C"/>
     <w:rsid w:val="00FE66ED"/>
     <w:rsid w:val="00FE73F5"/>
     <w:rsid w:val="00FF4985"/>
     <w:rsid w:val="011F36B8"/>
     <w:rsid w:val="01368FB0"/>
     <w:rsid w:val="01B465FB"/>
     <w:rsid w:val="01B9E73E"/>
+    <w:rsid w:val="01FF5B59"/>
     <w:rsid w:val="02335CF2"/>
     <w:rsid w:val="025DF38C"/>
     <w:rsid w:val="02D26878"/>
     <w:rsid w:val="035DE8A2"/>
+    <w:rsid w:val="0375C34A"/>
     <w:rsid w:val="03962A58"/>
     <w:rsid w:val="03B34D56"/>
     <w:rsid w:val="03E3ED54"/>
     <w:rsid w:val="03E8ACBD"/>
     <w:rsid w:val="03ECBE0A"/>
     <w:rsid w:val="0424DC0F"/>
     <w:rsid w:val="04251573"/>
     <w:rsid w:val="04445870"/>
     <w:rsid w:val="045570F7"/>
     <w:rsid w:val="0456FDDB"/>
     <w:rsid w:val="046B016D"/>
     <w:rsid w:val="046E8174"/>
     <w:rsid w:val="04701AB0"/>
     <w:rsid w:val="04CF642A"/>
     <w:rsid w:val="04D19D8D"/>
     <w:rsid w:val="04F976D1"/>
     <w:rsid w:val="0503DE7E"/>
+    <w:rsid w:val="05801EB8"/>
     <w:rsid w:val="05B79839"/>
     <w:rsid w:val="0609A10C"/>
     <w:rsid w:val="061E1775"/>
     <w:rsid w:val="065834A9"/>
     <w:rsid w:val="066F7E35"/>
     <w:rsid w:val="06A6DF2A"/>
+    <w:rsid w:val="06BA8E07"/>
     <w:rsid w:val="06C11F19"/>
     <w:rsid w:val="0701C9A6"/>
+    <w:rsid w:val="070F85DE"/>
     <w:rsid w:val="071BB1F5"/>
     <w:rsid w:val="074E7D33"/>
     <w:rsid w:val="0765C87C"/>
     <w:rsid w:val="077E8833"/>
     <w:rsid w:val="0791310E"/>
     <w:rsid w:val="07959694"/>
     <w:rsid w:val="07996E68"/>
     <w:rsid w:val="079F4BD8"/>
     <w:rsid w:val="07A28F2A"/>
     <w:rsid w:val="07A69358"/>
     <w:rsid w:val="07A76F51"/>
     <w:rsid w:val="07AD9D3D"/>
     <w:rsid w:val="07DB0C00"/>
+    <w:rsid w:val="0841EBFE"/>
     <w:rsid w:val="08430202"/>
     <w:rsid w:val="085B10F9"/>
     <w:rsid w:val="08DB0736"/>
     <w:rsid w:val="08E7ED89"/>
     <w:rsid w:val="08F13F64"/>
     <w:rsid w:val="0903F7B2"/>
     <w:rsid w:val="09116281"/>
     <w:rsid w:val="091F8345"/>
     <w:rsid w:val="09284A0B"/>
     <w:rsid w:val="09377862"/>
     <w:rsid w:val="0946EEB5"/>
     <w:rsid w:val="095169F9"/>
     <w:rsid w:val="0959DF27"/>
     <w:rsid w:val="09DDB9BF"/>
     <w:rsid w:val="0A309536"/>
     <w:rsid w:val="0A4055C5"/>
     <w:rsid w:val="0A476A14"/>
+    <w:rsid w:val="0A58D38F"/>
     <w:rsid w:val="0A78C0E6"/>
     <w:rsid w:val="0AA94FB4"/>
     <w:rsid w:val="0AAA06EF"/>
     <w:rsid w:val="0AEEC0D4"/>
     <w:rsid w:val="0AF31A30"/>
     <w:rsid w:val="0BA17974"/>
     <w:rsid w:val="0BCDECDA"/>
+    <w:rsid w:val="0C14EE96"/>
+    <w:rsid w:val="0C1D95B3"/>
+    <w:rsid w:val="0CA8D0E3"/>
     <w:rsid w:val="0CFA395A"/>
     <w:rsid w:val="0D2C8088"/>
     <w:rsid w:val="0D37B47B"/>
     <w:rsid w:val="0D9BCE2F"/>
     <w:rsid w:val="0DB63CA4"/>
     <w:rsid w:val="0DDF8578"/>
+    <w:rsid w:val="0E128BF8"/>
     <w:rsid w:val="0E281E95"/>
     <w:rsid w:val="0E2BF77B"/>
     <w:rsid w:val="0E688AAF"/>
+    <w:rsid w:val="0F5789D8"/>
     <w:rsid w:val="0F8B2035"/>
+    <w:rsid w:val="0F9D2AC6"/>
     <w:rsid w:val="0FAA2D43"/>
     <w:rsid w:val="0FDB6956"/>
     <w:rsid w:val="0FE0A538"/>
     <w:rsid w:val="104C0E89"/>
     <w:rsid w:val="104D469D"/>
     <w:rsid w:val="10676B80"/>
     <w:rsid w:val="108BCA6A"/>
     <w:rsid w:val="10B595A3"/>
     <w:rsid w:val="10C8A2A1"/>
     <w:rsid w:val="10E0DCFA"/>
     <w:rsid w:val="110800B0"/>
     <w:rsid w:val="1112A074"/>
     <w:rsid w:val="1154732E"/>
+    <w:rsid w:val="11690651"/>
     <w:rsid w:val="117105A8"/>
     <w:rsid w:val="11A62D98"/>
     <w:rsid w:val="11AB06FC"/>
     <w:rsid w:val="123A6615"/>
+    <w:rsid w:val="123BFFA6"/>
     <w:rsid w:val="1249C6DA"/>
     <w:rsid w:val="12A3B06A"/>
     <w:rsid w:val="12A43C8C"/>
     <w:rsid w:val="12F6E11C"/>
     <w:rsid w:val="132C474E"/>
     <w:rsid w:val="136841C0"/>
     <w:rsid w:val="13E89311"/>
     <w:rsid w:val="145B6B79"/>
     <w:rsid w:val="14D98165"/>
     <w:rsid w:val="14E6CFBB"/>
     <w:rsid w:val="150EB06A"/>
     <w:rsid w:val="15756591"/>
     <w:rsid w:val="15BE750F"/>
     <w:rsid w:val="15F41B2D"/>
     <w:rsid w:val="162CE477"/>
     <w:rsid w:val="163C08D5"/>
     <w:rsid w:val="167FD166"/>
     <w:rsid w:val="169DDE89"/>
+    <w:rsid w:val="16ABF66A"/>
     <w:rsid w:val="16BA8A71"/>
     <w:rsid w:val="16BC253C"/>
     <w:rsid w:val="16D7FB9B"/>
     <w:rsid w:val="16D9DCAF"/>
     <w:rsid w:val="17065FEF"/>
     <w:rsid w:val="1715D4EF"/>
     <w:rsid w:val="171F18B0"/>
     <w:rsid w:val="1765BDFD"/>
     <w:rsid w:val="17940474"/>
     <w:rsid w:val="17CB7A4C"/>
+    <w:rsid w:val="17CF4335"/>
     <w:rsid w:val="17D00AB5"/>
     <w:rsid w:val="17E50059"/>
     <w:rsid w:val="17F5ABCB"/>
     <w:rsid w:val="17F79D81"/>
+    <w:rsid w:val="18147BA7"/>
     <w:rsid w:val="1823E62E"/>
     <w:rsid w:val="18555FF3"/>
     <w:rsid w:val="1857F6E1"/>
     <w:rsid w:val="187120B6"/>
     <w:rsid w:val="18B083CC"/>
     <w:rsid w:val="18BA0FE2"/>
     <w:rsid w:val="18BA1C81"/>
     <w:rsid w:val="18BE4B94"/>
     <w:rsid w:val="1903FFB6"/>
     <w:rsid w:val="191CE303"/>
     <w:rsid w:val="19231183"/>
+    <w:rsid w:val="1957CD89"/>
     <w:rsid w:val="19936120"/>
     <w:rsid w:val="19CF3CB3"/>
     <w:rsid w:val="1A1863AC"/>
     <w:rsid w:val="1A2AE70B"/>
     <w:rsid w:val="1A31B868"/>
     <w:rsid w:val="1A31B9EE"/>
+    <w:rsid w:val="1A33D33E"/>
     <w:rsid w:val="1A42889F"/>
     <w:rsid w:val="1A6CFB7D"/>
+    <w:rsid w:val="1A6E001E"/>
     <w:rsid w:val="1A6F99F2"/>
     <w:rsid w:val="1A8F73A1"/>
     <w:rsid w:val="1ABEEF4A"/>
     <w:rsid w:val="1AFCDC9B"/>
     <w:rsid w:val="1B28D1B6"/>
     <w:rsid w:val="1B6DF6E7"/>
     <w:rsid w:val="1B79E5DB"/>
     <w:rsid w:val="1BBCDB84"/>
     <w:rsid w:val="1BD5AC3E"/>
     <w:rsid w:val="1C051E38"/>
+    <w:rsid w:val="1C4536E6"/>
+    <w:rsid w:val="1D286CA1"/>
     <w:rsid w:val="1D30673D"/>
     <w:rsid w:val="1D6465C4"/>
+    <w:rsid w:val="1D9DDDBC"/>
+    <w:rsid w:val="1DAF616F"/>
+    <w:rsid w:val="1E1D83F1"/>
     <w:rsid w:val="1E1E1788"/>
     <w:rsid w:val="1E31D975"/>
     <w:rsid w:val="1E3E54DE"/>
     <w:rsid w:val="1ED9BA4B"/>
     <w:rsid w:val="1EDA5AEE"/>
     <w:rsid w:val="1F085C84"/>
+    <w:rsid w:val="1F73FBA6"/>
+    <w:rsid w:val="1F822775"/>
     <w:rsid w:val="1FB72A8F"/>
+    <w:rsid w:val="1FC1F237"/>
     <w:rsid w:val="1FC33D4F"/>
     <w:rsid w:val="203567B8"/>
     <w:rsid w:val="204C4370"/>
     <w:rsid w:val="205D92B8"/>
+    <w:rsid w:val="20662EEC"/>
     <w:rsid w:val="206CF109"/>
     <w:rsid w:val="21AAAC9E"/>
     <w:rsid w:val="220A8D06"/>
     <w:rsid w:val="220DA8FC"/>
     <w:rsid w:val="221B750C"/>
     <w:rsid w:val="22370A54"/>
+    <w:rsid w:val="22B80E98"/>
     <w:rsid w:val="22E972F4"/>
     <w:rsid w:val="2301D345"/>
     <w:rsid w:val="23031EA2"/>
     <w:rsid w:val="2312293F"/>
     <w:rsid w:val="232310CA"/>
     <w:rsid w:val="23E6B3C9"/>
     <w:rsid w:val="240040A2"/>
     <w:rsid w:val="2494AB08"/>
     <w:rsid w:val="24AE6EF0"/>
     <w:rsid w:val="24D0C2CF"/>
+    <w:rsid w:val="24E7F4F9"/>
     <w:rsid w:val="251C7E80"/>
     <w:rsid w:val="25793F7C"/>
     <w:rsid w:val="25C6D6D7"/>
     <w:rsid w:val="25CD7512"/>
     <w:rsid w:val="25DC8694"/>
     <w:rsid w:val="266EA631"/>
     <w:rsid w:val="26EED29F"/>
     <w:rsid w:val="26F26C87"/>
+    <w:rsid w:val="270B68D6"/>
     <w:rsid w:val="27668EFF"/>
     <w:rsid w:val="278FCD4A"/>
     <w:rsid w:val="27C16A72"/>
     <w:rsid w:val="27CECDC7"/>
     <w:rsid w:val="285F8CDC"/>
     <w:rsid w:val="28CF7023"/>
+    <w:rsid w:val="28D92262"/>
     <w:rsid w:val="28EF5836"/>
     <w:rsid w:val="297ED730"/>
     <w:rsid w:val="29DF8312"/>
     <w:rsid w:val="29E79C78"/>
     <w:rsid w:val="2A1EF9DC"/>
     <w:rsid w:val="2A3622FB"/>
+    <w:rsid w:val="2A4D8167"/>
     <w:rsid w:val="2A6BA80A"/>
     <w:rsid w:val="2AD598EA"/>
+    <w:rsid w:val="2AE9989A"/>
     <w:rsid w:val="2B458376"/>
     <w:rsid w:val="2B68FD0E"/>
     <w:rsid w:val="2B6D5A43"/>
     <w:rsid w:val="2BD106CC"/>
     <w:rsid w:val="2BD7B6CB"/>
     <w:rsid w:val="2BE4FFB6"/>
     <w:rsid w:val="2BED772B"/>
     <w:rsid w:val="2C0C38F2"/>
     <w:rsid w:val="2C161A04"/>
     <w:rsid w:val="2C434821"/>
     <w:rsid w:val="2C7D6D1F"/>
     <w:rsid w:val="2CA45168"/>
     <w:rsid w:val="2CE5DA49"/>
     <w:rsid w:val="2D3E22FC"/>
     <w:rsid w:val="2D4B3B8A"/>
     <w:rsid w:val="2D520BC7"/>
     <w:rsid w:val="2D9588EC"/>
     <w:rsid w:val="2DE396B2"/>
     <w:rsid w:val="2E157F20"/>
+    <w:rsid w:val="2E5E950E"/>
     <w:rsid w:val="2E7B7635"/>
     <w:rsid w:val="2E7E1BCB"/>
     <w:rsid w:val="2EE25766"/>
     <w:rsid w:val="2EE33A1A"/>
     <w:rsid w:val="2F29DC6E"/>
     <w:rsid w:val="2F4BE587"/>
     <w:rsid w:val="30280A05"/>
     <w:rsid w:val="3053AD12"/>
+    <w:rsid w:val="3055DADC"/>
     <w:rsid w:val="306D4155"/>
     <w:rsid w:val="309A9E2B"/>
     <w:rsid w:val="30D6F853"/>
     <w:rsid w:val="30F287FE"/>
+    <w:rsid w:val="310C54F4"/>
+    <w:rsid w:val="3149DCAF"/>
     <w:rsid w:val="314B98B4"/>
     <w:rsid w:val="315B3D9C"/>
+    <w:rsid w:val="315FF782"/>
     <w:rsid w:val="317B253E"/>
     <w:rsid w:val="31D3EAF2"/>
     <w:rsid w:val="31FEBB75"/>
     <w:rsid w:val="3221F63B"/>
     <w:rsid w:val="326A7A94"/>
     <w:rsid w:val="328B1912"/>
+    <w:rsid w:val="329919D8"/>
     <w:rsid w:val="32A25807"/>
     <w:rsid w:val="32A27CD6"/>
     <w:rsid w:val="32C2BC1A"/>
     <w:rsid w:val="32C6D3BF"/>
     <w:rsid w:val="32CB10E8"/>
     <w:rsid w:val="32D532D0"/>
     <w:rsid w:val="331DF40C"/>
     <w:rsid w:val="3344D1FB"/>
     <w:rsid w:val="336FCF84"/>
     <w:rsid w:val="33832DFD"/>
     <w:rsid w:val="3402BCA3"/>
+    <w:rsid w:val="34126E3A"/>
+    <w:rsid w:val="342360A1"/>
     <w:rsid w:val="34272579"/>
     <w:rsid w:val="34543232"/>
     <w:rsid w:val="345FF2C4"/>
     <w:rsid w:val="34650FEA"/>
     <w:rsid w:val="347207C8"/>
     <w:rsid w:val="34AF9F91"/>
     <w:rsid w:val="34EEFC03"/>
     <w:rsid w:val="3508D702"/>
     <w:rsid w:val="3521D5AE"/>
     <w:rsid w:val="353C4CA2"/>
     <w:rsid w:val="36141FFE"/>
     <w:rsid w:val="361A200D"/>
     <w:rsid w:val="36216A37"/>
     <w:rsid w:val="3688904D"/>
     <w:rsid w:val="36973019"/>
     <w:rsid w:val="37039809"/>
     <w:rsid w:val="37264652"/>
     <w:rsid w:val="3742871B"/>
     <w:rsid w:val="377ABED1"/>
     <w:rsid w:val="378A735E"/>
     <w:rsid w:val="37F2EB34"/>
     <w:rsid w:val="37FA7D37"/>
     <w:rsid w:val="381A3668"/>
     <w:rsid w:val="384BB0C0"/>
     <w:rsid w:val="384D3789"/>
     <w:rsid w:val="386D8E53"/>
     <w:rsid w:val="38AC209C"/>
+    <w:rsid w:val="38B29580"/>
     <w:rsid w:val="38C059F2"/>
     <w:rsid w:val="38E4F3A4"/>
+    <w:rsid w:val="38FFDB99"/>
     <w:rsid w:val="39059E2E"/>
     <w:rsid w:val="3906D747"/>
     <w:rsid w:val="39163FCB"/>
     <w:rsid w:val="39305FBA"/>
     <w:rsid w:val="396F3B21"/>
     <w:rsid w:val="3A1371AD"/>
     <w:rsid w:val="3A3762B6"/>
     <w:rsid w:val="3A4F4A27"/>
+    <w:rsid w:val="3A6B5D55"/>
     <w:rsid w:val="3A72F151"/>
     <w:rsid w:val="3A770874"/>
     <w:rsid w:val="3A785C95"/>
     <w:rsid w:val="3AB654CB"/>
     <w:rsid w:val="3ADFA129"/>
     <w:rsid w:val="3AF94F0E"/>
+    <w:rsid w:val="3B15AF45"/>
     <w:rsid w:val="3B35C8E3"/>
     <w:rsid w:val="3B6866A6"/>
     <w:rsid w:val="3B78BB61"/>
     <w:rsid w:val="3B78CB16"/>
     <w:rsid w:val="3B8207FE"/>
     <w:rsid w:val="3B9E0824"/>
     <w:rsid w:val="3BD16D2E"/>
     <w:rsid w:val="3BF16D36"/>
     <w:rsid w:val="3C00DDD0"/>
     <w:rsid w:val="3C10D401"/>
     <w:rsid w:val="3C20F371"/>
+    <w:rsid w:val="3CC0B427"/>
     <w:rsid w:val="3D094494"/>
     <w:rsid w:val="3D182C3D"/>
+    <w:rsid w:val="3D2C6170"/>
     <w:rsid w:val="3D3B4548"/>
     <w:rsid w:val="3D5784ED"/>
     <w:rsid w:val="3D6CD780"/>
     <w:rsid w:val="3D922D0F"/>
+    <w:rsid w:val="3D9AEC79"/>
     <w:rsid w:val="3DCA2F8A"/>
+    <w:rsid w:val="3E471178"/>
+    <w:rsid w:val="3EB1CEC5"/>
     <w:rsid w:val="3EB6D3FE"/>
     <w:rsid w:val="3EBC3E6E"/>
+    <w:rsid w:val="3EEDF6AE"/>
+    <w:rsid w:val="3EF31838"/>
     <w:rsid w:val="3EF579E7"/>
     <w:rsid w:val="3F061660"/>
     <w:rsid w:val="3F323977"/>
     <w:rsid w:val="3F397C46"/>
     <w:rsid w:val="3F47E2C1"/>
     <w:rsid w:val="3F5207BA"/>
     <w:rsid w:val="3F539003"/>
     <w:rsid w:val="3F9639EA"/>
     <w:rsid w:val="3FCA2C9D"/>
     <w:rsid w:val="3FCEE00F"/>
     <w:rsid w:val="3FE67E1D"/>
     <w:rsid w:val="400FD022"/>
     <w:rsid w:val="40372EFF"/>
+    <w:rsid w:val="407A0EAE"/>
     <w:rsid w:val="40922612"/>
     <w:rsid w:val="409279FD"/>
     <w:rsid w:val="40BA6B4E"/>
     <w:rsid w:val="40C5F54E"/>
     <w:rsid w:val="40C69D54"/>
+    <w:rsid w:val="41017298"/>
     <w:rsid w:val="41304EA9"/>
     <w:rsid w:val="415003F0"/>
     <w:rsid w:val="41566876"/>
+    <w:rsid w:val="418956E5"/>
     <w:rsid w:val="418C4B3C"/>
+    <w:rsid w:val="418F61DD"/>
     <w:rsid w:val="4193A929"/>
     <w:rsid w:val="41D726E7"/>
     <w:rsid w:val="41E126CA"/>
     <w:rsid w:val="42226539"/>
     <w:rsid w:val="42772273"/>
     <w:rsid w:val="4297B364"/>
+    <w:rsid w:val="4392C164"/>
     <w:rsid w:val="43DAAC44"/>
     <w:rsid w:val="4458C28A"/>
     <w:rsid w:val="44A6DAF6"/>
     <w:rsid w:val="44EA6A6C"/>
+    <w:rsid w:val="44FB5877"/>
     <w:rsid w:val="451A2452"/>
     <w:rsid w:val="456FBDB7"/>
     <w:rsid w:val="45A388FA"/>
+    <w:rsid w:val="45BBDF0F"/>
+    <w:rsid w:val="45D267D7"/>
+    <w:rsid w:val="45E8423B"/>
     <w:rsid w:val="4643C23C"/>
     <w:rsid w:val="465801E7"/>
     <w:rsid w:val="466BE81F"/>
     <w:rsid w:val="467238A5"/>
     <w:rsid w:val="472DDC16"/>
     <w:rsid w:val="473105E8"/>
+    <w:rsid w:val="4732722D"/>
     <w:rsid w:val="474DEC8F"/>
     <w:rsid w:val="47867730"/>
     <w:rsid w:val="47B2098C"/>
     <w:rsid w:val="47BC4A5B"/>
     <w:rsid w:val="47D92D71"/>
     <w:rsid w:val="47DC2B50"/>
+    <w:rsid w:val="480CB320"/>
     <w:rsid w:val="481A233C"/>
     <w:rsid w:val="4824C0ED"/>
     <w:rsid w:val="482DB660"/>
     <w:rsid w:val="486D6978"/>
     <w:rsid w:val="4882AB39"/>
     <w:rsid w:val="488C7404"/>
     <w:rsid w:val="488C980A"/>
     <w:rsid w:val="488E720C"/>
     <w:rsid w:val="4897A43B"/>
     <w:rsid w:val="48CAC110"/>
     <w:rsid w:val="4901B683"/>
+    <w:rsid w:val="490502EF"/>
     <w:rsid w:val="490A8A7D"/>
     <w:rsid w:val="494A3DF8"/>
     <w:rsid w:val="494D23BC"/>
     <w:rsid w:val="4955689D"/>
     <w:rsid w:val="495C6A9F"/>
     <w:rsid w:val="496419B1"/>
     <w:rsid w:val="4997E216"/>
     <w:rsid w:val="49A0F60A"/>
     <w:rsid w:val="49B0C8DD"/>
     <w:rsid w:val="49D8AA50"/>
     <w:rsid w:val="49DFF817"/>
     <w:rsid w:val="49E97D9A"/>
     <w:rsid w:val="49F39A98"/>
+    <w:rsid w:val="4A08F3CA"/>
     <w:rsid w:val="4A7FDB10"/>
     <w:rsid w:val="4A8D69CA"/>
     <w:rsid w:val="4A908858"/>
+    <w:rsid w:val="4A96927C"/>
     <w:rsid w:val="4AACCABB"/>
     <w:rsid w:val="4B08991A"/>
     <w:rsid w:val="4B43250C"/>
     <w:rsid w:val="4BB7677B"/>
     <w:rsid w:val="4BD2996B"/>
     <w:rsid w:val="4C2DF0D9"/>
     <w:rsid w:val="4C3AC59A"/>
+    <w:rsid w:val="4C46A257"/>
     <w:rsid w:val="4C5CB10D"/>
     <w:rsid w:val="4C8EFB63"/>
+    <w:rsid w:val="4CB7B009"/>
     <w:rsid w:val="4CD89578"/>
+    <w:rsid w:val="4D242FF9"/>
     <w:rsid w:val="4DE69D3A"/>
     <w:rsid w:val="4DFB89BF"/>
     <w:rsid w:val="4DFC8220"/>
     <w:rsid w:val="4E00DC1C"/>
     <w:rsid w:val="4E2B7A26"/>
+    <w:rsid w:val="4E3E52FF"/>
     <w:rsid w:val="4E6FBEAA"/>
     <w:rsid w:val="4EE4869D"/>
     <w:rsid w:val="4F373CF8"/>
     <w:rsid w:val="4F50FAFC"/>
     <w:rsid w:val="4F90BD78"/>
     <w:rsid w:val="4FA512E6"/>
+    <w:rsid w:val="4FA5816D"/>
+    <w:rsid w:val="50367BB5"/>
     <w:rsid w:val="50634546"/>
     <w:rsid w:val="513D09E5"/>
     <w:rsid w:val="51424E83"/>
     <w:rsid w:val="517452C1"/>
     <w:rsid w:val="517636CD"/>
     <w:rsid w:val="5187B3CF"/>
+    <w:rsid w:val="51B8FA82"/>
+    <w:rsid w:val="51C69F4A"/>
+    <w:rsid w:val="51D05FC9"/>
     <w:rsid w:val="5238C9BE"/>
     <w:rsid w:val="523C08C2"/>
     <w:rsid w:val="524475B8"/>
     <w:rsid w:val="52D1AAD5"/>
+    <w:rsid w:val="5387AD55"/>
     <w:rsid w:val="539A8C64"/>
     <w:rsid w:val="53E3ED54"/>
     <w:rsid w:val="54164532"/>
+    <w:rsid w:val="5444D40C"/>
+    <w:rsid w:val="545CE5EF"/>
     <w:rsid w:val="54AAF752"/>
+    <w:rsid w:val="54B902CA"/>
+    <w:rsid w:val="54C14280"/>
     <w:rsid w:val="54FF44EA"/>
+    <w:rsid w:val="551E68F5"/>
+    <w:rsid w:val="5549435F"/>
+    <w:rsid w:val="5581FC83"/>
     <w:rsid w:val="561F646C"/>
     <w:rsid w:val="562ACD09"/>
     <w:rsid w:val="56434E5A"/>
     <w:rsid w:val="5679F724"/>
     <w:rsid w:val="567D8C27"/>
     <w:rsid w:val="568CBAA8"/>
     <w:rsid w:val="569996EF"/>
     <w:rsid w:val="569E9B54"/>
     <w:rsid w:val="56AE6B5F"/>
     <w:rsid w:val="5705508A"/>
     <w:rsid w:val="571B4F09"/>
     <w:rsid w:val="576E7EDC"/>
     <w:rsid w:val="577E883B"/>
     <w:rsid w:val="579F6EAA"/>
     <w:rsid w:val="57A25672"/>
     <w:rsid w:val="57A5603C"/>
     <w:rsid w:val="57D2620D"/>
     <w:rsid w:val="57EB14C6"/>
     <w:rsid w:val="58242632"/>
     <w:rsid w:val="5889D52A"/>
     <w:rsid w:val="58FD21F9"/>
     <w:rsid w:val="58FE0EFD"/>
     <w:rsid w:val="59285412"/>
     <w:rsid w:val="59C54F72"/>
     <w:rsid w:val="59D0BC0D"/>
+    <w:rsid w:val="59E96912"/>
     <w:rsid w:val="5A1AD2F8"/>
     <w:rsid w:val="5A59B242"/>
+    <w:rsid w:val="5A5EB5C5"/>
     <w:rsid w:val="5A786DFE"/>
     <w:rsid w:val="5A8D5259"/>
     <w:rsid w:val="5AE21ED7"/>
     <w:rsid w:val="5AFC7851"/>
     <w:rsid w:val="5B4C2E41"/>
     <w:rsid w:val="5B6A517B"/>
     <w:rsid w:val="5B99313B"/>
     <w:rsid w:val="5B9D4C63"/>
     <w:rsid w:val="5BF49BBB"/>
     <w:rsid w:val="5C08BFFF"/>
     <w:rsid w:val="5C11A5AE"/>
     <w:rsid w:val="5C176DCB"/>
     <w:rsid w:val="5C23EBE2"/>
     <w:rsid w:val="5C3738DB"/>
     <w:rsid w:val="5C662143"/>
     <w:rsid w:val="5C8312CD"/>
     <w:rsid w:val="5CC3DA0C"/>
     <w:rsid w:val="5CCC846F"/>
     <w:rsid w:val="5D487248"/>
+    <w:rsid w:val="5D655764"/>
     <w:rsid w:val="5D8A4931"/>
+    <w:rsid w:val="5D91B431"/>
     <w:rsid w:val="5D9E558C"/>
     <w:rsid w:val="5DA19CB3"/>
     <w:rsid w:val="5DB72184"/>
+    <w:rsid w:val="5DBC5822"/>
     <w:rsid w:val="5DCAF7AE"/>
     <w:rsid w:val="5DF5C4F9"/>
     <w:rsid w:val="5E26035D"/>
     <w:rsid w:val="5E4BD8A1"/>
     <w:rsid w:val="5E5CCE23"/>
     <w:rsid w:val="5E737ADD"/>
     <w:rsid w:val="5E98BCCA"/>
     <w:rsid w:val="5E9979F8"/>
     <w:rsid w:val="5EA22877"/>
     <w:rsid w:val="5EB85455"/>
     <w:rsid w:val="5EBFF8AD"/>
     <w:rsid w:val="5EC5A467"/>
     <w:rsid w:val="5EFAE09A"/>
     <w:rsid w:val="5F151F4F"/>
     <w:rsid w:val="5F2AF627"/>
     <w:rsid w:val="5F5B55C7"/>
     <w:rsid w:val="5F649459"/>
     <w:rsid w:val="5F76012C"/>
     <w:rsid w:val="5F9525D9"/>
     <w:rsid w:val="5FAAD019"/>
     <w:rsid w:val="5FF83894"/>
     <w:rsid w:val="60400AE7"/>
     <w:rsid w:val="604B1F26"/>
     <w:rsid w:val="605988B9"/>
     <w:rsid w:val="6064F421"/>
     <w:rsid w:val="607C674D"/>
     <w:rsid w:val="60800F96"/>
     <w:rsid w:val="609BD95D"/>
     <w:rsid w:val="60C7ED79"/>
     <w:rsid w:val="60FC653A"/>
     <w:rsid w:val="611CB55A"/>
     <w:rsid w:val="61580046"/>
     <w:rsid w:val="6167D097"/>
     <w:rsid w:val="6174F4FB"/>
+    <w:rsid w:val="61BD8389"/>
     <w:rsid w:val="62208301"/>
     <w:rsid w:val="622A9A42"/>
     <w:rsid w:val="62769328"/>
     <w:rsid w:val="6289F667"/>
     <w:rsid w:val="628E7963"/>
     <w:rsid w:val="62AA6B8A"/>
+    <w:rsid w:val="62B3D404"/>
     <w:rsid w:val="62BA94CB"/>
     <w:rsid w:val="62F4C316"/>
+    <w:rsid w:val="630D31B8"/>
     <w:rsid w:val="635AD4F9"/>
     <w:rsid w:val="636770A7"/>
     <w:rsid w:val="63756FEA"/>
     <w:rsid w:val="63977A34"/>
     <w:rsid w:val="63C4464A"/>
     <w:rsid w:val="63D909D6"/>
     <w:rsid w:val="63F9F6D0"/>
     <w:rsid w:val="6422800A"/>
     <w:rsid w:val="644319CD"/>
     <w:rsid w:val="644A72E9"/>
     <w:rsid w:val="64EB2578"/>
     <w:rsid w:val="64FEF1B4"/>
     <w:rsid w:val="6514C0E9"/>
+    <w:rsid w:val="652652F6"/>
     <w:rsid w:val="653C7A14"/>
     <w:rsid w:val="654131B9"/>
     <w:rsid w:val="65D9A097"/>
     <w:rsid w:val="6626B0AC"/>
     <w:rsid w:val="664DBD7D"/>
+    <w:rsid w:val="66E9279E"/>
     <w:rsid w:val="66F1AF9D"/>
     <w:rsid w:val="67233D84"/>
     <w:rsid w:val="672F31BF"/>
     <w:rsid w:val="67318FAF"/>
     <w:rsid w:val="67548540"/>
     <w:rsid w:val="6786A694"/>
     <w:rsid w:val="67884A77"/>
     <w:rsid w:val="67B7A12D"/>
     <w:rsid w:val="67C5965C"/>
     <w:rsid w:val="67C734D0"/>
     <w:rsid w:val="6866B502"/>
+    <w:rsid w:val="687A3E56"/>
     <w:rsid w:val="690F8A13"/>
     <w:rsid w:val="694BAC51"/>
     <w:rsid w:val="699712AF"/>
     <w:rsid w:val="69CC8F7F"/>
+    <w:rsid w:val="6A13DCC1"/>
     <w:rsid w:val="6A582D32"/>
+    <w:rsid w:val="6A788538"/>
     <w:rsid w:val="6A860D29"/>
     <w:rsid w:val="6AE3299C"/>
     <w:rsid w:val="6AF24523"/>
     <w:rsid w:val="6B3515DF"/>
     <w:rsid w:val="6B4171CF"/>
     <w:rsid w:val="6B4872A7"/>
     <w:rsid w:val="6B5D5049"/>
     <w:rsid w:val="6B742943"/>
     <w:rsid w:val="6B9A7201"/>
     <w:rsid w:val="6BE8CC9D"/>
     <w:rsid w:val="6BEB9B96"/>
     <w:rsid w:val="6BEBA7C6"/>
     <w:rsid w:val="6C03E513"/>
     <w:rsid w:val="6C9648C0"/>
     <w:rsid w:val="6CA1BA3B"/>
     <w:rsid w:val="6CBFB192"/>
     <w:rsid w:val="6CD5325B"/>
+    <w:rsid w:val="6D120236"/>
     <w:rsid w:val="6D25CC5A"/>
     <w:rsid w:val="6D5D98B3"/>
+    <w:rsid w:val="6D63079A"/>
     <w:rsid w:val="6EA6DA96"/>
     <w:rsid w:val="6EBAE2B9"/>
+    <w:rsid w:val="6EBD81FD"/>
     <w:rsid w:val="6EC32EE6"/>
     <w:rsid w:val="6ED0924D"/>
     <w:rsid w:val="6EF6603C"/>
     <w:rsid w:val="6F1137CB"/>
+    <w:rsid w:val="70571E10"/>
     <w:rsid w:val="70874799"/>
     <w:rsid w:val="7090E616"/>
     <w:rsid w:val="70B9DB5B"/>
     <w:rsid w:val="70CC9F94"/>
     <w:rsid w:val="70ED737B"/>
     <w:rsid w:val="7139ED9E"/>
     <w:rsid w:val="71A23E07"/>
     <w:rsid w:val="71B52BCC"/>
     <w:rsid w:val="71C7C60B"/>
     <w:rsid w:val="71D0B18A"/>
     <w:rsid w:val="71F102CC"/>
     <w:rsid w:val="7228F403"/>
     <w:rsid w:val="73238229"/>
     <w:rsid w:val="7332C38F"/>
     <w:rsid w:val="733B9268"/>
     <w:rsid w:val="734BCED4"/>
     <w:rsid w:val="736D9BEB"/>
     <w:rsid w:val="73941E55"/>
+    <w:rsid w:val="74008883"/>
     <w:rsid w:val="744F63D9"/>
     <w:rsid w:val="74673EFB"/>
+    <w:rsid w:val="74ADD84F"/>
     <w:rsid w:val="74DAACEC"/>
     <w:rsid w:val="74F4B500"/>
     <w:rsid w:val="7521E2CD"/>
     <w:rsid w:val="75351F79"/>
     <w:rsid w:val="75736FC5"/>
     <w:rsid w:val="7583F0FF"/>
     <w:rsid w:val="75CEA812"/>
     <w:rsid w:val="760074E8"/>
     <w:rsid w:val="765044A6"/>
     <w:rsid w:val="76C8EDBD"/>
     <w:rsid w:val="76EAF933"/>
+    <w:rsid w:val="7727CF6E"/>
     <w:rsid w:val="772D6E21"/>
+    <w:rsid w:val="77329887"/>
     <w:rsid w:val="776E3B68"/>
     <w:rsid w:val="7780C343"/>
     <w:rsid w:val="778D4AFE"/>
     <w:rsid w:val="77A894A3"/>
     <w:rsid w:val="77DADBBE"/>
     <w:rsid w:val="77F30F8C"/>
     <w:rsid w:val="78620BDC"/>
     <w:rsid w:val="78839C81"/>
     <w:rsid w:val="78CACCF4"/>
     <w:rsid w:val="790E2387"/>
     <w:rsid w:val="79474F46"/>
     <w:rsid w:val="79D90AC1"/>
+    <w:rsid w:val="79FB26F6"/>
     <w:rsid w:val="7A1E7571"/>
     <w:rsid w:val="7A23DE5E"/>
     <w:rsid w:val="7A333253"/>
     <w:rsid w:val="7A44F04F"/>
     <w:rsid w:val="7A486112"/>
+    <w:rsid w:val="7A7ACAF9"/>
     <w:rsid w:val="7A7E9BD6"/>
     <w:rsid w:val="7AF5265E"/>
+    <w:rsid w:val="7B09F8F5"/>
     <w:rsid w:val="7B158BD6"/>
+    <w:rsid w:val="7B70483B"/>
     <w:rsid w:val="7BF0D8D0"/>
     <w:rsid w:val="7C162B5D"/>
+    <w:rsid w:val="7C327AE4"/>
     <w:rsid w:val="7C57894C"/>
     <w:rsid w:val="7C838285"/>
     <w:rsid w:val="7CB118B3"/>
     <w:rsid w:val="7CE07838"/>
     <w:rsid w:val="7CF3266F"/>
     <w:rsid w:val="7CF4F02C"/>
     <w:rsid w:val="7CF9D1A9"/>
     <w:rsid w:val="7D461761"/>
+    <w:rsid w:val="7D59A170"/>
     <w:rsid w:val="7D75A7D4"/>
     <w:rsid w:val="7D8DDA9C"/>
     <w:rsid w:val="7DB32004"/>
     <w:rsid w:val="7E921972"/>
     <w:rsid w:val="7EADEFEA"/>
     <w:rsid w:val="7EB3A967"/>
+    <w:rsid w:val="7EC8B36F"/>
     <w:rsid w:val="7FA6E96C"/>
     <w:rsid w:val="7FA71776"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="303B7085"/>
   <w15:docId w15:val="{AAD0F5C1-4917-4799-BC65-2E76ECDA6C59}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6826,61 +7002,72 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A1075"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00691818"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD2CB9"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-transport-sop-2024-0/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-management-sop-2024/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/acip/vaccine-recommendations/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ma-vaccine-program-guidelines-for-reporting-out-of-range-temperatures/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-logger-requirements-2025/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-storage-unit-checklist-2025/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-transport-sop-2024-0/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-management-sop-2024/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{358F288A-F1A7-44F3-A0B5-53E978CFED41}">
     <t:Anchor>
       <t:Comment id="71924864"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{34D6C412-96AA-43DB-9F97-13DA0C246122}" time="2023-01-04T13:13:23.909Z">
         <t:Attribution userId="S::rattana.bip@mass.gov::878d7037-f7a1-425c-b55c-c545859c4c6f" userProvider="AD" userName="Bip, Rattana (DPH)"/>
         <t:Anchor>
           <t:Comment id="734538043"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{9E5DDA39-4B4C-4D26-B72F-801D32AB2313}" time="2023-01-04T13:13:23.909Z">
         <t:Attribution userId="S::rattana.bip@mass.gov::878d7037-f7a1-425c-b55c-c545859c4c6f" userProvider="AD" userName="Bip, Rattana (DPH)"/>
         <t:Anchor>
           <t:Comment id="734538043"/>
         </t:Anchor>
@@ -7178,67 +7365,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -7421,120 +7617,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F83FEE91-92DC-49D7-B801-C708F9B0BB95}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C53C8BDB-1A7C-4E8A-B302-8D823E973F8D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F83FEE91-92DC-49D7-B801-C708F9B0BB95}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC4B8DDE-BEFF-4EFC-B30C-3D81E75924C0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{349E7336-5A81-4E3C-95DC-3ADA2696B6A9}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{682F5168-1D4F-42A4-9EC2-57A248C2C5EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>13142</Characters>
+  <Pages>3</Pages>
+  <Words>1924</Words>
+  <Characters>10971</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SLI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15417</CharactersWithSpaces>
+  <CharactersWithSpaces>12870</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MASSACHUSETTS IMMUNIZATION PROGRAM</dc:title>
   <dc:subject/>
   <dc:creator>Doreen Pinkham</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
   </property>