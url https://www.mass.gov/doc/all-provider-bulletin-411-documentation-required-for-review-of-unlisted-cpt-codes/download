--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -529,95 +529,110 @@
       </w:pPr>
       <w:r>
         <w:t>Documentation and Billing Instructions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F626EE2" w14:textId="03B83679" w:rsidR="00284F79" w:rsidRDefault="00284F79" w:rsidP="00284F79">
       <w:r w:rsidRPr="00EB10A7">
         <w:t xml:space="preserve">Unlisted codes should be used </w:t>
       </w:r>
       <w:r w:rsidR="00FE489D" w:rsidRPr="00EB10A7">
         <w:t xml:space="preserve">only </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB10A7">
         <w:t xml:space="preserve">when there is no CPT code </w:t>
       </w:r>
       <w:r w:rsidR="00EF6A6E">
         <w:t xml:space="preserve">that applies to the procedure </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB10A7">
         <w:t xml:space="preserve">in the existing code set. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">When submitting a claim with an unlisted CPT code, providers must submit the following documentation: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E44D19A" w14:textId="0E018AA1" w:rsidR="00284F79" w:rsidRPr="000714B5" w:rsidRDefault="00284F79" w:rsidP="00284F79">
+    <w:p w14:paraId="7E44D19A" w14:textId="5A728E67" w:rsidR="00284F79" w:rsidRPr="000714B5" w:rsidRDefault="00284F79" w:rsidP="007F5FFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="000714B5">
         <w:t>Unlisted</w:t>
       </w:r>
       <w:r w:rsidR="00EF6A6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D3A5A">
         <w:t>CPT</w:t>
       </w:r>
       <w:r w:rsidR="007D3A5A" w:rsidRPr="000714B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000714B5">
         <w:t xml:space="preserve">Code Form </w:t>
       </w:r>
-      <w:r w:rsidR="000D103A">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">section of </w:t>
+      <w:r w:rsidR="007F5FFF">
+        <w:t xml:space="preserve">which you can find at </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00FE489D">
+        <w:r w:rsidR="008A2F44" w:rsidRPr="00325A30">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>www.mass.gov/how-to/submit-claims</w:t>
+          <w:t>www.mass.gov/lists/massh</w:t>
+        </w:r>
+        <w:r w:rsidR="008A2F44" w:rsidRPr="00325A30">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="008A2F44" w:rsidRPr="00325A30">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>alth-provider-forms-used-by-multiple-provider-types-q-z#unlisted-cpt-</w:t>
+        </w:r>
+        <w:r w:rsidR="008A2F44" w:rsidRPr="00325A30">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidR="008A2F44" w:rsidRPr="00325A30">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ode-form-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00113401" w:rsidRPr="00113401">
+      <w:r w:rsidR="007F5FFF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF6A6E">
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312A0ABD" w14:textId="6999A78A" w:rsidR="00284F79" w:rsidRDefault="00284F79" w:rsidP="00284F79">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="001406DE">
         <w:t>Medical records supporting unlisted code(s) billed</w:t>
       </w:r>
       <w:r w:rsidR="00EF6A6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34EAD000" w14:textId="5977CB3D" w:rsidR="00284F79" w:rsidRDefault="00284F79" w:rsidP="00FC62DC">
       <w:r w:rsidRPr="00EB10A7">
         <w:t xml:space="preserve">The documentation submitted </w:t>
@@ -1351,70 +1366,70 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:position w:val="10"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>MassHealth on YouTube</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sectPr w:rsidR="00B22350" w:rsidRPr="008A1113" w:rsidSect="003D0423">
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="450" w:footer="496" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FE8C854" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="4A4DB69C" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A20D2" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="16A7344B" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="2263500C" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="570299E0" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="19D60516" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="428DE73F" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08A4DDAF" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="1F3B91DB" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D92A96" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FC082D5" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="4B574B96" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="6EFB88D7" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="42BD87A8" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="7C0A1311" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1582,70 +1597,70 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EAAF9B7" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="7EBAE5F3" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003AE283" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="0FB5B06B" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="63149542" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="27AEFA17" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="7EBD1A85" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="37AF5C2C" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="040361BD" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="29136883" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C930C8" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="385F219B" w14:textId="77777777" w:rsidR="002D4B43" w:rsidRDefault="002D4B43" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="689D4453" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="74532314" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="3475AAEE" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="212B3F42" w14:textId="77777777" w:rsidR="00DB44C5" w:rsidRDefault="00DB44C5" w:rsidP="00FF5AAD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E03500E" w14:textId="77777777" w:rsidR="003D0423" w:rsidRDefault="003D0423" w:rsidP="005F2443">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="6480"/>
     </w:pPr>
     <w:r>
       <w:t>MassHealth</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6573AB37" w14:textId="74F5D640" w:rsidR="00BF54A1" w:rsidRPr="008F7531" w:rsidRDefault="003D0423" w:rsidP="005F2443">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="6480"/>
     </w:pPr>
     <w:r>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="00ED6E2C">
       <w:t xml:space="preserve">ll Provider Bulletin </w:t>
@@ -2537,50 +2552,51 @@
     <w:rsid w:val="0014797D"/>
     <w:rsid w:val="00153E24"/>
     <w:rsid w:val="001558DE"/>
     <w:rsid w:val="001655EC"/>
     <w:rsid w:val="00172F7C"/>
     <w:rsid w:val="001776CC"/>
     <w:rsid w:val="00183784"/>
     <w:rsid w:val="0018768A"/>
     <w:rsid w:val="00194491"/>
     <w:rsid w:val="00195C8A"/>
     <w:rsid w:val="0019736A"/>
     <w:rsid w:val="00197D44"/>
     <w:rsid w:val="001A25AC"/>
     <w:rsid w:val="001A477C"/>
     <w:rsid w:val="001A6255"/>
     <w:rsid w:val="001A7499"/>
     <w:rsid w:val="001C1140"/>
     <w:rsid w:val="001C784A"/>
     <w:rsid w:val="001D5FD0"/>
     <w:rsid w:val="001E0603"/>
     <w:rsid w:val="001F299D"/>
     <w:rsid w:val="001F402B"/>
     <w:rsid w:val="001F6109"/>
     <w:rsid w:val="00200899"/>
     <w:rsid w:val="002018B3"/>
+    <w:rsid w:val="00202CAA"/>
     <w:rsid w:val="00216420"/>
     <w:rsid w:val="00221668"/>
     <w:rsid w:val="00232E91"/>
     <w:rsid w:val="002366EF"/>
     <w:rsid w:val="00240726"/>
     <w:rsid w:val="00246D80"/>
     <w:rsid w:val="00250727"/>
     <w:rsid w:val="00253248"/>
     <w:rsid w:val="00254A64"/>
     <w:rsid w:val="00263F44"/>
     <w:rsid w:val="00264FE0"/>
     <w:rsid w:val="00265DCC"/>
     <w:rsid w:val="00265FBB"/>
     <w:rsid w:val="00272AFE"/>
     <w:rsid w:val="002753B5"/>
     <w:rsid w:val="0028040D"/>
     <w:rsid w:val="00284F79"/>
     <w:rsid w:val="002916ED"/>
     <w:rsid w:val="0029448A"/>
     <w:rsid w:val="002A28ED"/>
     <w:rsid w:val="002C12F8"/>
     <w:rsid w:val="002C40EA"/>
     <w:rsid w:val="002C6061"/>
     <w:rsid w:val="002D2D95"/>
     <w:rsid w:val="002D4B43"/>
@@ -2591,50 +2607,51 @@
     <w:rsid w:val="003065DA"/>
     <w:rsid w:val="00322CFD"/>
     <w:rsid w:val="0032327C"/>
     <w:rsid w:val="0032351D"/>
     <w:rsid w:val="003344D7"/>
     <w:rsid w:val="003644F6"/>
     <w:rsid w:val="0037002C"/>
     <w:rsid w:val="00373461"/>
     <w:rsid w:val="003737F7"/>
     <w:rsid w:val="00374688"/>
     <w:rsid w:val="003869FD"/>
     <w:rsid w:val="00386F7B"/>
     <w:rsid w:val="00390C38"/>
     <w:rsid w:val="003A31CA"/>
     <w:rsid w:val="003A6E1E"/>
     <w:rsid w:val="003A7E23"/>
     <w:rsid w:val="003B10E3"/>
     <w:rsid w:val="003C0130"/>
     <w:rsid w:val="003D0423"/>
     <w:rsid w:val="003E1B65"/>
     <w:rsid w:val="003F221A"/>
     <w:rsid w:val="003F29B0"/>
     <w:rsid w:val="003F4AF4"/>
     <w:rsid w:val="003F4E5F"/>
     <w:rsid w:val="003F57D9"/>
+    <w:rsid w:val="003F6E35"/>
     <w:rsid w:val="004013AA"/>
     <w:rsid w:val="00403685"/>
     <w:rsid w:val="00404CF3"/>
     <w:rsid w:val="004117FD"/>
     <w:rsid w:val="0041389E"/>
     <w:rsid w:val="004153B5"/>
     <w:rsid w:val="00427DA0"/>
     <w:rsid w:val="004373B7"/>
     <w:rsid w:val="00437C15"/>
     <w:rsid w:val="00450E46"/>
     <w:rsid w:val="0046106F"/>
     <w:rsid w:val="00461793"/>
     <w:rsid w:val="00461DD8"/>
     <w:rsid w:val="0047107E"/>
     <w:rsid w:val="004A036A"/>
     <w:rsid w:val="004A5518"/>
     <w:rsid w:val="004A5AA4"/>
     <w:rsid w:val="004B20FE"/>
     <w:rsid w:val="004B70C6"/>
     <w:rsid w:val="004C1488"/>
     <w:rsid w:val="004C5B54"/>
     <w:rsid w:val="004D4BC9"/>
     <w:rsid w:val="004D60BA"/>
     <w:rsid w:val="004F64E7"/>
     <w:rsid w:val="00507B64"/>
@@ -2678,122 +2695,125 @@
     <w:rsid w:val="0071108B"/>
     <w:rsid w:val="00714900"/>
     <w:rsid w:val="007247C8"/>
     <w:rsid w:val="00731164"/>
     <w:rsid w:val="00733878"/>
     <w:rsid w:val="007426E9"/>
     <w:rsid w:val="00757D07"/>
     <w:rsid w:val="0076059D"/>
     <w:rsid w:val="007629E9"/>
     <w:rsid w:val="007640FE"/>
     <w:rsid w:val="007756B5"/>
     <w:rsid w:val="00776856"/>
     <w:rsid w:val="007837EF"/>
     <w:rsid w:val="00787207"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007C2918"/>
     <w:rsid w:val="007C3BAF"/>
     <w:rsid w:val="007C63E4"/>
     <w:rsid w:val="007D2272"/>
     <w:rsid w:val="007D35FC"/>
     <w:rsid w:val="007D38A4"/>
     <w:rsid w:val="007D3A5A"/>
     <w:rsid w:val="007D470C"/>
     <w:rsid w:val="007F1CCF"/>
     <w:rsid w:val="007F4A56"/>
+    <w:rsid w:val="007F5FFF"/>
     <w:rsid w:val="007F69B5"/>
     <w:rsid w:val="007F74B0"/>
     <w:rsid w:val="00800CE8"/>
     <w:rsid w:val="008031E5"/>
     <w:rsid w:val="00811DAF"/>
     <w:rsid w:val="008151A9"/>
     <w:rsid w:val="0082380C"/>
     <w:rsid w:val="00824152"/>
     <w:rsid w:val="0082579E"/>
     <w:rsid w:val="0082594F"/>
     <w:rsid w:val="008268F2"/>
     <w:rsid w:val="00827B2E"/>
     <w:rsid w:val="00832EAC"/>
     <w:rsid w:val="00844B61"/>
     <w:rsid w:val="00845D64"/>
     <w:rsid w:val="00856980"/>
     <w:rsid w:val="008708FF"/>
     <w:rsid w:val="00870F8F"/>
     <w:rsid w:val="0087230A"/>
     <w:rsid w:val="00877EDB"/>
     <w:rsid w:val="00893B9C"/>
     <w:rsid w:val="00894FF0"/>
     <w:rsid w:val="008A1113"/>
+    <w:rsid w:val="008A2F44"/>
     <w:rsid w:val="008A3156"/>
     <w:rsid w:val="008A3B9D"/>
     <w:rsid w:val="008A41EA"/>
     <w:rsid w:val="008A5111"/>
     <w:rsid w:val="008A6A30"/>
     <w:rsid w:val="008B293F"/>
     <w:rsid w:val="008C297A"/>
     <w:rsid w:val="008F0D56"/>
     <w:rsid w:val="008F1DC8"/>
     <w:rsid w:val="008F7531"/>
     <w:rsid w:val="00900E0C"/>
     <w:rsid w:val="00902810"/>
     <w:rsid w:val="00916124"/>
     <w:rsid w:val="009258A0"/>
     <w:rsid w:val="00930D16"/>
     <w:rsid w:val="0093651D"/>
     <w:rsid w:val="00943F98"/>
     <w:rsid w:val="00950775"/>
     <w:rsid w:val="00965D5A"/>
     <w:rsid w:val="00966428"/>
     <w:rsid w:val="00977415"/>
     <w:rsid w:val="00981FE9"/>
     <w:rsid w:val="009841A9"/>
     <w:rsid w:val="00985322"/>
     <w:rsid w:val="00992105"/>
     <w:rsid w:val="009A0E9B"/>
     <w:rsid w:val="009A174E"/>
     <w:rsid w:val="009A3F81"/>
     <w:rsid w:val="009B4513"/>
     <w:rsid w:val="009C5B3B"/>
     <w:rsid w:val="009D15FA"/>
     <w:rsid w:val="009D59BC"/>
     <w:rsid w:val="009F4899"/>
     <w:rsid w:val="00A024A3"/>
     <w:rsid w:val="00A02563"/>
     <w:rsid w:val="00A03232"/>
     <w:rsid w:val="00A0380C"/>
     <w:rsid w:val="00A13213"/>
     <w:rsid w:val="00A15EDB"/>
     <w:rsid w:val="00A32028"/>
     <w:rsid w:val="00A422EC"/>
     <w:rsid w:val="00A458CF"/>
     <w:rsid w:val="00A4669C"/>
     <w:rsid w:val="00A56D1A"/>
     <w:rsid w:val="00A570CF"/>
     <w:rsid w:val="00A6077B"/>
     <w:rsid w:val="00A63CB3"/>
     <w:rsid w:val="00A75E05"/>
     <w:rsid w:val="00A906FA"/>
+    <w:rsid w:val="00A95EC3"/>
     <w:rsid w:val="00AA5B85"/>
     <w:rsid w:val="00AA6467"/>
     <w:rsid w:val="00AB155F"/>
     <w:rsid w:val="00AD2EF9"/>
     <w:rsid w:val="00AD35E6"/>
     <w:rsid w:val="00AD4B0C"/>
     <w:rsid w:val="00AD4C5F"/>
     <w:rsid w:val="00AD5F44"/>
     <w:rsid w:val="00AD7BAF"/>
     <w:rsid w:val="00AF6898"/>
     <w:rsid w:val="00AF6D8F"/>
     <w:rsid w:val="00B03A46"/>
     <w:rsid w:val="00B058D1"/>
     <w:rsid w:val="00B12A3B"/>
     <w:rsid w:val="00B131F5"/>
     <w:rsid w:val="00B20D9D"/>
     <w:rsid w:val="00B22350"/>
     <w:rsid w:val="00B22CD0"/>
     <w:rsid w:val="00B327EA"/>
     <w:rsid w:val="00B36B15"/>
     <w:rsid w:val="00B41224"/>
     <w:rsid w:val="00B4268A"/>
     <w:rsid w:val="00B448E4"/>
     <w:rsid w:val="00B44F42"/>
     <w:rsid w:val="00B51510"/>
@@ -2829,50 +2849,51 @@
     <w:rsid w:val="00C74889"/>
     <w:rsid w:val="00C84B58"/>
     <w:rsid w:val="00C9185E"/>
     <w:rsid w:val="00C951E0"/>
     <w:rsid w:val="00C96F38"/>
     <w:rsid w:val="00CA3B98"/>
     <w:rsid w:val="00CB3D77"/>
     <w:rsid w:val="00CD7453"/>
     <w:rsid w:val="00CE1946"/>
     <w:rsid w:val="00CE4E78"/>
     <w:rsid w:val="00CF0AAB"/>
     <w:rsid w:val="00D0388D"/>
     <w:rsid w:val="00D20897"/>
     <w:rsid w:val="00D23696"/>
     <w:rsid w:val="00D2728B"/>
     <w:rsid w:val="00D33ED2"/>
     <w:rsid w:val="00D37899"/>
     <w:rsid w:val="00D40840"/>
     <w:rsid w:val="00D55314"/>
     <w:rsid w:val="00D64719"/>
     <w:rsid w:val="00D757EC"/>
     <w:rsid w:val="00D76690"/>
     <w:rsid w:val="00D93D6D"/>
     <w:rsid w:val="00DA0783"/>
     <w:rsid w:val="00DA4C1A"/>
+    <w:rsid w:val="00DB44C5"/>
     <w:rsid w:val="00DD509A"/>
     <w:rsid w:val="00DD7B60"/>
     <w:rsid w:val="00DD7B9C"/>
     <w:rsid w:val="00DF15B5"/>
     <w:rsid w:val="00DF2BB6"/>
     <w:rsid w:val="00DF5421"/>
     <w:rsid w:val="00DF5A51"/>
     <w:rsid w:val="00E00297"/>
     <w:rsid w:val="00E25774"/>
     <w:rsid w:val="00E26210"/>
     <w:rsid w:val="00E334D1"/>
     <w:rsid w:val="00E4227E"/>
     <w:rsid w:val="00E460D5"/>
     <w:rsid w:val="00E46EB1"/>
     <w:rsid w:val="00E51CBD"/>
     <w:rsid w:val="00E61907"/>
     <w:rsid w:val="00E6608C"/>
     <w:rsid w:val="00E70EF5"/>
     <w:rsid w:val="00E72EE6"/>
     <w:rsid w:val="00E747F8"/>
     <w:rsid w:val="00EA2611"/>
     <w:rsid w:val="00EB1686"/>
     <w:rsid w:val="00EB2269"/>
     <w:rsid w:val="00EB3045"/>
     <w:rsid w:val="00EC4C96"/>
@@ -3505,51 +3526,50 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="memo">
     <w:name w:val="memo"/>
@@ -4181,50 +4201,76 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0071108B"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A5111"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="62458241">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1184249938">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1564952783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1722971589">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -4253,51 +4299,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2130780261">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/submit-claims" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.masshealthltss.com/s/?language=en_US" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/MassHealth1/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@masshealthltss.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.twitter.com/MassHealth" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/forms/email-notifications-for-provider-bulletins-and-transmittal-letters" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/masshealth" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth-provider-bulletins" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/masshealth" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provider@masshealthquestions.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/masshealth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-the-provider-online-service-center" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UC1QQ61nTN7LNKkhjrjnYOUg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/masshealth-provider-forms-used-by-multiple-provider-types-q-z#unlisted-cpt-code-form-" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.masshealthltss.com/s/?language=en_US" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/MassHealth1/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@masshealthltss.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.twitter.com/MassHealth" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/forms/email-notifications-for-provider-bulletins-and-transmittal-letters" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/masshealth" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth-provider-bulletins" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/masshealth" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provider@masshealthquestions.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/masshealth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-the-provider-online-service-center" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UC1QQ61nTN7LNKkhjrjnYOUg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4568,75 +4614,89 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B989D34B-ED85-4DB2-95E2-CC7D43909196}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>489</Words>
-  <Characters>2876</Characters>
+  <Words>522</Words>
+  <Characters>2978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>/All Provider Bulletin 411</vt:lpstr>
+      <vt:lpstr>    Purpose</vt:lpstr>
+      <vt:lpstr>Documentation and Billing Instructions</vt:lpstr>
+      <vt:lpstr/>
+      <vt:lpstr>MassHealth Website </vt:lpstr>
+      <vt:lpstr>Questions?</vt:lpstr>
+      <vt:lpstr>        Long-Term Services and Supports </vt:lpstr>
+      <vt:lpstr>        All Other Provider Types </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3319</CharactersWithSpaces>
+  <CharactersWithSpaces>3494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6946870</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://twitter.com/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>