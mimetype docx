--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -1,3466 +1,3312 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
+    <w:p w14:paraId="7030D565" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="9"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1C778120" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="9"/>
         </w:rPr>
-        <w:sectPr>
+        <w:sectPr w:rsidR="009636C4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="560" w:bottom="280" w:left="640" w:right="260"/>
+          <w:pgMar w:top="560" w:right="260" w:bottom="280" w:left="640" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2FA15ECD" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5CBE9E76" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="17D1F35B" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6C719F68" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5DFD3F35" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="576EB9C8" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4DDA0C37" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="41137CA9" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="23A241B4" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="22BF55DB" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="49"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...106 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold"/>
+    <w:p w14:paraId="5580308F" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="14"/>
-[...26 lines deleted...]
-        <w:br w:type="column"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:t>Commonwealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>Commonwealth</w:t>
+        <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:ind w:left="296" w:right="203" w:firstLine="0"/>
+    <w:p w14:paraId="31D3B7A4" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="232" w:lineRule="auto"/>
+        <w:ind w:left="296" w:right="203"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Bureau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-17"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Healthcare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Safety</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-17"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Quality Office of Emergency Medical Services Ambulance Regulation Program</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2238D251" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:spacing w:before="2"/>
-        <w:ind w:left="71" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="71"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-17"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Forest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Street,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-17"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Marlborough,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>01752</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0"/>
+    <w:p w14:paraId="78E928B1" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:br w:type="column"/>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="23CB0224" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:r>
-[...1 lines deleted...]
-    <w:p>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1DF206" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1DDAACF1" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="69296E71" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="757EDD88" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1F05AD9C" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...7 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="37E1EF3F" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="150"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:ind w:left="19" w:right="1" w:firstLine="0"/>
+    <w:p w14:paraId="6BB67435" w14:textId="77777777" w:rsidR="003A5BD8" w:rsidRDefault="003A5BD8" w:rsidP="003A5BD8">
+      <w:pPr>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15729152">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15729152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="777BACDF" wp14:editId="5EA3F081">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>614445</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1155143</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="895825" cy="1066471"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Image 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="895825" cy="1066471"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...41 lines deleted...]
-        <w:ind w:left="19" w:right="18" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="5D347465" w14:textId="77777777" w:rsidR="003A5BD8" w:rsidRDefault="003A5BD8" w:rsidP="003A5BD8">
+      <w:pPr>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:spacing w:val="-2"/>
+    </w:p>
+    <w:p w14:paraId="0F27F759" w14:textId="77777777" w:rsidR="003A5BD8" w:rsidRDefault="003A5BD8" w:rsidP="003A5BD8">
+      <w:pPr>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>Secretary</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="19" w:right="9" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04C3C792" w14:textId="77777777" w:rsidR="003A5BD8" w:rsidRDefault="003A5BD8" w:rsidP="003A5BD8">
+      <w:pPr>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold"/>
-[...37 lines deleted...]
-        <w:ind w:left="19" w:right="0" w:firstLine="0"/>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A418DA" w14:textId="0B48D944" w:rsidR="003A5BD8" w:rsidRDefault="003A5BD8" w:rsidP="003A5BD8">
+      <w:pPr>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold"/>
-          <w:spacing w:val="-2"/>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>Commissioner</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="19" w:right="15" w:firstLine="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E1657C" w14:textId="0392CF69" w:rsidR="009636C4" w:rsidRDefault="009636C4">
+      <w:pPr>
+        <w:spacing w:line="160" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...59 lines deleted...]
-        <w:spacing w:after="0" w:line="160" w:lineRule="exact"/>
+    </w:p>
+    <w:p w14:paraId="0CFF1CBE" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
+      <w:pPr>
+        <w:spacing w:line="160" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:sectPr>
+        <w:sectPr w:rsidR="009636C4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="560" w:bottom="280" w:left="640" w:right="260"/>
-          <w:cols w:num="3" w:equalWidth="0">
+          <w:pgMar w:top="560" w:right="260" w:bottom="280" w:left="640" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720" w:equalWidth="0">
             <w:col w:w="1945" w:space="807"/>
             <w:col w:w="5816" w:space="120"/>
             <w:col w:w="2652"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="31FE5E92" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:spacing w:before="255"/>
-        <w:ind w:left="691" w:right="1097" w:firstLine="0"/>
+        <w:ind w:left="691" w:right="1097"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Ambulance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Regulation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Fee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="29"/>
         </w:rPr>
         <w:t>Submission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="29"/>
         </w:rPr>
-        <w:t> Form</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067ECDB3" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:spacing w:before="301"/>
-        <w:ind w:left="800" w:right="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="800"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Summary</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CMR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>170.215):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
         <w:tblInd w:w="804" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="1712"/>
         <w:gridCol w:w="3424"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="7E2D0EED" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="620" w:hRule="atLeast"/>
+          <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="49A60A84" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="172"/>
               <w:ind w:left="0" w:right="93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="01EE5687" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="172"/>
               <w:ind w:left="32" w:right="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Fee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2F7A3416" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="172"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="04B1D5D4" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="21A29043" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="267" w:lineRule="exact" w:before="28"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="28" w:line="267" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Ambulance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>licensure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>BLS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="74851F0C" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="267" w:lineRule="exact" w:before="28"/>
+              <w:spacing w:before="28" w:line="267" w:lineRule="exact"/>
               <w:ind w:left="32" w:right="16"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3204FEDB" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="267" w:lineRule="exact" w:before="28"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="28" w:line="267" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>per</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="7644D52E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="316" w:hRule="atLeast"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3564D752" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Ambulance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>licensure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="78A52C31" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32" w:right="16"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="739D57F9" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>per</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="38200A37" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="49B32AF0" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Ambulance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>service licensure – Critical</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> Care</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7983224F" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32" w:right="16"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="36C82AD5" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>per</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="2183622E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4034BBD8" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>EFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="6"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>service – EMS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>first</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="6"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>response level</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> only</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="42171B78" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32" w:right="16"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0B85A7CF" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>per</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="5942768E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="316" w:hRule="atLeast"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="485A381B" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>EFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="6"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              <w:t>– </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>BLS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="482742E4" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32" w:right="16"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="253E11ED" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>per</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="10A97846" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="65CB0E09" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>EFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="6"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              <w:t>– </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="39E6510D" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32" w:right="16"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="53C03B22" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>per</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="30DA7C5B" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="347" w:hRule="atLeast"/>
+          <w:trHeight w:val="347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5077BEA4" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="44"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Ambulance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>vehicle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>certification</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1CD96FAC" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="44"/>
               <w:ind w:left="32" w:right="16"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5C9DE802" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="44"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>each</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>certificate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> approval</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> approval</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="009636C4" w14:paraId="5B5FB5F8" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="332" w:hRule="atLeast"/>
+          <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="48E16A8D" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="28"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>EFR-ALS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>vehicle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>certification</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0AC1859B" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="28"/>
               <w:ind w:left="32"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>$50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3424" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3D2F51BE" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="28"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>each</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>certificate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="4"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> approval</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> approval</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="01D4E408" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="39"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5F3CC0D3" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:pos="5126" w:val="left" w:leader="none"/>
-          <w:tab w:pos="10174" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="5126"/>
+          <w:tab w:val="left" w:pos="10174"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="800"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Number:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Date application started:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="23"/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="38BE4828" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="86"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="76E2E76B" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:pos="5342" w:val="left" w:leader="none"/>
-[...1 lines deleted...]
-          <w:tab w:pos="9262" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="5342"/>
+          <w:tab w:val="left" w:pos="5775"/>
+          <w:tab w:val="left" w:pos="9262"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="799"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Amount</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Due</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...6 lines deleted...]
-        <w:t>Application: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Amount Enclosed:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="79D4D93F" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="86"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w14:paraId="759F3CF2" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
+      <w:pPr>
+        <w:ind w:left="799"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Applicant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Organization:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="78F201E0" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="39"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="524E6AB1" wp14:editId="255FDC5F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>914247</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>195051</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5946775" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvPr id="2" name="Graphic 2"/>
-                      <wps:cNvSpPr/>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5946775" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="5946775" h="0">
+                            <a:path w="5946775">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="5946304" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="9896">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape style="position:absolute;margin-left:71.987999pt;margin-top:15.358363pt;width:468.25pt;height:.1pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape1" coordorigin="1440,307" coordsize="9365,0" path="m1440,307l10804,307e" filled="false" stroked="true" strokeweight=".77925pt" strokecolor="#000000">
+              <v:shape w14:anchorId="3D6C8601" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:15.35pt;width:468.25pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5946775,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAaM4cFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xkbdIYcYqhQYcB&#10;RVegGXZWZDk2JksaqcTOvx8lfyTtbsN8ECjxiXzko7y+b2vNTgqwsibjs8mUM2WkzStzyPiP3eOn&#10;O87QC5MLbY3K+Fkhv998/LBuXKrmtrQ6V8AoiMG0cRkvvXdpkqAsVS1wYp0y5Cws1MLTFg5JDqKh&#10;6LVO5tPpImks5A6sVIh0uu2cfBPjF4WS/ntRoPJMZ5y4+bhCXPdhTTZrkR5AuLKSPQ3xDyxqURlK&#10;OobaCi/YEaq/QtWVBIu28BNp68QWRSVVrIGqmU3fVfNaCqdiLdQcdGOb8P+Flc+nV/cCgTq6Jyt/&#10;IXUkaRymoydssMe0BdQBS8RZG7t4HruoWs8kHd6ubhbL5S1nknyz+TI2ORHpcFce0X9VNsYRpyf0&#10;nQb5YIlysGRrBhNIyaChjhp6zkhD4Iw03HcaOuHDvUAumKy5EAlntT2pnY1e/445Ubt4tblGhVI+&#10;T284G6okbIcgI6ShXnVGTE32dXHaBBaru9UijgZaXeWPldaBBcJh/6CBnUQYzPiFOijCG5gD9FuB&#10;ZYeLrh6mTa9TJ00QaW/z8wuwhqY54/j7KEBxpr8ZGpcw+oMBg7EfDPD6wcYHEhtEOXftTwGOhfQZ&#10;96Tssx2GUaSDaKH0ERtuGvvl6G1RBUXjDHWM+g1NcCywf23hiVzvI+ryT9j8AQAA//8DAFBLAwQU&#10;AAYACAAAACEAU1v4A94AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;C4WGEKdCSPRA1QNtP8CNl8TCXqe226Z/j3OC48yOZt9Ui8FZdsIQjScJ04kAhtR4baiVsNt+3BfA&#10;YlKklfWEEi4YYVFfX1Wq1P5MX3japJblEoqlktCl1Jecx6ZDp+LE90j59u2DUynL0HId1DmXO8sf&#10;hHjmThnKHzrV43uHzc/m6CQ4s/wchFnzdZzbYO5ScVitGilvb4a3V2AJh/QXhhE/o0Odmfb+SDoy&#10;m/VslrckCY9iDmwMiEI8AduPzgvwuuL/J9S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AEBozhwVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFNb+APeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l5946304,e" filled="f" strokeweight=".27489mm">
                 <v:path arrowok="t"/>
-                <v:stroke dashstyle="solid"/>
-                <w10:wrap type="topAndBottom"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="773EF937" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="75"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="45EBA326" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:pos="9995" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="9995"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:left="799" w:right="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="799"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Organization</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mailing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Address:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7BDEBF7E" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2B654B0C" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:pos="3678" w:val="left" w:leader="none"/>
-[...1 lines deleted...]
-          <w:tab w:pos="8014" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="3678"/>
+          <w:tab w:val="left" w:pos="5007"/>
+          <w:tab w:val="left" w:pos="8014"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:left="799" w:right="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="799"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>City:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t> State: </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> State: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
-          <w:u w:val="none"/>
-[...9 lines deleted...]
-        <w:t>Zip Code: </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zip Code: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="67FCD204" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6911C84E" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:pos="2495" w:val="left" w:leader="none"/>
-          <w:tab w:pos="8891" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="2495"/>
+          <w:tab w:val="left" w:pos="8891"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="799"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Contact</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6A3E44E8" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:pos="4862" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="4862"/>
         </w:tabs>
         <w:spacing w:before="283"/>
-        <w:ind w:left="799" w:right="0" w:firstLine="0"/>
-[...11 lines deleted...]
-        <w:t>Phone Number: </w:t>
+        <w:ind w:left="799"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phone Number: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="71E659AF" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2D0B93E0" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:pos="6524" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="6524"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="799"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
-[...6 lines deleted...]
-        <w:sectPr>
+    <w:p w14:paraId="3034B13F" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="009636C4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="560" w:bottom="280" w:left="640" w:right="260"/>
+          <w:pgMar w:top="560" w:right="260" w:bottom="280" w:left="640" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:ind w:left="691" w:right="1080" w:firstLine="0"/>
+    <w:p w14:paraId="7080928E" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
+      <w:pPr>
+        <w:spacing w:before="40" w:line="235" w:lineRule="auto"/>
+        <w:ind w:left="691" w:right="1080"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>submit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a check</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>money</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>made</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>out</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>COMMONWEALTH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="27"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MASSACHUSETTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>” with this completed form to:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0F83352B" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="009636C4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="12"/>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="379B7588" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="235" w:lineRule="auto" w:before="1"/>
+        <w:spacing w:before="1" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="3092" w:right="3473"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>Massachusetts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Health Office of Emergency Medical Services</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="61F8C41C" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="290" w:lineRule="exact" w:before="13"/>
+        <w:spacing w:before="13" w:line="290" w:lineRule="exact"/>
         <w:ind w:left="703" w:right="1080"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Forest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Street</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1F8860FB" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="290" w:lineRule="exact"/>
         <w:ind w:left="691" w:right="1084"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>Marlborough,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>01752</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4DFD4BDC" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="283"/>
         <w:ind w:left="799"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>Fees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>non-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>refundable.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="09540620" w14:textId="77777777" w:rsidR="009636C4" w:rsidRDefault="003A5BD8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="235" w:lineRule="auto" w:before="16"/>
+        <w:spacing w:before="16" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="800" w:right="1117" w:hanging="1"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>Questions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>regarding Ambulance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Regulation Program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>applications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="18"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>program fees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>can</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
-        <w:t> </w:t>
-[...5 lines deleted...]
-      <w:hyperlink r:id="rId7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">be directed to the ARP Coordinator at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>oems.ambulance@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
+    <w:sectPr w:rsidR="009636C4">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1400" w:bottom="280" w:left="640" w:right="260"/>
+      <w:pgMar w:top="1400" w:right="260" w:bottom="280" w:left="640" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Rounded MT Bold">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="009636C4"/>
+    <w:rsid w:val="0008202E"/>
+    <w:rsid w:val="003A5BD8"/>
+    <w:rsid w:val="005F4F55"/>
+    <w:rsid w:val="00897F61"/>
+    <w:rsid w:val="009636C4"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6FB7A2AC"/>
+  <w15:docId w15:val="{80510682-688E-4884-B9C3-68F3793451ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-[...9 lines deleted...]
-  <w:style w:styleId="BodyText" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Title" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="24" w:line="448" w:lineRule="exact"/>
       <w:ind w:left="71"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="37"/>
       <w:szCs w:val="37"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="12"/>
       <w:ind w:left="118"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.ambulance@mass.gov" TargetMode="External"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.ambulance@mass.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3704,66 +3550,74 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Company>Commonwealth of Massachusetts</Company>
   <Template>Normal</Template>
   <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>218</Words>
+  <Characters>1243</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1459</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kyle Marshall</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008B1CDA8D755C7F4CBE729817C35B5B90</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
     <vt:filetime>2024-07-25T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 24 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LastSaved">
     <vt:filetime>2025-02-06T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Producer">
     <vt:lpwstr>Adobe PDF Library 24.2.159</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="SourceModified">
     <vt:lpwstr/>
   </property>