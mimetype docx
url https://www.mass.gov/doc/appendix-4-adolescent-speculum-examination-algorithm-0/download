--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -1,4171 +1,7553 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/ink/ink1.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="687D9B47" w14:textId="16FA869E" w:rsidR="002E0CC8" w:rsidRDefault="00211E83" w:rsidP="002E0CC8">
+    <w:p w14:paraId="659785E9" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E0CC8">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487492096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4642CF57" wp14:editId="5DB3D331">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>140157</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>106794</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7487284" cy="6939915"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Group 3" descr="Adolescent speculum examination algorithm"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7487284" cy="6939915"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7487284" cy="6939915"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="Graphic 4"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1632762" y="812685"/>
+                            <a:ext cx="5854700" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5854700">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5854077" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="12700">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Graphic 5"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2346375" y="1264805"/>
+                            <a:ext cx="3780154" cy="2661920"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3780154" h="2661920">
+                                <a:moveTo>
+                                  <a:pt x="110744" y="238506"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="109220" y="232664"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="100076" y="227330"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="94234" y="228981"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="91567" y="233426"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="279146"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="279146"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="19177" y="233426"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16510" y="228981"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10668" y="227330"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1524" y="232664"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="238506"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="333375"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="66408" y="314452"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="110744" y="238506"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3780154" h="2661920">
+                                <a:moveTo>
+                                  <a:pt x="1024394" y="1761756"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1015504" y="1744865"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="471792" y="2026564"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="500138" y="1981847"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="502932" y="1977402"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="501688" y="1971687"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="501853" y="1971687"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="492772" y="1965972"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="486803" y="1967242"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="484009" y="1971687"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="428129" y="2059952"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="537730" y="2065540"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="542175" y="2061476"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="542277" y="2059952"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="542531" y="2056396"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="542810" y="2050935"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="538746" y="2046490"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="480580" y="2043569"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1024394" y="1761756"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3780154" h="2661920">
+                                <a:moveTo>
+                                  <a:pt x="1315986" y="1392428"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1314462" y="1386586"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1305318" y="1381252"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1299476" y="1382776"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1270139" y="1433068"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1270139" y="1152525"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1251089" y="1152525"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1251089" y="1433068"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1221752" y="1382776"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1215910" y="1381252"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1206766" y="1386586"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1205242" y="1392428"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1260614" y="1487297"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1271651" y="1468374"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1315986" y="1392428"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3780154" h="2661920">
+                                <a:moveTo>
+                                  <a:pt x="2592971" y="871093"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2591447" y="865251"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2582303" y="859917"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2576461" y="861441"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2547124" y="911745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2547124" y="692785"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2528074" y="692785"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2528074" y="911745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2498737" y="861441"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2492895" y="859917"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2483751" y="865251"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2482227" y="871093"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2537599" y="965962"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2548636" y="947039"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2592971" y="871093"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3780154" h="2661920">
+                                <a:moveTo>
+                                  <a:pt x="2611386" y="1960130"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2609862" y="1954288"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2600718" y="1948954"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2594876" y="1950478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2565539" y="2000770"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2565539" y="1781822"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2546489" y="1781822"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2546489" y="2000770"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2517152" y="1950478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2511310" y="1948954"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2502166" y="1954288"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2500642" y="1960130"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2556014" y="2055012"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2567051" y="2036076"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2611386" y="1960130"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3780154" h="2661920">
+                                <a:moveTo>
+                                  <a:pt x="3779786" y="2566555"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3778262" y="2560713"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3769118" y="2555379"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3763276" y="2556903"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3733939" y="2607195"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3733939" y="2326652"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3714889" y="2326652"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3714889" y="2607195"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3685552" y="2556903"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3679710" y="2555379"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3670566" y="2560713"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3669042" y="2566555"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3724414" y="2661424"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3735451" y="2642501"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3779786" y="2566555"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Graphic 6"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3450780" y="2234450"/>
+                            <a:ext cx="2063750" cy="235585"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="2063750" h="235585">
+                                <a:moveTo>
+                                  <a:pt x="2063750" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="235584"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2063750" y="235584"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2063750" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="7" name="Graphic 7"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2080437" y="1018425"/>
+                            <a:ext cx="3486785" cy="290830"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3486785" h="290830">
+                                <a:moveTo>
+                                  <a:pt x="3486162" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="290829"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3486162" y="290829"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3486162" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="8" name="Graphic 8"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2085517" y="1596275"/>
+                            <a:ext cx="632460" cy="346075"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="632460" h="346075">
+                                <a:moveTo>
+                                  <a:pt x="0" y="172974"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="24854" y="105656"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="76274"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="50673"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="29548"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="13596"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="13596"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="29548"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="50673"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="76274"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="607605" y="105656"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="632460" y="172974"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="626034" y="207868"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="269769"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="295386"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="316519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="332476"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="346075"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="332476"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="316519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="295386"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="269769"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="24854" y="240365"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="172974"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="9" name="Graphic 9"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1929307" y="1901075"/>
+                            <a:ext cx="283845" cy="313055"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="283845" h="313055">
+                                <a:moveTo>
+                                  <a:pt x="27431" y="201676"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="22478" y="204978"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21335" y="210185"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="312547"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="24294" y="304800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="19684" y="304800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5587" y="292100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="29148" y="265985"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="40004" y="213995"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="41147" y="208915"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="37845" y="203835"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="32638" y="202819"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="27431" y="201676"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="283845" h="313055">
+                                <a:moveTo>
+                                  <a:pt x="29148" y="265985"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5587" y="292100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="19684" y="304800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="23698" y="300355"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21970" y="300355"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9778" y="289433"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="25283" y="284491"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="29148" y="265985"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="283845" h="313055">
+                                <a:moveTo>
+                                  <a:pt x="98805" y="260985"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="93852" y="262636"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="43172" y="278789"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="19684" y="304800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="24294" y="304800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="104647" y="279146"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="107314" y="273812"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="105790" y="268732"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="104139" y="263779"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="98805" y="260985"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="283845" h="313055">
+                                <a:moveTo>
+                                  <a:pt x="25283" y="284491"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9778" y="289433"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21970" y="300355"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="25283" y="284491"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="283845" h="313055">
+                                <a:moveTo>
+                                  <a:pt x="43172" y="278789"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="25283" y="284491"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21970" y="300355"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="23698" y="300355"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="43172" y="278789"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="283845" h="313055">
+                                <a:moveTo>
+                                  <a:pt x="269113" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="29148" y="265985"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="25283" y="284491"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="43172" y="278789"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="283337" y="12827"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="269113" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="10" name="Graphic 10"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4588700" y="1648345"/>
+                            <a:ext cx="597535" cy="311150"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="597535" h="311150">
+                                <a:moveTo>
+                                  <a:pt x="0" y="51816"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="31664"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="15192"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="4077"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="4077"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="15192"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="31664"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="51816"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="259334"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="311150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="311150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="259334"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="51816"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="11" name="Graphic 11"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4829873" y="1310525"/>
+                            <a:ext cx="111125" cy="333375"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="111125" h="333375">
+                                <a:moveTo>
+                                  <a:pt x="10667" y="227456"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1524" y="232790"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="238505"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="333375"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="66417" y="314451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="314451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="279273"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16510" y="228980"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10667" y="227456"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="333375">
+                                <a:moveTo>
+                                  <a:pt x="45847" y="279273"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="314451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="314451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="309752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="47116" y="309752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="295601"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="279273"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="333375">
+                                <a:moveTo>
+                                  <a:pt x="100075" y="227456"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="94234" y="228980"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="279273"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="314451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="66417" y="314451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="110743" y="238505"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="109219" y="232790"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="100075" y="227456"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="333375">
+                                <a:moveTo>
+                                  <a:pt x="55372" y="295601"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="47116" y="309752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="63626" y="309752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="295601"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="333375">
+                                <a:moveTo>
+                                  <a:pt x="64897" y="279273"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="295601"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="63626" y="309752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="309752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="279273"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="333375">
+                                <a:moveTo>
+                                  <a:pt x="64897" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="279273"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="295601"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64896" y="279273"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Graphic 12"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4588700" y="2748800"/>
+                            <a:ext cx="632460" cy="346075"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="632460" h="346075">
+                                <a:moveTo>
+                                  <a:pt x="316230" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="13598"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="29555"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="50688"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="76305"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="24854" y="105709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="173100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6425" y="207953"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="269800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="295401"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="316526"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="332478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="346074"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="332478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="316526"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="295402"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="269800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="607605" y="240418"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="632460" y="173100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="626034" y="138206"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="76305"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="50688"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="29555"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="13598"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="13" name="Graphic 13"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4588700" y="2748800"/>
+                            <a:ext cx="632460" cy="346075"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="632460" h="346075">
+                                <a:moveTo>
+                                  <a:pt x="0" y="173100"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="24854" y="105709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="76305"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="50688"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="29555"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="13598"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="13598"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="29555"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="50688"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="76305"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="607605" y="105709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="632460" y="173100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="626034" y="207953"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="269800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="295402"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="316526"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="332478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="346074"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="332478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="316526"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="295401"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="269800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="24854" y="240418"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="173100"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="14" name="Graphic 14"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3309175" y="2753880"/>
+                            <a:ext cx="597535" cy="311150"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="597535" h="311150">
+                                <a:moveTo>
+                                  <a:pt x="545719" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="4079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="15208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="31718"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="51943"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="259334"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="311150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="311150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="259334"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="51943"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="31718"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="15208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="4079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="15" name="Graphic 15"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3309175" y="2753880"/>
+                            <a:ext cx="597535" cy="311150"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="597535" h="311150">
+                                <a:moveTo>
+                                  <a:pt x="0" y="51943"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="31718"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="15208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="4079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="4079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="15208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="31718"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="51943"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="259334"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="311150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="311150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="259334"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="51943"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="16" name="Graphic 16"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4845113" y="2471305"/>
+                            <a:ext cx="111125" cy="273685"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="111125" h="273685">
+                                <a:moveTo>
+                                  <a:pt x="10667" y="167131"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1524" y="172466"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="178307"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="273176"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="66417" y="254253"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="254253"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="218948"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16510" y="168655"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10667" y="167131"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="273685">
+                                <a:moveTo>
+                                  <a:pt x="45847" y="218948"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="254253"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="254253"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="249427"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="47116" y="249427"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="235276"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="218948"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="273685">
+                                <a:moveTo>
+                                  <a:pt x="100075" y="167131"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="94234" y="168655"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="218948"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="254253"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="66417" y="254253"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="110744" y="178307"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="109220" y="172466"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="100075" y="167131"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="273685">
+                                <a:moveTo>
+                                  <a:pt x="55372" y="235276"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="47116" y="249427"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="63626" y="249427"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="235276"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="273685">
+                                <a:moveTo>
+                                  <a:pt x="64897" y="218948"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="235276"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="63626" y="249427"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="249427"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="218948"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="111125" h="273685">
+                                <a:moveTo>
+                                  <a:pt x="64897" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="218948"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="235276"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64896" y="218948"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="17" name="Graphic 17"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3941000" y="3931183"/>
+                            <a:ext cx="632460" cy="346075"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="632460" h="346075">
+                                <a:moveTo>
+                                  <a:pt x="0" y="173100"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="24854" y="105709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="76305"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="50688"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="29555"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="13598"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="3515"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="13598"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="29555"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="50688"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="76305"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="607605" y="105709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="632460" y="173100"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="626034" y="207953"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="578446" y="269800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="539829" y="295402"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="493026" y="316526"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="439310" y="332478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379954" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="316230" y="346074"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252505" y="342559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="193149" y="332478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="316526"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="92630" y="295401"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="54013" y="269800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="24854" y="240418"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="173100"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="18" name="Graphic 18"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5772975" y="3928008"/>
+                            <a:ext cx="597535" cy="311150"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="597535" h="311150">
+                                <a:moveTo>
+                                  <a:pt x="0" y="51942"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="31718"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="15208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="4079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="4079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="15208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="31718"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="51942"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="597535" y="259333"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="593457" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="582342" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="565870" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545719" y="311149"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51816" y="311149"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="31664" y="307072"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="15192" y="295957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4077" y="279485"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="259333"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="51942"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19" name="Graphic 19"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4202493" y="3592093"/>
+                            <a:ext cx="1923414" cy="1159510"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1923414" h="1159510">
+                                <a:moveTo>
+                                  <a:pt x="110744" y="239903"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="109220" y="234061"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="100076" y="228727"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="94234" y="230251"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="280543"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="64897" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45847" y="280543"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16510" y="230251"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10668" y="228727"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1524" y="234061"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="239903"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55372" y="334772"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="66408" y="315849"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="110744" y="239903"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1923414" h="1159510">
+                                <a:moveTo>
+                                  <a:pt x="113919" y="1064133"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="112395" y="1058291"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="103251" y="1052957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="97409" y="1054481"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="68072" y="1104785"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="68072" y="688340"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="49022" y="688340"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="49022" y="1104785"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="19685" y="1054481"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="13843" y="1052957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4699" y="1058291"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3175" y="1064133"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="58547" y="1159002"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="69583" y="1140079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113919" y="1064133"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1923414" h="1159510">
+                                <a:moveTo>
+                                  <a:pt x="1923034" y="1064133"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1921510" y="1058291"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1912366" y="1052957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1906524" y="1054481"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1877187" y="1104785"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1877187" y="654050"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1858137" y="654050"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1858137" y="1104785"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1828800" y="1054481"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1822958" y="1052957"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1813814" y="1058291"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1812290" y="1064133"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1867662" y="1159002"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1878698" y="1140079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1923034" y="1064133"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="20" name="Image 20"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1621942" cy="351459"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="21" name="Image 21"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="350672"/>
+                            <a:ext cx="1621942" cy="352628"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="22" name="Image 22"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="702525"/>
+                            <a:ext cx="1621942" cy="351459"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="23" name="Textbox 23"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4798500" y="1727924"/>
+                            <a:ext cx="191135" cy="156845"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="03D33798" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="exact"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t>No</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="24" name="Textbox 24"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3518084" y="2832826"/>
+                            <a:ext cx="191135" cy="156845"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="35EB3014" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="exact"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t>No</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="25" name="Textbox 25"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4778688" y="2855687"/>
+                            <a:ext cx="254000" cy="156845"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0E2D9002" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="exact"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t>Yes</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="26" name="Textbox 26"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="459917" y="3322218"/>
+                            <a:ext cx="2314575" cy="1600200"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="10BE79C2" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="3"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="324"/>
+                                </w:tabs>
+                                <w:spacing w:before="101"/>
+                                <w:ind w:right="156"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Consider use of MA PEDI Kit for young</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>adolescents</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>(12</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>&amp;</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>13</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>years).</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7651B8DA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="3"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="324"/>
+                                </w:tabs>
+                                <w:spacing w:before="1"/>
+                                <w:ind w:right="447"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Speculum</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Exam</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>should</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                  <w:u w:val="thick" w:color="231F20"/>
+                                </w:rPr>
+                                <w:t>NOT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">be </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>done.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="382D77EF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="3"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="324"/>
+                                </w:tabs>
+                                <w:ind w:right="185"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Perform visual external genital examination</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>using</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>labial</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>separation and traction.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="435EE5AA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="3"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="323"/>
+                                </w:tabs>
+                                <w:spacing w:line="229" w:lineRule="exact"/>
+                                <w:ind w:left="323" w:hanging="179"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Obtain</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>only</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>external</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>genital</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>swabs.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="2A9D7C6E" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="3"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="324"/>
+                                </w:tabs>
+                                <w:spacing w:before="1"/>
+                                <w:ind w:right="490"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Avoid touching sensitive </w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>unestrogenized</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>hymenal</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>tissue.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="27" name="Textbox 27"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3450780" y="2234450"/>
+                            <a:ext cx="2063750" cy="235585"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0D9287ED" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="71"/>
+                                <w:ind w:left="144"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Has</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Patient</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Reached</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Menarche?</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="28" name="Textbox 28"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="513892" y="2219845"/>
+                            <a:ext cx="1416685" cy="245745"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="306B6B64" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="70"/>
+                                <w:ind w:left="143"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Consult</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>ED</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Attending</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="29" name="Textbox 29"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2080437" y="1018425"/>
+                            <a:ext cx="3486785" cy="290830"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="38987A5A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="73"/>
+                                <w:ind w:left="266"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Is</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>there</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>significant</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>injury,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-3"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>bleeding</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>or</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>foreign</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-3"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>body?</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="30" name="Textbox 30"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="7487284" cy="1054100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="639F68AF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times New Roman"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="757FDB8F" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                              <w:pPr>
+                                <w:spacing w:before="21"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times New Roman"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="451702EC" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:ind w:left="2385" w:right="1"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>MASSACHUSETTS</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>SEXUAL</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>ASSAULT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>NURSE</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>EXAMINER</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> PROGRAM</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="1ED7E8E2" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="4"/>
+                                <w:ind w:left="2385"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>ADOLESCENT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>SPECULUM</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>EXAMINATION</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>ALGORITHM</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="31" name="Textbox 31"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5768213" y="3591458"/>
+                            <a:ext cx="607060" cy="1160145"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="1E7FC4FA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times New Roman"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="26B473F4" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                              <w:pPr>
+                                <w:spacing w:before="143"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times New Roman"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="73D115E7" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="1"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t>No</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="32" name="Textbox 32"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5431980" y="4760493"/>
+                            <a:ext cx="1924050" cy="1695450"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0328FDD7" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="130" w:line="230" w:lineRule="exact"/>
+                                <w:ind w:left="144"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Speculum</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>exam</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>should</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="20"/>
+                                  <w:u w:val="thick" w:color="231F20"/>
+                                </w:rPr>
+                                <w:t>NOT</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="569EC020" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:ind w:left="144"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>be</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>done</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>*</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="233D6D1C" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                              <w:pPr>
+                                <w:spacing w:before="1"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="068FA1B8" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="2"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="324"/>
+                                </w:tabs>
+                                <w:ind w:right="167"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Perform visual external genital exam using labial traction and Q-tip method to visualize</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>entire</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>hymenal</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>rim.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="4F3BBB74" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="2"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="324"/>
+                                </w:tabs>
+                                <w:ind w:right="333"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>If tolerated, obtain vaginal swabs</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>without</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>use</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">a </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>speculum.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="33" name="Textbox 33"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3818445" y="3320313"/>
+                            <a:ext cx="2764155" cy="263525"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="444103BD" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="73"/>
+                                <w:ind w:left="143"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Has</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>adolescent</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>ever</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>had</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>a</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>speculum</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>exam?</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="34" name="Textbox 34"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2274117" y="1703540"/>
+                            <a:ext cx="254000" cy="156845"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="66FC6CE6" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="exact"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t>Yes</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="35" name="Textbox 35"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3936238" y="3592093"/>
+                            <a:ext cx="641985" cy="1159510"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="4D72EB09" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times New Roman"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="4CAF9435" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                              <w:pPr>
+                                <w:spacing w:before="190"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Times New Roman"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="06D58A3A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:spacing w:before="1"/>
+                                <w:ind w:left="306"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t>Yes</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="36" name="Textbox 36"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3114217" y="4751603"/>
+                            <a:ext cx="1933575" cy="2183130"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="192DBBD4" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="1"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="323"/>
+                                </w:tabs>
+                                <w:spacing w:before="101"/>
+                                <w:ind w:right="561"/>
+                                <w:jc w:val="both"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Speculum</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>exam</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>may</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-12"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">be attempted with patient’s </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                  <w:u w:val="thick" w:color="231F20"/>
+                                </w:rPr>
+                                <w:t>consent.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="0A8B69E5" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="1"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="323"/>
+                                </w:tabs>
+                                <w:ind w:right="297"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>If patient reports pain or requests</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>exam</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>be</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>stopped, STOP exam.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="216A1A4F" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="1"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="323"/>
+                                </w:tabs>
+                                <w:spacing w:before="1"/>
+                                <w:ind w:right="171"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>Continue by performing visual external genital exam using labial traction and Q- tip</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>method</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>visualize</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>entire hymenal rim.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7E80114D" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="1"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="323"/>
+                                </w:tabs>
+                                <w:ind w:right="350"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>If tolerated, obtain vaginal swabs</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>without</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>use</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">a </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>speculum.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="4642CF57" id="Group 3" o:spid="_x0000_s1026" alt="Adolescent speculum examination algorithm" style="position:absolute;margin-left:11.05pt;margin-top:8.4pt;width:589.55pt;height:546.45pt;z-index:-15824384;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="74872,69399" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDAU4CjXhcAANmkAAAOAAAAZHJzL2Uyb0RvYy54bWzsXW1vI7cR/l6g/0HQ&#10;95yX+75GnKLN9Q4BgjRoUvSzLMu2EEmrrtZn59/3GZKzpFZakmv77NhRit7K9og7nHfODMlv//aw&#10;Xk2+LJrdst5cTMWHaDpZbOb11XJzczH9z6+fvimnk10721zNVvVmcTH9fbGb/u27v/7l2/vt+SKu&#10;b+vV1aKZYJDN7vx+ezG9bdvt+dnZbn67WM92H+rtYoM/XtfNetbix+bm7KqZ3WP09eosjqL87L5u&#10;rrZNPV/sdvjtR/XH6Xdy/Ovrxbz91/X1btFOVhdT4NbKfxv57yX9e/bdt7Pzm2a2vV3ONRqzR2Cx&#10;ni03eGk31MdZO5vcNcuDodbLeVPv6uv2w7xen9XX18v5Qs4BsxFRbzafm/puK+dyc35/s+3IBNL2&#10;6PToYec/ffncbH/Z/two7PHxx3r+2w50Obvf3pzbf6efbwzww3Wzpi9hEpMHSdHfO4ouHtrJHL8s&#10;0rKIy3Q6meNveZVUlcgUzee3YMzB9+a3//R882x2rl4s0evQud9CfnaGRLunkeiX29l2ISm/IxL8&#10;3EyWVxdTzGMzW0OKP2uBSWku9GrAEA31TztNzh6FRJ7ERR5PJ6BFKeK81KRgYmVllhYRpJSIJeJC&#10;Smc339n5/G7Xfl7UkuizLz/uWiW8V/xpdsuf5g8b/thABUj4V1L42+kEwt9MJxD+S8WI7ayl7xEn&#10;6ePk/mLKiNDv1vWXxa+1/GvbYxdQM39dbWwoGiEqCjlVnoaCwJfoNRAv9UG+Gp/tya02hAVRIJJK&#10;tatXy6tPy9WK0Ng1N5ffr5rJlxlmFSfiU8wv2APbNrv242x3q+Dkn2i+eNNqI2V7d67YROy7rK9+&#10;B4/vwdaL6e5/d7NmMZ2sfthAisho8IeGP1zyh6ZdfV9L0yIphHf++vDfWbOd0Osvpi1Y+1PNwjQ7&#10;Z67R3DtY+uam/vtdW18viaUQbMZI/wDBVmL21SU860u4FNFgCY+TNE8KDCIFOE/LqCfiSVFGItP2&#10;IM5zUXXcY2WxBYHpBbv6/FLe4XILOdKoEC+MTG+lxAsRFSlQxpzipMyiXMuRgduXfRFVMWal4DGw&#10;NBJS7pSG9KGjqMgVdFwkCQszQ/FT4VKlILEGLqtSdCJ9bGjY2lypYJwkacx484j8VCODWZUGLiqR&#10;hgK70U2zMj1mBEgJbXNh4GL/y0UltGUJmJbIM6F5EXsJJqI8R7xCjPazQmQxC4WXySwNlvQwAfip&#10;uJBlSaEcRIL/oElsso7xF6IVKXQTkaZZ7AQekmJ+/3xV7xbqbco+G3cQrChRnCaVIoooclFkLEXD&#10;qiKyLOJvpGmZu2ecFqKoFH3iKM4zj25lUSQSRSEBZSFZdNEzi+IqUaOLqijSyE3RLBJ5yaMX+Owb&#10;XZRZIqULo3vB0youtCiIKs8qfHbhDtKVEY+eF3HqA0+jqApHJka8osDjKKsqj6xBiAsYMqlIUZ4h&#10;FHDinqUxZIXBRQpz6JoqwEEaDR6ATBpniWDwPKm8o5dsMaIsqhK3RGZJWcBYqqmmeVq5p0oesWTK&#10;pEmWV86pikGNek61TURWlWoOIqkgOqVGalBtyd7oQBYKlmf4totjIonAAq0qCUTJIz+QtYqkgKiK&#10;8cFtz/iIFIG5gk/hQ2HFnfjY8LDj+J8HHk6k1OOPhQ/ChxRAW56g+YJjWkhBnwB6RnmRd/T08wtK&#10;ThZE0d+WCBY7fuoIKc6jXGgzTis+RBIe+pNf1vzKy6TwxEiDEsp4PIP3irMKeCukygJBXKLnMKQF&#10;+ALUQBki6ECMCbkmHWdlnGgTXcJsCTeN4qzI01yjA+KmvtHhG3VAUglRpG6JjrHSZPAcnkYtRQeD&#10;VGhIiSBYMmwkeAgyaVUWCRPSP1W4xrJS/iKEkCnkSwtbCJvSMoZ/kVPdEwMWNX4q0YdvKcBMCU5u&#10;GlbRLQRw1InSRJi4CEbLDT4gk4zEc8h9LsiGK2WschhSdmGDgp9H8BccKMEdIwpyziLHEofNf4V1&#10;BhaATvgMQGz+K8SHhWf8DDGGNv/ICSLvwDNgMvGTeWbgRYG4MPYyjVZHikIj4cPwEQW8iuZAyHzB&#10;MTb/QfSMYsHmH8T38gtxc87mf08imI78ZHpmEBtlHeA5EBf76JkXkdbIOEpyWv865WFQQhmPZ1AD&#10;hKxVodUgznJICFvQITXAN8pYqwG+ARFnj8Fo8VORKSlyGEMVBcUYPincyg94yhdKsQB8XsF5uMiU&#10;IHuADKuCJ3RgI4PhE6xhPVFZUoi01GoQj4UPwQcJ0UyrQdB8c3CMQ/UQepLUaTUI4lcOkms12JcI&#10;5is/mb8xvLRWA+STUrhjD/2zlNUA+ga98cAPSSjjcaAGlGfk9C4+26m1vWRpUE5V5iVPOdODqgA0&#10;dL8qIK1ZcM40SbMIWVGltsju4UcSg9k5lwXiiHKqAKCyQJxkyK1rOXnxlGmHCqVMFSbHMqYdGBBm&#10;VzxkRdXEGYolmZ9KszRx6IVulbJfLPELB+9j8Dy69En+p9llqdxJl7goovVEV9gQd+/rklwkBetS&#10;HJVRqlcSIkLCTy3sjS4lCL9psaN0qYrKLth9cV3qUCFdUpgc0yUCEzrKYBl9Bl3CC5HQc7on68WE&#10;3whwxpO1+KRLqC6+eC0Pkea+LslV1BhdyjIkKWQSiBa2qhphdAnRaZprt4S6X9RVK15clRgTaJJG&#10;5JgmKS8iKDvFbmFIkeIU9Ws1c4SMXRmD5ZmfyjshvY3In8iE4n43NMPwU8FWca4T46gjFu54HhlN&#10;5A5VXIBVm3sNLCrkZPUSNQG3nKpNCU9UZgnlJFMNGYOpnwTGR6PcV+v9qWE5Qwv7oEFRJuoWsF5s&#10;0ypBrSeQDsgDkKUiLPwUzooSeWwJ7GcdBDzXRBN+oWCRBB57Esc046cSixwJVK7rIhj0pK8ttOO8&#10;wqrSyWyLInGFcoVbNCxig/OZcI9t8TGBNfCs420JgWfO3GNbgrdnXZhy/FQUtEXaP7alLQF4W4oY&#10;QBOj4gHkNrYjgJPGKsUp0ia8CmBC8FMR5Ii1Y4Ax7li14qDgl506cVSL2Qt14sCG7XtvqS3B3huN&#10;NTCb2ntXaC3se++4TEoUCWQgnFCBjsXpxb03Y0LeWyFyzHvDs3ZVXIFqlrZ5gx4c1kin2qIUiT2n&#10;iYxFgjIv+YyYVg1MCdYXftqKlaDo5mknQAVNN0MkEeq+bu+JGj+1SZJH9gNjHaw4G1dA2D1wjCKV&#10;JgTKE565oSlAd2OAJHDnTqqlAqV6RTUUR31hBFytJnGUlJ6iOpKLum0DXR6lxwcNCAYz7cDYmb6W&#10;QME7TsAhwRvDm1FMj5O8UoxMogipECdvYrSYKA8QAIxeFy0hpYw4XatCqgTqmBSxU+XOWHpk78ms&#10;qUpqMJR6SyUpJskQayp076kqC9L2VIVzTRTWRrffoDpaIO3tAh7HyFF2IUJTidaygNa4qMAyQFGk&#10;oMYAN9ZRVqBfRdEPFVgfdMo9FiAeqiXOsQdY83xaeVwOB1k/RsTH6I5HH54s4gNiODRPDzpMfh0z&#10;j5roGPMzgDW//slUQbCMEqiUXPZ+gxQ5br4ZFX52q4hw6+aZZG/kkvo5JcYiRkeTU3mOTI9HOyDd&#10;qcTzAhs/qMq4H43jN3AIweE4GpxLubWD8gFoJkDRh75vkmlo8MwoBqUaTyKEUEUgMPfFw3HGRIbj&#10;EpFj4bhyG5koBbvRIQXs9oFg7ezp1xXIN+g2CPnJ5XLVaOS75AtcoApLAmVjwdrET6X9qMaiaL5n&#10;VRiAnxoQHXQ6vPK/HF1f3EvhnVRWQTCUlfBTixmFedl8YFT5qVHW8gVg9K1hO4DTAFl4oCEfyVA3&#10;tJkiUh4VJuDkhiEeFqiRp6/Z4smeWvDs+KlnKeWROB0AbCQoAA8jmgFT7EQ+gHg6/vLz5FDjeO5j&#10;fMIpn6P2er14NUaglbPnQuTiKdyFIK+NIF2FEMie66Zl40LgNZCU0C7E3j3y4i6EMSEXohA55kJo&#10;t41e2WAN3xVZhvyIvd+Gli0uG6OVinZreUzXyP02uh4m99u4175mS9MoYFgMbD1yTq63pclNiQEi&#10;D5oOkx0JY6KZ5h7mQ0w04AFUMVvSxgFH8HXutSyanxG3SD/hBzZ7smD60ejoZI6Z4B49no3eSPdR&#10;KpdQR5eyX2t6GwbdwmIIfhR5noTytQY4hDt5Gq46cquaTjL5VZi2W+qoDV2JPsswRD+e24EvHasQ&#10;A9IyqBBjJBE5K10ITZ4stk+eqOH/nrAMTXSALkx3fmrZGjNRg0gAVQzwHtb8+mekCqvaEEGMpWBI&#10;RoKfihYG7ijG+8DjqIymdl1X93sdQ7g+ugc0O6UkXiIlgYVyL56UPi88nrRSEvAkSKVLxpp4klsY&#10;ZEriDfT3YD3X71QZ0j27W8DXAGP1Cgj0qrgriVarAIIFT5HGdAqgVcWzh8Y0CmBXgCeoNX0CWCUU&#10;2ObrD5UF6gaeQiJ1qKu4IyrQR+Ic1GCLVKav9GnIAJKhl8o5skVg8DvzHGpg8U72ebiZZ0uFv4fE&#10;EjfZn+LOqIzrfen31bjx7vXseGiy3w/k3eRuWqQCWGn1SKFFJcVmF5fosYFBLBsif6ZHivYEd8dw&#10;sAPkp84EGbz9CmORxK+JFrX9Km4x0m88bBnxWSVL+r6OPz51rtPJYsdO5TreuU7lqJ4/ljbyz+uP&#10;VRJmT7MH/bHdb+vzWMa5+DXb+Ba/Yluuxa/YlmfxK7btWJ6g2PsWboy1GGWGRhm4UabTalz1s87y&#10;JQFhzKN9SRwQzRhfEuADLYrIeMaTiTLNzQHxjMXHgHjGlpDnjmdskfaPbWlLAN6WIgbQxKh4QPho&#10;bEcAJ00cHRDMHLF2rK9jFsin+sxr1WfQNtXz3zKiD/bfOHYGZ3roJRKK+VhQU/Rr1tNcr30rJX6r&#10;9Moh5pD/Dq2wQ53RAkDJa5RI3etSU3BF4QfHnLkWEl29FT17njUHV1HR6OgcUleQ/GXZ7t3IzvkK&#10;5WZOMFW+OrmhVUB52jAgoPBtMTYEely9flwvgOl3CCAfKxDVPvyMsaDRd+Fht9Xw4JchOsina+nw&#10;ySa2j1m9Im6ZtxjDGvcYH2LtM+4dl3pa1I1c1MGc95yCrCf/eZ3Cof0c8gmdYfQrlLGLfltvzKLX&#10;hRij2Ncm1iqdK3pc35dHl0cZCWMH/dQaadhUX2Gozez6z0LssZligD+zDGGIQzM8CfFRf4K+r0MX&#10;dlpXvIETtanPpOdCZMdssAtJsXGKm92xqY12yO2vK7hRRx4PUyT6WPnXaB1mTND3hSYmQsTd94V9&#10;fDjITMfhQ36k6/vCfpwUxze5FgK8CMexHp4m1K7vC4jirGLnqFiz6OYV7PnDgX9OYKtcPwpYYO+V&#10;e5Vj+r5weDDOJ3OiYfq+9ojMju/AdBxtc3Ew0ZqmjfkQEy1wP1VMq0EAvS3gFM1Obrabvq/YD2z1&#10;UiQZHcTmkjxrgjY9no3eVt/SHkOHCG76vgKExaLhMeR5Ero3xxwUH8DKMapjHVGOYxl9Kmwdsx9g&#10;GYbox3N7skIMSMsQf0ZJoun7errYPnmiA8IyNNEBujDd+allq+v7CpiohYhfmS3gYyL+jFThtcYQ&#10;QYylYEimAT8VLQxcfAzjfeBxVDZ9X/6RDeH66B7Q7NT39RJ9X2iZ78WT0ucFx5M4VYiMoep+xjE8&#10;Ajse9/LUXEp7K31fHPRZHUxDumcqOgElRVMr8hcrTRHqVGfW/PD2yp3qzL1bcKzyeEB18lRnpsXl&#10;vhs81Zn3rvBxOORTnfm16sw4aqXnv+WyP9h/Z7gWCBuctP/GvQyqOPp268zKX1CNjltlhtz3qaQw&#10;ou74hJIC84GNKz91uaS3ldydD7Mqq3+skgJOy3QldEzxiOoPHmBTlAoobZhqV0DVpBP5AOIpRZKl&#10;cTdPDjWOOTxmTXdyIa/lQg7OBlRHpAW7kBTHqiH6Vi4E1x7pu46MC8ExHIm8yoDWgDgDpKJLFJW2&#10;vPxmcsYFVQVG5WhZwb6mszKXZQw5Eyt/iMni/iqnOZD5Q71ZLsYNV+48s8m+YkeS72Iok2GBM888&#10;jSoGmBnCqsvPfvYoFC7g5aYCETAt+zJNL8G6Ik8AK7SZw/mEngtRTFIM553QZYoue29fpolrBtzO&#10;wcpUx8fwODCjVnklWJyTSm9rBiVx9Bqb9EF5FkBFhYVIbuCwCJ9AJySY1IsHcHgij0TjOkx1NA6g&#10;cVGne3DcRakPzwOlcBCnu1ZloLELDqro5BNuWMR1TYT2KOAQPOgUv46A3jliExJ0NZR+aa4vCQvh&#10;DSqSjIfNedZwfupwjG4NV3jAUEeeS0vzKtMnnCGowVECPjkfEEJG4TkEHQrBh18HSjo2/POtviHk&#10;xIXBODxTGe8QWRcVLi3Vd+mFSLsoC7SdMg/88m7D58gydmd9MVX5qRiMA2lLoc+OGwkeJPUl7gPT&#10;+eCw2cawFurA0CBqAvmSL4cMMUw4thL3TWjN8su/wI0eOd9GF6ABoH7JJ6kG6cCgfDKbDpTAkXcZ&#10;7s0cusr+DV4Vs13Oz/H/ycN6tdnRp4vpbdtuz8/OdvPbxXq2+1BvFxv89bpu1rMWPzY3Z1fN7H65&#10;uVmvsOcuys/wrfauWUz1IOugMdaz5re77Tfzeo1rr5aXy9Wy/V0Oh0YUQmrz5eflnK7ioB/mP33R&#10;t87Qbe0qJ/PDenazmOBnhAoMQ9+gyOFggMvVcvtpuVpRNEqfNapNyGzr6+vlfPGxnt+tF5tWTblZ&#10;rIB1vdndLre76aQ5X6wvF1cX0+aHKzjq+a6dtYuL6bZZblrCD729bbNo57f08Rp4/Hsxb1WI0/1B&#10;Im3wpCmoG7zMwYLAZPJAR+ORK5MTt9YBOY5WoVZnWQvKRNqd2c/LgG2zaz8v6vWEPgBVoCCbfmZf&#10;ftxpZBhEk1C9XyIGdBSZ8eHtCEt3kJcWFhkKEWVJoP4IwkL8eglhSVDrUlH1oMTgoGVuavoTS0x3&#10;VIeWGLkS+SNJDOLYF5GYAovh/pVcOLXjq9sYyozc79hA46cDE71ezpt6V1+3H+A8zpR1Phu3WSAG&#10;FZUX+RVX913WDxP8BvbYSstM2od/1DC20mTQ7weMcVrgNHOOyZBswBXcyuLznYAIabHtWNllkeHq&#10;AF5hPU7LDCr0qX24fNB4qwzX5L6ZbS+mu//dzcgjr37YgIBwGC1/aPjDJX9o2tX39YqgyDtt6r/f&#10;tfX1UnoEesUrZc4oqO+xqL/JL5RFuDipjPSVDTgSH2c6ywZByxJ+bRZNlogNOkl6b5yCcPc4JUWc&#10;hAd+9pctQrdgZaIblfiGA1yki6WaDJ9YmdBlKhtiZLLzayiT5JQ0+kb2349OdQ3undmTmvAYTuEm&#10;dT4mMMEt7Govp1EpLJGwLYTNHm4Vx0qBWGn1unOwGRSPUvvA5P5i+nLXG5FpldLQeYb3prdde1on&#10;Df32tFC9fYaLcd+KNHRO6L1JQ9fs0ElDv9khVBoyZJH04fAwDJWOeIxtECn2llP6lqx4DDPxtJDo&#10;FU1D5+femzB0ZctOGGT2+RGO4hnu+X0rpqHzpe9MGuhO0f0AT13F/AhpOJq6womWRUzxuYzqULNC&#10;BfcpsUIvDds58s67vTf+dGku1la1U+8R/MmKvMR9cjLBiK5gxHDSCRjbjaOeIr5JGAdzR4D4Gqzq&#10;XM97Y1WXX+pY1S02Rq6V0H4A36oUCte54upEGagaVqEzRBaslFqhmph21atHpR5e0c92zue9icNB&#10;Hkr1DjxCc1G4wy1/CKoQU+Hgrgj3c/aWzgUKdNiKqqKuHPskn6S5rygN5kKn9yYOBzkvdfnPI8SB&#10;bhwQeoEuClxCqXo1jHV4mUwKrlJ5n+lJyuj2YqJuMTDSkOOCdZyGrZJe8LmHLX7QW7oxU9nxox1+&#10;oyLkofBIXUFJsvbe1Oog7aUuFH2EWqHBOI21WqVFhgCoZ2WxrSXp8l7IitE1yU8JkF7TzL5C4guy&#10;eXN+f7OVicIblDJul/OPs3Zm/4zP99vzRVzf1qurRfPd/wEAAP//AwBQSwMECgAAAAAAAAAhABBe&#10;K4NZHgAAWR4AABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAIYAAAA&#10;dAgGAAAAxy1LGAAAAvRQTFRFAAAAIx8gJCAhJSIiJiMkJyQlKCUmKicoKygpLCkqLSosLiwtMC0u&#10;MS8wMjAxMzEzNDM0NjQ1NzU3ODc4OTg5Ojk7PDs8PTw+Pj0/Pz5AQEBBQUFCQkJDQ0NERERFRUVG&#10;RkZHR0dISEdJSEhKSUlLSkpMS0tNTExOTU1PTk5QT09RUFBSUVFTUlJUU1NVU1RWVFVXVVZYVldZ&#10;V1haWFlbWVpcWltdW1xeW1xfXF1fXV5gXl9hX2BiYGFjYGFkYWJlYmNlY2RmZGVnZGZoZWdpZmdq&#10;Z2hraGlraWpsaWttamtua2xvbG1wbG5wbW9xbnByb3BzcHF0cHJ0cXN1cnR2c3R3dHV4dHZ4dXd5&#10;dnd6d3h7d3l7eHp8eXp9ent+enx/e31/fH2AfH6BfX+CfoCCf4CDgIKFgYOFgoOGgoSHg4WIhIaI&#10;hYeJhYeKhoiLh4mLiIqMiIqNiYuOioyOi42Pi42QjI6RjY+RjpCSjpCTj5GUkJKVkZOVkZOWkpSX&#10;k5WYlJaYlJaZlZealpibl5mbl5mcmJqdmZuempyemp2fm52gnJ6hnZ+hnqCinqCjn6GkoKKloaOl&#10;oaSmoqSno6WopKappaeppaiqpqirp6msqKqtqautqayuqqyvq62wrK6wra+xrbCyrrCzr7G0sLK0&#10;sbO1srS2srS3s7W4tLa4tbe5t7m8uLq8ubu9ury+u72/u73AvL7Avb/BvsDCv8HDwMLEwcPFwsTG&#10;w8XHxMbIxcbIxcfJxsjKx8nLyMrMycvMysvNyszOy83PzM7Qzc/Qzs/Rz9DSz9HT0NLT0dPU0tPV&#10;09TW1NXX1NbX1dfY1tfZ19ja2Nna2drb2dvc2tzd29ze3N3e3d7f3t/g3uDh3+Dh4OHi4eLj4uPk&#10;4+Tl5OXm5ebn5ufo5+jo6Ojp6Onq6err6uvs6+zs7O3t7e3u7e7v7u/w7/Dw8PHx8fHy8vLz8/Pz&#10;8/T09PX19fb29vb39/f4+Pj5+fn6+vv7/Pz8/f39////fo/92QAAAAZiS0dEAP8A/wD/oL2nkwAA&#10;AAlwSFlzAAAOxAAADsQBlSsOGwAAGvlJREFUeJzt3Xd8FHXeB/DPlN0UkiWkEEoInRA6J106CghS&#10;9FGknWIBRL07CwqH7QRFOUXvUUFBvRNUREXwxNNHepESIKQBIQmhJYSEVAKkbJl5/kByhCS7G9jd&#10;2fJ5v16+NDOz8/vsbtz5ZudXBFVVVRARERE5kKh1ACIiIvI+LDCIiIjI4VhgEBERkcOxwCAiIiKH&#10;Y4FBREREDscCg4iIiByOBQYRERE5HAsMIiKieiorL4eiKFrHcGuy1gGIiIg8RVp6Br5btx4J8Yfg&#10;HxCAyVOmYNzYu7SO5ZZYYBAREVmRl3cBKUdTsXnTJmz+v59RWlJSte/Ant+Qm/sy7hgxHLt274G/&#10;vz8euP9eDdO6D4FThRMREVVXXl6BDT9uxM7tO5B5Ih2nT5ywenxYRAQK8/Mx/eFH8bdXX3JRSvfG&#10;bzCIiIiuc6WsDC+9/Co2fr/O7scU5ucDABqFhjorlsdhJ08iIqLrrPn6m3oVF9fz89M7OI3nYoFB&#10;REQ+K/tcDi5fuVJt284dO276fILAy+o1vEVCREQ+5dKlywCATz77J374/ns0jozEHSNHolevXrBY&#10;LDhz6uRNn1tVOXT1GhYYRETkM/LyLmDBi1c7Ye7cshkAkJN1FomHDgIABEHArYx9MBpNtx7SS7DA&#10;ICIin6AoCpZ9tKKqsKjNrQ6sLC0tvaXHexPeLCIiIp9QXlGBuH17nNpGYUGBU8/vSVhgEBGRT5BE&#10;CYaGIU5tIyM9DeXlFU5tw1OwwCAiIp/g7++H8PBwp7aRcTwVaekZTm3DU7APBhERea2Tp05j5cpP&#10;UWmsxJAhQ5Fz7pxT27OYzdj403/Qo3tXp7bjCThVOBEReaXzuXmYPWs2jiUnubTdwAZB+GzVKvTu&#10;9QeXtutueIuEiIi8jslsxuI333J5cQEAZVcuY9HChcjNy3N52+6Et0iIyOedOZuF8vIKCEL17ZIk&#10;Q5LEGkMXBVGELEl1nk+48URV55Mgijf8Xaeq/z1fLY+TJBFiLbNDCsLVHLWRJbnWDLJcS/teatXq&#10;r/DLv3/QrP1jyUn4eu23eOYvf9Isg9ZYYBCRT/tw+Qp8tfpzXC4trTHNs06vg1hLISGJEnR6XY3t&#10;iqJCFAUIgljrBV6SJUiSVLNgEQTIcs3zAYAsy7UWBYIg1FnIyDpdjX2qqkKSJMhybR/7AnS62i8H&#10;giBCFGueSxRF6PQ3rLuhqpB1OsiyXOM5iqIInU4H1HJTXhRrf71EUYSsq/m6CAKg1+t/f7+qn1Cn&#10;00FRVKxZ/Xmtz8eVdmzbhimTJ6FJZKTWUTTBPhhE5LNKLl7EuLF343x2ttZRyEvFdu2GZcuXIbpF&#10;lNZRXM43visjIqpFesYJ5Dp5VAH5ttSUZGz86eda95WXVyAv74KLE7kOCwwi8llJySm3PDU0kS37&#10;9+2FxWKpti37XA6efW4upk2bhriD8Rolcy72wSAin3Xs6FGtI5APSDx0EGfOZqFN61YAgONpGXju&#10;2WeRdvQIAMBk8s4F0vgNBhH5pIulpUhOTNA6BvmA8rIyvP/+hziaehz74g7ir/PnVxUXoiTi+PE0&#10;pJ/I1Dil47GTJxH5pLiD8Zg+6X7eIiGX0en1MBmNte4Li4jA2u++Q+tWLV2cynn4DQYR+aTk5GQW&#10;F+RSdRUXAFCYn4+CwiIXpnE+9sEgIp905MgRrSMQAQBCQsPw0KOPITamvdZRHIoFBhH5nKKiYiQd&#10;Pqx1DCIIgoBXFy3CuLF3aR3F4XiLhIh8zrHjacg+c1rrGERo1a4dRgwfqnUMp2CBQUQ+JykpWesI&#10;RACAcRPuQWBAgNYxnIK3SIjI5xxJYYFB2mjctClatm6D8+fOISa2Ex55+EGtIzkNCwwi8il5F/KR&#10;lMD+F+Q64Y0jEd26NUaOGo077xiOFlHNcT43D0FBDRDUoIHW8ZyGBQYR+ZSUI8dw4fx5rWOQl4vt&#10;2g13jhqNAQP6IzwsFE2bNIGf339Xn23erKmG6VyDBQYR+ZSkpCStI5AX8vP3R5PmzRHbqQtGjhqJ&#10;IYMHoqHBoHUsTbHAICKfoSgK+1+QwzVrEY333n8fzZs1QZPISK3juA0WGETkM7LP5SDpsHeuXEna&#10;CY+IwG09u2sdw+1wmCoR+Yyk5CMoLSnROgZ5mfDGjaEoitYx3A4LDCLyGcnJ7H9BjtesaTOIIi+n&#10;N+IrQkQ+obLSiAROD05O0LpNG60juCUWGETkE86cPYtUdvAkBxMlEbf9oafWMdwSO3kSkU84nJCE&#10;yooKrWOQl5BkGaqqYOyEe9EpNkbrOG6JBQYR+YSUlBStI5AXWfjmEnSK7Yjmzdn/oi4sMIjI612+&#10;cgWJHJ5KDtKlR09MHH93tZk5qSYWGETk9TIyMnEi7bjWMcjDRbVshcnTpqF//34sLuzAAoOIvF78&#10;4QRYzGatY5AH8/P3x6LFizHo9v5aR/EYvHFERF4vhaNH6BY1a9ECfXv30jqGR2GBQUReraioGEmc&#10;/4JuUdbp09i7P07rGB6FBQYRebWUo8eQfea01jHIw5lNJnz26acoL+dQZ3uxDwZpxmKxwGKxPn+/&#10;yWyCqiiAINR+gKrCbLFAVa23pdpYJ0CFCrPZYv0kAFRVsXmcoiiw2FqXQFWhKAqEup4XcPV52TiP&#10;2WKBYrHvPHUdo6oqFFsvIIDKykqr+00mE1RVhaqqtbalqmrVMdZYLNZfX4PBgAH9+tg9NJDLs5Oj&#10;7Nu1E3v3x2HEsCFaR/EIN11gGI0m7D9wEJWVlVAUBUajqc5jBUGA2WyG0WSEACsfhGYzzGaz1Q9L&#10;RbF9MTGZTLBYLFbPYzQaoSgWoM48KoxGE1S15gfztQ9QVVVtfhiqKmAyGa1mVhQLTEYTVKg1Xp9r&#10;2ywWC0xmU7UsN36QK4pic8EdxaLAYqmls5sg4FpIaxcSQbiaxfb7pEJVlarH3HhRufY7Yet9MptM&#10;Np+T2Wy2edGyuRCRqsKiWOw6j9lkvbPgtfezLoIoQLFYbF7UzUaj7QLMZITFYoYg1H2x9bbOjfdP&#10;m46BA/rZdayiKEhmgUEO9P3332PQ7QOg1+u0juL2brrAKK8ox3NP/wXFBQWOzENEN8V3VnIcOnSo&#10;3cfmnM9FUgL7X9CtCWwQhPunTEVubi62bfo/5F2YhxZRzbWO5fZuusAQICDYYGCBQUQu06xFNHrd&#10;Zv+6D0nJKfyMols2duJEvPzSX2E0mpCWPhuNIyJQWWnE3v1xOHYsFYMHDUTXLp20jul22AeDiDxG&#10;3wEDEBYaavfx7H9BjnDoQBzyCwoRER5WVUiczcrG/LnPoTA/H8dTJ+KD99/TOKX74SgSIvIYffr0&#10;tftYLs9OjpKTlYXLV65U2xbdIgqvLFwEQRCwY8smHDjEqehvxAKDiDxCSGgY+vfrY/fxXJ6dHMVs&#10;NiMhIRGnzpzFkaOpOH3mLADAz88PAFBeVoYXnpuLNWu/RfqJTC2juhXeIiEij9C7Xz9ENW9m9/GH&#10;DiegorzciYnIV1jMZsx/7hmEhkWguKgQoeHhGDJ8BJITE6tGnmWfOY1X5s9DsMGAHr16Y/RdYzB0&#10;8EBERjbWOL12WGAQkUfo09f+2yMAkJLMby/IcRSLgoILeQCA/NxcrFvzVa3HXSotxe5tW7F721a0&#10;atcO0x+cgRkPTnNlVLfBWyRE5Pb8/P3Rrx4FxuUrV5AYz3vipK3TJ07g9Vdewr64g1pH0QQLDCJy&#10;ez1790HbNq3tPv54WgYyM9KcmIjIfkvefBMZmSe1juFyLDCIyO316du3XjMnxscfhmJjFlQiVzmS&#10;mIA/Pfmkz3UAZYFBRG5NlET072ff1ODXcHpwcjcnjh/HBx98aHN5CW/CAoOI3Fpsl27o3DnW7uPz&#10;CwqREO+b97zJvR3YuwfFJSVax3AZFhhE5NZ69+2HwIAAu49PTjmCC+fPOzER0c2pqKhARYX1VYm9&#10;CYepkkOIkghRlOpcjVQQBEiSVOfjBUGATmf9Hrvezw+iJEFVam9Dp9dBkqz/SouS9ZraVgYAkCQZ&#10;klT3c5UkqWr/9SvJXvtvQRBsLjUuyTJEUazx2NraqG2/KIo2XwtJEq+uolsHnU4HSaz5nqmqCkEU&#10;4Kf3q/Ox195PayvlCqJQ9yqwqgpREiHLOowbN7buJ1GLhISEeh1P5CpXLl3Cz7/8ilmPPax1FJfQ&#10;pMDQ6fW4+5570SCwgY3jdL9/iNa+X5YlyLIOQN3LXlu7qAGATqev9kFenQpZ1kGn09V5MRElETrZ&#10;+kVJkm1kkHWQZesXLL1eX3cGUbT5YS6KovUPe0H4PUNt+2DzOcq/XxDrbgDW24dgx+sk13kOFYAs&#10;SVbeS9h3YZckqzmvHSOKVl5rQbT5XEQry6sDgKyTIVl5LrZ+r32VyWxGYkKi1jGI6rRy+TIMHjQQ&#10;HWPaax3F6TQpMAwNG2LRa3+Dv3/dfwEREdVX9rkcpCRy/RFyXyVFhVixYiXee/dtraM4nSZ9MBRV&#10;RRmn8CUiBzt8OAFXLl3SOgaRVT9t+B7bd+7WOobTsZMnEXmNpCROD07uT1VV/O9776Go2LtHlLDA&#10;ICKvUFZejoT4Q1rHILLLkcQEvP7GYlwpK9M6itNwFAkReYX0jExkHE/VOgaR3X5c9x38/Pyw8LVX&#10;oZOdfznOPpeDvfvjUJBfgLCwMHSK7YiYDu3rNUtufbDAICKvkJCQALPJpHUMonrZvnkzLj8/F41C&#10;Gjq1nf/88iuWLF6MnKyzVdskWUb323qhV+8+GDp0MHr26O7QQoe3SIjIKyQmcngqeZ7ghgbITh52&#10;rigKNv64sVpxAQAWsxmH4/Zj5YfvY+p992HWrDnYuXuPw9plgUFEHq+oqJjLs5NHim7ZCoGB9s9U&#10;ezNEUcTjcx5Hmw4dqrb17NMXn6xajY//+TlGj5sAANi9bQtmPTwD/3h/mUPWTGGBQUQeL+XoMZw7&#10;e0brGET1dvvAgS6ZOK9Hty5Y8ve34efvj+bRLbF06TsYNmQQ7hg+BB9+8A/8bfFbkHU6WMxmfPju&#10;O3h98ZJbLjJYYBCRx0vg7J3kgaY8OAOTH7jfZe317NENY8ZPRFFBPi5eLK22b/rUB/DwrMerfv7i&#10;s0+w7KMVt9QeCwwi8nhHjx7ROgJRvY0cNbJeC/k5wgsvzMXzC16Eoio19j0w6T4YQkKqfv5g6TvY&#10;tmPXTbfFAoOIPF6TJk3RIDgYgQ2C4OfvD1mnq/rHXen0+mo57flHcsFQRnIuSZYR3aaNZu1HhIfh&#10;welT0b1rlxr7oltEofsfelX9rKoq3lu6FMUlF2+qLf62EpHHm/f8s/jj9KkAALPFUm3FXbPFXOsi&#10;fqpS8y+4uhhNpjoXnquLJEnIysrCkjdeR2F+ftV2WafD4neWIqZDe2vrNNbJZDbX/0HXqc/zrg+L&#10;osB8i9n0eh0EWF9sEACE6xYtTEtLx6sL5nvMEOWQRo3wwYfLUFFZibZtWmkdpxpRFNGufTvs3ral&#10;altqSjK+Xvstnnh8Zr3PxwKDiDxeUFAQOrRvp3WMGnrf1hMHDhzAujVfVW27fchQ3DthnIapvEts&#10;TAes/Hg5zmRmah3FLoX5+Vi+/CO89eYbCA4O0jpODU2aNK2x7esvV+Pee8ajSWRkvc7FWyRERE7k&#10;7+df7eeOsbEaJfFOFZUVLhmF4Ui//vQjHps5C6nH07WOUkN4eFiNbeezs7F+w4/1PhcLDCIiJ2rf&#10;oQMGDR+B0eMmYPx992PEiOFaR/I69b195Q7i9+/Dow/PwJq137rVeiQGg6HW7Rv//QNKS+u3UjFv&#10;kRAROdG0KZMwbcokrWN4LUkUIUueeSm7cP48Xpk/DxvWr0f/AQPQsGEIzp49g/79B2D0yBGaZDIY&#10;DJBkGZYb+tNkpB7D7j17MfauUXafyzPfFSIiIgAQBIgedovkRgkH4pBwIK7q52++/AKfrlqNgQP6&#10;uTxLQIA/5N8LDP+AAFSUl1ft27xpc70KDN4iISIijyUIAkTRuy5lZpMJHy1fjoqKSpe3HeDvD5PJ&#10;iD8+OhML33yr2r5d27fibFa23efyrneFiIh8jrcVGAAQ99tu/LZ3v8vb9fPzg6FhI4y5azQmjr8b&#10;MZ3/O19GaUkJdtVjMTTve1eIiMhnSKIEnRtPqHYrfvnlZ5e3KUkSJEmEoqoQRRHjJkyotn/vnt/s&#10;PhcLDCIi8liiKLr1jK23YvvmTTh56rRL22wQGICo6JYwGo0AgNGjRiIk9L9DV+P27kFW9jm7zsUC&#10;g4iIPJZer8OCFxdgxb8+x8wnn4Ig2J4J1FOUlpRg85ZtLm0zKCgIb/19CTrHdgRwdfrwTl27Vu2/&#10;WFyMfXEH7DoXCwwiIvJo3bp0xohhQ/DknNmIatVK6zgOde6cfd8WOFL7tm0QGtoIwNVviAyGhtX2&#10;Hzp40K7zsMAgIiKvEBgYiFattVtIzBkiIiK0jgBBrP6tUEL8Ibsm3WKBQUREXsFstqCy0vVDO50l&#10;LCICo0bdqXUMBAcFV/v57KlTyDx5yubjWGAQEZFXKCwqQmZ6mtYxHOaO0WPQoV1brWMgonH1b1Es&#10;ZjMyTpyw+TifnMnz45WfYdfOHV45dvoaQRCg0+nh7+8Hvd4PwcHBCDYYEBISgrCwUISHhyO0USM0&#10;ahSC0NBGCAwI0Dqyy3255hv8/J+fvPj3QIBef93vgMGAhg0NCAlphIiIcERERCC0USOEhjZC44hw&#10;rcPeNJPZjIWLFiPzRIZm76WiKAgONuDNN99AaKMQTTLcjJ2792DFxx9DEASXd45UFAVdunbFgvkv&#10;OOycBQWFKL140WHn05rRTb6NKSkpqbEty44Jt3yywMjKysKBeozl9VaiJKJJsyhENG6MyCZNEN2y&#10;Jdq1a4/77p1g+8FeICcnx+d/DwIbBKFpVHNENG6CFtEt0L59e8TExKBldAtENW+mdTy7qIqK1GNH&#10;kXjQvp7tzuIfEADzDes3uLvCwkJN/x/w93fsHzaKqnjkwmd1+WXjvzFm7BgMGzJIswwZmSexY+vW&#10;Gtvz8nJtPtYnCwyd7JNPuwbFoiAn6yxyss5W2/7DhvUAgJiOsejZsydiO3ZA2zattYjoVLLs2esX&#10;OELZlcvITEtDZloarp8zsFmLaLRp1w7dundH7969EduxA8LDai7j7C78/f1tH+RkQcEGjxsiqfUy&#10;53q93qHnCwsNRYOgIFwsLnboebVSUV6OBfNewN+XvotBt/d3adsX8guwafNWfLHqXzh39kyN/QX5&#10;BbBYLFZ/h3ilpRr2795V9e9VAEJCw9C5Wzf07tMX/fv3Q6eOMQgI0P4DnZznWuH52/arY/DbdeyI&#10;lZ98AuDquHgidxQZ2RixXbph/+6dWkdxmPzcXPx5zuOY99IrAIDJk/7HaW0Vl1zEsdTj2LZtO3bv&#10;3I6T6el1HltUWIBKo9Hq7XUWGGRTSVEh9uzYjj07tuMfAHr07oPbBw7CiBHD0K1LZ63jkQucOH4c&#10;Ux6YDAC4ffBgjB49Gv379mGhSW5FJ8uY8fAMHEtJQmkt/QY81aXSUrz0wlwAQNz+/XhoxkPo0a2L&#10;jUfZll9QiKzsbBw7dhxJiYk4dvQI0o4eseuxJcXFMJvMgJW7XCwwqN4SDx5A4sEDWPHh+xgweChG&#10;jhqF4cOGeHRHQbItL+fqhD/r136N9Wu/xm39+mPc+AkYc9coj+rYSN7tjuFDsfa777Bq1Rf45svV&#10;WsdxuI3r12HzL//BnXeNxYg77kD3bl3QIqq53Y8vKirGpi3bsOe335CelorMtJsbdVNRXg6zxWL1&#10;GBYYdNPMJhN2bd2MXVs3o02HDrhr7N2YOGE8WrdqqXU0coH4/fsQv38f1nz5BSZNnoJ7Jo5DQ4NB&#10;61hE6NC+Hd54/TVEt2yJt99YpHUch6soL8fG9euwcf06NI2KQrsOHdGmbVtER0cjMjISBkMwZFmC&#10;KEpoGd0CEeFX+0/t2PUblr79NlJTkm85g8lkREVFhdVjWGCQQ5xMT8ey9Hex9ssvMO6e/8GkSfe5&#10;xfhtcr70Y0fx+isv4ccfNmDGI4/g7jGjvXjoL3mS2TMfQWFhIf758XKtowBAVSdgR450OZ+djfPZ&#10;2di9bUut+9vGxOCVv70GWZbx5zlzUHblskPaVSyWqgXR6sICgxyqMD8fn6/8GBu++wb3T5mKaVOn&#10;1OvrO/JcyYfj8ezheGyZeA+emDMHHWPaax2JCE898TjiDx5AUvwhraMAAJ5/8WX4+fnh3xvWI/lw&#10;vNPby0xLw9xnnoYoSg4rLgDAYlFgsXGLhH9mkFNcLC7Gp8uXYerkyfh45Wd2zVtP3uHnHzbgoenT&#10;sOqLNTY/gIiczWAIxuNPPKF1DABXv7koKCjAQ3+citWrP8dHn/0Tz8ybj1F3j3dqu/m5uVV9qFyJ&#10;BQY51fnsbLyz+HU8NnMWtu/crXUccpHC/HwsevlFzJv/IvIu5Gsdh3zciGFDMGzUaK1jAACKCgsB&#10;XF0W/c4Rw/DknNkINgTbeJT7UVUFtu70sMAglzgctx+zH5mBRW+8hcKiIq3jkIv88N03mD1rNhKT&#10;UrSOQj5MFEVMnTpV6xgAgE6dO1X7eev2nVi35iuN0tw8nV6PwEDrM7GywCCXUSwKVn2yAo89OhN7&#10;98VpHYdc5EhiAh6fORNbtu3QOgr5sMEDB2DQ8BGaZojt2g0Txt9dbZu73kbU6fXo2KUrRowegwf+&#10;+BB69R9QbX+X7j0QYWNqAnbyJJdLSTiM2Y8+gj/PfR6PzniQIw58QMGFPDzz1JN4fcnfMWHcWK3j&#10;kA+SJAlTp03D7m0119W4XtOoKOTn5cFsMjm0/YDAQPx1wQKEhYZW2968WTP4+fuj0saQT2cLNhgQ&#10;07kLYjt1Rvfu3dG+fVs0b9YUIQ0bAgCulJXh6aefxfZNvwIAJj0w2eayGywwSBPlZWVYsvA1nMo8&#10;iXnz5nL+BB9QXlaG+c89CwAsMkgTw4cOxrCRo6oukje6rV9/dO3WHV/+6zOHt/3svL9iQP++Nbbr&#10;/fSa/JHVPLol2sfEoENMR3Tp0hnt2rVF61Yt6ywaGgQG4rZevbB906+4b+o0jBl9p802WGCQpr79&#10;6gvk5JzDokULOZzVB5iMRix4fi6CgoIwYtgQreOQj5EkCU/96Skk/j48tLigoGpf155/wEMzZuAf&#10;7y51+LcXY++5Fw9On1LrvsuXLsPkwPYkWUZQcDAuFhejcdOmaBAUhFMZGQCuzsMxbNRojB8/AT26&#10;d63XismKoiA1NRVNo6LwzNN/saso4nfTRERE5HD/D53pwTFy8sJFAAAAAElFTkSuQmCCUEsDBAoA&#10;AAAAAAAAIQBu+EbCnh4AAJ4eAAAUAAAAZHJzL21lZGlhL2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAACGAAAAHUIBgAAAAxxmL0AAALiUExURQAAACMfICQgISUiIiYjJCckJSglJionKCsoKSwp&#10;Ki0qLC4sLTAtLjEvMDIwMTMxMzQzNDY0NTc1Nzg3ODk4OTo5Ozw7PD08Pj49Pz8+QEBAQUFBQkJC&#10;Q0NDRERERUVFRkZGR0dHSEhHSUhISklJS0pKTEtLTUxMTk1NT05OUE9PUVBQUlFRU1JSVFNTVVNU&#10;VlRVV1VWWFZXWVdYWlhZW1laXFpbXVtcXltcX1xdX11eYF5fYWBhY2BhZGFiZWJjZWNkZmRlZ2Rm&#10;aGVnaWZnamdoa2hpa2lqbGlrbWprbmtsb2xtcGxucG1vcW5wcm9wc3BxdHBydHFzdXN0d3R1eHR2&#10;eHV3eXZ3end4e3d5e3h6fHl6fXp7fnp8f3t9f3x+gX1/gn6Agn+Ag3+BhICChYGDhYKDhoKEh4SG&#10;iIWHiYWHioaIi4iKjIiKjYmLjoqMjouNj4uNkIyOkY2PkY6Qko+RlJCSlZGTlZGTlpKUl5OVmJSW&#10;mJSWmZWXmpaYm5eZm5eZnJianZmbnpqcnpqdn5udoJyeoZ2foZ6gop6go5+hpKCipaGjpaGkpqKk&#10;p6OlqKSmqaWnqaWoqqaoq6eprKiqramrramsrqqsr6yusK2vsa2wsq6ws6+xtLCytLGztbK0trK0&#10;t7O1uLS2uLW3uba4ura4u7e5vLi6vLm7vbq8vru9wLy+wL2/wb7Awr/Bw8DCxMHDxcLExsPFx8TG&#10;yMXGyMXHycbIysfJy8jKzMnLzMrMzsvNz8zO0M3P0M7P0c/Q0s/R09DS09HT1NLT1dPU1tTV19TW&#10;19XX2NbX2dfY2tjZ2tna29nb3Nrc3dvc3tzd3t3e397f4N7g4d/g4eDh4uHi4+Lj5OPk5eTl5uXm&#10;5+bn6Ofo6Ojo6ejp6unq6+rr7Ovs7Ozt7e3t7u3u7+7v8O/w8PDx8fHx8vLy8/Pz8/P09PT19fX2&#10;9vb29/f3+Pj4+fn5+vr7+/z8/P39/f///7lEhG8AAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAA&#10;DsQAAA7EAZUrDhsAABtQSURBVHic7d15XJTV4gbwZxhmhp1BNgFlTVFxQdwVFXPfl9xNxa3UzKs3&#10;c6tEu6VlaimamnYrK9PcMjMtd01zuaWZKyoKrizKMqzDzPD7w+STPwNmeeEM8Hz/Y5j3PQ/K8sw7&#10;5z1HVlhYWAgzZGZq0K9fPyTGx5t8rJuHB37atw/V3NTmDG2x+QvewVeffSpkbCreuEmvYOaM6ZDL&#10;5eUy3rKPVuDjjz4sl7HoWS+/OhWvvzbd4vNotQUYO248Th47KkEq83l4eWPXj7vh6eEuNIcpdu7a&#10;jddenSJs/E7de2LN6pXlPm5WVhYAYPeen5GamooOHdpD7eqKIYMG4f6dOyadS6FUYm7MAty6eRNf&#10;rP+k6PG2z3dCl65d0SGqLap7exd7/J6f9uHVl18y7wv5fzp06YqVsSugUimLHtPr9ejTpx/cPTyw&#10;Zs3HcLC3N+vcSckp6BQVhRlz3sDokcONOsbWrJGIysCnq1dBV1CA2bNfh8KW35qV3drYFahVqzb6&#10;9ekpOgpVMU5OTgCAIYMGFD327dbtJpeLJ1o0b4ounTti6+ZvkK3RQCaTYeKkiWjRrEmpx6anZ5g1&#10;JgCEhIaicURT6HQ6eFf3xvBhQ58qFwAgl8vx7qJFcFO7ml0uAODuvXvQarUIDAww+hj+Fier8sX6&#10;TyC3lWPu7Jmio1A5WLzoXYSF1UWtkGDRUaiKy8nJNfvYy1euom/vnmjWshUO7/sZhYWF0GiyjDpW&#10;p9OZNWaNgECsWbsWQUb8wQ9vWN+sMf7u9u070Ot08PL0NPoYG4tHJZLYf9esxvLYj0XHoHKQfP8+&#10;li5ZhgIzf8kSSaVaNTeTj6ldLwxfbtqMXj26AQAmvPQSWrZth94DBqJBWF2jzuHuXs3kcQGgS/ce&#10;RpULqZw79wfsHRzg7e1l9DG8gkFWKXbpB/Dw8MCIYYNFR6Eytn/PbmzdFoVhQwaKjkJVmL0Zbx+M&#10;ih6DphHhRR+3aNYELb78wqRzZGRkmjyuu6cnBg4cUPoTJXI17hp2btuCyKgOULu6GH0cr2CQ1Vq4&#10;IAZHjh0XHYPKwbq1q/EgKUl0DKrCzJlc7uzsZPG4V69cMen5IaGhWPTBEtR+LsTisY1RoNPhww+X&#10;IzM9HT169oKNjfG1gVcwyGrl5+XhPwvmI+DTTxEY4C86DpWhxPh4fPX1N5jx72mio1AVpVa7wlah&#10;gK6gwOhjfv/td/Ts3tXsMW/eSsChA/ufeiyoVi3U9A+Ep6cnXFxdoFAooVQqEfLXPKUWzZvBy9PD&#10;7DFNpbC1xcRJE9G9R3d07dzRpGNZMMiq3bp+HQsXvYfY5R89MzuaKpfNG7/GoIEvIMC/pugoVAV5&#10;eXrCydkF6Y8eGvV8/+Bg1A4NNXu8A4eOYMnixbibmAAHRyf06tcfXbt1Rd06oeVaIIwR3rC+WRNF&#10;WTDI6h3cuwefftYYkydOEB2FylBaaiq2btuB16ZPFR2FqiC1qwvc3KuVWjC8ff3w6rTpiGofWeL6&#10;FsXRaLKw5pN1WL/6Y+j/mtw8Z15MpZyDxIIhgEwmQ6MmTeHs4gKDwSDpuXU6HbRaLfJyc5GVpUFq&#10;UhJyc3IkHUOENbEr0KplCzQObyg6iuQGjxiJwKAgGAx6Cc4mg06nQ2ZmJtLT05CSnIzkpCTcunEd&#10;+Xl5Epy/bO3etRPRo1+EezXzZtYTmUsut4Wzc8kTGCNatMSCBQtQt05ts8a4cPEyFi9ejBNHDgMA&#10;VHZ2mPra65WyXAAsGELYyOV4K2YeGjWw/N7kf5Kfr0Vefh6ys3OQmanBo7Q0JCbeRlzcVVy/dg1x&#10;ly8jNbliTajLyc7CsmXLsHbtaosWi7FG3Xt0R9s2rcrs/GnpGbj/4AHi4q7jzOnTOHP6JOLj4sps&#10;PEskxsdj/4HDTy2ARFQeDIUGZGSkAwBCw+rDt0YN3ElIwM0b1+FbsyY6demGiS+NN+t2VgDYsfMH&#10;LPzPAqSlpkImk6Fb774YNXoUmjVpLOWXYVVYMATR66V4tfrPVColVColXF1c4OtTHQDQumXzos/f&#10;SkjE5StxOHHiBE6fPIEbV6+WWRYp/Xr0CDZ/uxVjRo8UHUVS+fnaMj2/m9oVbmpX1KsTin59eiI5&#10;JRXHfjmOHdt34OSxI2U6tjkOHjjAgkHlzk6lwugxY+Hk5IQOUe3hpnbFw0eP8OBBMqpVc4NPddPf&#10;Dnli5cdr8dHi9wAAHbv1wOjRo9C6VYtSj7t46Qp++/13tI1sU65rXvzduT/+xLXrNzDohX4mH8uC&#10;IYh5O8BIIzDAH4EB/ujetRNSUh/il+O/4scfd+PQT3vFhTLSZ+vXo3Onjqjh5ys6SoXl5emBF/r3&#10;Rc/u3fD9D7ux5uNVZu0pVFZOHj+GG/E3ERIcJDoKVSFyuRyjXnx6jw33atUsfrvu/Q+WYt2qx/ut&#10;jJ04GTP+PQ1KpaLEY7JzcvDlVxuxfs0apD96CG9fP7Tv8DwAYPjwYahv5CJeUsjKzsac16YjIyMD&#10;48eONulYroNRxXl6uKN/315Yt3Y1NnyzCd37mt5Sy9O924n4YsOXomNUCnZ2KgweOACfff45OnW3&#10;nv1AsjUanPj1lOgYRGZLSkrGufMXnioXTVu1xrR/TSm1XFy6chVTp07DkoXvFk04Tbp3F99+/SW+&#10;/fpLvDF3LnJyzV/W3FSRrVui/+ChWPreQsRdu27SsSwYVKR1qxaIXW79u4t+u/FrxF2/ITpGpRHg&#10;XxNLly5G/8FDRUcpcvbs76IjEJnszt17mP/2uxg6dCgG9un9VLmYP39+qfPHdu3eg7GjRuPI/n3F&#10;Pift0SPoCsp3af0GjRqiQKvFJ5+sN+k4vkVCz3j7vfcBALEffYiUBw8Ep3lWtkaDjRs3Yf68N0RH&#10;qTQcHRywYME8ZGRm4ODePaLj4Py5s8jIzISri/HLEhOJdOTYcbw9PwYJNx6/+Bnz8kSEh4fD2dkZ&#10;4Q0bwMXFucTjd+/5Ca9NnQKDvuQ7Cx0cHaBUlu+aQLZ/7W69c+u3GPDCgKfm9JV4XFmGoopp+NDH&#10;+380atQQixYuwsljRwUnetauHdswauQIBAcFio5SaTjY2+OtN9/AjWtxRb8kRbl96xZuxN9ERHgj&#10;oTmIipOWnoHYlauQ9CAJarUam7/aAABwdnHBW/95BwP69jb6XDcTEvH+woWllgsAuH/3Lq5dv4EG&#10;9esVPZackoqVq1YjODgY0aNGmP7FlOLJcuaFhYX44vMv0LJ5U6OWDOdbJFSssLp1EBu7An0GDhId&#10;5RkZaWnY+f0u0TEqnZo1/PDy5FdEx4Bep0NcnGnv9xKVF40mC6+8MgUb1q/D4f0/IyU1BWMnTsb0&#10;WbOxYeM3JpULvV6PJR8sxb3biUY9P1ujwfRp/8KHy2NxNe4aAGDzt1ux8fP/4sD+fSWurWTOrsV/&#10;XriEH77bUfTxgb0/4vDRX4w6llcwqERualcsfOc/cHBwwKYNpu0SWNb27P4B0aNHwU3tKjpKpdK7&#10;R3ds27IFv538VWiOhIRbQscnKo7cVo6IJk3QoWNHdO74vEV7JX2zeSt++uF7k465df06Vn24DDu2&#10;bsXqtWsRH//4iqOtrS0Ki7lFcduOndi8aRNemTIF7du2MWqcu/fuY8GCBchIS3vq8S83fIm2ka2h&#10;sC25QvAKBpXKzk6FeW++gUEjXhQd5SnxcXE4fOSY6BiVjr29HXr36Ss6Bu7evSs6AhEAIC8v/6mP&#10;HeztMePf0zBhbLRF5eJG/E2sWvGR2cffu52IcdHR2LvrcUHx9atR7K6wOp0ev586iZfGROP9D5YV&#10;Xf0ozomTpzH11ak4d+b0M587dnA/Dh0u/a1zXsEgoyiVCrz15lw8evgIB/b+KDpOkYMHDqB/316i&#10;Y1Q67dtFwkWtRmZ6urAMSQ8eID9fy03uSJjzFy5i69btyMrSYNmSxZKff0XsSosn0v99VeZWrYpf&#10;Ebhv756Ij4/Hzm1bsW5VLP67djVatIlEyHO14OvrA5WdHQx6A1JTU3H16hUcO3igxJ1ld2zfjo4d&#10;2pe4zT0LBhnNwd4eMTFv4XZiAuIuXRQdBwDwy+GDuJmQiCBu5y4pP18fRDRrjsP7fhaWIen+feTn&#10;57NgULnIyc1FUlIy7j9Iwh9/nMfpU6dw8pejKNA+Xmk3LKw+xo0ZZfE4er0eqQ8fYe9P+7B7x3aL&#10;z/dE6/ZReL5Du2I/b2enwpxZMzBi+FB8t/N7bNn0DU4cOVy0L4qpLl+8iJycXDg7OxX7HBYMMomv&#10;T3XMnjsXE6JHF+0EKJImMxPHj//KgiExGxsb1A6tI7RgaDIzoMnKKvX2PiIpHDl6HPPemIO01NR/&#10;/Pz77yxAVlYWhg8bAk8P96LHc3PzkJGZUeLOqnfu3sOSJcuQmpqCgoICPHqYipvXSn6LAni8GZqX&#10;jw8cHZ1g99caGiqVCgUFBUh79BAPU1JgYyNH42bNMGf2LKP2afKvWQNTp0zGwBcGYOu2Hfj+u+24&#10;dd30CdU+fn6l3i7LgkEmaxfZGqPHT8B/16wWHQUA8L8zZ/Di8CGiY1Q6fn5+Qscv0BYguxLsBEwV&#10;Q1ZWVrHlAgAMegNil36AH3/4Ho0aR8DNrRqyNBpcvXIZDRqFI+atucUem5uXhx+/31HsbaiOzs7w&#10;DwyCj58fAgICEBQUhJo1a8LdvRpcXVzg6OgAO5UdgMdXIvLztUjPyECmRgMbmQz+/jVLnXD5//n6&#10;VMfUKZMwZNAL2HfgEA4dPIBLF/406i0bDy9vvDxxYqlXF1kwyCzjx43Fwf37zGq+UvvtzCmkPnwI&#10;D3f30p9MRvPwEPvvWVCgRW45LolMVZtcbtw9DzeuXn1mg8jQOiXvDVIrJBjzF76HebNmPvW4q5sb&#10;ps2YiRbNm8Lb28voheVUKiW8vTzh7eVp1PNL4u3thReHD8GLw4fgVkIi7t67j6SkJKSnp0On00Mm&#10;e/w8g6EQOp0OarUarVo2N2oNIhYMMouXpwdeHBWNd+a9KToK7t+5g/N/XsTzUcW//0imc3BwEDq+&#10;Xq+DVlv8JDNrJDdi8SFrYsxiSVQ6mY2s1OcMHzIIqSmpWPG3yaKz3nwLg1/oX5bRTPJkI0ypsGCQ&#10;2fr17YVNG7/C9b9WeRPpwoULLBgSk8lK/6VZlgoNhSgoYRa7tSksNCA7JwdKlVLsdslGspHLn7n9&#10;ksrW1CmT4OHpgXVrVsPdwxO9enQTHalMsWCQ2dSurujdtx8+vPKe6Ci4cuUKDAYDX5FJqLgFe8qL&#10;jVwOhaLknSetSXpaGiZPmlziYkfWRC6XIy3tkegYVc7wIYMQ1a4tZDKZUZMyKzIWDLJI1y5dsHbl&#10;SuRkZwnNcfXyJWRlZfOOAwllZWULHd/GxqZC3aKq1+lw+c/zomNQBeDrU110hHLBl3tkkedCghAZ&#10;FSU6Bu7dvo3bXPlRUimpKULHVyiUsK/kr/CIKjMWDLJYi5bFrx5XXgq0Wty8mSA6RqVy5/YdoeMr&#10;VSo4OToKzUBE5mPBIIs1bRIBRSkLrpSHO3fE/kGsTAwGA65euSw0g4valQWDqAJjwSCLBQb6I6R2&#10;qOgYSEpKKv1JZJRbCYk4e+aM0Aze1X1KXSmQiKwXCwZZzNHBAXXrhYmOgZTkZNERKo2Dh44In7jr&#10;4+tboSZ5EtHTWDBIEgGBgaIjIDU1Bfn5WtExKjyNJgu7dn4nOgZ8fX1FRyAiC7BgkCR8/cT/MXj0&#10;MBX5+Vw4yFJbtm3HxT/OiY6BgIBA0RGIyAIsGCQJn+rVha/8mJGWhnwtr2BY4tKVq1hnBZvY2SoU&#10;CA2tJToGEVmABYMk4V7NrWg7YVG0+fnI4e6bZktKTkHMvBijdlMsa4EhIQgODBAdg4gswIJBknB2&#10;doZSpRKaQavVcntvM929dx8zZ87C2dOnREcBAIQ3bgInJyfRMYjIAiwYJAmlUgFHJ7HLdBsMBuh0&#10;OqEZKqITJ09j0sRJOH74kOgoRRpHRIiOQEQW4l4kJAm5XA6FUuzGVIWFhTAYrH+TKWtx5+49fL1x&#10;E7767FPkWtGVHxe1Gq1aNhcdg4gsxIJBlYbBoK9Q23uLkJeXj0tXrmDv3p+xd/cPuHc7UXSkZ0RG&#10;dYB/zRqiYxCRhVgwqNKwsalY23s/oSyjKz8aTRYyMjPx8NEjxMffwp9/nsef58/j3JnTVr2deOfO&#10;nUVHICIJsGCQJPR6PQq0Yq8eyGQy2NiIvVXWHKs//hhbtmyBQW+Q5HxabT5yc/OgycxAeloa7iZW&#10;nE3gatcLQ/u2kaJjEJEEWDBIElptAXKys4VmsLGxga1txfuWPnPiuOgIVqNPv/5wcRE7WZiIpMG7&#10;SEgSGo0G+Xm5QjPYKhRwdHAQmoHMVzMoCAP69xUdg4gkwoJBkkh9+Ah5uWILhr29AxxYMCqsYSNG&#10;wsvTQ3QMIpIICwZJ4kFSkvCJgy5qV6i4vXeFFNYoHIMHDRAdg4gkxIJBkrh3957oCHCr5g6V4NVE&#10;yTyTp0yB2tVVdAwikhALBkkiIeGW6Ajw9PSCSsUrGBXNkBdHoWvnjqJjEJHEWDDIYtk5Obh04YLo&#10;GPD08hIdgUwUGlYfU6dOER2DiMoACwZZ7ObNBMRfixMdA97e3qIjkAnsHRzwVkwMvL08RUchojLA&#10;gkEW+99vv6NAqxUdAzVqcHnpimT2WzFo2byp6BhEVEZYMMhip07+KjoCbBUKBAUFiI5BRpo4dRpG&#10;DBssOgYRlaGKt+whWZXrN27ixLGjomPAz98fNf38RMcgI4waPwHT/1X55l24urlh0QdL4OrqCr1e&#10;X/S4TPZ4+fq/38Ytk8lK/NiU454w5nl/f0ypVOKXX45j5bIlJn6lRMZhwSCL7Nn7E7I1GtExUKdu&#10;GJycHEXHoFKMHDcBc2bPhFwuFx1FckqVCq1bNoeTk5PoKEZLSUkRHYEqMb5FQmZLS8/Arp07RMcA&#10;AITWCYWNDb+drdnLr07Fm3NnQVEB94sxRqGhELl5+aJjmERrBXOnqPKqnD/pVC6+27kL8XHi7x4B&#10;gPr164uOQMVQ2dnh9blvInrUCNFRiKgcsWCQWZKSU/DVhs9FxwAA+NSogYYNwkTHoH8QXLs2Zs99&#10;A89HtRMdhYjKGa8pk1kuXLyExPh40TEAAN4+vnB24hbf1sbO3h59+g1Am1YtRUchIgF4BYNMlpae&#10;gdjly4VvbvZEs+YtuES4lQlv1hzTpk9HZGuWC6KqigWDTBa7chUunDsrOkaR1q1biY5Af3F1c8Oo&#10;seMxetQIbl5GVMWxYJBJvt26HRvWrxMdo0jdBg3ROLyh6BhVntzWFn0HDsKY6GjUrVNbdBwisgIs&#10;GGS0I8eO452YGNExnhL1fEc4OXL9C1Hktrbo3rsvhg4bymW/iegpLBhklFNnfsOcma8jJztLdJQi&#10;CqUSXTp3Eh2jSvLw8kanbt3Qr18/NI0IFx2HiKwQCwaV6tCRY5g7ayZSHjwQHeUpHTp3QYP69UTH&#10;qDKat4kEAHTo2BGdOj6PoAB/wYmIyJqxYFCJNm/Zjnfnx1jVlYsnevfpKzpCleBZvToahkdg5crl&#10;AFBpV+IkImnxNwU9Iy09AwCwctVqfLFureA0/6xJy1aIahcpOkal5OXjg8DgENStF4amTZuibp3a&#10;COTVCiIyEQsGPWP8uPEAgD9++5/gJMUbMnQo7O3tRMeosOS2tvDw8oaHpyc8PD1R0z8AwcFBeC4k&#10;BH5+vgjwryk6IhFVcCwY9JQjx45bdbEAHl+96Na1s+gYkonq3AXe1X0ACRYuKywshI3cBkqlEjLI&#10;oFQpoVAo4ODgCGdnZ6jVrlCr1XB1cYGrqwvUrq5wdq44u38SUcXBgkHIy8vH8V9P4rsd32Hvrp2i&#10;45RqzNhxcLC3Fx1DMqOjo9G2DRcLI6LKhQWjijIYDLgSdw1Hj/6Cgwf24/dTJ0VHMkrXXn3QpVMH&#10;0TEklZ/PLbOJqPJhwRDETqUq1/EyMzV4kJSEWwmJOHv2LP44dw5//PY/5OfllWsOSzi7uGDyK5Ng&#10;Y8M9+oiIrB0LhgCFhQacPnMGqQ8fQq/XS3begoICGAwGaLVaZGRkID09HcnJyUh68ADJSUm4FX8D&#10;2RqNZOOVt/GTJiOsbh3RMYiIyAgsGAIY9Aa8GzNPdIwKpWXb9ogePVJ0DCIiMhKvNZPVc1GrMWvW&#10;TDg6OIiOQkRERmLBIKs3Y85cLglORFTBsGCQVRsxZiyGDxkkOgYREZmIBYOsVruOnfH6a9NFxyAi&#10;IjOwYJBVatA4Am+/PR9OTlxlkoioImLBIKsTVKsWFi5ahBp+vqKjEBGRmVgwyKrUCAjEB0uWom6d&#10;2qKjEBGRBVgwyGoEhIRg2fKPEN6ogegoRERkIRYMsgp1GzTE8hWxiAhvJDoKERFJgAWDhGvdPgqx&#10;K2NRP6yu6ChERCQRLhVOQr0wdDjmzJkJtaur6ChERCQhFgwSQmVnh1f/PQMTxkVDLpeLjkNERBJj&#10;waByV69hI7z2+uto37aN6ChERFRGWDCo3MhkMoyIHospUybBw91ddBwiIipDLBhULho1aYqJkyej&#10;c8cOoqMQEVE5YMGgMuXl44MRo0ZjxPChnMhJRFSFsGBQmXB2ccGAwUMxcuQIBAb4i45DRETljAWD&#10;JOXq5oaefftj6NDBqFcnVHQcIiIShAWDJOEfHIxuPXqhf/++qBUSLDoOEREJxoJBZpPJZGjZth26&#10;dO2GTh07wKe6t+hIRERkJVgwyGT1wxujVZtIdOrUEeEN63OhLCIiegYLBpXKwdEJ9cPDEdGkKSIj&#10;26B+vTpwcnISHYuIiKwYCwY9I6JFSwBA7dBQREREIKxeXTwXEswrFUREZLQqWTAKdDrREayGh5c3&#10;vKpXh6eXF2r6B6B27VoYOKA/AECpVAhOV7Z0Or3oCAAAg8E6clRk+fn5oiMgO0uDwsJC0TFMojcY&#10;hI6v1WqFjk9lq0oWDF9fH4Q3bQbIZKKjlAmZTAaFQgG5XA5bWwUcHR3h4OgAZydnqN3c4O5eDZ6e&#10;nvBwd4faTQ13Nze4uDiLjl3uvL29reL7wMXFRej4FZ3MRoaQ555DocEg9P/S2dkZtrYV61eqm1qN&#10;8GbNxQxeWIiAwEAxY1O5qFg/DRJ5acI4jI0eDVklLhgqlVJ0DKs3fNhgDB44QPj3gUJRJX8MJaOw&#10;tcWCmHnCrx48LvYV6/+yXWRrtGohpmAUFhbybddKrmL9NEhEYWsLRQV7pUHS4/dB5cFCbR65XM4/&#10;8lRmbEQHICIiosqHBYOIiIgkx4JBREREkmPBICIiIsmxYBAREZHkWDCIiIhIciwYREREJDkWDCIi&#10;IpIcCwYRERFJjgWDiIiIJMeCQURERJJjwSAiIiLJsWAQERGR5FgwiIiISHIsGERERCS5/wOMWeRS&#10;XzeMPgAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEADaGGr1pHAABaRwAAFAAAAGRycy9tZWRpYS9p&#10;bWFnZTMucG5niVBORw0KGgoAAAANSUhEUgAAAhgAAAB0CAYAAADHLUsYAAAC/VBMVEUAAAAjHyAk&#10;ICElIiImIyQnJCUoJSYqJygrKCksKSotKiwuLC0wLS4xLzAyMDEzMTM0MzQ2NDU3NTc4Nzg5ODk6&#10;OTs8Ozw9PD4+PT8/PkBAQEFBQUJCQkNDQ0REREVFRUZGRkdHR0hIR0lISEpJSUtKSkxLS01MTE5N&#10;TU9OTlBPT1FQUFJRUVNSUlRTU1VTVFZUVVdVVlhWV1lXWFpYWVtZWlxaW11bXF5bXF9cXV9dXmBe&#10;X2FfYGJgYWNgYWRhYmViY2VjZGZkZWdkZmhlZ2lmZ2pnaGtoaWtpamxpa21qa25rbG9sbXBsbnBt&#10;b3FucHJvcHNwcXRwcnRxc3VydHZzdHd0dXh0dnh1d3l2d3p3eHt3eXt4enx5en16e356fH97fX98&#10;fYB8foF9f4J+gIJ/gIN/gYSAgoWBg4WCg4aChIeDhYiEhoiFh4mFh4qGiIuHiYuIioyIio2Ji46K&#10;jI6LjY+LjZCMjpGNj5GOkJKOkJOPkZSQkpWRk5WRk5aSlJeTlZiUlpiUlpmVl5qWmJuXmZuXmZyY&#10;mp2Zm56anJ6anZ+bnaCcnqGdn6GeoKKeoKOfoaSgoqWho6WhpKaipKejpaikpqmlp6mlqKqmqKun&#10;qayoqq2pq62prK6qrK+rrbCsrrCtr7GtsLKusLOvsbSwsrSxs7WytLaytLeztbi0tri1t7m2uLq2&#10;uLu3uby4ury5u726vL67vb+7vcC8vsC9v8G+wMK/wcPAwsTBw8XCxMbDxcfExsjFxsjFx8nGyMrH&#10;ycvIyszJy8zKy83KzM7Lzc/MztDNz9DOz9HP0NLP0dPQ0tPR09TS09XT1NbU1dfU1tfV19jW19nX&#10;2NrY2drZ2tvZ29za3N3b3N7c3d7d3t/e3+De4OHf4OHg4eLh4uPi4+Tj5OXk5ebl5ufm5+jn6Ojo&#10;6Ono6erp6uvq6+zr7Ozs7e3t7e7t7u/u7/Dv8PDw8fHx8fLy8vPz8/Pz9PT09fX19vb29vf39/j4&#10;+Pn5+fr6+/v8/Pz9/f3////qZN5aAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGV&#10;Kw4bAAAgAElEQVR4nO2dd1gUVxfG320sXXoH6SBFil2jRrFrjMauiMZEjd3EEkvsouazaxRiS+y9&#10;x97FDtIEQUR6kQ5LX7Z8fyArw8xSdLHe3/P4+HDvnTtnZqe8c+8557KkUqkU74BAUIgBAwYgKS6u&#10;wdtq6+nhyrVr0NHWepddEwgEAoGgUE6dOYe5M2e807bDfcZg5fKlijXoC4D9sQ0gEAgEAoHw5UEE&#10;BoFAIBAIBIVDBAaBQCAQCASFQwQGgUAgEAgEhUMEBoFAIBAIBIVDBAaBQCAQCASFQwQGgUAgEAgE&#10;hUMEBoFAIBAIBIVDBAaBQCAQCASFQwQGgUAgEAgEhfNRBAabxYKqisrH2DWBQCAQCDR4PKWPbcIX&#10;B/dj7FRQUIA5c+eBy/souycQCAQCQQaLxUJaaurHNuOL46O84SuEQlw6d+Zj7JpAIBAIBMIHgPhg&#10;EAgEAoFAUDhEYBAIBAKBQFA4RGAQCAQCgUBQOERgEAgEAoFAUDhEYBAIBAKBQFA4RGAQCAQCgUBQ&#10;OERgEAgEAoFAUDhEYBAIBAKBQFA4RGAQCAQCgUBQOERgEAgEAoFAUDhEYBAIBAKBQFA4RGAQCAQC&#10;gUBQOO8sMKSQolAgUKQtBAKBQCB8dgiFwo9twicJSyqVSt9lwwqRCCGhYRAKKxRtE4FAIBAInw36&#10;erpwsLf72GZ8cryzwCAQCAQCgUCQB/HBIBAIBAKBoHCIwCAQCAQCgaBwiMAgEAgEAoGgcIjAIBAI&#10;BAKBoHCIwCAQCAQCgaBwiMAgEAgEAoGgcIjAIBAIBAKBoHCIwCAQCAQCgaBwiMAgEAgEAoGgcLgf&#10;2wACoToSiQSPngQhLy8PbDYbVYlmPdzdYGxk+JGtIyiK8IhIJCWlgMOp/MYRiyWwt7eFva3NR7aM&#10;QCAoCiIwapCdk4O09NfIyclFWVk5AIDPV4KOjg4M9PVgYmz0kS38shGJxNi4YQNCnjymlG/9e6fC&#10;BYZEIkF+AXXBPhaLBW2tJgrdD4HOkcNHcezgfkrZ9NlzYT910ge3pbCwCBUVFQCLBUil4Cvzoaaq&#10;Wu/txWIxBIVFqLnqgpqqKvh8JUWbSyB8NhCBgcoXzc3bAbh86RKehYciPvYlJGIJrZ25lRUsrazR&#10;pm1beHl1hZ2N9Uew9suHz1emlVV96SqSs+cvYuff/pQyFouFeQsWoGOHdgrfH+EtXB6PXsb9OI+j&#10;9Rs24fGjh2CxWJBKpdDR1cXy5ctgY21Vr+1z8/Ixbdp0FOTng8ViycoXLVmCdm1aNZbZBMInz1cv&#10;MJJTUrF23XpcPHO67rbx8UiOj0fAzRvY6bcdg4aNwJzZv4L3kR6MhHenvFyIo0cOI+Z5JK3u2LFj&#10;RGB8QlSIRDhy9AQyMjLAZle+wKVSoG+f3nB0eP8VLDMyXuNl1HNK2eLFS7Bt21ZoNal7NEssFiEq&#10;4hmKCwsp5cXFJe9tG4HwOfNVvxmTklMwdcpUPA8Pa/C2BXl5SElOagSrCB+C+w8fIejhA8a665cu&#10;Inz8z2ju4vyBrSIwIRFLcOrEcTwLCaaUOzo6KERgcLn00ZTH9wKwZs1a+K5cBg6HU+v2LLCgoqJK&#10;ExhVYohA+Fr5aqNIJBIJNmzYJFdcGBgbw97JGfZOzjA2M2Ns88OgwWT04jPl1MlTcusqhEKcOln3&#10;iBbhw6HC4BPB4TTuvXfi8EH4/b2rUfdBIHzJfLVvx9DwZ7h4jv4SadW+A34cNw4O9nbQ0NAAABQX&#10;FyMjMwtBQU9x985tPLl/D07N3dC+XesG7VMgKESFqAJ8Ph/qamoKOY5PlfJyIYpLSt7Jaa6xCQ2P&#10;wI0rl2pt89/ZMxg3biwszJnFZX0oLilBeVk5wGJBVUUFysr8BvchFFaguKQEUokESko8qKurv5Mt&#10;RUVFEAorwGKzoa6u9lkJYz5fCWw2/VvoQzhQbl77JywszNG/X59G39eHoLCwCCwW6ryOCgQCiEQi&#10;cLlcaKirM57/+lAgEEAsEn9yzwDCh+HzecoomMDApzRHTmt7e2zcuB5GhtRoBR1tLZibmaKlpzt+&#10;HDMaV65dB4fDgaqKSp37eRL0FLdu3UF01HPkZGejQiiEsooK9A0N4eHhCa+u38Lezpa23Z2A+zh6&#10;5AiU3+yjykN96NChch3H/tl7AMHBT8F740BXUVEBa2trTJn0C5SUeDh4+BgePXpIqe/duzf69OrB&#10;2N/uf/YhLCxU5nwnEonQv39/dOv6La1tUXExwsIjEBT0FC9eRCMrMxPFRZWe9SoqKtDV04OTszM6&#10;d+4ET3e3Os9bY3Lq1GlUCIWyv5VVVODo7ILQoEBZWX5uDs6cPY/pDYxqCAwKxt2Ae7Lfu7S0FCwW&#10;C6pqatDV1YO1jTXc3d3h6eEOfT1dxj7i4hNw524AQkJC8Do9HcVFRZBIJODz+dDS1oaZuTlcXZuj&#10;ZQsPuY6IKalpCHoagpCQYCQlJiIvNxfl5eVgs9lQ19CAqZkZWrRoiS7fdqo1MuppSBgO7D8AsAA+&#10;v1IgzZ71K/R0mW0PuP8QJ06ckE0riMVi2NvbY8qkiQ05jQCAl6/ikJiYDKlUgrzcXFp9WFg42Gw2&#10;RCIRpFIpjAwN4eLcrMH7qQ2pVIoVS5fA3MwMHu7N37u/7f47ER0dJbunJGIJhg4bivZtmT9WMjKz&#10;sHHjZpQLy2VOqHwlPmbN+pVy/QQ+DcGhg4fAejMtUyGsQJeuXfDDgP5ITknFxUtX8PRpEDLS0+HV&#10;vQftus7Ny8e9+w/w+PETJCbEoyA/H6KKCnC4XGhoasLI2BgODo5o2bIFmrs4Q0mJPq0EVP7ej54E&#10;4c6dO4iOikJebi5EFRVQUVWFoZERPFu2RLeuXWBl2fS9zyXh0+erFRg5Odm0MkcnZ5q4qAmfr1Sv&#10;r5mYl7HYtt0PF8+cpoWvVXHz8iXs9NuGwcNH4peJ46GjrSWrc3Vxxk6BAFcv/EfZ5kVUFPb8s5tm&#10;59XrN+G7ZBFtH7v3H5A9DCIinuHS2TOUejs7OwDMAiMkOBiXz5+llDk7u1AERl5+AS5cvIzTJ08g&#10;7GkQYz9V3Lp6Bf5bt+CHYcMxc8Z0GBro19q+MUhMSsbFc9RjcnByxuKlSzDOZwzyc3Nk5efPnob3&#10;yOHQ0dGus99XcfHYvGUrLp09I/f3BoAbb/63trfHpCnTMPD7frK64pIS+P+9C8cOHUBOVlat+zsC&#10;QEtHFwMGD8H832fLXuixr+Jx+MhRXLt8CWm1+Ag9BXDuxHHssrLCT+MnwnvkMMZ2aWnpOH/qBKVs&#10;ymT5oisxMQkXTlOnn/K/7fJOAuPMmbP4e+sWufV/bVhH+XvAkGFYt3ZNg/dTF3nZ2fhj4ULs2LkD&#10;pibG79VX4JMnCLh5nVLWtl07uQKjuLgYJw4fpJVPnvwL5e+UlFTa72RmboYz5y5g7ZrVyEhLlZV7&#10;tGhJaXfuv4v4288PLyIjarX9/Jv/23XqjOXLl9FEQnhEJPy2++HaxQty+7h28QJ2+W3H0JHemPDz&#10;OGhovNuIHOHz4Kv1weAxhMlFhIfhRczL9+777r0H+OnHH3Hh9KlaXzYAIMjPxx7/7Zg+fQZS09Jl&#10;5TraWlixcgUsrKmhsDHPI7F+/SZKWXxiEtas8qX1vXilLzp37CD7m8ejDykzObhVocQwBF0zlDAq&#10;KhpLF8yrU1xUIRaJcPzgAcyc+Ssys+gir7E5e+4/iogAgK7duqG5izO6dOtOKY9/+RKXr16rs8+X&#10;r+IwZfLkWsVkTeJiYqCq+nYErKysHIuXLIPf5o11iosq8nNzIBKJKKGRe/fuw96df9cqLqqTHB+P&#10;pQvmYes2f8Z6Lvetg6OGpiY0NDUp+6O3p3+z8JXpYcf1oaFhqzw5X9WK4EVkBJYuW46S0tL36odp&#10;mqy242Sx2dDQ1KSUMf0G1X+nKm7fuIGFc2dTxAUAitPqoSPH8NvUKXWKi+pkvE5Hk2o2Xbx8FRcv&#10;X8U4nzG1iosqcrKy4Ld5I36bNRvZOTl1tid8vny1AqNpU/oQXVJcHCb8PB7rNmzG05AwFAgEDFvW&#10;TkRkFOb+9hvSU1JodcZmZnBwdoGuPv3L/VHAXSxZsrTSb+ENVk0tMG/BQrBr5IA4fewI9h88AqDy&#10;xbRq1WokxcVR2gwbPQY+3iMbbH9D8fRwRyev7ox1tb1YAh/ch5//jsYyi5Hc3DycO0P9utbU0kKf&#10;3r0AAH379aVtc+b0aZSWlqG0tIyxT4lEgq1b/0JsdDStTs/AEPZOzrBzbAY9A+qIUyev7pSRoNNn&#10;z+Ps8WO0PpRVVGDj4AB7J2eYWlCvWQ1NTYz2HkmZHx8wcIBsWq06HC6XMfdEFVvW/Q8PHj2RW/8x&#10;qKgQNay9sKKRLKnk1pXLNHH/KfMyOgrlZfTrtqKi8jzFJyRi3ZrVjNtaWFvDwdkFVnZ2tOvJ22cM&#10;ZVRvzswZmDNzBk24A4CpRVPYOzlDS4c+pXbr6hWsWLkKwkb+3Qgfj692iqRzx29gatEUqUmJlPLU&#10;pET4b9kE/y2b4OjiCjsHB7i5ucOtuSvs7Gxqdc4sLxdi/foNyM7MoJQ7OLtg4qRJ8HB3g7q6OvLz&#10;8xFw7z62bd5E+Vq9fe0qjh0/hR/HeMvKenTriknTZ2Lbxg2UPjeu/RMe7m64G3APt65cptR5tG6D&#10;Wb/NbPA5eReUlfkYM3YM7t64Bm09PXTr2Qvt2rWDhYUFlJR4KCsrQ2DgUxzct5f2VX3m+FH4+HjD&#10;qqnFB7H10pVrSIiNpZR179VHNtTbtnUreLZpi+DHj2T1wY8f4e69+wCAnt29aH0mJiXj9jXqKEcT&#10;bW38Oud3dOjQDk00NSGVSiAoLEJKSiru3r2LWzeuY9DgQRQ/hevXrlL6YHPYGDlmHIYNHQJ9fV2w&#10;2RyUlJQgOzsHj58E4sL5c3D3bEHzwWjh4YZ+A37AicMH4eLugW+7esHDw73SZ4IFZGfn4MrlKzh+&#10;6ABltEUqleLUyVNyh+o/Bk5OTug/eAi4XC4Cbt9C1uvXlPqOXbvB0MgQkAIVogq4e3gobN/devfF&#10;q9gYxL+kjmju3bUDZubmlHv0c8DQxBR2Dg7gcDiwsqq8Zq7fuAlBfj6lXZtvOmLylCmwtrKEsrIy&#10;hEIhcnPzEP0iBlcuX0Zaagr69ulF2YZJxLi1aImfJ0xEc1dnqKioIC8vDzdv34Hfls2UfV44fQod&#10;O3bC4B++V/xBEz46X63AMDQ0wJx58zF7xjSIKpgVdHTEM0RHPMP5k5Vzm64enmjdth169+4F9+Yu&#10;tPZ3792nza/aNXPCdr/taGphLivT1moCK8umsLe3x+QJ4yk33PGjRzD4hwGUuclJEyfgeWQkbl29&#10;IisT5Odj+rSpyEx/O60CANp6eli8eDHFn6Oxadu6FX5fvAQd2reDk6MDrd7T3Q1t2rTGxJ/GUQRV&#10;oUCAoKDgDyIwSkvLcOY0PTS1+qiFsjIfvfv0pQgMADh9qjLaiElgJCWnoKS4iFLWqasXzadBV0cH&#10;Vk0t0LFDO/w87kc0qZbAqbS0FEmJCZT2Orr6mD1rJkXQ6mhrwczUBO5urhg5fKjsS7Qm3t6j4ODo&#10;iEEDv4empgatvnPHDtDV04Pf5o2U8sDHj5Cbl/9Br53a6NenJ/r16QkA8B49hiYwfMb4oEvnjo2y&#10;b88WLTBi5AiMH+tDcwb/n+8KNG1qga7fdmqUfSsSFouFnyZNxsgRw2kRUakpqbT2I0eNQod2bShl&#10;hgb6aOZoj4Hf98PrjAzo6ujUus/mni2wffs2GBoayMp0tLVgY20FK0srzJj8C0WUHD92FP369Hqn&#10;KCvCp81XO0UCVD7ANm3zg62jY73aPwsJxm6/bRg1dAh8V/+JoiLqi+XOnTu0bcZPnEgRF9Vp27ol&#10;hnv7UMpinkciPIKaXVJZmY8FCxfQ/DGS4uJQVmNOeO78hXB1carX8SgKPl8J48eNZRQXVbg3d0GP&#10;3vQpiJSU5MY0TUbA/Qe09U1ate+ANq2oDm+9enaHgTHVke/WtSu4de0KgoJDaf2qqNCngR4/uI8j&#10;x04iLj4B5eVCWr2hoQHlYcrmcKCiQg3hy8vNwbbt/oiMioZAUFizC2hoqMt1PnVxboYfx3gziosq&#10;fho3Btp6epSyzNfpSK/xEv8UKC8XQiKhp+5nOreKoqSkBJ07dsDMOfNodRVCIZYtXoxXcfF4FRcP&#10;1U84/NJ73M+YN3c2Y7g10xTmqZMnce/BI2RkZDL2V9O5PDePOgLCYrEwacoUirioTreunfHDsBGU&#10;stCgQLx4+f6+b4RPj692BKOKXj284OnhhstXryHgzh2EBAUxziVWp7ysDP/87Y/MzEysXrUSqioq&#10;KCsrR1QkVRiwOWxER0dj5+4ciBnWNuFwOcjOpjv0xcTE0L4iqvwxpv0yEWIR89z0mJ8nYMigAXUd&#10;cqORl1+AV3HxSElJRV5eHsrLy2V1HC4H6elptG2KCotoZY3B6VP00YvvBwyk5VIwNjJEv+8HYo//&#10;dllZ1fk+feo0Wnq6U9rbWlvTptoy09Pxx9zZ0NbTg6W1DUxNzWBtYw1HR0fY2dnSRmxUVVTg5OxC&#10;SfomFomwc9tf+HfnDtg5NoORiQksLS3h6OgIBwd72NnYyA0VrCIhMQkJiUl4/ToDhUWFEIvEACpf&#10;AiKRCOwajoKiigoUfqDf41Onavrolwk/ITUlBUcP7KPUpyYlYtGixQCAZcuXMfq9fGzUNDTgPWqE&#10;3HonJ3pI753r13Dn+jVY2trCxNQM5uYWsLO3R7NmjrCzsaaJ2ldx8ZS/uTwewsLCEB+fwCgKuVwu&#10;BIICSplYJEJMTCzcXOmjwoTPm69eYACAgb4efEaNgM+oEYiLT0Dk82gEBwfjRXQUop6Fo1COs+eF&#10;06fQokUL+HiPRLmwHK9rTFdIxBLs8fdrsD35+QWM5T26dcWUmb9hy7r/0erafNMRs2f92uB9KYL8&#10;ggLs3XcQVy9fapA3OgCIxA1z5HsXnoaE4Wa16SWgcirJxtoK8QmJFF8EFosFZ2cncLhcmpC7eK4y&#10;+VZ1vwcdHW2M/elnxhDhvOxs5GVnIwRvR070DAzR7puO+OmncZScDSNGDseNa1eQl02NrKkQCvE8&#10;PIwiPrg8Hjxatcaw4SMwoD99VCg07Bn27tuHR/fv0aYVakMqlUIkR7x+rbDZbPw+dzaSk5Pw4M5t&#10;St2T+/cAAKt8V0EoLGfY+uNibWsHUxMTufVeXTqjk1d33L1Bj5RKiI2l+SvZOTZD91698NO4sbIo&#10;kmyG69V/y+YG25pfkF93I8JnBxEYNbC2soS1lSW+69sLEokEsXHxePo0BOfOnkHgg/u09jeuX4f3&#10;yOFgs9iQSumK/V0Qi8Vy6+Sti1AoECA3Lw+mKg2L068trLI+IZc5ubmYPXsuAm7eqLMtEyw0/noN&#10;p06dpomFIoEA0yZPhlhCPddsFgssFhsSht+gUCDA6TPnMPu3GZTyH8d4g81mY/eOusNDszMzcP7U&#10;CTwIuIMNW7bKRqrcXF2wdbsfNm7YgKePHtbah6iiAoEP7iPwwX0kJydj2pS3ORFu3LqD2TOmyxXF&#10;dVFbCOrXiqamBpYtX4aJ48cjLiaGVv+u1359kdQz9Lkm2jq6tY5yqaur488/V2PdOn2cOXFM7sho&#10;FS+jo/AyOgoRzyKwbu2f0NHRrndYdl1Uja4RviyIwKgFNpsNe1sb2Nva4Lt+vbF4yTKcO3Gc0iYx&#10;Ph4lpaXg8/nQ0zegOV0OGj4ShkaGkEjqdyOKxWK0b9eWse76zdvYWiO5UBXPw8OwcqUvNm3c0KAU&#10;yjX9SADIhjYzMzJodTXZtfsf2gNWVU0dnbt1g7m5BTgcDqRSKTgcDoKfBuHhXbqfSmMSF5+ASzWS&#10;hQGVX1o1o33qw/kzpzHGx5uWhXPM6JHw6votHjx6jNDgELx6FYuM9HSkJiUyPoRzsrKwcf16uO/7&#10;V5ZCuW3rlti1cwceBwbhyZNAvIx5gbTUFKQlJ6O0hHllzi3r/odvOrSHh3tzZGXnYLXvSpq4sHNs&#10;hpat20BbRxsSiVQ2RXLi6GHaiElNqtsufJP9VFBI9wmpIjOTee7+c8eqqQWWr/TFxJ/G0RY1e1+Y&#10;7sEqsrKyUFpS/E791kcr6uvp4s81vhgxYjgePnqMyIgIJCclIi01Re61cffGNRw87IlpU36BtjZ1&#10;yoTNYWPoqNHQ0dGp9zNPIpGgZcsW9WpL+Lz4qgVGckoqeDxundk7AUBdTQ29e/emCQyxWASxWAwl&#10;NR7sHBxoi6dZNLV4pyyGNYlPSMSqlSvkRrwAlVny/BybYeb0KYz1KgzzxNE1lqkGgMjnlTkd6kqe&#10;VVhYhCuXLlLK+MrKWLtpE2PExTa/HR9cYJw9d54Wivc+pCYl4r8LlxjDFM1MTTB00EAMHTQQYrEY&#10;rzMykZubh8SkZDy4fx/nTp2gOOWGhzxF7Ks4ytyzhoY6unX9VpYjIzsnB9nZucjIzERwcDDOnDxJ&#10;8feQSqV49PgJPNyb4/6DR7Rh7TbfdMSGDesZs6beuXWzToFR3YGxyvM/OvoFo0NvhUiER3JWqH1f&#10;mEQah/NhfdTbtm6JhUuXYcGs3965D6ZF26Kjo+S2v3v3Hi2KpTFwd3OFu5srgMr7Ois7Gzk5uYiK&#10;jsaVy5fx+F4Apf2Tx48gmTQBtjZUx3OJWAJ7e/sPkoOH8OnzVUeR/PXXdoz2Ho3DR0/UK6Pc48f0&#10;RERGJqbgK1VGBHTo0IFWv8tvO67fvC23zwKBAPsOHEKeHL8LACgpLcWKFb60ZFquHp40T3C/LZtw&#10;9fpNxn6MjOhrTty/cwtnz1Oz761duxZr166lRajUJDMrizZiY25pySguACAtje7k2Zhk5+Tg3Bn6&#10;gnbmVlawcXCAtb293H+2jo7QZzhfAHD29CkUFb/9qszLL0Dg0xBKGw6HA1MTY7i6OKFfn55Y5bsc&#10;3WtE0UjEEuS98cKXSCQIfBpC+5rV09WFo4MdOnfsgF9nTMOkqdNo9lQ5zaWm0sMO27XvwCguMjIy&#10;kVuHuAAAExNj2jV25PBhZGVT7xeJRILtfjtkfgmKhMViMU4N5ubmKXxfdTF00EBMmvHuvk6GDB8z&#10;V/47jwcPH9PKb90JwKF9/77zvurDi5iXiE+g5gLS0FCHtZUlWrX0hI/3SGzYsJ6WTTQ/Lw/l5ULG&#10;9XS2b9lSa9K2zKxs7DtwiJJUkPBl8tWOYMS+ise1yxchyM/Hot/nYJ9jM7Ru1w4tW7ZC06bm0NTQ&#10;AJfLRVlZOTIyM3Hx4iUcP7Sf1k+btm1lIYfdunaBq4cnnoUEy+oLBQL8OnUKRviMRc+ePWBooA8u&#10;l4OCAgHCn0Xi2NEjCHnyGBEREVi5fBnjnOmWrdtojlhOzd3g/7c/duzcjb07/5aVi0UirPZdCTtb&#10;G9paAR7ubmBz2JQvIolYgj9+n4uwsDB4eHgAYNGc2eShrKwMTo00x+mpqQgKDqVFW5z77yLOnaSO&#10;/jQ2Fy9dQXI81cu9mWtzbPfbDmVl5Vrnj9lsFhISkzFu9GhanouI0BDcuh2A7/pWJhw6f+EiVi9b&#10;Cq+evdG1mxdcXZxhYmwkm/ooLxfiWeRzxLygZvvkcLmynAKv4hMwbrQ3bB0c0adfP7Rt0wampiaU&#10;nBRJySkIDKQ/uJs0qWxTtRhZdcLCQlFeLqRMmxUWFmH9xk31miKyMDODo7MLZTQr+PEjTBg/AX2+&#10;+w7mZubIzc3B3Tt3cf1S3Wmi3wUlJR4MGF7Mx44chr2dLczMTJGamoac3Fx4dencKDZUZ9qUSUhJ&#10;SZblx2kIzZvTF/orFAjw6/RpGDx8BJycnCASiRASHIJTx47Srj1FIpFIsHr1Grx88QJ9+/dH586d&#10;YdnUAkaGBjJBl5uXj0uXr6K0xseGjq4uuDzm10d2ZgamTBgP7x9/gpdXV+jp6oDD4SA/vwAhoaE4&#10;cugQnoeHIS4uHov/mP/OK7USPn2+WoFx7PhxytB5lQPTwX/2gMViQc/QEEpKfBQVClCQx/ylZGhi&#10;isGDfpD9rampgVlz5mD82DGU1TpLS0qwx3879vhvh4m5BXhKPGS9zqA8PE4dOQw+XxlzZ/9GSbJ1&#10;9vwF7Nq+jbJfVTV1/LF4EQwN9DFl0kSEPA1CePBTWX1yfDxWrvTF1q2bKSu+uro4obNXd0rCrir7&#10;9u3aCWogXt3o6+nBxc2dMnxaXFiI32bMwMDBQ2BnZ4fCwkIEBj7BhTN0R8vGpLikBGcYQlP79PsO&#10;5mam9epDT1cXXj170RaRAirDXr/r2wulpWU4e+oUKoRCXD5/FpfPn4WmlhYsrW3QREsLbDYbhYWF&#10;iAwLpWU8bNGmLexsbQBUOqKWlpTgWUgwnoUEg8Viwa6ZE3T19MDn81FWVo74V7G0dSV4Skro+E3l&#10;yJlbc1eanbeuXMakyVPRpWtX6OhoIzExCTdvXEcog1BhQlmZj77ffUebLquy80Ph7u5Om54MexoE&#10;7+HDYGphgeSEBBgYGcPT4yy0tZrI6UUxKCnx8MfC+UhJrszhUjO/Sm10aNcGzm7uiAyj5lTJycqq&#10;dWG3xuDBoye4d6tytHOPvx/2+PvBrKkljE1NoaqqColEgozXrxHzPJK2bYdvOoJXyxoqhQIB/DZv&#10;hN/mjTC1aAoOl4PM9HTKqOiBPbugrMzH9GlT6rUyNeHz46sUGCWlpYiMkB9OKZVK6wzvU1VTx9IV&#10;K2BZI6fBN+3bYvW6DViycD6jM1htUQZ3bt7Azz/9KBMYz6NfYI3vSlq76bNmo/UbpygdHW3MX7AA&#10;43xGUxwB71y/hr+2+WPu7LfDuRwOB1OmTq1Xrg+gMhyyNp8PJSUeRnl70+Zn05KTsG3jelp7Dpdb&#10;6WBYS5+K4s7dexTRBVSm8O7Tu2eD+unbrx+jwAi4eR2h4RFITk6mvXwF+fm0fddEVU0dU6dNg7Iy&#10;H/GJSTjwzx5KvVQqZXyw12TS9BlwdqpMFNfC0x3f/TCYZu/dG9cYQxGVVVTqnAYDgCGDfjjwEEQA&#10;ACAASURBVEDA3bv1jpZgCvF9X3r36onDBw/iZQ2fofKyMllkR2pSIu4G3MP339FDdxWNro4OVq5c&#10;AQCY8PN42pID8tDU1MC0GTMxZcLP9T5HPCUlygeLIhAKK7B3715aeUpiAlJqZJWtSbtOnTF0yNsP&#10;q8W+qwAAf65Yzpg2vLZzc+fmTfw4dgwRGF8oX+XYlKqKCtau/R9+mT4TTW1sGrx9q/Yd4L9rF7p7&#10;dWGsH9C/L3b9u1fuImBMdO3VGzt27ZJl/XydkYH5v8+jCZ3vfhhMczBs1dITU3+dRetzx19bcOIU&#10;NYLCvbkL1m/eDCs7O7m2DB45CoNHjoLPT+NpdTXzJPTp1QNz/1hc54qZFtbWmPrrLNpDtYLhIVte&#10;Tn9IMSUqk0d5uRCHDx2ilXfv3UduVlV5tG/XGq4ennD18KSUS6VS7N+/Hzo6OmjzTcPSVbt6eGKr&#10;v79s3Q8Om41uvftAVa3+S1frGRhi7h+LKQ7EbDYb836fA69efercfuDQ4ej7/UBaOVOItIaGOlYx&#10;rNZbk2auzbFw2XJaOdPLkUlk1paDQ19PFyt8fWFtb1+rDVeuXGFM8FQbQgb7xPXIz+JgbwcHezss&#10;XbGCcSE5eXZ069oZf27YJNfHpwpVNXXMXrAQLu7UNVaKCgtp03sihjDPujKduri40rID18XAYcOx&#10;bt1aaFVLdV+VQ8h/9x607Vj/9Om9vx+A7X/7M/oIEb4MvsoRDAAwMTbC7N9mwHvUcDx+EoQnj5/g&#10;xYtopKUk0xwXVVRVYW5pBXsHR3Tp2gVeXTpDXb32l0GrFh5ovv0v3HvwEDdv3kL080hkZryGoKAA&#10;UokU6poaMDQyhr2DI7y6eeHbTh0p/hdXrt4Aj8dDq/YdwGKxIJVK0aSJFubOnc3o8DbuRx+kJCfj&#10;5csYsNlsSKVSSKVS3Lx5A506doCB/tu00J07doD9/v04eeoM7t8LQGpyMvJzc8HhsGFkYoo1qypH&#10;TS5evopW7amOqwYG9BTAE37+EZ6eHjh9+gyehYUiLSUF5WWlUFZVhbGJKVq0ao2xY0ZD9CbKQCKR&#10;yI7JvEYKYxabBUfHZuC+Ge2oepBqNWDYOzEpCRKJhHLuWCwWfviB/kKtC1UVFQwfOQoAZNkaq/rM&#10;zcmBvZ0t9uzehachoXj06BEiIyKQnpaG3OxslBQXg8VmQVVNDfoGhrCysUGHb75Bd6+ulGF8C3Mz&#10;bFy/FtETJuDho8cICQlGSlISsjIzUCQQQCyWgK+iDF09PRibmKFV69bo3asHzccGqExDvnHjOpzt&#10;0gXXr11FfNwr5GRlQSqRQktHBxaWlvDq1g3Dhw7B0eMn0bJde9n1wmKxoFnDma8KYyND/DC8Mivk&#10;84gIvE5Lg7C8HGoa6jCzaIpOnb/FsKGDIZVKcevmTVRUVMjOk7WNLa0/M3Nz2e8DVL6MjYxrf+G2&#10;9HTHP//+iyNHj+Ph/XtITUlGcWEReEo8GBgawdHJGQMGNjyTrbWNNQQ1bTGqfz6ZLp07YtHylfjv&#10;/DlKefX1ZmoyoH9fuDV3wYmTp/D40SOkpSSjSFAInhIPJmbm8GjREkMGD4KrixPS0tIp94OysgrN&#10;V0tHR1t2r1a1s63lI0JJiYcZ0yZj6JBBeBIYhMDAQLyKjUVmxmvk5+aiQlgBLo+LJtraMDA0grOL&#10;C7p161brYngdO7SDp4cbAu49xO1btxDzIhoZr1+jsKAALDYL6hqaMDI2hmMzJ3Tr3g2dO3Yg/hdf&#10;OCypojKlfAFUOXTmFxSgvLwcYrEEPB4P6mpqMDDQf69FoEpLy5CdkyNzluLz+dDV1ZG7OmtpaRkt&#10;n0V9bsaaX01VXzbyEu6IxWKkv85AcXExWGw29HR0KOmAa/ZXlw0FAgFycnIhFFZASYkHfT09ik9J&#10;fftr6H6rIxRWgMNhU5JGKeJBVtMmqVQKiVRKm4vOzctHgUAg+3Ln8/nQ0damnIe6KC4pQW5uHkrL&#10;yiCVVF6HmpoalauiNoDXGRkQFBZBKpFATU0NJsZGsnPB9IVdn/OUX1CAnJxciEQi8Pl8GBsZUa7V&#10;D/EbV92rZWVl4HC40NZuUuciXLXxPra8bx81j0VfX1eWKZOp7/qez4bYAFQ+C7Kys1FUVAKxWAQ2&#10;hwM1VVXo6+vV6m8hj+KSEuTk5KLszbSJsrIy9PR0yXTIVwQRGAQCgUAgEBQOGZ8iEAgEAoGgcIjA&#10;IBAIBAKBoHCIwCAQCAQCgaBwiMAgEAgEAoGgcIjAIBAIBAKBoHCIwCAQCAQCgaBwiMAgEAgEAoGg&#10;cIjAIBAIBAKBoHC+2lThhC+H+IREBAY9RVlZGRwdHWQLwREIBALh40EEBuGz5satO/hjPnVRuPFT&#10;pmH2bzMY12whEAgEwoeBpAonfLYUl5Rg1EhvRISG0OoOHj+BNq3ISAaBQCB8LMgIhoIIDArGufP/&#10;gfOOi2pJpFJoampiyqSJUFGpfelzQiVFhUVIjHvFWJee/pqxnFDJ3v2HEPvyZZ2jPFJUrt5pZGSI&#10;H8eM/kDWEQiELwEiMBRE7Ks4HN77z3v1oWdgiAk/jyMCo55oaWnBrUVL3Lt1k1KupqEBF2enj2TV&#10;50HA3Tu4fe1qg7Z5HvkcADB8xHC08HBrDLMIBMIXBIkiURDcd1jOuCbqmhqUJcYJtcPnK2HOnDlo&#10;1b6DrMzcygpLVvrC1sbqI1r26cPnN1zEnj52BKePHcGYkSOwze9vxuXBCQQCoQoygvEJUSQoBHGJ&#10;aRjOTo7YucMf0TGxqKioQFMLc5gYG31ss75oykpLsfHPNSgrK8esX6d/bHMIBMInChEYjYiGpia6&#10;9eoDDpcD1KEbJFIJtLS0wOWRn6ShqKuro6Wn+8c247PH2t4eNrZ2lDKxRILc7GyEhzyFREwdsfDb&#10;vBGenh7o0rnjhzSTQCB8JpC3WSNiZGKKP9f4gt1Ax8/ikhLcvhPwZgi6cspEKpVAX18f7dq0Ytym&#10;pLQUd+7eg0gkerONFEKhEB7ubrC2sqS0zcsvwKu4eLx8GYvU1FQUFgoAAGpq6jAzN8PIYUPqtDEk&#10;NBzJKSlgsdioUk9tWreCgb4eMrOy8TQ4BNHR0cjNzYOSkhIsLS3RsoUnmjna0/rKyMxCcEgYoqOj&#10;kZeXBw6HA2NjYzRv7gpPdzcoKfHk2hEXn4CIyOdv7Kg8T8bGxmjVwoPS7mlIGFJTU6vZy0LbNq2g&#10;r6eL/IIChIY9Q2RkJLIyswAAevr6cHFxhqe7GzQ1Neo8H7RjyshEeEQkXryIQXZ2NqRvBKStrS1c&#10;XZxh2dSi1u1TUtMQEhr25i8WpFIJrCwt4epS6VsSGRWNsLBwvIp9BdfmzTGgf98G21iTbj16Ye7s&#10;X2nlpaVliHgehRGDfqDVHTp4EJ07dpBd468zMhAYFEyx29zMDB7uzQEAMS9jERoWjpcvX8LGxhbD&#10;hw6Sa09UdAwin0chISEeAkEh2Gw2dHV1YWdnBxfnZjAzNWnQ8ZWUliL8WSQiI58jLTUVFSIRNDU1&#10;YGtrhxae7jA3MwUAXL95B6WlJai6j1RUVNHpm/aU6zAxKRlh4c8qj7LatWdjYw3nZo4AgIjIKISF&#10;P8OrV7Hw9GyBfn160myKi0/Aq7h4xMXFIzs7C2Vl5VDi8aCjqwMbG9t6HWdScsobW94+K6rsKCsr&#10;R3BoGMLDn+H169eAVApDIyO4NXeFp4c7lJX5lL5KS8sQGv4MERERSEtLh1gshra2NhwdHdGyhQf0&#10;9XQbdM4JXzdEYDQiUkhRXFwCDQ31Bm3H4/IQ/DQYe3ftoJYrKeGfAwfRtnVL2jbb/XbAf8smSpm1&#10;vT1279kj+zv6xUucOn0a9wMC8CIyQu7+y8vKAQAjhg2hPYCqOHLkKE4eOUQp273/AK7fvIV/d+9C&#10;XEwMbRsVVVX0/2Ewpk+bAkNDAxSXlGDvvoM4ffI44l++ZNxPx65emDx5Mlq19GSsvxtwHysX/0Ep&#10;691/AE1gHDp0CGePH6OU7Tt8BAH3H2DPzp2IjnjG2H9zzxb4ecIEAECfXj0Y21QnMysb+/YfxOWL&#10;/yEhNpaxjZ6BIbr37oMfx/rQxF8VQU9DMHv6VErZL9NnQFtbC+s3bMTVC/+hvKwMADDqx3EKERgi&#10;UQVjuYqKMu18VvH4/n0kJafIBFPk82j8OmUypc3IseNgYmyEjZu34OLZsygpLgIAfPfDYEaBcSfg&#10;Po4cPoyAWzdRVlrKuF8Tcwt49egJn9GjYGXZtM5jO3XmHI4cPozgx48Y6w1NTDFs5Ch4jxqBP1f7&#10;Uq5HA2NjXLl6lSIwHj56gj/mzqb1M332XGioq2PtuvW4dvECRBWV55QzkSMTGEXFxbh2/RYuXbqI&#10;kKBA5GVny7XbxNwCPXr3wc8/jYWRoSFjm0dPArFg1m+Usim/zkJZWTk2btiIRwF3GLdr3/lbTJ4y&#10;RfY8uXz1Bvb++w8CH9xnbG9tbw+fsePgPXKYXHsJhOoQgfEJoqTEw+xZvyIxMYHi6V8hFGLVypXY&#10;tXsXDPT1ZOWXrlzHjm1bKH1oamnhz/+tlX2VXb1+E7NnzJA93GvDd8kiAEB4WBhWrFgKdTU1Whsu&#10;jzqqwFdWxra//pL7AAeA0pISHD2wD69exWL+gvnYvXsPLp45XastATdvIDQoEJu2bUfnjh1o9Uxh&#10;ljyGEQ9eDXuVVVTg5+eHh3eZH75VhAc/xYxJvwAAMpetwFifUXLbBgYFY9nSpXLFShXZmRk4vPcf&#10;3Lh6GYuWLkfvnt1obZiOKyYmBpMnTcbz8DBKOY+nVOv+GpOS4iLExSfIBAaT3akpyZg8eQrCngZR&#10;ypWUqHaXlwuxcfMW7PnbjzYdU5O05CTs370TVy9dxLyFf+C7vr0Y2xUVF2P16v/h6IF9tfaXkZaK&#10;Lev+h+io57Q6VYbrX154b9TzSFy5dJEm4Kt+I6GwAosWLcX5UydqtaeKtOQk/LvDH48e3Mf/1q2F&#10;k6MDrQ2XwZZ7d+/g6MEDyM7MkNv3gzu38SwkGBu2/oXY2Fj8uWJ5rbbExcRg6YJ5yMzMwG8zie8N&#10;oW5IFEkjwmKxoaam+k7bqqgoY8GC+TBrakkpfx4eho2bNsv+jotPwJ+rfGkP5Nnz5suGpQHAysoS&#10;/AaGv54/dQJbtm6vV9vysrJaxUV1gh4+wDgfnzrFRRWFAgFWLl+GjDfTF4qgrLS0TnFRhVQqhVQq&#10;xZoVy6oN/1MJDY/AzOnT6xQX1clMT8fsGdNwJ4D5i7EmNy9fookLAJB+5GgOgaCw1vo716/RxAVQ&#10;6XdUhVgsxspVa7Br+7Y6xUV1MtJSMXvGNJz77yKtTiwWw3fVmjrFRXWuXvhP7mhafbh28QLj6KD0&#10;zbEqKfFgZm7e4H6jI55hyeIlKBAI6tU+7GlQreKiikKBADMmT65TXFRn+6aNuH7zdr3bE75eyAhG&#10;I1KQn4c9/+6HEl8JqCU6RCyWwNXVheaoaG1liXkL/8D0SRMoD93jBw/Aw9MTA7//DqtXr0FKYgJl&#10;u5Fjx2Hk8KGUMjsba4wc7YNtGzdU/u3YDM6uzdHU0hKqqqrIzs5GaEgwbXj08L5/8cPAAXB0oDr/&#10;1YWLuwfU1NWRmpxMsw8ACvLyKH/bOjpCV08febm5iHkeSWsf//IlLl663GjJnmwdHaGjq4fioiJE&#10;hoUythFVVODQ4cO06RqBoBArly9HRloqpdzA2BgDBw+Bu7s7eDweXryIwX/nziLqWbisTXlZGdb4&#10;+sLpwP4Gz28rq6iAr6xceX19RPh85mk0efCUlKCmrgHlaqGyh4+eYMwjw+aw0aFzF1g0bQqhUIio&#10;yEha5laxSATfZUvh6OgAe1sbWfnJM+dw/OABRhtc3D3g4NgMqmpqyMzIwNMnj+v1Qm4ost+o2mjN&#10;aO+ROH/mNFISE8BTUkKrdu1hZ+8AIyNDiMViJMQn4O7tm8hMT6f0FfLkMf67cBmjRgytuZtasba3&#10;h76BIQry8xkFcM1RTX0jIzS1soZIJEJEaIhsmqc6R48eRddvOzXYv4zwdUEERiOSmZ6ONcuX1qvt&#10;hKnTGSMhevXwwoQp0+C/ZTOlfPuWLQh8/AS3rl6hlLds1x6/yQkdHDJ4EMLDwtCrdx908/oWujo6&#10;lPryciH8d+zC1vVrZWWlJSW4G3Cv3gLD0cUVc37/HS083KCuro7UtHTs+Wcv9u78m7G9hqYm5i5c&#10;hG5eXaCvp4vcvHxcvnoNq5Yuoc2/BwYGYszoUQp9qJmYW2DW3Lno0L4t9HR1UVhYhCdBT7Fq5Qok&#10;vqJnCX0YEIDMrGzKFNXps+cRGhRIaefo4op169dTztu3nb7BkEED8ceixbh64T9Z+cvoKJw6fRYT&#10;x4+rl81uLVpipLc3nJo1A4/Hg4Y6fQj/Q8HmsGXTcHVh7+QM7zFj4NbcFcp8PlRVK0f3MrOysZvh&#10;+rC2t8fCRYspU2OFhUU4evwk1q9ZhQqhUFaek5WFf/75F6t9VwCodJQ+uI8+cqGhqYk5Cxaif78+&#10;UFd/6xsVn5CILVv+qvfURV20aNsOw0eMRDNHB3C5XIofloG+Hkb5+CAqKgpjxvjAzdWFtn1M7CvM&#10;/30ebeTnXsBdjBg2uF73gKqaOmbPn49ePXvAQF8P+QUFuHb9FlYsXiR3qtTn5/HwGe0NczNTCIUV&#10;CI+IhO+KFbSRs6CHD5Call7v357wdUIExicCr5bw1CmTfkF0VBTFHyMlMYE2MqBnYIjFSxZDq0kT&#10;xn7MTE3wt7+f3KgMPl8JM6ZNpggMAIiTk467JhqamvBdvYrywDQ1Mca832cjMuIZgh4+oG3z6+/z&#10;MGLYYNnfOtpaGDlsCBLiE7DHnzo9Ex8bi5KSEsqL4X3gKyvDd80adOzQ7u0xaKjDq0tnlJWVYebk&#10;SbS8JDlZmUhITJQJDKGwAlcuX6K04XC5WLBwIaMo09HRxvLlS/E8IoLy+926eQNjfbzBr2M0ol2n&#10;zti8aSN0dLQberh1wuHIvwblTYM4ubrB2tqyzr7dW7bClq1bGHOU3L5zF8nx8ZQyNQ0N+K5eQ3Mu&#10;1dBQx8/jxqCkpBhb1lGv06sXL2DypF9gbmZaGS3CMBI1b9ESDBtCj4axsmwKX9/lyMvLpWWGbSid&#10;vLpj48Z1aKKpKbfNmNHetUZH2dvaYMq0aZj441jKNRjzIrrejuPTfvsNPt4jZX9rNWmCIYMGIDEx&#10;gfbBAgB9BgzE4j8WyP5WUeGgTasWmDVnDsaP9aGMohYKBIhPSCQCg1ArRGB8IlRUiOTWqagoY+HC&#10;BYiNiWGcbqji94V/MDqBVafqoVZSWors7ByUlpZCJBLL6pm+jAry8+uwvpKOXb0Yv8Z4XC7ate9A&#10;ExjmVlbo368PY1+dO3fCP3/7UR6u+fl5KCktU5jA6NTViyIuKHXfdICZpSXtxSeVSpGfXyD7OzUt&#10;DRGh1BeZqYUFVFRUEPk8mrFvDocDRydnym8ZFfEM6a9f1xq+yuawMWny5EYRFwDwIjoaBw4dhVj8&#10;9nqQSMRISU7B0xojNFUMHDQYqioqtfbLYrHw0/gJchOghYeH08p69OkrN3IFAEaOGIYTR48iLTlJ&#10;VlaQl4fwZxEwNzNFdPQL2jYu7h4Y0L+f3D5VVVQwaPDg9xIYXB4PU6dNqVVcAKCIi6zsHAgEApQL&#10;hZBK3lzvrMprja+sTBnJy8vJQVFxcZ0CQ9/ICAO+789Y17FjR+zYtpUiGFgsFvr3/56xfauWnrCx&#10;c8DL6ChKeX49nwuErxciMBoRVTV1dOrqBTan9uHMCqEQtna2tbaxsmyKhYsXY+6vM1HI4Oj1y/QZ&#10;GPi9/IdnFQ8ePsaFi5cQ/TwSmRmvUZCXD6GwXFbPlKq8rKwcYrG4zoWxbGzkH4Oenh6tzMbWTu5o&#10;i66ODpT4fFkoJgBIxGLKy+99cXBsJreOz+fDyNiEJjAAvMk1UklKahptuDk1KQkjh1bmEmHKzMp0&#10;jkuKipCRmVWrwLCytUNzV2e59e/L3RvXcPfGtXq3/7Z7DwweNKDOdnqGhnJXthWLxUhPS6OVOznV&#10;fpx6urpwcnGlCAwASHvjt1CV26U6tnb2dY4QWVtbgaekRJl+aQj2zZzg5OhYZ7uc3FycO38B9wIC&#10;kJKchJysbJSWFMuu76prpKYdYrEY5eXltP5qYmPnAB1tLcY6PV0d8PnKKC0pkZWpqKrBRk56fb6S&#10;EgyNjWkCo4LBN4NAqA4RGI2Iqbk5tmzeoDCfAa8unWHj4IjQwCe0Og8P+V97QKV/xYZNW7DHf3uj&#10;pSNXVZX/JcsYTsqTP0TMYjG/iBWJhob8BFq1naPqdpWX019EYpEIDZVBUqm0zheHkbEJVJQ/jYXw&#10;OnfrjhUrlkNNte4oKSNjE6jIGeUQiyWMx12f6CumkayqHC5Vya+qI6yoWzRUVIje6/4wMjGRmzum&#10;ivCISCxZtBjPQpgjkhSBurq63A8CDocDdo06Lo8LXgPXUyLrJhHqggiMRuRdE23JY/PW7YziAgDW&#10;/fknHOzt5Gb923fgIHb7baOVG5uZwdDIuPKNjsopkvqGm9aktucy00P7S1h2hUlU8ZWV4dTcrfKY&#10;63mQbA6H5nRbEx6P91Ef6pa2lSNUAwcNxpjRo+o9VcVTUpJrN5fLYRQf9QnHzM3NpZVVCROmEbNn&#10;YaHIzcuX+2UPACEhoYxRE/WFx5UvmgEgOycHC+bNZ4zmcHB2gYqqKiCVgsVmQ1hejqiI8AaF7dYH&#10;eVckWbyOoGiIwPhMuHTlOvy2bJRb/zI6CqtWrcamjRtozmP5BQU4epiadZPD5WLab7Pxff9+0NPV&#10;lb0A2Gw2nOzp6bwJzFiYm6GJtjYl7FZJSQm+vith2bSp3Ic2h8sBj8tFWVk5pFIpWCxWrU5/QO2j&#10;KopA38gIJqZmFJulUil4SkrQ0tbGyje5EgwN9BvUb212s9lsmFvQp4VCgoOBcWPlbpeUnIJnYSG0&#10;cvM3OSaau7qAy+NRxEJyfDz8/96BBfPmMvYZF5+AI4eYw1rri7SORYeuXL1BExfObu74fd48NGvm&#10;KBuhYrFYSE1Lw8D+/VFcWHueEQLhU4UIjEaEBVaDcwQwEfsqHmt8V9K+ZGo+QK9e+A/+zZph+lRq&#10;quak5BQkJyRQylw9PDF18sT3tu1rx9jIEB4tW1EifAoFAuzdux++K5fJ3a68XIik9BRYmJt9CDPr&#10;RZ/vvsfs32ZCLKk2wSOVgsdTqtN34X3w8PBEzYDSG5cv4cKlK+jbm75+BwDs2v0PLcW2sZkZmr9x&#10;MnZ0sEPHLl1pYdx7/P1QWFiIESOGw9LCAnw+H7l5eXgSGAT/bdvw6gXdOVSRxMTQ+x8+chTat2tD&#10;K+dyuZAo0OeIQPjQEIHRiAgrhHgR8xLK9cygKZVKYaCvR3F8LCoqwvLly5GalEhpO+rHcXB2dsaC&#10;2bMo5X9tXI9mzZqhu1eXt3YIK2SZBKsoKS5GcUkJbQ79OYP3PUE+HA4H/b7rTxEYAHD0wD6IRCKM&#10;GzcWDvZvw1XFYjGeRUZhx44diAwPx1/bt8sWMPvYcDgcqDQw26si6NSxPZq5NqckIBOLRPjj97nI&#10;zy9Azx5e0NOtTEKWkJiEffsP4NC/e2j99O3/vSx8mMPh4Keff0bArZu0KY/jBw/gzPFjsG/mBCU+&#10;HznZWUiKi2vEI3xL9YitKgrljFAcPXac4ojZ2BCfCoKiIQKjEUmKi4PPyBFg1cPJUyqRQCKVYuWa&#10;P/Fd396y8k1btuHBnduUts5u7pgxbSp0dLQRGhKKYwf3y+okYglW+66ErY21bBEoczNT6OobIOv1&#10;a1m7mOeRWL7cF97eo6Crq4PikhIEBQVj1w7/9zzqr48+vXrgat9+lORZAHDyyCFcvfgf3Fq0hJ6e&#10;PiRSCV6npyPsaZAsOmbunDnYtHkTRYR8PD6OU0wTTU1MnjoV0yZOoJQXCgRYMv93HNjbDEYmJhCJ&#10;RIiNeUG5jquwtreHz2hvSlnb1i0xZ8EfWL1sCa19hVAoN2NrY2LOkCb8n107oKXVBK1atgCPx0Nm&#10;VhZOnz7LmNm0MWnsKTjC1wcRGI2IVCplDCmtjYpqIZAnTp3FvzVe+Cqqqvhj0SJZLoSZM6cjPCyU&#10;Mq+bFBcHX99V2LplM1RUlGFooI9efb/D/t07KX2dPHIIZ04cg4m5OQT5+bT03YT6oaTEw4IF85GV&#10;lYWQJ48pdYUCQa15FV5GPcfateuw7a+tjToN8anTu2d3/Pr7PGz8cw2t7mV0FC1Esjq6+vpYvtKX&#10;Mc/GTz/6QEVFGZvXr0NOVu1r2XB5PHTv3Re3r1+ljBwo8su+Z49u2OXvh/zcHFlZ1uvXWDB7FnT1&#10;9aGiqlZrrhsC4XOCJJJXEHU5dzWUsGcRWLNyBa3817m/U9bCMNDXw/yFC2mrm96+dhV/bfeT/f3L&#10;xPFo27ETrT+xSITk+HiZuOAwhKrVnF55U8hQJP8cMJ0fCVO/1W2rMf8sZvCmZ+qX0Q6mojq+2OQ5&#10;aDJtZ2Zqgr+2bsGAIQ1bytrF3QPjJ0xgEBcM50uiuGus3uetof0yXRf1jE6YMmkilviuhq5+/Z1I&#10;3Vu1xra/d8iWHGdi5PChOHT0KH6c+AvsGHKfaGhqokuPnti9bz/GjB2D8vIySr2amjo4XGpYp9z7&#10;vY5zaGXZFPMXLQJPiS4mc7KyKOLCvWUrtGzXntKGySeD6ZzXdW/V7Keu/DJM9wIZ8SDUBRnBUBAs&#10;VH7lvM/XjlQqhRJPCQUCAVYsX4H83BxZf1KpFAOHDsdYH2/adh3atcG032Zh87r/vc0ECODvrVvQ&#10;rJkT+vXpCUMDfWzZvAk7d/+Dyxf/Y0wg5dTcDRMnTcLMyZMoNrHZ9Hh6Fpt6vJXt5B87+01egurt&#10;OXVMHXG5XFQIhWCxWJBKpeAyiB+mfpnyjjDZW9dvVZVHoHq7yu2Y7TY0NMC6tWvQs1dPnD1zFsFB&#10;T2gLVlX15+zmju49e2L4sCFywlPp9nLqSNjWEJjOm7zjaggsFot2vmrmXKiN0aOGVtqw+gAAA9lJ&#10;REFUo13bNjh2/Dju3r6F2Gh6NlQOlwtXD0/06t0HgwcNkJusrTo21lZYOP935E6cgISkJGRn56C8&#10;XIgmTTRhbGwEOxtrAMDxk2doztT6BgZQruGsXXW/Vx1z1bHW5xwOGvg99PT0sPffvXhw9zbNR0RD&#10;UxPd+/TF9GlTsXHTZgS92Ye8e6Bq/w29t6q2kddvdWreC9I3obQEQm2wpESGKoSc3Fwkp6TV+pKt&#10;C6lUCgtzc7DZLMS+iqesTyKRSGFt2RSamszJoYTCCryIeUn5shKJRNDU0IRtjQx9aemvEfMyFmnp&#10;6SgvK4OamhrMzc3h1MwBTTQ1ER7xdjVTiUQKDXU12FhT+0hKTkFubp4sS6lYJIaJsREMDQ0Y7cvO&#10;yUFKarrs/EgkUmhqqMPaypKxfUlpKeLiEiCWiN8+BDlc2NpYU772s7JzkJqaJrNDIpZAS6sJLSNm&#10;YlIy8vLyKe2MjY3khlxKJBLExsWjpKSU8ptKpVKYm5nVmkuh+j4Tk5Lx+vVrFBeXgMPlQEdbB2Zm&#10;prC1tqw1j0Rubh6SU1NlD3R5v8O7Ep+QiAJBoezYxCIx9PX15OZRqS8FAgESk5Jlf0skUqiqqsDW&#10;2qrBCeeyc3IQF5+AlJRUFBQIwOGwoaOji6YW5rCztakzoVUVScn1j9aZNHkqrl28QCkb98skWmhr&#10;1f0OoN7XdE0kEgmeR71AfEICcnJywWazoKurCztbG9i/yewbF58AQWER2GzWG+HAgY21FcUZt+az&#10;py47SkvL8CounnZv2VhbMZ5TiUSCuPhEFBUXU/ZhbmZSZ+4WwtcNERgEAuGLJTUtHWN8fODRoiVG&#10;jhiB5q7OjBkui4qLsWPnbmzfRM8147/nX3Tr2vlDmEsgfFGQKRICgfDFsv/AQSTExiIhNhbnTp5A&#10;y7bt4OTsjKZNLaGpqYHyciESExPw6OFDxiy5Ldq2Q7u2rT6C5QTC5w8ZwSAQCF8kIaHh8B4+jLJg&#10;XkPgKSlh9959jEmwCARC3RAvHQKB8EWSk5sHTa26fWWYaKKtjT83bCTigkB4D8gIBoFA+GJJTErG&#10;iZOncfvmDUqmUHloaGrCq2dvjB07Bi7O9JBWAoFQf4jAIBAIXzwFAgFiYmIR9eIFEuLjkZOTg5KS&#10;EkAqhaqaGvT09OHg6AB3t+awt7X52OYSCF8ERGAQCAQCgUBQOMQHg0AgEAgEgsIhAoNAIBAIBILC&#10;IQKDQCAQCASCwiECg0AgEAgEgsIhAoNAIBAIBILCIQKDQCAQCASCwiECg0AgEAgEgsIhAoNAIBAI&#10;BILCIQKDQCAQCASCwvk/5X072gp90HEAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAI/CY+HgAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyofxAFQpyqqoBThUSLVPXmxtsk&#10;amxHsZukb8/2BLfdndHsN/lici0bsI9N8BrkTABDXwbb+ErDz/bj4QVYTMZb0waPGi4YYVHc3uQm&#10;s2H03zhsUsUoxMfMaKhT6jLOY1mjM3EWOvSkHUPvTKK1r7jtzUjhruVKiDl3pvH0oTYdrmosT5uz&#10;0/A5mnH5KN+H9em4uuy3T1+7tUSt7++m5RuwhFP6M8MVn9ChIKZDOHsbWatBKUlOus+pwVVXQipg&#10;B5qkeH0GXuT8f4fiFwAA//8DAFBLAwQUAAYACAAAACEANydHYcwAAAApAgAAGQAAAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHO8kcFqAjEQhu9C3yHMvZvdFYqIWS8ieBX7AEMymw1uJiGJpb69gVKo&#10;IPXmcWb4v/+D2Wy//Sy+KGUXWEHXtCCIdTCOrYLP0/59BSIXZINzYFJwpQzb4W2xOdKMpYby5GIW&#10;lcJZwVRKXEuZ9UQecxMicb2MIXksdUxWRtRntCT7tv2Q6S8DhjumOBgF6WCWIE7XWJufs8M4Ok27&#10;oC+euDyokM7X7grEZKko8GQc/iyXTWQL8rFD/xqH/j+H7jUO3a+DvHvwcAMAAP//AwBQSwECLQAU&#10;AAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDAU4CjXhcAANmkAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItAAoAAAAAAAAAIQAQXiuDWR4AAFkeAAAUAAAAAAAAAAAAAAAAAMQZAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQBu+EbCnh4AAJ4eAAAUAAAAAAAAAAAAAAAAAE84&#10;AABkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItAAoAAAAAAAAAIQANoYavWkcAAFpHAAAUAAAAAAAA&#10;AAAAAAAAAB9XAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ1BLAQItABQABgAIAAAAIQCPwmPh4AAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAKueAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEANydHYcwA&#10;AAApAgAAGQAAAAAAAAAAAAAAAAC4nwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAA&#10;CAAIAAACAAC7oAAAAAA=&#10;">
+                <v:shape id="Graphic 4" o:spid="_x0000_s1027" style="position:absolute;left:16327;top:8126;width:58547;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5854700,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPoUk8wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdROVItFVVCoI4qFR74/sSzaYfRuyW5P++26h4HGYmW+Y9XawjXhS52vHCtJpAoK4&#10;cLrmSsHtenxfgvABWWPjmBT8kIftZvS2xky7nr/omYdKRAj7DBWYENpMSl8YsuinriWOXuk6iyHK&#10;rpK6wz7CbSNnSfIhLdYcFwy2dDBUPPJvq6D8nKXlOb+czkbme10t0vu8Pyo1GQ+7FYhAQ3iF/9sn&#10;rWABf1fiDZCbXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDPoUk8wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l5854077,e" filled="f" strokecolor="#231f20" strokeweight="1pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 5" o:spid="_x0000_s1028" style="position:absolute;left:23463;top:12648;width:37802;height:26619;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3780154,2661920" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBCtcbRvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0f+B/CHexFNJ1M0WoUJwwG64vV7fmS3LXF5iY0Ueu/XwRhj4fzvdr0thUX6kLjWMHrOANBrJ1p&#10;uFJwPHyM5iBCRDbYOiYFNwqwWQ+eVpgbd+U9XcpYiRTCIUcFdYw+lzLomiyGsfPEift1ncWYYFdJ&#10;0+E1hdtWTrJsJi02nBpq9LSrSZ/Ks00ziu+v8vTm/XD3boqF1rr6uRVKvTz32yWISH38Fz/cn0bB&#10;FO5Xkh/k+g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBCtcbRvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m110744,238506r-1524,-5842l100076,227330r-5842,1651l91567,233426,64897,279146,64897,,45847,r,279146l19177,233426r-2667,-4445l10668,227330r-9144,5334l,238506r55372,94869l66408,314452r44336,-75946xem1024394,1761756r-8890,-16891l471792,2026564r28346,-44717l502932,1977402r-1244,-5715l501853,1971687r-9081,-5715l486803,1967242r-2794,4445l428129,2059952r109601,5588l542175,2061476r102,-1524l542531,2056396r279,-5461l538746,2046490r-58166,-2921l1024394,1761756xem1315986,1392428r-1524,-5842l1305318,1381252r-5842,1524l1270139,1433068r,-280543l1251089,1152525r,280543l1221752,1382776r-5842,-1524l1206766,1386586r-1524,5842l1260614,1487297r11037,-18923l1315986,1392428xem2592971,871093r-1524,-5842l2582303,859917r-5842,1524l2547124,911745r,-218960l2528074,692785r,218960l2498737,861441r-5842,-1524l2483751,865251r-1524,5842l2537599,965962r11037,-18923l2592971,871093xem2611386,1960130r-1524,-5842l2600718,1948954r-5842,1524l2565539,2000770r,-218948l2546489,1781822r,218948l2517152,1950478r-5842,-1524l2502166,1954288r-1524,5842l2556014,2055012r11037,-18936l2611386,1960130xem3779786,2566555r-1524,-5842l3769118,2555379r-5842,1524l3733939,2607195r,-280543l3714889,2326652r,280543l3685552,2556903r-5842,-1524l3670566,2560713r-1524,5842l3724414,2661424r11037,-18923l3779786,2566555xe" fillcolor="#231f20" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 6" o:spid="_x0000_s1029" style="position:absolute;left:34507;top:22344;width:20638;height:2356;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2063750,235585" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCIvO2YwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvutGKlugqrSh4jcZDb8/saxKafRt2txr99a4g9DjMzDfMct2ZRlzI+dqygvEoAUFc&#10;WF1zqSA/7oYfIHxA1thYJgU38rBe9d6WmGp75Ywuh1CKCGGfooIqhDaV0hcVGfQj2xJH78c6gyFK&#10;V0rt8BrhppGTJJlJgzXHhQpb2lRU/B7+jIIim5+a92x7/kLauumd8mz8nSs16HefCxCBuvAffrX3&#10;WsEMnlfiDZCrBwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCIvO2YwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m2063750,l,,,235584r2063750,l2063750,xe" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 7" o:spid="_x0000_s1030" style="position:absolute;left:20804;top:10184;width:34868;height:2908;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3486785,290830" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBl79KqwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fa8Iw&#10;FMXfB/sO4Q58EU110Gk1yhgbTBmMVcHXS3Nty5qbmsTafXsjCHs8nD8/znLdm0Z05HxtWcFknIAg&#10;LqyuuVSw332MZiB8QNbYWCYFf+RhvXp8WGKm7YV/qMtDKeII+wwVVCG0mZS+qMigH9uWOHpH6wyG&#10;KF0ptcNLHDeNnCZJKg3WHAkVtvRWUfGbn03kpt/H6WE+3Mj3edo9+6+0ObmtUoOn/nUBIlAf/sP3&#10;9qdW8AK3K/EGyNUVAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZe/SqsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m3486162,l,,,290829r3486162,l3486162,xe" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 8" o:spid="_x0000_s1031" style="position:absolute;left:20855;top:15962;width:6324;height:3461;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="632460,346075" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBTrz2/uwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7CsIw&#10;FN0F/yFcwU1THXxUo4ggOAk+FrdLc22qzU1pYlv/3gyC4+G819vOlqKh2heOFUzGCQjizOmCcwW3&#10;62G0AOEDssbSMSn4kIftpt9bY6pdy2dqLiEXMYR9igpMCFUqpc8MWfRjVxFH7uFqiyHCOpe6xjaG&#10;21JOk2QmLRYcGwxWtDeUvS5vq4CNe56a9nm4yx0uT356w/n+pdRw0O1WIAJ14S/+uY9aQdwar8Qb&#10;IDdfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAAAAAA&#10;AAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFOvPb+7AAAA2gAAAA8AAAAAAAAAAAAA&#10;AAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADvAgAAAAA=&#10;" path="m,172974l24854,105656,54013,76274,92630,50673,139433,29548,193149,13596,252505,3515,316230,r63724,3515l439310,13596r53716,15952l539829,50673r38617,25601l607605,105656r24855,67318l626034,207868r-47588,61901l539829,295386r-46803,21133l439310,332476r-59356,10083l316230,346075r-63725,-3516l193149,332476,139433,316519,92630,295386,54013,269769,24854,240365,,172974xe" filled="f" strokecolor="#231f20">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 9" o:spid="_x0000_s1032" style="position:absolute;left:19293;top:19010;width:2838;height:3131;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="283845,313055" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/w9GUwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8IS9rakeFq1GcQVRPAhqEff2bN62ZZuX2kSt/nojCB6HmfmGGU0aU4oL1a6wrKDbiUAQ&#10;p1YXnClIdvOvPgjnkTWWlknBjRxMxq2PEcbaXnlDl63PRICwi1FB7n0VS+nSnAy6jq2Ig/dna4M+&#10;yDqTusZrgJtS9qLoWxosOCzkWNEsp/R/ezaBUv2W61k2vS/WK9z/uP3xkJyOSn22m+kQhKfGv8Ov&#10;9lIrGMDzSrgBcvwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv8PRlMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m27431,201676r-4953,3302l21335,210185,,312547r24294,-7747l19684,304800,5587,292100,29148,265985,40004,213995r1143,-5080l37845,203835r-5207,-1016l27431,201676xem29148,265985l5587,292100r14097,12700l23698,300355r-1728,l9778,289433r15505,-4942l29148,265985xem98805,260985r-4953,1651l43172,278789,19684,304800r4610,l104647,279146r2667,-5334l105790,268732r-1651,-4953l98805,260985xem25283,284491l9778,289433r12192,10922l25283,284491xem43172,278789r-17889,5702l21970,300355r1728,l43172,278789xem269113,l29148,265985r-3865,18506l43172,278789,283337,12827,269113,xe" fillcolor="#231f20" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 10" o:spid="_x0000_s1033" style="position:absolute;left:45887;top:16483;width:5975;height:3111;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="597535,311150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBp+RtSxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGaE3u7GtRWK3pRYE7UFom4PHITvNBrOzYXdN4r93DoK3Gd6b977Z7CbfqYFiagMbeJgX&#10;oIjrYFtuDFSX1/snUCkjW+wCk4EfSrDb3t5ssLRh5BMN59woCeFUogGXc19qnWpHHtM89MSiXUP0&#10;mGWNjbYRRwn3nV4UxVp7bFkaHPZ0cFR/nb+9gc/FcV8tx8fr8f3lYzWsGherw2TM7G7aP4PKNOV/&#10;89/1mxV8oZdfZAC9/QUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBp+RtSxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,51816l4077,31664,15192,15192,31664,4077,51816,,545719,r20151,4077l582342,15192r11115,16472l597535,51816r,207518l593457,279485r-11115,16472l565870,307072r-20151,4078l51816,311150,31664,307072,15192,295957,4077,279485,,259334,,51816xe" filled="f" strokecolor="#231f20">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 11" o:spid="_x0000_s1034" style="position:absolute;left:48298;top:13105;width:1111;height:3334;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="111125,333375" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA7X1dYuwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4CKaVrRINYoIgptoHRyP5myLzaU0UevbG0Fwu4/v91abztTiSa2rLCuIJxEI4tzqigsF&#10;l2w/XoBwHlljbZkUvMnBZt3vrTDV9sUnep59IUIIuxQVlN43qZQuL8mgm9iGOHA32xr0AbaF1C2+&#10;Qrip5TSKEmmw4tBQYkO7kvL7+WEUoEtmtT9e5yyzjPh2oniUj5QaDrrtEoSnzv/FP/dBh/kxfH8J&#10;B8j1BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAAAAAA&#10;AAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADtfV1i7AAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADvAgAAAAA=&#10;" path="m10667,227456r-9143,5334l,238505r55372,94870l66417,314451r-20570,l45847,279273,16510,228980r-5843,-1524xem45847,279273r,35178l64897,314451r,-4699l47116,309752r8256,-14151l45847,279273xem100075,227456r-5841,1524l64897,279273r,35178l66417,314451r44326,-75946l109219,232790r-9144,-5334xem55372,295601r-8256,14151l63626,309752,55372,295601xem64897,279273r-9525,16328l63626,309752r1271,l64897,279273xem64897,l45847,r,279273l55372,295601r9524,-16328l64897,xe" fillcolor="#231f20" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 12" o:spid="_x0000_s1035" style="position:absolute;left:45887;top:27488;width:6324;height:3460;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="632460,346075" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAowPSMwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4XfIdwhN1pOhki1Sgy3A94MW19gENzbIrNSZdkbff2y2Cwu/Px/Z7tfrSt6MmHxrGCx0UGgrhy&#10;uuFawbV8ma9BhIissXVMCr4pwH43nWwx127gC/VFrEUK4ZCjAhNjl0sZKkMWw8J1xIm7OW8xJuhr&#10;qT0OKdy2cpllK2mx4dRgsKNnQ9W9+LIK6PMwHI++9KV5/Rjj2xOd+xMp9TAbDxsQkcb4L/5zv+s0&#10;fwm/v6QD5O4HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKMD0jMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m316230,l252505,3515,193149,13598,139433,29555,92630,50688,54013,76305,24854,105709,,173100r6425,34853l54013,269800r38617,25601l139433,316526r53716,15952l252505,342559r63725,3515l379954,342559r59356,-10081l493026,316526r46803,-21124l578446,269800r29159,-29382l632460,173100r-6426,-34894l578446,76305,539829,50688,493026,29555,439310,13598,379954,3515,316230,xe" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 13" o:spid="_x0000_s1036" style="position:absolute;left:45887;top:27488;width:6324;height:3460;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="632460,346075" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKfe2AwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La4NA&#10;EL4H+h+WKfQW1ybQh3UTQkDISWjqJbfBnboad1bcrdp/3y0EcpuP7zn5frG9mGj0rWMFz0kKgrh2&#10;uuVGQfVVrN9A+ICssXdMCn7Jw373sMox027mT5rOoRExhH2GCkwIQyalrw1Z9IkbiCP37UaLIcKx&#10;kXrEOYbbXm7S9EVabDk2GBzoaKi+nn+sAjauK6e5Ky7ygO+l31T4erwq9fS4HD5ABFrCXXxzn3Sc&#10;v4X/X+IBcvcHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASn3tgMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,173100l24854,105709,54013,76305,92630,50688,139433,29555,193149,13598,252505,3515,316230,r63724,3515l439310,13598r53716,15957l539829,50688r38617,25617l607605,105709r24855,67391l626034,207953r-47588,61847l539829,295402r-46803,21124l439310,332478r-59356,10081l316230,346074r-63725,-3515l193149,332478,139433,316526,92630,295401,54013,269800,24854,240418,,173100xe" filled="f" strokecolor="#231f20">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 14" o:spid="_x0000_s1037" style="position:absolute;left:33091;top:27538;width:5976;height:3112;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="597535,311150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCp2QlfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0Hcgcxge5iuW5IihvFtIXSLLKx3QMM1sQ2sUZGUh23p48Khezm8b6zL2YziImc7y0reExSEMSN&#10;1T23Cr7qj/UzCB+QNQ6WScEPeSgOy8Uec22vXNJUhVbEEPY5KuhCGHMpfdORQZ/YkThyZ+sMhghd&#10;K7XDaww3g8zSdCsN9hwbOhzpvaPmUn0bBdsnPLlsl81vl41Oy/Js689fq9TDan59ARFoDnfxv/uo&#10;4/wN/P0SD5CHGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCp2QlfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m545719,l51816,,31664,4079,15192,15208,4077,31718,,51943,,259334r4077,20151l15192,295957r16472,11115l51816,311150r493903,l565870,307072r16472,-11115l593457,279485r4078,-20151l597535,51943,593457,31718,582342,15208,565870,4079,545719,xe" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 15" o:spid="_x0000_s1038" style="position:absolute;left:33091;top:27538;width:5976;height:3112;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="597535,311150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5jrjKwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfRWN7VaSnQVKwjWQ8E0hx6H7JgNZmfD7prEf98VhN7m8T5nuR5tK3ryoXGs4HWSgSCu&#10;nG64VlD+7F4+QISIrLF1TAquFGC9enxYYq7dwEfqi1iLFMIhRwUmxi6XMlSGLIaJ64gTd3LeYkzQ&#10;11J7HFK4beU0y96lxYZTg8GOtoaqc3GxCn6nh035NsxPh6/P71k/q40vt6NSz0/jZgEi0hj/xXf3&#10;Xqf5c7j9kg6Qqz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeY64ysMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,51943l4077,31718,15192,15208,31664,4079,51816,,545719,r20151,4079l582342,15208r11115,16510l597535,51943r,207391l593457,279485r-11115,16472l565870,307072r-20151,4078l51816,311150,31664,307072,15192,295957,4077,279485,,259334,,51943xe" filled="f" strokecolor="#231f20">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 16" o:spid="_x0000_s1039" style="position:absolute;left:48451;top:24713;width:1111;height:2736;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="111125,273685" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpb4aGwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFHopdWMttqSuIkJBvJSqF29DdpqEZGfj7jTGf+8WBG/zeJ8zXw6uVT2FWHs2MBlnoIgL&#10;b2suDRz2Xy8foKIgW2w9k4ELRVguRg9zzK0/8w/1OylVCuGYo4FKpMu1jkVFDuPYd8SJ+/XBoSQY&#10;Sm0DnlO4a/Vrls20w5pTQ4UdrSsqmt2fM3AMGKbdSW/XU/f2/d5jI/LcGPP0OKw+QQkNchff3Bub&#10;5s/g/5d0gF5cAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKlvhobBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m10667,167131r-9143,5335l,178307r55372,94869l66417,254253r-20570,l45847,218948,16510,168655r-5843,-1524xem45847,218948r,35305l64897,254253r,-4826l47116,249427r8256,-14151l45847,218948xem100075,167131r-5841,1524l64897,218948r,35305l66417,254253r44327,-75946l109220,172466r-9145,-5335xem55372,235276r-8256,14151l63626,249427,55372,235276xem64897,218948r-9525,16328l63626,249427r1271,l64897,218948xem64897,l45847,r,218948l55372,235276r9524,-16328l64897,xe" fillcolor="#231f20" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 17" o:spid="_x0000_s1040" style="position:absolute;left:39410;top:39311;width:6324;height:3461;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="632460,346075" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1RuuDvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHizqR7UraYigrAnYdWLt6GZbWqbSWmybf33ZkHwNo/3OdvdaBvRU+crxwrmSQqCuHC6&#10;4lLB9XKcrUH4gKyxcUwKHuRhl39MtphpN/AP9edQihjCPkMFJoQ2k9IXhiz6xLXEkft1ncUQYVdK&#10;3eEQw20jF2m6lBYrjg0GWzoYKurzn1XAxt1P/XA/3uQev05+ccXVoVZq+jnuNyACjeEtfrm/dZy/&#10;gv9f4gEyfwIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA1RuuDvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,173100l24854,105709,54013,76305,92630,50688,139433,29555,193149,13598,252505,3515,316230,r63724,3515l439310,13598r53716,15957l539829,50688r38617,25617l607605,105709r24855,67391l626034,207953r-47588,61847l539829,295402r-46803,21124l439310,332478r-59356,10081l316230,346074r-63725,-3515l193149,332478,139433,316526,92630,295401,54013,269800,24854,240418,,173100xe" filled="f" strokecolor="#231f20">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 18" o:spid="_x0000_s1041" style="position:absolute;left:57729;top:39280;width:5976;height:3111;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="597535,311150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCXjxdUxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGaE3u7GtRWK3pRYE7UFom4PHITvNBrOzYXdN4r93DoK3Gd6b977Z7CbfqYFiagMbeJgX&#10;oIjrYFtuDFSX1/snUCkjW+wCk4EfSrDb3t5ssLRh5BMN59woCeFUogGXc19qnWpHHtM89MSiXUP0&#10;mGWNjbYRRwn3nV4UxVp7bFkaHPZ0cFR/nb+9gc/FcV8tx8fr8f3lYzWsGherw2TM7G7aP4PKNOV/&#10;89/1mxV8gZVfZAC9/QUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCXjxdUxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,51942l4077,31718,15192,15208,31664,4079,51816,,545719,r20151,4079l582342,15208r11115,16510l597535,51942r,207391l593457,279485r-11115,16472l565870,307072r-20151,4077l51816,311149,31664,307072,15192,295957,4077,279485,,259333,,51942xe" filled="f" strokecolor="#231f20">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 19" o:spid="_x0000_s1042" style="position:absolute;left:42024;top:35920;width:19235;height:11596;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1923414,1159510" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQANL8bFwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L+x/CLOxFNHVR0W6jiKh49ckeh2b6oM2kNFHrvzcLC97m43tOsuxMLe7UutKygtEwAkGcWl1y&#10;ruB82g5mIJxH1lhbJgVPcrBcfPQSjLV98IHuR5+LEMIuRgWF900spUsLMuiGtiEOXGZbgz7ANpe6&#10;xUcIN7X8jqKpNFhyaCiwoXVBaXW8GQW7W7U598fza5WlFzPp/47l7mCV+vrsVj8gPHX+Lf5373WY&#10;P4e/X8IBcvECAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADS/GxcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m110744,239903r-1524,-5842l100076,228727r-5842,1524l64897,280543,64897,,45847,r,280543l16510,230251r-5842,-1524l1524,234061,,239903r55372,94869l66408,315849r44336,-75946xem113919,1064133r-1524,-5842l103251,1052957r-5842,1524l68072,1104785r,-416445l49022,688340r,416445l19685,1054481r-5842,-1524l4699,1058291r-1524,5842l58547,1159002r11036,-18923l113919,1064133xem1923034,1064133r-1524,-5842l1912366,1052957r-5842,1524l1877187,1104785r,-450735l1858137,654050r,450735l1828800,1054481r-5842,-1524l1813814,1058291r-1524,5842l1867662,1159002r11036,-18923l1923034,1064133xe" fillcolor="#231f20" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Image 20" o:spid="_x0000_s1043" type="#_x0000_t75" style="position:absolute;width:16219;height:3514;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBzksnjvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NDsFA&#10;EL5LvMNmJC7ClgNSlohUwsFBeYDRHW2jO9t0V9Xb24PE8cv3v952phItNa60rGA6iUAQZ1aXnCu4&#10;XQ/jJQjnkTVWlknBhxxsN/3eGmNt33yhNvW5CCHsYlRQeF/HUrqsIINuYmviwD1sY9AH2ORSN/gO&#10;4aaSsyiaS4Mlh4YCa9oXlD3Tl1HgFqfn4jS93NN5cuiu1TlJ2lGi1HDQ7VYgPHX+L/65j1rBLKwP&#10;X8IPkJsvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHOSyeO+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
+                  <v:imagedata r:id="rId10" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 21" o:spid="_x0000_s1044" type="#_x0000_t75" style="position:absolute;top:3506;width:16219;height:3527;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBAh43ywwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EIuJZEdjClOlGAChpLSQ52S82JtbFNrZSTVcf4+KhR6HGbmDbM7zGYQEznfW1aQrhMQ&#10;xI3VPbcKvs7V6hWED8gaB8uk4E4eDvvF0w4LbW/8SVMdWhEh7AtU0IUwFlL6piODfm1H4uhdrTMY&#10;onSt1A5vEW4GuUmSXBrsOS50ONKxo+a7/jEKXCovtuyzl9q8W32uTh9ZXgWlls9zuQURaA7/4b/2&#10;m1awSeH3S/wBcv8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQIeN8sMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 22" o:spid="_x0000_s1045" type="#_x0000_t75" style="position:absolute;top:7025;width:16219;height:3514;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpZpY1wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PSwMx&#10;FMTvgt8hPMGLtFlzEN02XYogerTbXrw9Nm//0H0vaxK367c3guBxmJnfMNtq4VHNFOLgxcL9ugBF&#10;0ng3SGfhdHxZPYKKCcXh6IUsfFOEand9tcXS+YscaK5TpzJEYokW+pSmUuvY9MQY134iyV7rA2PK&#10;MnTaBbxkOI/aFMWDZhwkL/Q40XNPzbn+YgutOxg+8udH0PWde39ibvnVWHt7s+w3oBIt6T/8135z&#10;FoyB3y/5B+jdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCpZpY1wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId12" o:title=""/>
+                </v:shape>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Textbox 23" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;left:47985;top:17279;width:1911;height:1568;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQArh/Z9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOC2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gPIHHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAK4f2fcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="03D33798" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="exact"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t>No</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 24" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;left:35180;top:28328;width:1912;height:1568;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkbm4JwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOI2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gPIHHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApG5uCcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="35EB3014" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="exact"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t>No</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 25" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;left:47786;top:28556;width:2540;height:1569;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDLIsuSwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOg2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gPIHHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyyLLksMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0E2D9002" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="exact"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t>Yes</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 26" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;left:4599;top:33222;width:23145;height:16002;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsV2tlxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcoTeSN3UC7HRVbS0pYi9aOIDHLLHJLh7Ns2u+Xl7t1Do5TAz3zCb3WCN6Kj1tWMFz/ME&#10;BHHhdM2lgnP+/rQC4QOyRuOYFIzkYbedPGww1a7nb+qyUIoIYZ+igiqEJpXSFxVZ9HPXEEfv4lqL&#10;Icq2lLrFPsKtkYskWUqLNceFCht6rai4ZjerYGXssRxfPr7MT32YDbmhU/92U+pxOuzXIAIN4T/8&#10;1/7UChZL+P0Sf4Dc3gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsV2tlxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" strokecolor="#231f20">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="10BE79C2" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="3"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="324"/>
+                          </w:tabs>
+                          <w:spacing w:before="101"/>
+                          <w:ind w:right="156"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Consider use of MA PEDI Kit for young</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>adolescents</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>(12</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>&amp;</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>13</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>years).</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7651B8DA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="3"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="324"/>
+                          </w:tabs>
+                          <w:spacing w:before="1"/>
+                          <w:ind w:right="447"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Speculum</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Exam</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>should</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                            <w:u w:val="thick" w:color="231F20"/>
+                          </w:rPr>
+                          <w:t>NOT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">be </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>done.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="382D77EF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="3"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="324"/>
+                          </w:tabs>
+                          <w:ind w:right="185"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Perform visual external genital examination</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>using</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>labial</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>separation and traction.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="435EE5AA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="3"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="323"/>
+                          </w:tabs>
+                          <w:spacing w:line="229" w:lineRule="exact"/>
+                          <w:ind w:left="323" w:hanging="179"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Obtain</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>only</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>external</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>genital</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>swabs.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="2A9D7C6E" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="3"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="324"/>
+                          </w:tabs>
+                          <w:spacing w:before="1"/>
+                          <w:ind w:right="490"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Avoid touching sensitive </w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>unestrogenized</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>hymenal</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>tissue.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 27" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:34507;top:22344;width:20638;height:2356;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADG87+xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYVepG70oGnqKlqqiOih2h/wyL4mobtv0+xq4r93BcHjMDPfMLNFZ424UOMrxwpGwwQE&#10;ce50xYWCn9P6LQXhA7JG45gUXMnDYt7vzTDTruVvuhxDISKEfYYKyhDqTEqfl2TRD11NHL1f11gM&#10;UTaF1A22EW6NHCfJRFqsOC6UWNNnSfnf8WwVpMbuiuv75mD+q9WgOxnat19npV5fuuUHiEBdeIYf&#10;7a1WMJ7C/Uv8AXJ+AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAMbzv7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" strokecolor="#231f20">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0D9287ED" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="71"/>
+                          <w:ind w:left="144"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Has</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Patient</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Reached</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Menarche?</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 28" o:spid="_x0000_s1051" type="#_x0000_t202" style="position:absolute;left:5138;top:22198;width:14167;height:2457;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQByhFqMwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4LvkMYwYtouh5Eq1F0WUUW97DVBxiasS0mk24TbX17c1jw+PH9rzadNeJBja8cK/iYJCCIc6cr&#10;LhRczvvxHIQPyBqNY1LwJA+bdb+3wlS7ln/pkYVCxBD2KSooQ6hTKX1ekkU/cTVx5K6usRgibAqp&#10;G2xjuDVymiQzabHi2FBiTZ8l5bfsbhXMjf0unovDj/mrdqPubOjUft2VGg667RJEoC68xf/uo1Yw&#10;jWPjl/gD5PoFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcoRajMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" strokecolor="#231f20">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="306B6B64" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="70"/>
+                          <w:ind w:left="143"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Consult</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>ED</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Attending</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 29" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;left:20804;top:10184;width:34868;height:2908;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdyP8XxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUIvopt6KDG6BlvaUoo9VP0Bj+wzCe6+TbMbk/z7bqHgcZiZb5htPlgjbtT62rGCx2UC&#10;grhwuuZSwfn0tkhB+ICs0TgmBSN5yHfTyRYz7Xr+ptsxlCJC2GeooAqhyaT0RUUW/dI1xNG7uNZi&#10;iLItpW6xj3Br5CpJnqTFmuNChQ29VFRcj51VkBr7WY7r9y/zUz/Ph5OhQ//aKfUwG/YbEIGGcA//&#10;tz+0gtUa/r7EHyB3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAdyP8XxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" strokecolor="#231f20">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="38987A5A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="73"/>
+                          <w:ind w:left="266"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Is</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>there</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>significant</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>injury,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-3"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>bleeding</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>foreign</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-3"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>body?</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 30" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;width:74872;height:10541;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBejP7XwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1BVkrUYRcUFYEGs9eBybsQ02k9pE7f57cxD2+Hjf82Vna/Gg1hvHCkbDBARx4bTh&#10;UsEx//n8BuEDssbaMSn4Iw/LRe9jjql2T87ocQiliCHsU1RQhdCkUvqiIot+6BriyF1cazFE2JZS&#10;t/iM4baWX0kykRYNx4YKG1pXVFwPd6tgdeJsY2678z67ZCbPpwn/Tq5KDfrdagYiUBf+xW/3VisY&#10;x/XxS/wBcvECAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXoz+18AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="639F68AF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="757FDB8F" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                        <w:pPr>
+                          <w:spacing w:before="21"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="451702EC" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:ind w:left="2385" w:right="1"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>MASSACHUSETTS</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>SEXUAL</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>ASSAULT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>NURSE</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>EXAMINER</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> PROGRAM</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="1ED7E8E2" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="4"/>
+                          <w:ind w:left="2385"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>ADOLESCENT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>SPECULUM</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>EXAMINATION</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>ALGORITHM</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 31" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;left:57682;top:35914;width:6070;height:11602;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxwFtMxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8NRsVpE3diBSFgiCN6aHH1+wzWZJ9G7Nbjf/eLRQ8DjPzDbNcjbYTZxq8caxgmqQg&#10;iCunDdcKvsrt8wsIH5A1do5JwZU8rPLHhyVm2l24oPMh1CJC2GeooAmhz6T0VUMWfeJ64ugd3WAx&#10;RDnUUg94iXDbyVmaLqRFw3GhwZ7eG6raw69VsP7mYmNO+5/P4liYsnxNebdolZo8jes3EIHGcA//&#10;tz+0gvkU/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxwFtMxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="1E7FC4FA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="26B473F4" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                        <w:pPr>
+                          <w:spacing w:before="143"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="73D115E7" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="1"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t>No</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 32" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;left:54319;top:47604;width:19241;height:16955;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWtfu7xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfBf9huYW+SN2oIGnqKlqqiOhDtR9wyd4mobt30+xq4t+7guDjMDNnmNmis0ZcqPGVYwWjYQKC&#10;OHe64kLBz2n9loLwAVmjcUwKruRhMe/3Zphp1/I3XY6hEBHCPkMFZQh1JqXPS7Loh64mjt6vayyG&#10;KJtC6gbbCLdGjpNkKi1WHBdKrOmzpPzveLYKUmN3xfV9czD/1WrQnQzt26+zUq8v3fIDRKAuPMOP&#10;9lYrmIzh/iX+ADm/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJa1+7vEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" strokecolor="#231f20">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0328FDD7" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="130" w:line="230" w:lineRule="exact"/>
+                          <w:ind w:left="144"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Speculum</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>exam</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>should</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="20"/>
+                            <w:u w:val="thick" w:color="231F20"/>
+                          </w:rPr>
+                          <w:t>NOT</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="569EC020" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:ind w:left="144"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>be</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>done</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>*</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="233D6D1C" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                        <w:pPr>
+                          <w:spacing w:before="1"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="068FA1B8" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="2"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="324"/>
+                          </w:tabs>
+                          <w:ind w:right="167"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Perform visual external genital exam using labial traction and Q-tip method to visualize</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>entire</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>hymenal</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>rim.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="4F3BBB74" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="2"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="324"/>
+                          </w:tabs>
+                          <w:ind w:right="333"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>If tolerated, obtain vaginal swabs</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>without</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>use</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">a </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>speculum.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 33" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;left:38184;top:33203;width:27642;height:2635;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD5+V4gxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcoTeFLNRoWjMKiq2lNJe+PMAh+wxCe6ejdnVxLfvFgq9HGbmGyZf9daIO7W+dqxgnKQg&#10;iAunay4VnI5voxkIH5A1Gsek4EEeVsvBU46Zdh3v6X4IpYgQ9hkqqEJoMil9UZFFn7iGOHpn11oM&#10;Ubal1C12EW6NnKTpq7RYc1yosKFtRcXlcLMKZsZ+lo/5+7e51puX/mjoq9vdlHoe9usFiEB9+A//&#10;tT+0gukUfr/EHyCXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD5+V4gxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" strokecolor="#231f20">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="444103BD" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="73"/>
+                          <w:ind w:left="143"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Has</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>adolescent</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>ever</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>had</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>a</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>speculum</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>exam?</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 34" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;left:22741;top:17035;width:2540;height:1568;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAht/jUxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sa2iEZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCj0/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACG3+NTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="66FC6CE6" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="exact"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t>Yes</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 35" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;left:39362;top:35920;width:6420;height:11596;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBO+11PxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6saWikZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCj0/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE77XU/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="4D72EB09" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="4CAF9435" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+                        <w:pPr>
+                          <w:spacing w:before="190"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="06D58A3A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:spacing w:before="1"/>
+                          <w:ind w:left="306"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t>Yes</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 36" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;left:31142;top:47516;width:19335;height:21831;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDpjv24xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfC/7Dcgu+iNm0gtiYVWypIkUfqn7AJXtNQnfvptnVxL93C0Ifh5k5w+TL3hpxpdbXjhW8JCkI&#10;4sLpmksFp+N6PAPhA7JG45gU3MjDcjF4yjHTruNvuh5CKSKEfYYKqhCaTEpfVGTRJ64hjt7ZtRZD&#10;lG0pdYtdhFsjX9N0Ki3WHBcqbOijouLncLEKZsZ+lbe3zd781u+j/mho131elBo+96s5iEB9+A8/&#10;2lutYDKFvy/xB8jFHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOmO/bjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" strokecolor="#231f20">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="192DBBD4" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="1"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="323"/>
+                          </w:tabs>
+                          <w:spacing w:before="101"/>
+                          <w:ind w:right="561"/>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Speculum</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>exam</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>may</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-12"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">be attempted with patient’s </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                            <w:u w:val="thick" w:color="231F20"/>
+                          </w:rPr>
+                          <w:t>consent.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="0A8B69E5" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="1"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="323"/>
+                          </w:tabs>
+                          <w:ind w:right="297"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>If patient reports pain or requests</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>exam</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>be</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>stopped, STOP exam.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="216A1A4F" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="1"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="323"/>
+                          </w:tabs>
+                          <w:spacing w:before="1"/>
+                          <w:ind w:right="171"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>Continue by performing visual external genital exam using labial traction and Q- tip</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>method</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>visualize</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>entire hymenal rim.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7E80114D" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="1"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="323"/>
+                          </w:tabs>
+                          <w:ind w:right="350"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>If tolerated, obtain vaginal swabs</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>without</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>use</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">a </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>speculum.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F93688" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73ADAEAF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69136104" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="277DBBFC" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA16ABF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5488DDB4" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21AE24B3" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30C2A67E" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="367A03D8" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01F247AB" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46B42890" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0884F40F" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F93A276" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DCC7FDB" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7951B91D" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F379574" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="226D702A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B74B9BF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2806C0F6" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2625586A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01BD9315" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C0456C" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B34344D" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC74651" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E14AD1" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25003960" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A5DEAF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A5CAC00" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="103F6055" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A5F58AB" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66D99660" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="446ABD30" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE8ABE2" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7216E7F2" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73CD2FDD" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B2225B" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49DCB448" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32FD02FA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F67FBFA" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="433A606A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31919DFF" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A671129" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F0A1D5A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6214B5CC" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="00580D90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="147" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F8F447A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="8767"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251479040" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="79F37752" wp14:editId="6D06BBB2">
-[...10 lines deleted...]
-                <wp:docPr id="6" name="Text Box 2"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3AFA5404" wp14:editId="3075EFF3">
+                <wp:extent cx="1924050" cy="1333500"/>
+                <wp:effectExtent l="9525" t="0" r="0" b="9525"/>
+                <wp:docPr id="37" name="Textbox 37"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2202180" cy="264795"/>
+                          <a:ext cx="1924050" cy="1333500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:solidFill>
-[...1 lines deleted...]
-                        </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
-                            <a:srgbClr val="000000"/>
+                            <a:srgbClr val="231F20"/>
                           </a:solidFill>
-                          <a:miter lim="800000"/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4009C212" w14:textId="5937EB46" w:rsidR="00211E83" w:rsidRPr="00616233" w:rsidRDefault="00640C44">
+                          <w:p w14:paraId="25A26A60" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
                             <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="77"/>
+                              <w:ind w:left="144" w:right="169"/>
+                            </w:pPr>
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="24"/>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="28"/>
                               </w:rPr>
-                            </w:pPr>
-                            <w:r w:rsidRPr="00616233">
+                              <w:t>*</w:t>
+                            </w:r>
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="24"/>
+                                <w:color w:val="231F20"/>
                               </w:rPr>
-                              <w:t>Has Patient Reached Menarche</w:t>
+                              <w:t>Please note that there may be circumstances in which a patient</w:t>
                             </w:r>
-                            <w:r w:rsidR="00652EFD" w:rsidRPr="00616233">
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="24"/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-3"/>
                               </w:rPr>
-                              <w:t>?</w:t>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t>requests</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-3"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-1"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t>use</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-3"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t>of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-1"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t>a speculum.</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t>The</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t>SANE</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">should discuss this with the patient and together may make the decision of how to best </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-2"/>
+                              </w:rPr>
+                              <w:t>proceed.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="79F37752" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...4 lines deleted...]
-                <v:textbox>
+              <v:shape w14:anchorId="3AFA5404" id="Textbox 37" o:spid="_x0000_s1060" type="#_x0000_t202" style="width:151.5pt;height:105pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCyjt/zAEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGm6RWzUdAVbFSGt&#10;YKWFD3Acp7FwPMbjNunfM3aTdgU3xMWxPeM3772ZbB7G3rCT8qjBVny5yDlTVkKj7aHiP77v333g&#10;DIOwjTBgVcXPCvnD9u2bzeBKVUAHplGeEYjFcnAV70JwZZah7FQvcAFOWQq24HsR6OgPWePFQOi9&#10;yYo8f58N4BvnQSpEut1dgnyb8NtWyfCtbVEFZipO3EJafVrruGbbjSgPXrhOy4mG+AcWvdCWil6h&#10;diIIdvT6L6heSw8IbVhI6DNoWy1V0kBqlvkfal464VTSQuagu9qE/w9Wfj29uGfPwvgJRmpgEoHu&#10;CeRPJG+ywWE55URPsUTKjkLH1vfxSxIYPSRvz1c/1RiYjGj3xV2+ppCk2HK1Wq3z5Hh2e+48hs8K&#10;ehY3FffUsERBnJ4wRAKinFNiNWPZUPH7dbG+EAWjm702JsbQH+pH49lJUK+L1XJfzMXwdVqE2wns&#10;LnkpFKeAChk7Cb5ojGrDWI9MN8T+LibFqxqaMxk20MxUHH8dhVecmS+WmhIHbN74eVPPGx/MI6Qx&#10;jGwtfDwGaHUSecOdGFC3E6VpMuM4vT6nrNv/s/0NAAD//wMAUEsDBBQABgAIAAAAIQDPljbx2wAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PSwMxEMXvgt8hjOBFbNIWRLabLcU/0IMKrR56TDfT&#10;zeJmsmym7frtHb3o5cHjDe/9plyOsVMnHHKbyMJ0YkAh1cm31Fj4eH++vQeV2ZF3XSK08IUZltXl&#10;RekKn860wdOWGyUllAtnITD3hda5DhhdnqQeSbJDGqJjsUOj/eDOUh47PTPmTkfXkiwE1+NDwPpz&#10;e4wWeEe7N1c/Yr8KOvfrl9eb9RNbe301rhagGEf+O4YffEGHSpj26Ug+q86CPMK/KtnczMXuLcym&#10;xoCuSv2fvvoGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgso7f8wBAACHAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAz5Y28dsAAAAFAQAADwAA&#10;AAAAAAAAAAAAAAAmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" filled="f" strokecolor="#231f20">
+                <v:path arrowok="t"/>
+                <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="4009C212" w14:textId="5937EB46" w:rsidR="00211E83" w:rsidRPr="00616233" w:rsidRDefault="00640C44">
+                    <w:p w14:paraId="25A26A60" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
                       <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="77"/>
+                        <w:ind w:left="144" w:right="169"/>
+                      </w:pPr>
+                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="24"/>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="28"/>
                         </w:rPr>
-                      </w:pPr>
-                      <w:r w:rsidRPr="00616233">
+                        <w:t>*</w:t>
+                      </w:r>
+                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="24"/>
+                          <w:color w:val="231F20"/>
                         </w:rPr>
-                        <w:t>Has Patient Reached Menarche</w:t>
+                        <w:t>Please note that there may be circumstances in which a patient</w:t>
                       </w:r>
-                      <w:r w:rsidR="00652EFD" w:rsidRPr="00616233">
+                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="24"/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-3"/>
                         </w:rPr>
-                        <w:t>?</w:t>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t>requests</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-3"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t>the</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-1"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t>use</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-3"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t>of</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-1"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t>a speculum.</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t>The</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t>SANE</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">should discuss this with the patient and together may make the decision of how to best </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-2"/>
+                        </w:rPr>
+                        <w:t>proceed.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="square" anchory="line"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00962B18" w:rsidRPr="002E0CC8">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="06C39D89" w14:textId="228625E0" w:rsidR="00E57781" w:rsidRPr="006F7054" w:rsidRDefault="00E25CF1" w:rsidP="002E0CC8">
-[...3397 lines deleted...]
-    <w:sectPr w:rsidR="00E57781" w:rsidRPr="006F7054" w:rsidSect="00674080">
+    <w:sectPr w:rsidR="00580D90">
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="160" w:right="0" w:bottom="300" w:left="0" w:header="0" w:footer="119" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5EB3BB84" w14:textId="77777777" w:rsidR="001A4192" w:rsidRDefault="001A4192">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="609F7BD4" w14:textId="77777777" w:rsidR="001A4192" w:rsidRDefault="001A4192">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26A1D700" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487491584" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="255CA0BB" wp14:editId="6D8EDB48">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>203428</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9843154</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1323975" cy="179705"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1323975" cy="179705"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0B452A49" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                          <w:pPr>
+                            <w:spacing w:before="9"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>MA</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>SANE</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>Program</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>©</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>2025</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="255CA0BB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:16pt;margin-top:775.05pt;width:104.25pt;height:14.15pt;z-index:-15824896;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLYWvZlQEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6N3ZStFmNOMW2YsWA&#10;YhvQ9QMUWYqNWaJGKrHz96MUJxm2W7ELTZnU43uPWj2Mrhd7g9SBr+V8VkphvIam89tavv74fP1e&#10;CorKN6oHb2p5MCQf1lfvVkOozAJa6BuDgkE8VUOoZRtjqIqCdGucohkE47loAZ2KfMRt0aAaGN31&#10;xaIs74oBsAkI2hDx38djUa4zvrVGx2/WkomiryVzizlijpsUi/VKVVtUoe30REO9gYVTneehZ6hH&#10;FZXYYfcPlOs0AoGNMw2uAGs7bbIGVjMv/1Lz0qpgshY2h8LZJvp/sPrr/iV8RxHHjzDyArMICs+g&#10;fxJ7UwyBqqkneUoVcXcSOlp06csSBF9kbw9nP80YhU5oN4ub++WtFJpr8+X9srxNhheX2wEpPhlw&#10;IiW1RN5XZqD2zxSPraeWicxxfmISx83ILSndQHNgEQPvsZb0a6fQSNF/8WxUWvopwVOyOSUY+0+Q&#10;n0bS4uHDLoLt8uQL7jSZN5C5T68lrfjPc+66vOn1bwAAAP//AwBQSwMEFAAGAAgAAAAhAIDgx/nh&#10;AAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3dCUNsSpKgQnJEQaDj06&#10;sZtYjdchdtvw92xPcNzZ0cybfDO5np3NGKxHCfOZAGaw8dpiK+GrentYAQtRoVa9RyPhxwTYFLc3&#10;ucq0v2BpzrvYMgrBkCkJXYxDxnloOuNUmPnBIP0OfnQq0jm2XI/qQuGu54kQS+6URWro1GBeOtMc&#10;dycnYbvH8tV+f9Sf5aG0VbUW+L48Snl/N22fgUUzxT8zXPEJHQpiqv0JdWC9hMeEpkTS01TMgZEj&#10;WYgUWH2VnlYL4EXO/48ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLYWvZlQEAABsD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCA4Mf54QAA&#10;AAwBAAAPAAAAAAAAAAAAAAAAAO8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0B452A49" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                    <w:pPr>
+                      <w:spacing w:before="9"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>MA</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>SANE</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>Program</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>©</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>2025</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487492096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C7F3F96" wp14:editId="58B71CA8">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>2023164</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9843154</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="882015" cy="179705"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="882015" cy="179705"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="34063C6A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                          <w:pPr>
+                            <w:spacing w:before="9"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Palatino Linotype"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Palatino Linotype"/>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="90"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>All</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Palatino Linotype"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-6"/>
+                              <w:w w:val="90"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Palatino Linotype"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-2"/>
+                              <w:w w:val="90"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>SANE/FORMS</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="1C7F3F96" id="Textbox 2" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;margin-left:159.3pt;margin-top:775.05pt;width:69.45pt;height:14.15pt;z-index:-15824384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBE/8kBlwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNOlKy5ao6WphBUJa&#10;AdLCB7iO3VjEHjPjNunfM3bTFsEN7cUee8bP772Z9f3kB3EwSA5CK5eLWgoTNHQu7Fr54/vHNysp&#10;KKnQqQGCaeXRkLzfvH61HmNjbqCHoTMoGCRQM8ZW9inFpqpI98YrWkA0gZMW0KvER9xVHaqR0f1Q&#10;3dT122oE7CKCNkR8+3hKyk3Bt9bo9NVaMkkMrWRuqaxY1m1eq81aNTtUsXd6pqH+g4VXLvCnF6hH&#10;lZTYo/sHyjuNQGDTQoOvwFqnTdHAapb1X2qeexVN0cLmULzYRC8Hq78cnuM3FGl6DxM3sIig+AT6&#10;J7E31RipmWuyp9QQV2ehk0Wfd5Yg+CF7e7z4aaYkNF+uVizqVgrNqeXdu7v6NvtdXR9HpPTJgBc5&#10;aCVyuwoBdXiidCo9l8xcTt9nImnaTsJ1mTNX5pstdEeWMnI3W0m/9gqNFMPnwHbl1p8DPAfbc4Bp&#10;+ABlQLKiAA/7BNYVAlfcmQD3oUiYZyY3+s9zqbpO9uY3AAAA//8DAFBLAwQUAAYACAAAACEA4kBw&#10;FOIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwprF1Xmk4TghMSoiuH&#10;HdPGa6s1Tmmyrbw92QmO9v/p9+d8M5uBnXFyvSUJ0UIAQ2qs7qmV8FW9PaTAnFek1WAJJfygg01x&#10;e5OrTNsLlXje+ZaFEnKZktB5P2acu6ZDo9zCjkghO9jJKB/GqeV6UpdQbgb+KETCjeopXOjUiC8d&#10;NsfdyUjY7ql87b8/6s/yUPZVtRb0nhylvL+bt8/APM7+D4arflCHIjjV9kTasUHCU5QmAQ1BHIsI&#10;WECW8SoGVl9Xq3QJvMj5/y+KXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBE/8kBlwEA&#10;ACEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDiQHAU&#10;4gAAAA0BAAAPAAAAAAAAAAAAAAAAAPEDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="34063C6A" w14:textId="77777777" w:rsidR="00580D90" w:rsidRDefault="001A4192">
+                    <w:pPr>
+                      <w:spacing w:before="9"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Palatino Linotype"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Palatino Linotype"/>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="90"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>All</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Palatino Linotype"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-6"/>
+                        <w:w w:val="90"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Palatino Linotype"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-2"/>
+                        <w:w w:val="90"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>SANE/FORMS</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="41B619E7" w14:textId="77777777" w:rsidR="001A4192" w:rsidRDefault="001A4192">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="37021A54" w14:textId="77777777" w:rsidR="001A4192" w:rsidRDefault="001A4192">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="145B0FFE"/>
+    <w:nsid w:val="49406889"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5E487656"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="36F00CD0"/>
+    <w:lvl w:ilvl="0" w:tplc="EB2A4370">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="324" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="75"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="9DB0029A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="589" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="2D56A9F0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="859" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="CA0E053C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1128" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="486CD712">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="1398" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="71149C46">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="1667" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="D092E5BA">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="1937" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="8BFE2D52">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="2206" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="F70AE8F0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="2476" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A416BAE"/>
+    <w:nsid w:val="571458CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="942256B6"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="D0BC356C"/>
+    <w:lvl w:ilvl="0" w:tplc="CB3443EA">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="324" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="75"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="C82A9D2E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="651" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="9E86E826">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="982" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="A5926EB6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1313" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="CF78AB78">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="1644" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="AA1CA1EE">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="1975" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="BFBAF05C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="2306" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="C25E2AD8">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="2637" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="F68E26B0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="2968" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="67A26FBC"/>
+    <w:nsid w:val="582C6154"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A1A8337A"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="77D2271E"/>
+    <w:lvl w:ilvl="0" w:tplc="189208C6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="323" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="75"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="F118C0D2">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="591" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="CD744F2A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="862" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="72688A82">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1133" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="280CB88C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="1404" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="4CB083F6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="1675" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="ECF06C22">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="1946" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="F5F2E2A2">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="2217" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="FBA0B372">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="2488" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="1216818436">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1305425746">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="3" w16cid:durableId="1608805086">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="64"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00031C21"/>
-[...85 lines deleted...]
-    <w:rsid w:val="00FE2A48"/>
+    <w:rsidRoot w:val="00580D90"/>
+    <w:rsid w:val="001A4192"/>
+    <w:rsid w:val="00317B0C"/>
+    <w:rsid w:val="00580D90"/>
+    <w:rsid w:val="006A2B2F"/>
+    <w:rsid w:val="006D737B"/>
+    <w:rsid w:val="00901056"/>
+    <w:rsid w:val="00EA41AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="409E0B40"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{E24590A2-3D28-44C3-A1BF-C2B34CF036F6}"/>
+  <w14:docId w14:val="5FE9408B"/>
+  <w15:docId w15:val="{9044ADB4-1CDA-42DE-BB4E-2AC489B078C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4506,534 +7888,420 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00652EFD"/>
-[...14 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0009370E"/>
-[...3 lines deleted...]
-    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...13 lines deleted...]
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="10"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00400A92"/>
-[...24 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...26 lines deleted...]
-</inkml:ink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>18</Words>
-  <Characters>105</Characters>
+  <Words>7</Words>
+  <Characters>41</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>122</CharactersWithSpaces>
+  <CharactersWithSpaces>47</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title>FY24 - Appendix 4 Adolescent Speculum Algorithm final New Logo 4.24.pdf</dc:title>
+  <dc:creator>Bastin, Jennifer (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-11-05T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-11-05T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Acrobat Distiller 25.0 (Windows)</vt:lpwstr>
+  </property>
+</Properties>
+</file>