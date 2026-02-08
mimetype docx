--- v0 (2025-11-03)
+++ v1 (2026-02-08)
@@ -1,1310 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1A1D44DE" w14:textId="77777777" w:rsidR="00CA1502" w:rsidRDefault="00CA1502" w:rsidP="00CA1502">
-[...1213 lines deleted...]
-    </w:p>
     <w:p w14:paraId="103F138F" w14:textId="77777777" w:rsidR="00A57212" w:rsidRPr="004D28BE" w:rsidRDefault="00A57212" w:rsidP="00C01B5D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D29213E" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRPr="00AE6C3C" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720" w:right="1180"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DCB0B72" wp14:editId="015728FA">
             <wp:extent cx="934278" cy="949014"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="2" name="image1.jpeg" descr="Commonwealth of Massachusetts Department of Public Health logo: Serpent encircling healing staff under shield with state seal of Massachusetts"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="image1.jpeg" descr="Commonwealth of Massachusetts Department of Public Health logo: Serpent encircling healing staff under shield with state seal of Massachusetts"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="934278" cy="949014"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00AE6C3C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6C3C">
         <w:tab/>
       </w:r>
@@ -1380,148 +162,148 @@
       </w:pPr>
       <w:r w:rsidRPr="009D3393">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Application Type: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E249F2" w:rsidRPr="00E249F2">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DoN</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E249F2" w:rsidRPr="00E249F2">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-Required Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77AD3F13" w14:textId="192B3499" w:rsidR="005B4BD0" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
+    <w:p w14:paraId="77AD3F13" w14:textId="366D9A3D" w:rsidR="005B4BD0" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Application Date: </w:t>
       </w:r>
-      <w:r w:rsidR="00855E6E" w:rsidRPr="00855E6E">
-[...5 lines deleted...]
-        <w:t>10/02/2025 1:18 pm</w:t>
+      <w:r w:rsidR="00066A08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>[blank]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56424E23" w14:textId="649991F6" w:rsidR="000A210F" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Applica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name: </w:t>
       </w:r>
       <w:r w:rsidR="004015C8" w:rsidRPr="004015C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>UMass Memorial Health Care, Inc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A839EB2" w14:textId="53B73977" w:rsidR="005B4BD0" w:rsidRPr="00AE6C3C" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
+    <w:p w14:paraId="2A839EB2" w14:textId="678F7D4C" w:rsidR="005B4BD0" w:rsidRPr="00AE6C3C" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Mailing Address: </w:t>
       </w:r>
-      <w:r w:rsidR="00665FA6" w:rsidRPr="00665FA6">
-[...5 lines deleted...]
-        <w:t>One Biotech Park</w:t>
+      <w:r w:rsidR="00711BD4" w:rsidRPr="00711BD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>One Biotech Park, 365 Plantation Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166BCBC3" w14:textId="60B7D7F3" w:rsidR="005B4BD0" w:rsidRPr="00AE6C3C" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">City: </w:t>
       </w:r>
       <w:r w:rsidR="00665FA6" w:rsidRPr="00665FA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -1789,51 +571,51 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Ext: none</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D24AD2A" w14:textId="4E74AF99" w:rsidR="005B4BD0" w:rsidRPr="00AE6C3C" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00B229FA" w:rsidRPr="00ED7E55">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>david.bierschied@umassmemorial.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B229FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2313E73F" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D9B1E33" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRPr="005C14DD" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
@@ -2103,51 +885,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Facility Address: </w:t>
       </w:r>
       <w:r w:rsidR="006B6C9B" w:rsidRPr="006B6C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>55 Lake Avenue North</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A29E1A0" w14:textId="77777777" w:rsidR="006B6C9B" w:rsidRPr="00AE6C3C" w:rsidRDefault="006B6C9B" w:rsidP="006B6C9B">
+    <w:p w14:paraId="4A29E1A0" w14:textId="06FE7F93" w:rsidR="006B6C9B" w:rsidRPr="00AE6C3C" w:rsidRDefault="006B6C9B" w:rsidP="006B6C9B">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">City: </w:t>
       </w:r>
       <w:r w:rsidRPr="00665FA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Worcester</w:t>
@@ -2172,57 +954,57 @@
       <w:r w:rsidRPr="00665FA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Massachusetts</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Zip Code: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00893190">
-[...5 lines deleted...]
-        <w:t>01605</w:t>
+      <w:r w:rsidR="00A86B51" w:rsidRPr="00A86B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>01655</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="743ECE67" w14:textId="5B70C032" w:rsidR="00F73340" w:rsidRPr="00AE6C3C" w:rsidRDefault="00F73340" w:rsidP="00F73340">
       <w:pPr>
         <w:pStyle w:val="RHDPara12D"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="1180" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Facility type:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -4609,51 +3391,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> promote health equity: </w:t>
       </w:r>
       <w:r w:rsidR="002250CB" w:rsidRPr="00FB1BB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please see attached Narrative (Appendix 2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8B4E82" w14:textId="045D2521" w:rsidR="005B4BD0" w:rsidRPr="00F52AF1" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:ind w:left="1440" w:right="1180" w:hanging="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="005B4BD0" w:rsidRPr="00F52AF1" w:rsidSect="0014683C">
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="360" w:right="20" w:bottom="1260" w:left="240" w:header="0" w:footer="639" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00F52AF1">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F1.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F52AF1">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>b.iv</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F52AF1">
@@ -5551,84 +4333,66 @@
             <w:tcW w:w="1041" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6294B1C8" w14:textId="706ACC8D" w:rsidR="005B4BD0" w:rsidRPr="009A79FB" w:rsidRDefault="004965BB" w:rsidP="00544B45">
             <w:pPr>
               <w:pStyle w:val="RBBasic"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>+/-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75531E3A" w14:textId="42707791" w:rsidR="004965BB" w:rsidRPr="004965BB" w:rsidRDefault="004965BB" w:rsidP="00A339C5">
+          <w:p w14:paraId="7D752676" w14:textId="5AE4918F" w:rsidR="005B4BD0" w:rsidRPr="005C6D55" w:rsidRDefault="004965BB" w:rsidP="007C4F07">
             <w:pPr>
               <w:pStyle w:val="RBBasic"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004965BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2-3C06 </w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">+ - </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1919" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="125170C9" w14:textId="6FA7BD61" w:rsidR="005B4BD0" w:rsidRPr="005C6D55" w:rsidRDefault="00A339C5" w:rsidP="00544B45">
             <w:pPr>
               <w:pStyle w:val="RBBasic"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004965BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>02/06/2012</w:t>
             </w:r>
           </w:p>
@@ -7147,51 +5911,51 @@
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>document</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AE6C3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the square footage and costs for New Construction and/or Renovations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58744A09" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRPr="00AE6C3C" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:pStyle w:val="RBBasic"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="005B4BD0" w:rsidRPr="00AE6C3C" w:rsidSect="0014683C">
-          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14557" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="625"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="563"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="1080"/>
@@ -11594,51 +10358,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Check List below will assist you in keeping track of additional documentation needed for your application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62793F90" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRPr="00071A74" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071A74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Once you have completed this Application Form the additional documents needed for your application will be on this list. E-mail the documents as an attachment to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00071A74">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>DPH.DON@state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="608866E1" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRPr="00071A74" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:ind w:left="720" w:right="940"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BDFB155" w14:textId="38101F80" w:rsidR="005B4BD0" w:rsidRPr="00071A74" w:rsidRDefault="005B4BD0" w:rsidP="005B4BD0">
       <w:pPr>
         <w:ind w:left="720" w:right="940"/>
         <w:rPr>
@@ -12213,74 +10977,74 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="0091751C" w:rsidRPr="00071A74" w:rsidSect="0014683C">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1820" w:right="240" w:bottom="280" w:left="240" w:header="0" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00071A74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Use this number on all communications regarding this application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB7C8C8" w14:textId="71C6F783" w:rsidR="0091751C" w:rsidRDefault="0091751C" w:rsidP="00A84711">
       <w:pPr>
         <w:spacing w:before="83" w:line="235" w:lineRule="auto"/>
         <w:ind w:right="126"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0091751C" w:rsidSect="0014683C">
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="220" w:right="240" w:bottom="420" w:left="240" w:header="0" w:footer="223" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="2" w:space="720" w:equalWidth="0">
         <w:col w:w="9416" w:space="184"/>
         <w:col w:w="2160"/>
       </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C4300D2" w14:textId="77777777" w:rsidR="00C876C3" w:rsidRDefault="00C876C3">
+    <w:p w14:paraId="0BE3F37B" w14:textId="77777777" w:rsidR="002D4F4F" w:rsidRDefault="002D4F4F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EB760F3" w14:textId="77777777" w:rsidR="00C876C3" w:rsidRDefault="00C876C3">
+    <w:p w14:paraId="0050CCC5" w14:textId="77777777" w:rsidR="002D4F4F" w:rsidRDefault="002D4F4F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -12298,189 +11062,141 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:altName w:val="Century Gothic"/>
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5CBAC469" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRDefault="005B4BD0">
-[...20 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="-1241246389"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="889925255"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="1A7DFB25" w14:textId="485614FC" w:rsidR="00DA6BC9" w:rsidRPr="00A84711" w:rsidRDefault="00DA6BC9" w:rsidP="00F31FEC">
+          <w:p w14:paraId="1A7DFB25" w14:textId="73C0FA08" w:rsidR="00DA6BC9" w:rsidRPr="00A84711" w:rsidRDefault="00DA6BC9" w:rsidP="00F31FEC">
             <w:pPr>
               <w:spacing w:before="15"/>
               <w:ind w:left="720" w:right="550"/>
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00514125">
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Application Form </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009A6F24" w:rsidRPr="009A6F24">
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UMass Memorial Health Care, Inc.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">10/02/2025 1:18 pm </w:t>
             </w:r>
             <w:r w:rsidR="009A6F24">
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009A6F24" w:rsidRPr="009A6F24">
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UMMHC-25080814-RE</w:t>
             </w:r>
             <w:r w:rsidRPr="00514125">
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12543,79 +11259,77 @@
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6E188B83" w14:textId="77777777" w:rsidR="00DA6BC9" w:rsidRDefault="00DA6BC9">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="1917971075"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="387695716"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="23C4EF49" w14:textId="65A941C5" w:rsidR="005B4BD0" w:rsidRPr="00514125" w:rsidRDefault="005B4BD0" w:rsidP="009B5A21">
             <w:pPr>
               <w:spacing w:before="15"/>
               <w:ind w:right="-540"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00514125">
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Application Form </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12750,113 +11464,103 @@
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="005C4815">
               <w:rPr>
                 <w:color w:val="050505"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="551C836F" w14:textId="77777777" w:rsidR="005B4BD0" w:rsidRDefault="005B4BD0">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3EB7C98E" w14:textId="2F993D36" w:rsidR="0091751C" w:rsidRPr="00A84711" w:rsidRDefault="0091751C" w:rsidP="00A84711">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A006DA5" w14:textId="77777777" w:rsidR="00C876C3" w:rsidRDefault="00C876C3">
+    <w:p w14:paraId="4910D756" w14:textId="77777777" w:rsidR="002D4F4F" w:rsidRDefault="002D4F4F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B82AE88" w14:textId="77777777" w:rsidR="00C876C3" w:rsidRDefault="00C876C3">
+    <w:p w14:paraId="7A0F9EF2" w14:textId="77777777" w:rsidR="002D4F4F" w:rsidRDefault="002D4F4F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...8 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="Picture 2014574999" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:11.5pt;height:11.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:11.5pt;height:11.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0092174E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="851C1630"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="508" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
@@ -14036,107 +12740,109 @@
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1688482191">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1903365318">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="53548136">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="856193781">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0091751C"/>
     <w:rsid w:val="0000291E"/>
     <w:rsid w:val="00003CAD"/>
     <w:rsid w:val="00004B0E"/>
     <w:rsid w:val="000054D3"/>
     <w:rsid w:val="0000634E"/>
     <w:rsid w:val="00006B05"/>
     <w:rsid w:val="000108B2"/>
     <w:rsid w:val="00011F82"/>
     <w:rsid w:val="000149B4"/>
     <w:rsid w:val="000177A2"/>
     <w:rsid w:val="00022E66"/>
     <w:rsid w:val="00035329"/>
     <w:rsid w:val="000376D0"/>
     <w:rsid w:val="00040841"/>
     <w:rsid w:val="000502AA"/>
     <w:rsid w:val="00052CFE"/>
     <w:rsid w:val="00061375"/>
     <w:rsid w:val="00062D0D"/>
+    <w:rsid w:val="00066A08"/>
     <w:rsid w:val="00066C62"/>
     <w:rsid w:val="00067851"/>
     <w:rsid w:val="00071A74"/>
     <w:rsid w:val="00073A5E"/>
     <w:rsid w:val="000813BD"/>
     <w:rsid w:val="0008201E"/>
     <w:rsid w:val="00093E0E"/>
     <w:rsid w:val="00094D02"/>
     <w:rsid w:val="000A142C"/>
     <w:rsid w:val="000A210F"/>
     <w:rsid w:val="000A4776"/>
     <w:rsid w:val="000A657A"/>
     <w:rsid w:val="000A683C"/>
     <w:rsid w:val="000A787E"/>
     <w:rsid w:val="000C10BA"/>
     <w:rsid w:val="000C1F01"/>
     <w:rsid w:val="000C55D4"/>
     <w:rsid w:val="000C6DB2"/>
+    <w:rsid w:val="000D2EFE"/>
     <w:rsid w:val="000E1020"/>
     <w:rsid w:val="000E3566"/>
     <w:rsid w:val="000E597C"/>
     <w:rsid w:val="000F1D95"/>
     <w:rsid w:val="000F309B"/>
     <w:rsid w:val="00102E69"/>
     <w:rsid w:val="00102F33"/>
     <w:rsid w:val="00104B22"/>
     <w:rsid w:val="00105172"/>
     <w:rsid w:val="00110867"/>
     <w:rsid w:val="00120AEC"/>
     <w:rsid w:val="00121B3A"/>
     <w:rsid w:val="00123AF5"/>
     <w:rsid w:val="00123EF5"/>
     <w:rsid w:val="00125A85"/>
     <w:rsid w:val="00125CD8"/>
     <w:rsid w:val="001265B3"/>
     <w:rsid w:val="00135E33"/>
     <w:rsid w:val="00136D36"/>
     <w:rsid w:val="00145F6E"/>
     <w:rsid w:val="001467BF"/>
     <w:rsid w:val="0014683C"/>
     <w:rsid w:val="001500EC"/>
     <w:rsid w:val="0015023B"/>
     <w:rsid w:val="00150455"/>
@@ -14156,52 +12862,54 @@
     <w:rsid w:val="001C39C2"/>
     <w:rsid w:val="001D1B94"/>
     <w:rsid w:val="001D38D0"/>
     <w:rsid w:val="001D7516"/>
     <w:rsid w:val="001E6AB5"/>
     <w:rsid w:val="001F027F"/>
     <w:rsid w:val="001F42DF"/>
     <w:rsid w:val="0020285F"/>
     <w:rsid w:val="002108B2"/>
     <w:rsid w:val="002239D2"/>
     <w:rsid w:val="002250CB"/>
     <w:rsid w:val="00225764"/>
     <w:rsid w:val="00226F78"/>
     <w:rsid w:val="00242F74"/>
     <w:rsid w:val="002476EC"/>
     <w:rsid w:val="00251DFF"/>
     <w:rsid w:val="002537E3"/>
     <w:rsid w:val="00264053"/>
     <w:rsid w:val="0026485A"/>
     <w:rsid w:val="00266827"/>
     <w:rsid w:val="00282EB7"/>
     <w:rsid w:val="00290DED"/>
     <w:rsid w:val="002962D1"/>
     <w:rsid w:val="00297825"/>
     <w:rsid w:val="002A1588"/>
+    <w:rsid w:val="002A4C8D"/>
     <w:rsid w:val="002A53E6"/>
     <w:rsid w:val="002D05B1"/>
+    <w:rsid w:val="002D4F4F"/>
     <w:rsid w:val="002D5142"/>
     <w:rsid w:val="002E0F78"/>
     <w:rsid w:val="002E781C"/>
     <w:rsid w:val="002F1E24"/>
     <w:rsid w:val="002F2A25"/>
     <w:rsid w:val="00303BC5"/>
     <w:rsid w:val="00311738"/>
     <w:rsid w:val="003134B6"/>
     <w:rsid w:val="003160C2"/>
     <w:rsid w:val="003221BE"/>
     <w:rsid w:val="003221F6"/>
     <w:rsid w:val="00323253"/>
     <w:rsid w:val="003269EB"/>
     <w:rsid w:val="00333A6F"/>
     <w:rsid w:val="00337C23"/>
     <w:rsid w:val="00344D3A"/>
     <w:rsid w:val="00350289"/>
     <w:rsid w:val="00350A59"/>
     <w:rsid w:val="00351D0D"/>
     <w:rsid w:val="00351DD5"/>
     <w:rsid w:val="00356CAF"/>
     <w:rsid w:val="003677EB"/>
     <w:rsid w:val="00371D84"/>
     <w:rsid w:val="0037750B"/>
     <w:rsid w:val="0038456F"/>
@@ -14262,50 +12970,51 @@
     <w:rsid w:val="0052660A"/>
     <w:rsid w:val="00530319"/>
     <w:rsid w:val="00532BEB"/>
     <w:rsid w:val="005352C9"/>
     <w:rsid w:val="00545FB7"/>
     <w:rsid w:val="00547C89"/>
     <w:rsid w:val="00555388"/>
     <w:rsid w:val="00565505"/>
     <w:rsid w:val="005656A3"/>
     <w:rsid w:val="00566957"/>
     <w:rsid w:val="005671D2"/>
     <w:rsid w:val="005674AE"/>
     <w:rsid w:val="005727C9"/>
     <w:rsid w:val="005851A4"/>
     <w:rsid w:val="00586BDD"/>
     <w:rsid w:val="00592C90"/>
     <w:rsid w:val="00596028"/>
     <w:rsid w:val="005A6AC3"/>
     <w:rsid w:val="005B4BD0"/>
     <w:rsid w:val="005B54AF"/>
     <w:rsid w:val="005B7FAF"/>
     <w:rsid w:val="005C4815"/>
     <w:rsid w:val="005C67AD"/>
     <w:rsid w:val="005D05FA"/>
     <w:rsid w:val="005D286A"/>
+    <w:rsid w:val="005D4106"/>
     <w:rsid w:val="005D4A46"/>
     <w:rsid w:val="005D73E0"/>
     <w:rsid w:val="005E5660"/>
     <w:rsid w:val="005E6ECD"/>
     <w:rsid w:val="005F02AB"/>
     <w:rsid w:val="005F08E0"/>
     <w:rsid w:val="005F0DA7"/>
     <w:rsid w:val="005F15EA"/>
     <w:rsid w:val="0060312A"/>
     <w:rsid w:val="0060602F"/>
     <w:rsid w:val="00614C4E"/>
     <w:rsid w:val="006205E2"/>
     <w:rsid w:val="00622B9F"/>
     <w:rsid w:val="006245D3"/>
     <w:rsid w:val="00627F02"/>
     <w:rsid w:val="00631F56"/>
     <w:rsid w:val="006464F4"/>
     <w:rsid w:val="0065077D"/>
     <w:rsid w:val="00655FA1"/>
     <w:rsid w:val="006619D0"/>
     <w:rsid w:val="00665FA6"/>
     <w:rsid w:val="006662CD"/>
     <w:rsid w:val="00670C6F"/>
     <w:rsid w:val="00671A12"/>
     <w:rsid w:val="00676901"/>
@@ -14313,61 +13022,63 @@
     <w:rsid w:val="00677C8F"/>
     <w:rsid w:val="00681CDB"/>
     <w:rsid w:val="00684A34"/>
     <w:rsid w:val="00692A72"/>
     <w:rsid w:val="006A124C"/>
     <w:rsid w:val="006A5554"/>
     <w:rsid w:val="006A5589"/>
     <w:rsid w:val="006B6AB9"/>
     <w:rsid w:val="006B6C9B"/>
     <w:rsid w:val="006C2DA9"/>
     <w:rsid w:val="006C346A"/>
     <w:rsid w:val="006C7642"/>
     <w:rsid w:val="006D36EA"/>
     <w:rsid w:val="006D4026"/>
     <w:rsid w:val="006D52DE"/>
     <w:rsid w:val="006D629F"/>
     <w:rsid w:val="006E074F"/>
     <w:rsid w:val="006E5B0E"/>
     <w:rsid w:val="006E6D30"/>
     <w:rsid w:val="006F6521"/>
     <w:rsid w:val="00703D74"/>
     <w:rsid w:val="007104E6"/>
     <w:rsid w:val="0071085A"/>
     <w:rsid w:val="007110FD"/>
     <w:rsid w:val="00711330"/>
+    <w:rsid w:val="00711BD4"/>
     <w:rsid w:val="00713A69"/>
     <w:rsid w:val="007147D5"/>
     <w:rsid w:val="00715314"/>
     <w:rsid w:val="007169B3"/>
     <w:rsid w:val="00733BBB"/>
     <w:rsid w:val="00742AA3"/>
     <w:rsid w:val="007459B9"/>
     <w:rsid w:val="00746FD6"/>
     <w:rsid w:val="00756AFA"/>
     <w:rsid w:val="0075718E"/>
     <w:rsid w:val="00763E4A"/>
+    <w:rsid w:val="0077033E"/>
     <w:rsid w:val="007715CC"/>
     <w:rsid w:val="00777C4A"/>
     <w:rsid w:val="00792F4D"/>
     <w:rsid w:val="007967D0"/>
     <w:rsid w:val="007A0A67"/>
     <w:rsid w:val="007A4926"/>
     <w:rsid w:val="007A4C34"/>
     <w:rsid w:val="007A6CC2"/>
     <w:rsid w:val="007B4F87"/>
     <w:rsid w:val="007C07CC"/>
     <w:rsid w:val="007C0C7B"/>
     <w:rsid w:val="007C3EEF"/>
     <w:rsid w:val="007C4F07"/>
     <w:rsid w:val="007C4F98"/>
     <w:rsid w:val="007D1189"/>
     <w:rsid w:val="007D5E93"/>
     <w:rsid w:val="007E3495"/>
     <w:rsid w:val="007E3F12"/>
     <w:rsid w:val="007E673C"/>
     <w:rsid w:val="00800E20"/>
     <w:rsid w:val="00805FE2"/>
     <w:rsid w:val="00807938"/>
     <w:rsid w:val="00814178"/>
     <w:rsid w:val="00814F12"/>
     <w:rsid w:val="008159F0"/>
@@ -14433,50 +13144,51 @@
     <w:rsid w:val="009F080C"/>
     <w:rsid w:val="00A00651"/>
     <w:rsid w:val="00A05973"/>
     <w:rsid w:val="00A1225F"/>
     <w:rsid w:val="00A2076F"/>
     <w:rsid w:val="00A259B8"/>
     <w:rsid w:val="00A25E4F"/>
     <w:rsid w:val="00A31BFD"/>
     <w:rsid w:val="00A339C5"/>
     <w:rsid w:val="00A35F38"/>
     <w:rsid w:val="00A35FB9"/>
     <w:rsid w:val="00A411EE"/>
     <w:rsid w:val="00A42699"/>
     <w:rsid w:val="00A47E7C"/>
     <w:rsid w:val="00A50CC9"/>
     <w:rsid w:val="00A57212"/>
     <w:rsid w:val="00A6053F"/>
     <w:rsid w:val="00A64C46"/>
     <w:rsid w:val="00A67425"/>
     <w:rsid w:val="00A7121A"/>
     <w:rsid w:val="00A73E17"/>
     <w:rsid w:val="00A74929"/>
     <w:rsid w:val="00A770F8"/>
     <w:rsid w:val="00A84711"/>
     <w:rsid w:val="00A8625A"/>
+    <w:rsid w:val="00A86B51"/>
     <w:rsid w:val="00AB2057"/>
     <w:rsid w:val="00AB6AF3"/>
     <w:rsid w:val="00AD37A9"/>
     <w:rsid w:val="00AD57C3"/>
     <w:rsid w:val="00AE0EDE"/>
     <w:rsid w:val="00AE3D44"/>
     <w:rsid w:val="00AE3E84"/>
     <w:rsid w:val="00AE3EA3"/>
     <w:rsid w:val="00AF0ED0"/>
     <w:rsid w:val="00B03EBA"/>
     <w:rsid w:val="00B1254A"/>
     <w:rsid w:val="00B224A3"/>
     <w:rsid w:val="00B229FA"/>
     <w:rsid w:val="00B25D88"/>
     <w:rsid w:val="00B2614F"/>
     <w:rsid w:val="00B30386"/>
     <w:rsid w:val="00B400E7"/>
     <w:rsid w:val="00B41EAF"/>
     <w:rsid w:val="00B478D2"/>
     <w:rsid w:val="00B61429"/>
     <w:rsid w:val="00B71142"/>
     <w:rsid w:val="00B93873"/>
     <w:rsid w:val="00B93CAF"/>
     <w:rsid w:val="00B941C8"/>
     <w:rsid w:val="00BA49CE"/>
@@ -14610,51 +13322,51 @@
     <w:rsid w:val="00FC4C2F"/>
     <w:rsid w:val="00FD2843"/>
     <w:rsid w:val="00FD725F"/>
     <w:rsid w:val="00FE057D"/>
     <w:rsid w:val="00FE3296"/>
     <w:rsid w:val="00FE7065"/>
     <w:rsid w:val="00FF00EE"/>
     <w:rsid w:val="00FF696A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3073"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3EB7C5C1"/>
   <w15:docId w15:val="{72C8F8A4-8AC2-40C3-8240-5BFA3C441F02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -15297,51 +14009,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E968E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.bierschied@umassmemorial.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DPH.DON@state.ma.us" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.bierschied@umassmemorial.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DPH.DON@state.ma.us" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -15591,76 +14303,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>16376</Characters>
+  <Pages>9</Pages>
+  <Words>2738</Words>
+  <Characters>15608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>136</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>130</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19210</CharactersWithSpaces>
+  <CharactersWithSpaces>18310</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>B&amp;S</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-06-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 23 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">