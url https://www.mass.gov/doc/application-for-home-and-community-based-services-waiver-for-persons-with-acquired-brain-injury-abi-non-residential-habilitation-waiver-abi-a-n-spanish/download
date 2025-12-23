--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,2114 +1,2814 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00EC2313" w:rsidRDefault="00EC2313" w:rsidP="00EC2313">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3413AADB" w14:textId="23D3BB0D" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="005A2AF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solicitud de exenciones para servicios basados en el hogar y la comunidad para personas con lesión cerebral adquirida </w:t>
+      </w:r>
+      <w:r w:rsidR="0090127D" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(ABI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8C9BD0" w14:textId="54EE3500" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Exención de habilitación no residencial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F085255" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="394285DB" w14:textId="3F30EE98" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INFORMACIÓN SOBRE LA EXENCIÓN ABI </w:t>
+      </w:r>
+      <w:r w:rsidR="0090127D" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>• (866) 281-5602, TTY: (800) 596-1746 • ABIinfo@umassmed.edu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4815EFCF" w14:textId="77777777" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F499F27" w14:textId="4DE6D420" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>La Exención de Habilitación no residencial por una Lesión Cerebral Adquirida (ABI-N) está disponible por medio de MassHealth para personas que tienen una lesión cerebral adquirida y que han estado viviendo en un centro de enfermería o en un hospital para enfermedades crónicas o de rehabilitación por al menos 90 días consecutivos. La Exención ABI-N beneficia a los afiliados de MassHealth que no necesitan servicios ni apoyos las 24 horas. La Exención ABI-N no incluye servicios de apoyo residencial. Los participantes residirán y recibirán servicios de exención en su propio hogar o apartamento, o en el hogar de otra persona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF15579" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5357E0B1" w14:textId="584E6949" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del solicitante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DECAA46" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4189D275" w14:textId="394C00A1" w:rsidR="00D52070" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A459AE" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>acimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DE25B9" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74A69568" w14:textId="0624CA1E" w:rsidR="008E3948" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Qué sexo le asignaron al nacer? </w:t>
+      </w:r>
+      <w:r w:rsidR="0090127D" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>M F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415AF29D" w14:textId="2AFE30E5" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E27E288" w14:textId="5B99572D" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de Seguro Social</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643D1748" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64D843BE" w14:textId="313D23BE" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de ID de MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DB447B" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9E3689" w14:textId="108B7B76" w:rsidR="00D52070" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Idioma preferido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376A9764" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72DC2FB5" w14:textId="11A01999" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del solicitante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC49DFE" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4C1A7B" w14:textId="2EF9E99C" w:rsidR="00D52070" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del establecimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101D0D8B" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C3D6F64" w14:textId="33C0E0DA" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A459AE" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>admisión</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DC4FDC" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A8E318D" w14:textId="15723AFF" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección del establecimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E35060A" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C0FAB84" w14:textId="076B9D57" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Deberíamos comunicarnos con otra persona acerca de su solicitud? Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="0090127D" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5033B0C2" w14:textId="77777777" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236546A9" w14:textId="21FCEA6E" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Qué persona o qué agencia lo refirió a este programa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C00F994" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69925876" w14:textId="5D995086" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del contacto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3825971E" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A74D9AA" w14:textId="298BD538" w:rsidR="00D52070" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del contacto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A47D694" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17A70AE4" w14:textId="146FEBDC" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Relación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431AA0BC" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A79838F" w14:textId="40A50CBB" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección del contacto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1648925E" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48A1AFB9" w14:textId="5500F7F1" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="005A2AF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Usted puede elegir un representante autorizado para que lo ayude a solicitar u obtener beneficios de salud. Puede hacerlo completando un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Formulario de designación del representante autorizado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de MassHealth (</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>MassHealth</w:t>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ARD</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...37 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Para solicitar un formulario </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC2313">
-[...3 lines deleted...]
-        <w:t>Exención</w:t>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ARD</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC2313">
-[...466 lines deleted...]
-    <w:p w:rsidR="00EC2313" w:rsidRPr="00EC2313" w:rsidRDefault="00EC2313" w:rsidP="00EC2313">
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, llame a Información sobre la Exención ABI al (866) 281-5602, TTY: (800) 596-1746 o envíe un correo electrónico a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00BE3E3F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="es-419"/>
+          </w:rPr>
+          <w:t>ABIinfo@umassmed.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38743215" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="005A2AF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DDF1F99" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="005A2AF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>La Exención ABI-N beneficia a los afiliados de MassHealth que han estado viviendo en un centro de enfermería o en un hospital para enfermedades crónicas o de rehabilitación por al menos 90 días consecutivos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC5FFD0" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="005A2AF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32608C19" w14:textId="784A68A8" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="005A2AF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Al firmar esta solicitud, declaro que</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C30EAB" w14:textId="2F387CD5" w:rsidR="008E3948" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="00D52070">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00EC2313" w:rsidRPr="00EC2313" w:rsidRDefault="00EC2313" w:rsidP="00EC2313">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>anticipo estar en el centro de enfermería o en el hospital para enfermedades crónicas o de rehabilitación durante 90 días consecutivos o más;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F18BA06" w14:textId="667AB7AA" w:rsidR="008E3948" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="00D52070">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00EC2313" w:rsidRPr="00EC2313" w:rsidRDefault="00EC2313" w:rsidP="00EC2313">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>tengo una lesión cerebral adquirida; y</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A87C428" w14:textId="17A02B41" w:rsidR="008E3948" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="00D52070">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...36 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sufrí la lesión cerebral adquirida cuando tenía más de 22 años.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690772D7" w14:textId="32A54D00" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C34B970" w14:textId="30DFBE87" w:rsidR="00D52070" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma de</w:t>
+      </w:r>
+      <w:r w:rsidR="00955609" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicitante o del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC907A4" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56B8D36A" w14:textId="1228C88A" w:rsidR="005A074A" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2313" w:rsidRPr="00EC2313" w:rsidRDefault="00EC2313" w:rsidP="00EC2313">
-[...27 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="007CD5AB" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="764FD36F" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="00577C3D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Envíe su solicitud completada a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4FE993" w14:textId="461D8A4F" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="00577C3D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC2313">
-[...3 lines deleted...]
-        <w:t>Shrewsbury</w:t>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Waiver</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC2313">
-[...33 lines deleted...]
-    <w:sectPr w:rsidR="00EC2313">
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Unit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5DC0947A" w14:textId="77777777" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="00577C3D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UMass Chan Medical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="400CF1A0" w14:textId="77777777" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="00577C3D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>PO Box 2635</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9E50C7" w14:textId="77777777" w:rsidR="0090127D" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="00577C3D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Worcester, MA 01613</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C6D076" w14:textId="77777777" w:rsidR="008E3948" w:rsidRPr="00BE3E3F" w:rsidRDefault="008E3948" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E4D9D0" w14:textId="77777777" w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F" w:rsidRDefault="005A2AF7" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cuando el personal de la Unidad de exenciones ABI reciba su solicitud, se comunicará con usted para iniciar el proceso de solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23669BA2" w14:textId="135303EC" w:rsidR="00B324DA" w:rsidRPr="00BE3E3F" w:rsidRDefault="0090127D" w:rsidP="0090127D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ABI-N_</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2AF7" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52070" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>2025-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00472905" w:rsidRPr="00BE3E3F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B324DA" w:rsidRPr="00BE3E3F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="71964970"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47345872"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3FB0C788"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="CEDEAA0E"/>
+    <w:lvl w:ilvl="0" w:tplc="0DDCF574">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="»"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-[...35 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="329718193">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EC2313"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EC2313"/>
+    <w:rsidRoot w:val="0090127D"/>
+    <w:rsid w:val="00084CA4"/>
+    <w:rsid w:val="002C6D09"/>
+    <w:rsid w:val="00334B6B"/>
+    <w:rsid w:val="00355817"/>
+    <w:rsid w:val="00472905"/>
+    <w:rsid w:val="005157EB"/>
+    <w:rsid w:val="00577C3D"/>
+    <w:rsid w:val="005A074A"/>
+    <w:rsid w:val="005A2AF7"/>
+    <w:rsid w:val="005C70DA"/>
+    <w:rsid w:val="006A1DA4"/>
+    <w:rsid w:val="006C3CF5"/>
+    <w:rsid w:val="00752EE9"/>
+    <w:rsid w:val="007E644F"/>
+    <w:rsid w:val="0086158C"/>
+    <w:rsid w:val="0089553A"/>
+    <w:rsid w:val="008A6435"/>
+    <w:rsid w:val="008E3948"/>
+    <w:rsid w:val="008F007F"/>
+    <w:rsid w:val="0090127D"/>
+    <w:rsid w:val="00943D97"/>
+    <w:rsid w:val="00955609"/>
+    <w:rsid w:val="009D425E"/>
+    <w:rsid w:val="009E15AD"/>
+    <w:rsid w:val="00A459AE"/>
+    <w:rsid w:val="00AD513D"/>
+    <w:rsid w:val="00B324DA"/>
+    <w:rsid w:val="00B74E39"/>
+    <w:rsid w:val="00BB4D4A"/>
+    <w:rsid w:val="00BE3E3F"/>
+    <w:rsid w:val="00D11727"/>
+    <w:rsid w:val="00D52070"/>
+    <w:rsid w:val="00F110A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2D4122A1"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{BA7E5C12-B072-4631-A0E0-1B29E8D20BA8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Palatino Linotype" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2197"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
+    <w:rsid w:val="00D11727"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2197"/>
+    <w:rsid w:val="00D11727"/>
     <w:pPr>
-      <w:spacing w:before="480" w:after="0"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00496867"/>
+    <w:rsid w:val="0090127D"/>
     <w:pPr>
-      <w:spacing w:before="400" w:line="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F2197"/>
+    <w:rsid w:val="0090127D"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0" w:line="271" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D11727"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2197"/>
+    <w:rsid w:val="0090127D"/>
     <w:pPr>
-      <w:pBdr>
-[...2 lines deleted...]
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="52"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="006F2197"/>
-[...4 lines deleted...]
-      <w:szCs w:val="52"/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD5BF8"/>
+    <w:rsid w:val="0090127D"/>
     <w:pPr>
-      <w:spacing w:after="600"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...66 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EC2313"/>
+    <w:rsid w:val="0090127D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2197"/>
-[...5 lines deleted...]
-    <w:name w:val="heading 1"/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="9"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2197"/>
+    <w:rsid w:val="0090127D"/>
     <w:pPr>
-      <w:spacing w:before="480" w:after="0"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="0090127D"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-[...9 lines deleted...]
-    <w:uiPriority w:val="9"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...41 lines deleted...]
-    <w:name w:val="Normal Table"/>
+    <w:rsid w:val="005A2AF7"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...10 lines deleted...]
-    <w:name w:val="No List"/>
+    <w:rsid w:val="005A2AF7"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...130 lines deleted...]
-    <w:rsid w:val="00EC2313"/>
+    <w:rsid w:val="00A459AE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-    </w:pPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ABIinfo@umassmed.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2245</Characters>
+  <Pages>1</Pages>
+  <Words>389</Words>
+  <Characters>2136</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2633</CharactersWithSpaces>
+  <CharactersWithSpaces>2492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Administrator</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Colella-Yantosca, Lucia (EHS)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>