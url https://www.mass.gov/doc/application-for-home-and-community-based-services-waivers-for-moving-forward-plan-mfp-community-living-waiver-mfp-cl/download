--- v0 (2025-11-01)
+++ v1 (2026-03-26)
@@ -1,126 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5854A686" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...76 lines deleted...]
-    </w:p>
     <w:p w14:paraId="34046D62" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Application for Home- and Community-Based Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28E506CB" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -163,99 +85,65 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MFP WAIVER INFORMATION • (855) 499-5109, TTY: (800) 596-1746 • MFPinfo@umassmed.edu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450A74CB" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D2F6324" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...47 lines deleted...]
-        <w:t xml:space="preserve">MassHealth members who do not need 24-hour services and support. The MFP-CL Waiver does not include residential support services. </w:t>
+    <w:p w14:paraId="0A449F0E" w14:textId="3DF88746" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Moving Forward Plan Community Living (MFP-CL) Waiver is available through MassHealth for people who have been living in a nursing facility or chronic disease, rehabilitation, or psychiatric hospital for at least 90 consecutive days. The MFP-CL Waiver serves MassHealth members who do not need 24-hour services and support. The MFP-CL Waiver does not include residential support services. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05968A19" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participants will reside and receive waiver services in their own home or apartment or in the home of someone else.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3C826C" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -384,155 +272,155 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="48DDD301" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00F49A3E" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Facility name Date of admission </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CDFDF0" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7393A99E" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facility address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DEF801" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EDCFD87" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Should we contact someone else about your application? Yes No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF7029B" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="252BC7A1" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Who or what agency referred you to this program?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9644BB" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED77A38" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Facility name Date of admission </w:t>
-[...102 lines deleted...]
-        </w:rPr>
         <w:t>Contact name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B78B0B3" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="401FB4B2" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -553,142 +441,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contact address</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="151E5C6B" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48CC3948" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...47 lines deleted...]
-        <w:t>(855) 499-5109, TTY: (800) 596-1746 or email MFPinfo@umassmed.edu.</w:t>
+    <w:p w14:paraId="697A6B0A" w14:textId="62B70BBF" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You may choose an authorized representative to help you apply for or get health benefits. You can do this by filling out a MassHealth Authorized Representative Designation Form (ARD) form. To request an ARD form, call MFP Waiver Information at (855) 499-5109, TTY: (800) 596-1746 or email MFPinfo@umassmed.edu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18695B2B" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CDB2FC1" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...30 lines deleted...]
-        <w:t>psychiatric hospital for at least 90 consecutive days.</w:t>
+    <w:p w14:paraId="1FC3BC42" w14:textId="06A2BB1B" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The MFP-CL Waiver serves MassHealth members who have been living in a nursing facility or chronic disease, rehabilitation, or psychiatric hospital for at least 90 consecutive days.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3319EBD8" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04799C55" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -725,280 +562,259 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>» I have a disability, or I am age 65 or older.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F1FCEA" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26808FE0" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2D1C494F" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature of Applicant or Authorized Representative Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="313539BC" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...16 lines deleted...]
-    </w:p>
     <w:p w14:paraId="047FA21B" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F7AA2A7" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00054106">
+    <w:p w14:paraId="4A4CC459" w14:textId="77777777" w:rsidR="00BC2579" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Send your completed application to </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1940FB6C" w14:textId="2BF0A73E" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00BF0681" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00054106" w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Waiver Unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00856DA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00054106" w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UMass Chan Medical School</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00054106">
+      <w:r w:rsidR="00856DA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00054106" w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PO Box 2635</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00054106">
+      <w:r w:rsidR="00856DA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00054106" w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Worcester, MA 01613</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFA24E4" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="536623AE" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1073B6EF" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054106">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Staff at the MFP Waiver Unit will contact you to begin the application process when they receive your application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423DB7CE" w14:textId="77777777" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
-[...55 lines deleted...]
-    <w:sectPr w:rsidR="00B324DA" w:rsidRPr="00054106">
+    <w:p w14:paraId="2577564C" w14:textId="77777777" w:rsidR="00AB7D74" w:rsidRDefault="00AB7D74" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17643D77" w14:textId="3E538738" w:rsidR="00054106" w:rsidRPr="00054106" w:rsidRDefault="00054106" w:rsidP="00054106">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054106">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MFP-CL_2025-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0681">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00054106" w:rsidRPr="00054106">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -1015,55 +831,61 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00054106"/>
     <w:rsid w:val="00054106"/>
     <w:rsid w:val="00334B6B"/>
+    <w:rsid w:val="00856DA6"/>
+    <w:rsid w:val="0089553A"/>
     <w:rsid w:val="008A6435"/>
     <w:rsid w:val="008F007F"/>
     <w:rsid w:val="009E15AD"/>
+    <w:rsid w:val="00AB7D74"/>
     <w:rsid w:val="00B324DA"/>
+    <w:rsid w:val="00BC2579"/>
+    <w:rsid w:val="00BF0681"/>
     <w:rsid w:val="00D11727"/>
+    <w:rsid w:val="00E436E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2DE94301"/>
@@ -2314,55 +2136,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>1900</Characters>
+  <Pages>2</Pages>
+  <Words>320</Words>
+  <Characters>1826</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2229</CharactersWithSpaces>
+  <CharactersWithSpaces>2142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Colella-Yantosca, Lucia (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>