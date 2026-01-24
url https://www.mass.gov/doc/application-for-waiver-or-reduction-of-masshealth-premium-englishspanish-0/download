--- v0 (2025-10-14)
+++ v1 (2026-01-24)
@@ -1,5227 +1,2060 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="381DAE42" w14:textId="65D743E5" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+    <w:p w14:paraId="381DAE42" w14:textId="65D743E5" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Application for Waiver or Reduction of MassHealth Premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE099E7" w14:textId="1C83437C" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+    <w:p w14:paraId="4FE099E7" w14:textId="1C83437C" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">Return this form to: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:br/>
         <w:t>MassHealth Customer Service, Attn: Premium Billing, PO Box</w:t>
       </w:r>
-      <w:r w:rsidR="00924E69">
+      <w:r w:rsidR="00924E69" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 219, </w:t>
       </w:r>
-      <w:r w:rsidR="0001740E">
+      <w:r w:rsidR="0001740E" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Quincy</w:t>
       </w:r>
-      <w:r w:rsidR="003E2D14">
+      <w:r w:rsidR="003E2D14" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>, MA 02171-0219</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767D0842" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="004A4441" w:rsidRDefault="00BD40E1" w:rsidP="006D137D">
+    <w:p w14:paraId="767D0842" w14:textId="106034D0" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="006D137D">
       <w:pPr>
         <w:pStyle w:val="textnoindentcopy"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="35B2C7E9" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="004A4441" w:rsidRDefault="00BD40E1" w:rsidP="006D137D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>To get a MassHealth Premium Hardship Waiver, you must meet one of the hardships described below</w:t>
+      </w:r>
+      <w:r w:rsidR="00374F04" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">give MassHealth proof of your financial hardship. Hardship waivers are good for 12 months. </w:t>
+      </w:r>
+      <w:r w:rsidR="00374F04" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>If your premium is waived</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5574" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00374F04" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ou will not get billed for premiums during the approved hardship period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B2C7E9" w14:textId="0A3708AE" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="006D137D">
       <w:pPr>
         <w:pStyle w:val="textnoindentcopy"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="26ABF9E8" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The start date cannot be more than three months before the date that MassHealth gets your waiver application. If you have any questions about this or if you need a new hardship waiver application, please call MassHealth Customer Service at (800)</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5574" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>841</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5574" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>2900</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53C79">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>TDD/TTY: 711.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ABF9E8" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Applicant information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACEB42B" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+    <w:p w14:paraId="79FF1A0E" w14:textId="77777777" w:rsidR="000A301A" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="7580"/>
           <w:tab w:val="left" w:pos="8280"/>
         </w:tabs>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="24A820B9" w14:textId="37DB47BE" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Last name </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C91ABC" w14:textId="77777777" w:rsidR="000A301A" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="7580"/>
           <w:tab w:val="left" w:pos="8280"/>
         </w:tabs>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="1244BA27" w14:textId="4F75C440" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>First name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACEB42B" w14:textId="016CE06E" w:rsidR="00BD40E1" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
-      </w:pPr>
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1960"/>
+          <w:tab w:val="clear" w:pos="4020"/>
+          <w:tab w:val="clear" w:pos="7580"/>
+          <w:tab w:val="left" w:pos="8280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Middle initial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238C6FB6" w14:textId="77777777" w:rsidR="000A301A" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1960"/>
+          <w:tab w:val="clear" w:pos="4020"/>
+          <w:tab w:val="clear" w:pos="7580"/>
+          <w:tab w:val="left" w:pos="8280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MassHealth ID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A820B9" w14:textId="54A37D8A" w:rsidR="00BD40E1" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1960"/>
+          <w:tab w:val="clear" w:pos="4020"/>
+          <w:tab w:val="clear" w:pos="7580"/>
+          <w:tab w:val="left" w:pos="8280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Daytime phone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1244BA27" w14:textId="5B21915A" w:rsidR="00BD40E1" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Street address</w:t>
       </w:r>
-      <w:r w:rsidR="004A4441">
-[...3 lines deleted...]
-    <w:p w14:paraId="45958CA9" w14:textId="53D79806" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+    </w:p>
+    <w:p w14:paraId="20F54533" w14:textId="77777777" w:rsidR="000A301A" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
-      </w:pPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="154215C0" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA8ABAE" w14:textId="77777777" w:rsidR="000A301A" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="23491EE0" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45958CA9" w14:textId="0AE5E235" w:rsidR="00BD40E1" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zip</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154215C0" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23491EE0" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Details of hardship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47322CB9" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+    <w:p w14:paraId="47322CB9" w14:textId="688631F5" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textnoindent"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">Please check </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="6AEA9BA2" w14:textId="268A99AD" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the boxes that relate to your or your family’s extreme financial hardship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEA9BA2" w14:textId="268A99AD" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A4441">
+      <w:r w:rsidR="004A4441" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="45617B4E" w14:textId="45EEEB37" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am more than 30 days late paying my rent or mortgage, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an eviction notice, or am homeless. (Please send in a copy of any notices from your landlord, bank or mortgage company, or court as proof.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45617B4E" w14:textId="45EEEB37" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A4441">
+      <w:r w:rsidR="004A4441" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>I have a shut-off notice from a utility company (gas, electric, oil, water, or telephone), one or more of my utilities has been shut off, or one or more of my utility companies will not deliver services because I cannot pay. (If you have a large or long-overdue utility bill, but you cannot be shut off because you are disabled or it is winter, check this section. Please send in a copy of your shut-off notice or overdue bill as proof.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C43714" w14:textId="411BA217" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+    <w:p w14:paraId="47C43714" w14:textId="72376FDD" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A4441">
+      <w:r w:rsidR="004A4441" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4D81C8A4" w14:textId="1DD0F0A0" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have </w:t>
+      </w:r>
+      <w:r w:rsidR="00374F04" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">large </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>paid or unpaid medical and/or dental bills in the twelve months before I sent this waiver application. These bills are more than 7.5% of my gross annual income. The bills may be for me or for someone else in my immediate family (such as a child or a spouse). They cannot be paid for by Health Safety Net or any other health insurance, including MassHealth. (Please send in copies of these medical bills as proof.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FB1545" w14:textId="7F3762A3" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00374F04">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A4441">
+      <w:r w:rsidR="004A4441" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>In the past six months, I have had a large, unexpected increase in basic expenses. (Please tell us about the expenses in the Comments section and send proof of the amount.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FB1545" w14:textId="420A0717" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+    <w:p w14:paraId="696BBBCD" w14:textId="294B91A0" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004A4441">
+      <w:r w:rsidR="004A4441" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>I have suffered an economic hardship in the six months before the date I sent this waiver application, or expect to in the six months following, because of a state or federally declared disaster or public health emergency</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46689E49" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00374F04">
+      <w:pPr>
+        <w:pStyle w:val="textnoindent"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>At the end of the 12 months of the hardship waiver, you can ask for another hardship waiver if you think you are still eligible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368D2951" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Comments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:rFonts w:ascii="BentonSans Book" w:hAnsi="BentonSans Book" w:cs="BentonSans Book"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>(If you need more space, please attach a separate sheet.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1026319E" w14:textId="77777777" w:rsidR="0012106C" w:rsidRPr="000A301A" w:rsidRDefault="0012106C" w:rsidP="0012106C">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="627EB91F" w14:textId="75255F7F" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:pPr>
+        <w:pStyle w:val="textnoindentcopy2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">I certify that I have read or had read to me the information on this application. I understand my rights and responsibilities. I certify under the </w:t>
+      </w:r>
+      <w:r w:rsidR="00374F04" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pains and penalties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of perjury that the information on this application and any papers added to it is correct and complete to the best of my knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3290B8F9" w14:textId="7A136E47" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:pPr>
+        <w:pStyle w:val="textnoindentcopy2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are acting for someone </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-        <w:t>I  am</w:t>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>in filling</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...38 lines deleted...]
-    <w:p w14:paraId="368D2951" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRDefault="00BD40E1" w:rsidP="004A4441">
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> out this form, you must be designated on our computer system as an Authorized Representative. If you are not, you must fill out an Authorized Representative Designation (ARD) form and send it back with this application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7514F2B5" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="000A301A" w:rsidRDefault="00BD40E1" w:rsidP="00BD40E1">
+      <w:pPr>
+        <w:pStyle w:val="textnoindentcopy2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Your signature or the signature of your authorized representative on this application certifies that the information on this form is correct and complete to the best of your knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB00A2E" w14:textId="77777777" w:rsidR="00BD40E1" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="003E0CDF">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A3AFDE" w14:textId="77777777" w:rsidR="00516516" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature of member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFE845E" w14:textId="6DA8B921" w:rsidR="000B657B" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0263623C" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="005C2C50" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B0D8AD4" w14:textId="77777777" w:rsidR="00516516" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature of authorized representative</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F836D70" w14:textId="3193D2FD" w:rsidR="00BD40E1" w:rsidRPr="005C2C50" w:rsidRDefault="00BD40E1" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="textformnorule"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="005C2C50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425AB3C3" w14:textId="30C30460" w:rsidR="00860BF3" w:rsidRPr="000A301A" w:rsidRDefault="00860BF3"/>
+    <w:p w14:paraId="448BA7A6" w14:textId="3CAB5DCD" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B"/>
+    <w:p w14:paraId="2097D5E3" w14:textId="3D1E63DC" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Solicitud de Exención o reducción de la prima de MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521734AD" w14:textId="4A88115C" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000B657B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="BentonSans Book" w:hAnsi="BentonSans Book" w:cs="BentonSans Book"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Envíe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...123 lines deleted...]
-      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Solicitud</w:t>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>este</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Exención</w:t>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>formulario</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="000B657B">
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B657B">
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:br/>
         <w:t>MassHealth Customer Service, Attn: Premium Billing, P</w:t>
       </w:r>
-      <w:r w:rsidR="00636C22">
+      <w:r w:rsidR="00636C22" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>O Box</w:t>
       </w:r>
-      <w:r w:rsidR="00B463C8">
+      <w:r w:rsidR="00B463C8" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 219, Quincy, MA 02171</w:t>
       </w:r>
-      <w:r w:rsidR="00182323">
+      <w:r w:rsidR="00182323" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>-0219</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4CB879" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000B657B" w:rsidRDefault="000B657B" w:rsidP="000B657B">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00422D62">
+    <w:p w14:paraId="5F4CB879" w14:textId="505282ED" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="0012106C">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para obtener una </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-        <w:t>Exención</w:t>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Exención de la prima de MassHealth por dificultades económicas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> usted debe cumplir con uno de los requisitos de dificultades económicas descritos a continuación</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7AE5" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">debe dar pruebas a MassHealth de sus dificultades económicas. Las exenciones por dificultades económicas son válidas por 12 meses. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52E4B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si queda exento por el total de la prima, n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o se le cobrarán facturas de primas durante el período aprobado por dificultades económicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4DDBD1" w14:textId="2A447F93" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="0012106C">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La fecha de inicio no podrá ser anterior a tres meses de la fecha en que MassHealth reciba su solicitud de exención. Si usted tiene preguntas sobre este formulario o si necesita una nueva solicitud de exención por dificultades económicas, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C695B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00860BF3" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or favor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>llame al Servicio al cliente de MassHealth al (800) 841-2900 o por TDD/TTY al 711 para personas sordas, con dificultad auditiva o discapacidad del habla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF69CF1" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Información sobre el solicitante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECF0B2F" w14:textId="58A5F58D" w:rsidR="005C2C50" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Apellido(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A461901" w14:textId="4FF08187" w:rsidR="005C2C50" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745F96C1" w14:textId="6EE83857" w:rsidR="005C2C50" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Inicial del 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3069D67A" w14:textId="160B5128" w:rsidR="005C2C50" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ID de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00422D62">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> de la prima de MassHealth por </w:t>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38334448" w14:textId="4B351EEF" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono de día</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CF50BB" w14:textId="4F163B4A" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Calle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DE9E11" w14:textId="0589E463" w:rsidR="005C2C50" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Ciudad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607B78A4" w14:textId="4D44DF19" w:rsidR="005C2C50" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estado </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2958CFDB" w14:textId="66BFDB1E" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000F78F5">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Código postal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2AC7B2" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373BC7EA" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Información sobre las dificultades económicas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B712418" w14:textId="212D710E" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Por favor, marque todas las casillas que estén relacionadas con su dificultad económica extrema o la de su familia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E825628" w14:textId="27C9BE93" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="006D137D" w:rsidP="0012106C">
+      <w:pPr>
+        <w:pStyle w:val="textnoindentcopy"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:after="60"/>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">___ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Estoy atrasado/a más de 30 días en el pago de mi alquiler o hipoteca, tengo un aviso de desalojo o estoy desamparado/a sin hogar. (Por favor, envíe una copia de todos los avisos del propietario de la vivienda, del banco o de la compañía de créditos hipotecarios, o del tribunal como prueba.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3930012B" w14:textId="5BF4FE0C" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="006D137D" w:rsidP="0012106C">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="60" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tengo un aviso de corte de servicios de una compañía de servicios públicos (gas, electricidad, combustible para calefacción, agua o teléfono), uno o más de mis servicios han sido cortados, o una o más de mis compañías de servicios públicos no me proveerán servicios porque no puedo pagarlos. (Marque esta sección si, a pesar de que usted tiene una factura elevada de servicios públicos o muy atrasada y vencida, no le pueden cortar los servicios, porque es discapacitado o es invierno. </w:t>
+      </w:r>
+      <w:r w:rsidR="00860BF3" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por favor, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>envíe una copia de su aviso de corte de servicios o la factura vencida sin pagar como prueba.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A990C9" w14:textId="6C68D475" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="006D137D" w:rsidP="0012106C">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="60" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tengo facturas </w:t>
+      </w:r>
+      <w:r w:rsidR="000224C9" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elevadas </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por servicios médicos y/o dentales </w:t>
+      </w:r>
+      <w:r w:rsidR="000224C9" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ya sea </w:t>
+      </w:r>
+      <w:r w:rsidR="000F3720" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pagadas </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o sin pagar, de los doce meses anteriores a la presentación de mi solicitud de exención. Estas facturas suman más del 7.5% del ingreso bruto anual de mi hogar. Estas facturas pueden ser mías o de algún otro familiar cercano (como un hijo/a o un cónyuge). No pueden ser pagadas por </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00422D62">
-[...5 lines deleted...]
-        <w:t>dificultades</w:t>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00422D62">
-[...708 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safety Net ni por ningún otro seguro, incluido MassHealth. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00860BF3" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por favor, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>envíe copias de estas facturas médicas como prueba.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61243168" w14:textId="4E9133CA" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="006D137D" w:rsidP="0012106C">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="60" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...188 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>En los seis meses pasados, he tenido un aumento considerable e inesperado en mis gastos básicos. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00860BF3" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por favor, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>infórmenos sobre sus gastos en la sección Comentarios y envíenos pruebas de las cantidades.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3928C14C" w14:textId="4D673866" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="006D137D" w:rsidP="0012106C">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="60" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
-      <w:r w:rsidR="000B657B" w:rsidRPr="000B657B">
-[...1274 lines deleted...]
-    <w:p w14:paraId="6B8C44A4" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000B657B" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+      <w:r w:rsidR="000B657B" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>He tenido una situación de dificultad económica en los seis meses anteriores a la fecha de haber enviado mi solicitud de exención, o es posible que tenga dificultades económicas durante los seis meses siguientes, debido a una emergencia de salud pública declarada por el gobierno estatal o federal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F324514" w14:textId="77777777" w:rsidR="000B657B" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="80" w:after="80" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000B657B">
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...581 lines deleted...]
-    <w:p w14:paraId="7F324514" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000B657B" w:rsidRDefault="000B657B" w:rsidP="000B657B">
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Al final de los 12 meses de la exención por dificultades económicas, usted puede solicitar otra exención por dificultades económicas si cree que sigue siendo elegible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9B868A" w14:textId="77777777" w:rsidR="005C2C50" w:rsidRPr="000A301A" w:rsidRDefault="005C2C50" w:rsidP="00157AAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...264 lines deleted...]
-    <w:p w14:paraId="46911A0F" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000B657B" w:rsidRDefault="000B657B" w:rsidP="006D137D">
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46911A0F" w14:textId="3AB4CA8D" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="006D137D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:caps/>
+          <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Comentarios</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B657B">
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:ascii="BentonSans Book" w:hAnsi="BentonSans Book" w:cs="BentonSans Book"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B657B">
-[...88 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Si necesita más espacio, </w:t>
+      </w:r>
+      <w:r w:rsidR="00860BF3" w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por favor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>adjunte una hoja aparte.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D971AF" w14:textId="77777777" w:rsidR="005C2C50" w:rsidRDefault="005C2C50" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="791B0819" w14:textId="72A44434" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Yo certifico que he leído o que me han leído la información de esta solicitud. Entiendo mis derechos y responsabilidades. Certifico bajo pena de perjurio que la información en esta solicitud y en todas las hojas adjuntas es correcta y está completa a mi leal saber y entender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D129F7F" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...653 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si usted actúa en nombre de otra persona para completar este formulario, usted debe aparecer en nuestro sistema informático como Representante autorizado designado. Si no está designado, usted debe completar un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Formulario de designación del representante autorizado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ARD) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>y enviarlo junto con este formulario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7D7AB7" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Su firma o la firma de su representante autorizado en esta solicitud certifica que la información en este formulario es correcta y está completa a su leal saber y entender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED9A56E" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022362C7" w14:textId="77777777" w:rsidR="005C2C50" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439F010F" w14:textId="42C8E1A4" w:rsidR="00157AAC" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECBFE04" w14:textId="77777777" w:rsidR="005C2C50" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Firma del representante autorizado </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAC5CFA" w14:textId="5AD3EBDD" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B" w:rsidP="00157AAC">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80" w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D137D">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A301A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...354 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...89 lines deleted...]
-    <w:sectPr w:rsidR="000B657B" w:rsidSect="00E95A0A">
+    </w:p>
+    <w:p w14:paraId="42D36974" w14:textId="77777777" w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidRDefault="000B657B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000B657B" w:rsidRPr="000A301A" w:rsidSect="000F78F5">
       <w:footerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="15EEA33E" w14:textId="77777777" w:rsidR="007F08A0" w:rsidRDefault="007F08A0" w:rsidP="00C45019">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="39AC9016" w14:textId="77777777" w:rsidR="007F08A0" w:rsidRDefault="007F08A0" w:rsidP="00C45019">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonModernOne Roman">
-    <w:panose1 w:val="02000603080000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSans Bold">
-    <w:panose1 w:val="02000803040000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSans Book">
-    <w:panose1 w:val="02000603040000020004"/>
-[...7 lines deleted...]
-    <w:panose1 w:val="02000603080000090004"/>
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...5 lines deleted...]
-  <w:p w14:paraId="305E547E" w14:textId="6467830F" w:rsidR="00E23105" w:rsidRDefault="00E23105">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="305E547E" w14:textId="347693DA" w:rsidR="00E23105" w:rsidRDefault="00E23105">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>HW-EN-ES-0622</w:t>
+      <w:t>HW</w:t>
+    </w:r>
+    <w:r w:rsidR="000B5574">
+      <w:t>_</w:t>
+    </w:r>
+    <w:r>
+      <w:t>EN-ES</w:t>
+    </w:r>
+    <w:r w:rsidR="000B5574">
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00374F04">
+      <w:t>20</w:t>
+    </w:r>
+    <w:r w:rsidR="005C2C50">
+      <w:t>26-01</w:t>
     </w:r>
     <w:r w:rsidR="00627A07">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00627A07">
       <w:tab/>
-      <w:t xml:space="preserve">page </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00627A07">
+      <w:t>p</w:t>
+    </w:r>
+    <w:r w:rsidR="000B5574">
+      <w:t>ágina</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00627A07">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00627A07">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00627A07">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00627A07">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00627A07">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00627A07">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="602B800C" w14:textId="7747D8F2" w:rsidR="000B5574" w:rsidRDefault="000B5574">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:t>HW_EN-ES_202</w:t>
+    </w:r>
+    <w:r w:rsidR="005C2C50">
+      <w:t>6-01</w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+      <w:t xml:space="preserve">page </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="026D07A2" w14:textId="77777777" w:rsidR="007F08A0" w:rsidRDefault="007F08A0" w:rsidP="00C45019">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="157201C9" w14:textId="77777777" w:rsidR="007F08A0" w:rsidRDefault="007F08A0" w:rsidP="00C45019">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD40E1"/>
     <w:rsid w:val="0001740E"/>
+    <w:rsid w:val="000224C9"/>
+    <w:rsid w:val="000A301A"/>
+    <w:rsid w:val="000A7AE5"/>
+    <w:rsid w:val="000B5574"/>
     <w:rsid w:val="000B657B"/>
+    <w:rsid w:val="000F3720"/>
+    <w:rsid w:val="000F78F5"/>
+    <w:rsid w:val="0012106C"/>
+    <w:rsid w:val="00157AAC"/>
     <w:rsid w:val="0016180D"/>
     <w:rsid w:val="00182323"/>
     <w:rsid w:val="0035284B"/>
+    <w:rsid w:val="00367341"/>
+    <w:rsid w:val="00374F04"/>
+    <w:rsid w:val="003E0CDF"/>
     <w:rsid w:val="003E2D14"/>
     <w:rsid w:val="00422D62"/>
     <w:rsid w:val="004A4441"/>
+    <w:rsid w:val="004B33D0"/>
+    <w:rsid w:val="00516516"/>
+    <w:rsid w:val="005C2C50"/>
     <w:rsid w:val="00627A07"/>
     <w:rsid w:val="00636C22"/>
+    <w:rsid w:val="006C695B"/>
     <w:rsid w:val="006D137D"/>
     <w:rsid w:val="007F08A0"/>
     <w:rsid w:val="00827F69"/>
+    <w:rsid w:val="00860BF3"/>
+    <w:rsid w:val="008D1B7D"/>
     <w:rsid w:val="008E6FEB"/>
     <w:rsid w:val="00924E69"/>
+    <w:rsid w:val="00B249BF"/>
     <w:rsid w:val="00B463C8"/>
+    <w:rsid w:val="00B53C79"/>
     <w:rsid w:val="00BD40E1"/>
+    <w:rsid w:val="00BE52CF"/>
     <w:rsid w:val="00C45019"/>
+    <w:rsid w:val="00C52E4B"/>
     <w:rsid w:val="00CC755A"/>
+    <w:rsid w:val="00CE0372"/>
+    <w:rsid w:val="00DC5C2F"/>
     <w:rsid w:val="00E23105"/>
+    <w:rsid w:val="00E56847"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="540E9EAB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{510ABA3A-E433-4892-B88C-646069227DB8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5981,62 +2814,75 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C45019"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C45019"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B5574"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6290,74 +3136,80 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1512</Words>
-  <Characters>8624</Characters>
+  <Words>1157</Words>
+  <Characters>6601</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10116</CharactersWithSpaces>
+  <CharactersWithSpaces>7743</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Colella-Yantosca, Lucia (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>