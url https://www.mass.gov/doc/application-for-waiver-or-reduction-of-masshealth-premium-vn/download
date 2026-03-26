--- v0 (2025-10-14)
+++ v1 (2026-03-26)
@@ -1,5387 +1,940 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="381DAE42" w14:textId="65D743E5" w:rsidR="0001037C" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="381DAE42" w14:textId="65D743E5" w:rsidR="0001037C" w:rsidRPr="008A6B88" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008A6B88">
         <w:t>Đơn Xin Miễn Hoặc Giảm Lệ Phí Bảo Hiểm MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7177EF18" w14:textId="77777777" w:rsidR="0001037C" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="7177EF18" w14:textId="63B0196A" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4FE099E7" w14:textId="6E8F75E6" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      <w:r w:rsidRPr="008A6B88">
+        <w:t>Gửi lại mẫu đơn này cho:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE099E7" w14:textId="6E8F75E6" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t>MassHealth Customer Service, Attn: Premium Billing, PO Box 219, Quincy, MA 02171-0219</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767D0842" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="767D0842" w14:textId="2B0AC863" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textnoindentcopy"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="35B2C7E9" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Để được Miễn Lệ Phí Bảo Hiểm MassHealth Do Hoàn Cảnh Khó Khăn, quý vị phải đáp ứng một trong những hoàn cảnh khó khăn được mô tả dưới đây</w:t>
+      </w:r>
+      <w:r w:rsidR="5E9D22D7" w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> và</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> cung cấp cho MassHealth bằng chứng về tình trạng khó khăn về tài chính của mình. Miễn giảm do hoàn cảnh khó khăn có hiệu lực trong 12 tháng.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A668D0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="16C76FE1" w:rsidRPr="0076140E">
+        <w:t>Nếu lệ phí bảo hiểm của quý vị được miễn, quý vị sẽ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> không bị tính lệ phí bảo hiểm trong thời gian khó khăn đã được phê duyệt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B2C7E9" w14:textId="64AAAF1D" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textnoindentcopy"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="26ABF9E8" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Ngày bắt đầu không được quá ba tháng trước ngày MassHealth nhận được đơn xin miễn giảm của quý vị. Nếu quý vị có bất kỳ câu hỏi nào về</w:t>
+      </w:r>
+      <w:r w:rsidR="74FCDECA" w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> vấn</w:t>
+      </w:r>
+      <w:r w:rsidR="5E11C075" w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="74FCDECA" w:rsidRPr="0076140E">
+        <w:t>đề này</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> hoặc nếu quý vị cần đơn xin miễn giảm do hoàn cảnh khó khăn mới, vui lòng gọi Dịch vụ Chăm sóc Khách hàng MassHealth theo số (800) 841-2900 (TDD/TTY: 711 cho người bị điếc, lãng tai, hoặc bị khuyết ngôn ngữ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ABF9E8" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t>Thông Tin Của Người Xin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACEB42B" w14:textId="5B10A3D6" w:rsidR="0001037C" w:rsidRPr="0086139A" w:rsidRDefault="0047405E" w:rsidP="0086139A">
+    <w:p w14:paraId="5ACEB42B" w14:textId="5B10A3D6" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E" w:rsidP="0086139A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="10620"/>
         </w:tabs>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0086139A">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>Họ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0086139A">
+        <w:t xml:space="preserve">Họ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0086139A">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0086139A">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>Tên</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0086139A">
+        <w:t xml:space="preserve">Tên </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0086139A">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086139A" w:rsidRPr="0086139A">
+      <w:r w:rsidR="0086139A" w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tên đệm viết tắt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0086139A" w:rsidRPr="0086139A">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-          <w:sz w:val="18"/>
-[...77 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A820B9" w14:textId="5D8B5392" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E" w:rsidP="0086139A">
+    <w:p w14:paraId="24A820B9" w14:textId="5D8B5392" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E" w:rsidP="0086139A">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="7580"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="180" w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t xml:space="preserve">Số điện thoại </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t xml:space="preserve">ban ngày của MassHealth ID </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1244BA27" w14:textId="7BF79FE3" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E" w:rsidP="0086139A">
+    <w:p w14:paraId="1244BA27" w14:textId="7BF79FE3" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E" w:rsidP="0086139A">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="7580"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="180" w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t xml:space="preserve">Địa chỉ </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45958CA9" w14:textId="234AD557" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E" w:rsidP="0086139A">
+    <w:p w14:paraId="45958CA9" w14:textId="234AD557" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E" w:rsidP="0086139A">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="7580"/>
           <w:tab w:val="clear" w:pos="9540"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="180" w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t xml:space="preserve">Thành phố </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t xml:space="preserve">Tiểu bang </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t xml:space="preserve">ZIP code </w:t>
       </w:r>
-      <w:r w:rsidRPr="0047405E">
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154215C0" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0001037C">
+    <w:p w14:paraId="154215C0" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0001037C">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="23491EE0" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23491EE0" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
         <w:t>Thông tin chi tiết về hoàn cảnh khó khăn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47322CB9" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="47322CB9" w14:textId="5BEA3790" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textnoindent"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="6AEA9BA2" w14:textId="4996149A" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Vui lòng đánh dấu vào tất cả các ô có liên quan đến hoàn cảnh khó khăn nghiêm trọng về tài chính của quý vị hoặc gia đình quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEA9BA2" w14:textId="54BA88FC" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="437F6076">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="288" w:firstLine="0"/>
-        <w:rPr>
-[...13 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="0047405E" w:rsidRPr="0076140E">
         <w:t xml:space="preserve"> Tôi trả tiền thuê nhà hoặc khoản vay thế chấp trễ hơn 30 ngày, có thông báo trục xuất hoặc là người vô gia cư. (Vui lòng gửi một bản sao của bất kỳ thông báo nào từ chủ nhà, ngân hàng hoặc công ty vay thế chấp, hoặc tòa án của quý vị để làm bằng chứng.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45617B4E" w14:textId="2B03BDD3" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="45617B4E" w14:textId="5F35E836" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="5B734610">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="288" w:firstLine="0"/>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="47C43714" w14:textId="5742715C" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="0047405E" w:rsidRPr="0076140E">
+        <w:t>Tôi nhận được thông báo tắt dịch vụ tiện ích từ một công ty tiện ích (khí đốt, điện, dầu, nước hoặc điện thoại), một hoặc nhiều dịch vụ tiện ích của tôi đã bị tắt, hoặc một hoặc nhiều công ty tiện ích của tôi sẽ không cung cấp dịch vụ vì tôi không thể trả tiền. (Nếu quý vị có hóa đơn dịch vụ tiện ích lớn hoặc bị trễ hạn quá lâu, nhưng không thể ngưng dịch vụ vì quý vị bị khuyết tật hoặc đang là mùa đông, hãy kiểm tra phần này. Vui lòng gửi một bản sao của thông báo tắt dịch vụ hoặc hóa đơn bị trễ hạn làm bằng chứng.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C43714" w14:textId="57B6551B" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="721C8B15">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="288" w:firstLine="0"/>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="4D81C8A4" w14:textId="037FC202" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="0047405E" w:rsidRPr="0076140E">
+        <w:t>Tôi đã trả hoặc chưa trả các hóa đơn y tế và/hoặc nha khoa trong mười hai tháng trước khi tôi gửi đơn xin miễn giảm này. Những hóa đơn này chiếm hơn 7.5% tổng thu nhập hàng năm của tôi. Các hóa đơn có thể là của tôi hoặc của người khác trong gia đình</w:t>
+      </w:r>
+      <w:r w:rsidR="00A668D0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0047405E" w:rsidRPr="0076140E">
+        <w:t>của tôi (chẳng hạn như con cái hoặc vợ/chồng). Health Safety Net hoặc bất kỳ bảo hiểm y tế khác, bao gồm MassHealth không thể trả hóa đơn đó được. (Vui lòng gửi bản sao của các hóa đơn y tế này để làm bằng chứng.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FB1545" w14:textId="11649B54" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="216C3CAA" w:rsidP="008A6B88">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="288" w:firstLine="0"/>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="06FB1545" w14:textId="73AB08DB" w:rsidR="0001037C" w:rsidRPr="0047405E" w:rsidRDefault="0047405E">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="0047405E" w:rsidRPr="0076140E">
+        <w:t>Trong sáu tháng qua, tôi đã có sự gia tăng đáng kể về chi phí cơ bản mà không lường trước được. (Vui lòng cho chúng tôi biết về các chi phí trong phần Chú giải và gửi bằng chứng về số tiền.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696BBBCD" w14:textId="19C27729" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="772D6816">
       <w:pPr>
         <w:pStyle w:val="textindentcopy"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="288" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="0047405E" w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> Tôi đã gặp khó khăn về kinh tế trong sáu tháng trước ngày tôi gửi đơn xin miễn giảm này, hoặc dự kiến trong sáu tháng sau đó, vì một thảm họa do tiểu bang hoặc liên bang tuyên bố hoặc tình trạng khẩn cấp về sức khỏe cộng đồng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4AAF4E" w14:textId="77777777" w:rsidR="008A6B88" w:rsidRPr="0076140E" w:rsidRDefault="008A6B88">
+      <w:pPr>
+        <w:pStyle w:val="textnoindent"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46689E49" w14:textId="757400AC" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
+      <w:pPr>
+        <w:pStyle w:val="textnoindent"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Vào cuối 12 tháng miễn giảm do hoàn cảnh khó khăn, quý vị có thể yêu cầu một khoản miễn giảm do hoàn cảnh khó khăn khác nếu quý vị nghĩ rằng mình vẫn đủ điều kiện.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1547DB21" w14:textId="65B5A6F6" w:rsidR="438C5D7A" w:rsidRPr="0076140E" w:rsidRDefault="438C5D7A" w:rsidP="438C5D7A">
+      <w:pPr>
+        <w:pStyle w:val="textnoindent"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="368D2951" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Chú giải</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...58 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="BentonSans Book" w:hAnsi="BentonSans Book" w:cs="BentonSans Book"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1802 lines deleted...]
-    <w:p w14:paraId="6076D740" w14:textId="4C8D0BA9" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0047405E">
+      <w:r w:rsidRPr="0076140E">
+        <w:t>(Nếu quý vị cần thêm chỗ trống, xin vui lòng đính kèm một trang riêng.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6076D740" w14:textId="4C8D0BA9" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-textformnorule1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="7580"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2C8F63" w14:textId="16A3A743" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="4A2C8F63" w14:textId="16A3A743" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-textformnorule1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="7580"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A859A57" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0001037C">
+    <w:p w14:paraId="2A859A57" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0001037C">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="627EB91F" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0047405E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="627EB91F" w14:textId="5BA79698" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textnoindentcopy2"/>
-        <w:rPr>
-[...14 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Tôi xác nhận rằng tôi đã đọc, hoặc đã được đọc cho nghe, những</w:t>
+      </w:r>
+      <w:r w:rsidR="00A668D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve">thông tin trong đơn này. Tôi hiểu các quyền và trách nhiệm của mình. Tôi xác nhận </w:t>
+      </w:r>
+      <w:r w:rsidR="576FE3E4" w:rsidRPr="0076140E">
+        <w:t>tôi phải chịu hình phạt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...812 lines deleted...]
-    <w:p w14:paraId="3290B8F9" w14:textId="7B05498E" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0047405E">
+      <w:r w:rsidR="0A49405E" w:rsidRPr="0076140E">
+        <w:t>trước pháp luật</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve"> rằng thông tin trong đơn này và bất kỳ giấy tờ nào được đính kèm vào là chính xác và đầy đủ theo hiểu biết của tôi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3290B8F9" w14:textId="7B05498E" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textnoindentcopy2"/>
-        <w:rPr>
-[...816 lines deleted...]
-    <w:p w14:paraId="7514F2B5" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0047405E">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Nếu quý vị đang thay mặt cho ai đó điền vào mẫu đơn này, quý vị phải được chỉ định trên hệ thống máy tính của chúng tôi với tư cách là Đại diện được Ủy quyền. Nếu không, quý vị phải điền vào mẫu Đơn Chỉ Định Người Đại Diện Được Ủy Quyền (ARD) và gửi lại cùng với đơn này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7514F2B5" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textnoindentcopy2"/>
-        <w:rPr>
-[...550 lines deleted...]
-    <w:p w14:paraId="3FB00A2E" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0001037C">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t>Chữ ký của quý vị hoặc chữ ký của người đại diện được ủy quyền của quý vị trên đơn này xác nhận rằng thông tin trên đơn là chính xác và đầy đủ theo hiểu biết của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB00A2E" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0001037C">
       <w:pPr>
         <w:pStyle w:val="textnoindent"/>
         <w:spacing w:before="180" w:after="0"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3DFE845E" w14:textId="3424AD32" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0047405E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DFE845E" w14:textId="3424AD32" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
-        <w:rPr>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="004C08F3">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve">Chữ ký của thành viên </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008A6B88">
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="004C08F3">
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve">Tháng/Ngày/Năm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0263623C" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0001037C">
+    <w:p w14:paraId="0263623C" w14:textId="77777777" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0001037C">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5F836D70" w14:textId="0D1A0FA5" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0047405E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F836D70" w14:textId="0D1A0FA5" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0047405E">
       <w:pPr>
         <w:pStyle w:val="textformnorule"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1960"/>
           <w:tab w:val="clear" w:pos="4020"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
-        <w:rPr>
-[...129 lines deleted...]
-      <w:r w:rsidRPr="004C08F3">
+      </w:pPr>
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve">Chữ ký của người đại diện được ủy quyền </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008A6B88">
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="004C08F3">
+      <w:r w:rsidRPr="0076140E">
+        <w:t xml:space="preserve">Tháng/Ngày/Năm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076140E">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425AB3C3" w14:textId="30C30460" w:rsidR="0001037C" w:rsidRPr="004C08F3" w:rsidRDefault="0001037C">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="0001037C" w:rsidRPr="004C08F3">
+    <w:p w14:paraId="425AB3C3" w14:textId="30C30460" w:rsidR="0001037C" w:rsidRPr="0076140E" w:rsidRDefault="0001037C"/>
+    <w:sectPr w:rsidR="0001037C" w:rsidRPr="0076140E">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15EEA33E" w14:textId="77777777" w:rsidR="0001037C" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="154B2745" w14:textId="77777777" w:rsidR="00537030" w:rsidRPr="008A6B88" w:rsidRDefault="00537030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008A6B88">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39AC9016" w14:textId="77777777" w:rsidR="0001037C" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="2A250E8B" w14:textId="77777777" w:rsidR="00537030" w:rsidRPr="008A6B88" w:rsidRDefault="00537030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008A6B88">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="BentonModernOne Roman">
-    <w:panose1 w:val="02000603080000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSans Bold">
-    <w:panose1 w:val="02000803040000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSans Book">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="02000603040000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7C1979FE" w14:textId="515B2319" w:rsidR="0001037C" w:rsidRDefault="0001037C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C1979FE" w14:textId="515B2319" w:rsidR="0001037C" w:rsidRPr="008A6B88" w:rsidRDefault="0001037C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="305E547E" w14:textId="7897303E" w:rsidR="0001037C" w:rsidRDefault="0047405E">
+  <w:p w14:paraId="305E547E" w14:textId="2C68A817" w:rsidR="0001037C" w:rsidRPr="008A6B88" w:rsidRDefault="438C5D7A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:t>HW</w:t>
+    <w:r w:rsidRPr="008A6B88">
+      <w:t>HW-VN</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:t>-</w:t>
+    <w:r w:rsidR="008B0C75">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>_</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:t>VN</w:t>
+    <w:r w:rsidRPr="008A6B88">
+      <w:t>2026-01</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="0047405E" w:rsidRPr="008A6B88">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0047405E" w:rsidRPr="008A6B88">
       <w:tab/>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:t>trang</w:t>
+    <w:r w:rsidRPr="008A6B88">
+      <w:t xml:space="preserve">trang </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="0047405E" w:rsidRPr="008A6B88">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0047405E" w:rsidRPr="008A6B88">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0047405E" w:rsidRPr="008A6B88">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="008A6B88">
       <w:t>1</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0047405E" w:rsidRPr="008A6B88">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="026D07A2" w14:textId="77777777" w:rsidR="0001037C" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="2A03ED3F" w14:textId="77777777" w:rsidR="00537030" w:rsidRPr="008A6B88" w:rsidRDefault="00537030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008A6B88">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="157201C9" w14:textId="77777777" w:rsidR="0001037C" w:rsidRDefault="0047405E">
+    <w:p w14:paraId="727D5F97" w14:textId="77777777" w:rsidR="00537030" w:rsidRPr="008A6B88" w:rsidRDefault="00537030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008A6B88">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD40E1"/>
     <w:rsid w:val="0001037C"/>
     <w:rsid w:val="0001740E"/>
     <w:rsid w:val="000B657B"/>
     <w:rsid w:val="0016180D"/>
     <w:rsid w:val="00182323"/>
     <w:rsid w:val="002A105D"/>
     <w:rsid w:val="0035284B"/>
     <w:rsid w:val="003E2D14"/>
     <w:rsid w:val="003E42E7"/>
     <w:rsid w:val="00422D62"/>
     <w:rsid w:val="004505B4"/>
+    <w:rsid w:val="00470A40"/>
     <w:rsid w:val="0047405E"/>
     <w:rsid w:val="004A4441"/>
     <w:rsid w:val="004C08F3"/>
+    <w:rsid w:val="0053104C"/>
+    <w:rsid w:val="00537030"/>
     <w:rsid w:val="0061756A"/>
     <w:rsid w:val="00627A07"/>
     <w:rsid w:val="00636C22"/>
     <w:rsid w:val="006D137D"/>
+    <w:rsid w:val="0076140E"/>
     <w:rsid w:val="007F08A0"/>
     <w:rsid w:val="00827F69"/>
     <w:rsid w:val="0086139A"/>
+    <w:rsid w:val="008A6B88"/>
+    <w:rsid w:val="008B0C75"/>
     <w:rsid w:val="008E6FEB"/>
     <w:rsid w:val="00924E69"/>
+    <w:rsid w:val="00A668D0"/>
     <w:rsid w:val="00AE4B0B"/>
     <w:rsid w:val="00B463C8"/>
     <w:rsid w:val="00B86379"/>
     <w:rsid w:val="00BD40E1"/>
     <w:rsid w:val="00C009BB"/>
     <w:rsid w:val="00C45019"/>
     <w:rsid w:val="00CC755A"/>
     <w:rsid w:val="00E23105"/>
+    <w:rsid w:val="0A49405E"/>
+    <w:rsid w:val="0A8B7021"/>
+    <w:rsid w:val="16C76FE1"/>
+    <w:rsid w:val="216C3CAA"/>
+    <w:rsid w:val="2BE46C0F"/>
+    <w:rsid w:val="42A4AEFA"/>
+    <w:rsid w:val="437F6076"/>
+    <w:rsid w:val="438C5D7A"/>
+    <w:rsid w:val="521A6DF6"/>
+    <w:rsid w:val="576FE3E4"/>
+    <w:rsid w:val="5B734610"/>
+    <w:rsid w:val="5E11C075"/>
+    <w:rsid w:val="5E9D22D7"/>
+    <w:rsid w:val="678F4676"/>
+    <w:rsid w:val="6E274EEB"/>
+    <w:rsid w:val="721C8B15"/>
+    <w:rsid w:val="74FCDECA"/>
+    <w:rsid w:val="772D6816"/>
+    <w:rsid w:val="79C5A8BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="vi-VN"/>
+  <w:themeFontLang w:val="vi-VN" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="540E9EAB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{510ABA3A-E433-4892-B88C-646069227DB8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:lang w:val="es-419" w:eastAsia="es-419" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5735,51 +1288,53 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000B657B"/>
     <w:rPr>
+      <w:noProof/>
       <w:sz w:val="20"/>
+      <w:lang w:val="vi-VN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B86379"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -6149,55 +1704,68 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-textformnorule1">
     <w:name w:val="P68B1DB1-textformnorule1"/>
     <w:basedOn w:val="textformnorule"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="0086139A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008A6B88"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6463,69 +2031,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>703</Words>
-  <Characters>3867</Characters>
+  <Words>876</Words>
+  <Characters>3139</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4561</CharactersWithSpaces>
+  <CharactersWithSpaces>3985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Colella-Yantosca, Lucia (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>