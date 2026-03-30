--- v0 (2025-12-30)
+++ v1 (2026-03-30)
@@ -53,51 +53,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="83CCEB"/>
           </w:tcPr>
           <w:p w14:paraId="478469F5" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00E11999">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="478469F6" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00E11999">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="113" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="478469F7" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="478469F7" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="229" w:lineRule="exact"/>
               <w:ind w:left="31"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -111,145 +111,145 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="83CCEB"/>
           </w:tcPr>
           <w:p w14:paraId="478469F8" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00E11999">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="478469F9" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00E11999">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="113" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="478469FA" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="478469FA" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="229" w:lineRule="exact"/>
               <w:ind w:left="697"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="83CCEB"/>
           </w:tcPr>
-          <w:p w14:paraId="478469FB" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="478469FB" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="231" w:firstLine="19"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="478469FC" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="478469FC" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="280" w:lineRule="atLeast"/>
               <w:ind w:left="236" w:hanging="5"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Current Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E11999" w14:paraId="47846A01" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="478469FE" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="478469FE" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="33"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
@@ -268,113 +268,111 @@
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Group</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="478469FF" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="478469FF" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PE-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>GPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47846A00" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="47846A00" w14:textId="087FD7E3" w:rsidR="00E11999" w:rsidRDefault="00AA2503">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="16"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="90"/>
-[...9 lines deleted...]
-              <w:t>25</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Feb</w:t>
+            </w:r>
+            <w:r w:rsidR="00C84FCE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E11999" w14:paraId="47846A05" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFE6F4"/>
           </w:tcPr>
-          <w:p w14:paraId="47846A02" w14:textId="5FA35888" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="47846A02" w14:textId="5FA35888" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="33"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
@@ -394,113 +392,105 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Medical</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00865D40">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Practitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFE6F4"/>
           </w:tcPr>
-          <w:p w14:paraId="47846A03" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="47846A03" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PE-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>MP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFE6F4"/>
           </w:tcPr>
-          <w:p w14:paraId="47846A04" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="47846A04" w14:textId="62E0B3C2" w:rsidR="00E11999" w:rsidRDefault="00AA2503">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="16"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="90"/>
-[...9 lines deleted...]
-              <w:t>25</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Feb-26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E11999" w14:paraId="47846A09" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47846A06" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="47846A06" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="33"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
@@ -521,122 +511,122 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nonbilling</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47846A07" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="47846A07" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PE-NBP-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ORP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47846A08" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+          <w:p w14:paraId="47846A08" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="16"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nov-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47846A0A" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00E11999">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47846A0B" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00E11999">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="137"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47846A0C" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+    <w:p w14:paraId="47846A0C" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="32"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>refer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -821,73 +811,73 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>application</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47846A0D" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="00000000">
+    <w:p w14:paraId="47846A0D" w14:textId="77777777" w:rsidR="00E11999" w:rsidRDefault="004C2E49">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="37" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1252" w:right="1282"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">The most recent version of provider forms may be found on Mass.gov in the MassHealth Provider Library. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="467785"/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single" w:color="467785"/>
         </w:rPr>
         <w:t>https://</w:t>
       </w:r>
       <w:hyperlink r:id="rId4">
-        <w:r>
+        <w:r w:rsidR="00E11999">
           <w:rPr>
             <w:color w:val="467785"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="467785"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth-provider-library</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00E11999">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1060" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -899,58 +889,67 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E11999"/>
+    <w:rsid w:val="002A2465"/>
     <w:rsid w:val="00566648"/>
     <w:rsid w:val="00865D40"/>
+    <w:rsid w:val="00A46D24"/>
+    <w:rsid w:val="00AA2503"/>
+    <w:rsid w:val="00C84FCE"/>
+    <w:rsid w:val="00DE1A21"/>
+    <w:rsid w:val="00E110DA"/>
     <w:rsid w:val="00E11999"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -1714,43 +1713,44 @@
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>84</Words>
   <Characters>482</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>565</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Versions Grid Draft 10.8.25.xlsx</dc:title>
   <dc:creator>Lindley, Emily V (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-10-09T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2025-10-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
     <vt:lpwstr>Microsoft: Print To PDF</vt:lpwstr>
   </property>
 </Properties>
 </file>