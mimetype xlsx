--- v0 (2025-12-08)
+++ v1 (2026-03-28)
@@ -1,1081 +1,1457 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/Legal/Non-Profit Approvals/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/Legal/Non-Profit Approvals/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="13" documentId="8_{95B18C4E-26DC-43CC-9054-AF00CAF484E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{72FF8757-4204-4FC7-A40D-A43D59B5BEC0}"/>
+  <xr:revisionPtr revIDLastSave="32" documentId="8_{A3C246EE-4574-43DB-9EC8-283F1D3092C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5ABA55D1-2EEF-483E-9102-237EBD2882DF}"/>
   <bookViews>
-    <workbookView xWindow="-190" yWindow="2820" windowWidth="19190" windowHeight="10070" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="-18120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="For Publication" sheetId="3" r:id="rId1"/>
+    <sheet name="Other Non Profits" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'For Publication'!$A$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Other Non Profits'!$A$3:$J$3</definedName>
+    <definedName name="ApprovalDate">Other_Non_Profits[[#All],[Approval Date]]</definedName>
+    <definedName name="CityStateZip">Other_Non_Profits[[#All],[City, State, Zip]]</definedName>
+    <definedName name="ContactName">Other_Non_Profits[[#All],[Contact Name]]</definedName>
+    <definedName name="Email">Other_Non_Profits[[#All],[Email]]</definedName>
+    <definedName name="Extension">Other_Non_Profits[[#All],[Extension]]</definedName>
+    <definedName name="OfficePhone">Other_Non_Profits[[#All],[Phone (Office)]]</definedName>
+    <definedName name="OrganizationName">Other_Non_Profits[[#All],[Organization Name]]</definedName>
+    <definedName name="StreetAddress">Other_Non_Profits[[#All],[Street Address]]</definedName>
+    <definedName name="Title">Other_Non_Profits[[#All],[Title ]]</definedName>
+    <definedName name="Website">Other_Non_Profits[[#All],[Website]]</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="303">
   <si>
     <t>Organization Name</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
-    <t>Title (if available)</t>
-[...1 lines deleted...]
-  <si>
     <t>Street Address</t>
   </si>
   <si>
     <t>City, State, Zip</t>
   </si>
   <si>
-    <t>Phone (o)</t>
-[...1 lines deleted...]
-  <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Approval Date</t>
   </si>
   <si>
     <t>Controller</t>
   </si>
   <si>
     <t>Chief Operating Officer</t>
   </si>
   <si>
     <t>Leominster, MA 01453</t>
   </si>
   <si>
     <t>657 Middlesex Street</t>
   </si>
   <si>
     <t>Lowell, MA 01851</t>
   </si>
   <si>
     <t>www.lbgc.org</t>
   </si>
   <si>
     <t>Jack  Wu</t>
   </si>
   <si>
-    <t>222 Bowdoin St</t>
-[...1 lines deleted...]
-  <si>
     <t>Dorchester, MA 02122</t>
   </si>
   <si>
     <t>(617) 894-0436</t>
   </si>
   <si>
     <t>jack@uncornered.org</t>
   </si>
   <si>
     <t>www.uncornered.org</t>
   </si>
   <si>
     <t>Community Rowing, Inc.</t>
   </si>
   <si>
     <t>Tara Coleran</t>
   </si>
   <si>
     <t>20 Nonantum Road</t>
   </si>
   <si>
     <t>Brighton, MA 02135</t>
   </si>
   <si>
-    <t>617-680-9346</t>
-[...1 lines deleted...]
-  <si>
     <t>www.communityrowing.org</t>
   </si>
   <si>
     <t>Program Director</t>
   </si>
   <si>
     <t>Friends of Sholan Farms</t>
   </si>
   <si>
     <t>www.sholanfarms.com</t>
   </si>
   <si>
     <t>Groundwork Lawrence</t>
   </si>
   <si>
     <t>Abdiel Perez </t>
   </si>
   <si>
     <t>Finance Director</t>
   </si>
   <si>
-    <t>50 Island St, Entrance B, Suite 101</t>
-[...1 lines deleted...]
-  <si>
     <t>Lawrence, MA 01840</t>
   </si>
   <si>
-    <t>978-974-0770 x7008</t>
-[...1 lines deleted...]
-  <si>
     <t>www.groundworklawrence.org</t>
   </si>
   <si>
     <t>Director of Finance</t>
   </si>
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>President</t>
   </si>
   <si>
     <t>Treasurer</t>
   </si>
   <si>
     <t>Southeastern Massachusetts EMS</t>
   </si>
   <si>
     <t>Brian Evangelista</t>
   </si>
   <si>
     <t>Deputy Director</t>
   </si>
   <si>
-    <t>824 Oak St</t>
-[...2 lines deleted...]
-    <t>Brockton MA 02302</t>
+    <t>deputydirector@semaems.com</t>
+  </si>
+  <si>
+    <t>Teresa Staton</t>
+  </si>
+  <si>
+    <t>(508) 514-8322</t>
+  </si>
+  <si>
+    <t>tstaton1967@gmail.com</t>
+  </si>
+  <si>
+    <t>portugueseschooltaunton.com</t>
+  </si>
+  <si>
+    <t>The Trustees of the Smith College</t>
+  </si>
+  <si>
+    <t>Marge Dunehew</t>
+  </si>
+  <si>
+    <t>Director of Procurement</t>
+  </si>
+  <si>
+    <t>(413) 585-4696</t>
+  </si>
+  <si>
+    <t>mdunehew@smith.edu</t>
+  </si>
+  <si>
+    <t>www.smith.edu</t>
+  </si>
+  <si>
+    <t>The Broad Institute, Inc.</t>
+  </si>
+  <si>
+    <t>Jason Mahoney</t>
+  </si>
+  <si>
+    <t>Manager, Contracts</t>
+  </si>
+  <si>
+    <t>(617) 714-8112</t>
+  </si>
+  <si>
+    <t>jmahoney@broadinstitute.org</t>
+  </si>
+  <si>
+    <t>broadinstitute.org</t>
+  </si>
+  <si>
+    <t>MaineHealth</t>
+  </si>
+  <si>
+    <t>Thanh Tran</t>
+  </si>
+  <si>
+    <t>Chief Technology Officer</t>
+  </si>
+  <si>
+    <t>1 Riverfront Plaza</t>
+  </si>
+  <si>
+    <t>Westbrook, ME 04092</t>
+  </si>
+  <si>
+    <t>(207) 661-1243</t>
+  </si>
+  <si>
+    <t>thanh.tran@mainehealth.org</t>
+  </si>
+  <si>
+    <t>University of Massachusetts Amherst Foundation, Inc.</t>
+  </si>
+  <si>
+    <t>Severine Beltramo</t>
+  </si>
+  <si>
+    <t>Assistant Vice President, Finance &amp; Administration</t>
+  </si>
+  <si>
+    <t>134 Hicks Way</t>
+  </si>
+  <si>
+    <t>(413) 835-1953</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sbeltramo@uma-foundation.org </t>
+  </si>
+  <si>
+    <t>Denis Tanguay</t>
+  </si>
+  <si>
+    <t>211 Park Street</t>
+  </si>
+  <si>
+    <t>(508) 236-8400</t>
+  </si>
+  <si>
+    <t>lmerriam@sturdymemorial.org</t>
+  </si>
+  <si>
+    <t>Restoration Recovery Center</t>
+  </si>
+  <si>
+    <t>Julia Armstrong</t>
+  </si>
+  <si>
+    <t>(978) 987-1258</t>
+  </si>
+  <si>
+    <t>julia@rrcifitchburg.com</t>
+  </si>
+  <si>
+    <t>rrcifitchburg.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Massachusetts Library System </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amanda Fauver </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Membership Manager </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marlborough, MA 01752 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">amanda@masslibsystem.org </t>
+  </si>
+  <si>
+    <t xml:space="preserve">books@communityrowing.org </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aperez@groundworklawrence.org </t>
+  </si>
+  <si>
+    <t>Massachusetts Service Alliance, Inc.</t>
+  </si>
+  <si>
+    <t>Lindsay Rooney</t>
+  </si>
+  <si>
+    <t>Director of Operations &amp; External Affairs</t>
+  </si>
+  <si>
+    <t>(351) 218-9898</t>
+  </si>
+  <si>
+    <t>www.mass-service.org</t>
+  </si>
+  <si>
+    <t>Andy Mercik</t>
+  </si>
+  <si>
+    <t>(978) 534-3145</t>
+  </si>
+  <si>
+    <t>andy_mercik@spanishamericancenter.org</t>
+  </si>
+  <si>
+    <t>www.spanishamericancenter.org</t>
+  </si>
+  <si>
+    <t>Daniel Chiofalo</t>
+  </si>
+  <si>
+    <t>Director of Development &amp; Outreach</t>
+  </si>
+  <si>
+    <t>(856) 625-5741</t>
+  </si>
+  <si>
+    <t>dchiofalo@massautonomy.org</t>
+  </si>
+  <si>
+    <t>massautonomy.org</t>
+  </si>
+  <si>
+    <t>Lawrence Family Development, Inc</t>
+  </si>
+  <si>
+    <t>Susan Perry</t>
+  </si>
+  <si>
+    <t>(978) 224-8808</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sperry@lfdef.org </t>
+  </si>
+  <si>
+    <t xml:space="preserve">lrooney@mass-service.org </t>
+  </si>
+  <si>
+    <t>lawrenceprospera.org</t>
+  </si>
+  <si>
+    <t>Association to Preserve Cape Cod, Inc.</t>
+  </si>
+  <si>
+    <t>Bill Riley</t>
+  </si>
+  <si>
+    <t>(508) 619-3185</t>
+  </si>
+  <si>
+    <t xml:space="preserve">briley@apcc.org </t>
+  </si>
+  <si>
+    <t>apcc.org</t>
+  </si>
+  <si>
+    <t>Brianna Drohen</t>
+  </si>
+  <si>
+    <t>131 West Main Street, Suite 342</t>
+  </si>
+  <si>
+    <t>(917) 331-4992</t>
+  </si>
+  <si>
+    <t>Mothers' Milk Bank Northeast</t>
+  </si>
+  <si>
+    <t>Jane Norris</t>
+  </si>
+  <si>
+    <t>Director of Finance and Administration</t>
+  </si>
+  <si>
+    <t>(617) 527-6363</t>
+  </si>
+  <si>
+    <t xml:space="preserve">brianna@launchspace-orange.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">accountspayable@milkbankne.org </t>
+  </si>
+  <si>
+    <t>Uncornered, Inc.</t>
+  </si>
+  <si>
+    <t>Board Member</t>
+  </si>
+  <si>
+    <t>126 West Street</t>
+  </si>
+  <si>
+    <t>Boys and Girls Club of Greater Lowell</t>
+  </si>
+  <si>
+    <t>Caroline Howard</t>
+  </si>
+  <si>
+    <t>Director of Finance &amp; Human Resources</t>
+  </si>
+  <si>
+    <t>(978) 606-9880</t>
+  </si>
+  <si>
+    <t>choward@lbgc.org</t>
+  </si>
+  <si>
+    <t>(978) 235-4519</t>
+  </si>
+  <si>
+    <t>finance@sholanfarms.com</t>
+  </si>
+  <si>
+    <t>The Trustees of Reservations</t>
+  </si>
+  <si>
+    <t>Dermot Collins</t>
+  </si>
+  <si>
+    <t>Fleet Manager</t>
+  </si>
+  <si>
+    <t>(774) 482-6296</t>
+  </si>
+  <si>
+    <t>dcollins@thetrustees.org</t>
+  </si>
+  <si>
+    <t>https://thetrustees.org/</t>
+  </si>
+  <si>
+    <t>Boston Partners in Education</t>
+  </si>
+  <si>
+    <t>Jim Laudisio</t>
+  </si>
+  <si>
+    <t>(617) 344-9720</t>
+  </si>
+  <si>
+    <t>jim_laudisio@bostonpartners.org</t>
+  </si>
+  <si>
+    <t>https://www.bostonpartners.org</t>
+  </si>
+  <si>
+    <t>WriteBoston</t>
+  </si>
+  <si>
+    <t>Abdi Ali</t>
+  </si>
+  <si>
+    <t>Executive Director</t>
+  </si>
+  <si>
+    <t>(617) 541-2631</t>
+  </si>
+  <si>
+    <t>abdiali@writeboston.org</t>
+  </si>
+  <si>
+    <t>www.writeboston.org</t>
+  </si>
+  <si>
+    <t>Legendary Legacies</t>
+  </si>
+  <si>
+    <t>Ronald Waddell</t>
+  </si>
+  <si>
+    <t>(508) 615-8060</t>
+  </si>
+  <si>
+    <t>Rwaddell@LegendLegacy.org</t>
+  </si>
+  <si>
+    <t>www.legendlegacy.org</t>
+  </si>
+  <si>
+    <t>RCAP Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>Shannon Campaniello</t>
+  </si>
+  <si>
+    <t>Contracts and Compliance Manager</t>
+  </si>
+  <si>
+    <t>191 May Street</t>
+  </si>
+  <si>
+    <t>(978) 630-6683</t>
+  </si>
+  <si>
+    <t>scampaniello@rcapsolutions.org</t>
+  </si>
+  <si>
+    <t>www.rcapsolutions.org</t>
+  </si>
+  <si>
+    <t>Elderhostel, Inc. dba Road Scholar</t>
+  </si>
+  <si>
+    <t>Rachel Hamilton</t>
+  </si>
+  <si>
+    <t>Director of Regulatory Affairs</t>
+  </si>
+  <si>
+    <t>PO Box 56033</t>
+  </si>
+  <si>
+    <t>Boston, MA 02205</t>
+  </si>
+  <si>
+    <t>regulatory@roadscholar.org</t>
+  </si>
+  <si>
+    <t>(617) 457-5518</t>
+  </si>
+  <si>
+    <t>Society for the Preservation for New England Antiquities dba Historic New England</t>
+  </si>
+  <si>
+    <t>Stacey Harvey</t>
+  </si>
+  <si>
+    <t>151 Essex Street</t>
+  </si>
+  <si>
+    <t>Staff Accountant</t>
+  </si>
+  <si>
+    <t>(617) 994-5942</t>
+  </si>
+  <si>
+    <t>https://www.historicnewengland.org/</t>
+  </si>
+  <si>
+    <t>accounting@historicnewengland.org</t>
+  </si>
+  <si>
+    <t>SAILS Library Network</t>
+  </si>
+  <si>
+    <t>Ginny Berube</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>sailsbusiness@sailsinc.org</t>
+  </si>
+  <si>
+    <t>https://sailsinc.org/</t>
+  </si>
+  <si>
+    <t>Rebecca Jean</t>
+  </si>
+  <si>
+    <t>(781) 227-5692</t>
+  </si>
+  <si>
+    <t>hello@wearercc.org</t>
+  </si>
+  <si>
+    <t>www.reviveinaction.org</t>
+  </si>
+  <si>
+    <t>Massachusetts League of Community Health Centers</t>
+  </si>
+  <si>
+    <t>Joe Atchinson</t>
+  </si>
+  <si>
+    <t>220 Bear Hill</t>
+  </si>
+  <si>
+    <t>Boston, MA 01606</t>
+  </si>
+  <si>
+    <t>40 Court Street, 10th Floor</t>
+  </si>
+  <si>
+    <t>(617) 988-2260</t>
+  </si>
+  <si>
+    <t>jatchinson@massleague.org</t>
+  </si>
+  <si>
+    <t>https://www.massleague.org/</t>
+  </si>
+  <si>
+    <t>www.berklee.edu</t>
+  </si>
+  <si>
+    <t>Berklee College of Music</t>
+  </si>
+  <si>
+    <t>Boston Children's Hospital</t>
+  </si>
+  <si>
+    <t>Lynn Darrah</t>
+  </si>
+  <si>
+    <t>Senior Director Patient Care Operations</t>
+  </si>
+  <si>
+    <t>300 Longwood Avenue</t>
+  </si>
+  <si>
+    <t>(857) 218-5267</t>
+  </si>
+  <si>
+    <t>lynn.darrah@childrens.harvard.edu</t>
+  </si>
+  <si>
+    <t>https://www.childrenshospital.org/</t>
+  </si>
+  <si>
+    <t>Domenic Columbo</t>
+  </si>
+  <si>
+    <t>Project Manager</t>
+  </si>
+  <si>
+    <t>Preservation of Affordable Housing, Inc.</t>
+  </si>
+  <si>
+    <t>2 Oliver Street, Suite 500</t>
+  </si>
+  <si>
+    <t>(617) 449-0886</t>
+  </si>
+  <si>
+    <t>dcolumbo@poah.org</t>
+  </si>
+  <si>
+    <t>www.poah.org</t>
+  </si>
+  <si>
+    <t>My Sister's Child, Inc.</t>
+  </si>
+  <si>
+    <t>Maria Storms</t>
+  </si>
+  <si>
+    <t>mysisterschild1@gmail.com</t>
+  </si>
+  <si>
+    <t>mysisterschild.org</t>
+  </si>
+  <si>
+    <t>Massachusetts Institute of Technology - Lincoln Laboratory</t>
+  </si>
+  <si>
+    <t>Michael Gauthier</t>
+  </si>
+  <si>
+    <t>Senior Manager</t>
+  </si>
+  <si>
+    <t>(781) 981-2914</t>
+  </si>
+  <si>
+    <t>michael.gauthier@ll.mit.edu</t>
+  </si>
+  <si>
+    <t>www.ll.mit.edu</t>
+  </si>
+  <si>
+    <t>semaems.com</t>
+  </si>
+  <si>
+    <t>milkbankne.org</t>
+  </si>
+  <si>
+    <t>launchspace-orange.com</t>
+  </si>
+  <si>
+    <t>Eligible Other Non Profits</t>
+  </si>
+  <si>
+    <t>Chief Executive Officer</t>
+  </si>
+  <si>
+    <t>Phone (Office)</t>
+  </si>
+  <si>
+    <t>Extension</t>
+  </si>
+  <si>
+    <t>(508) 946-8600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Title </t>
   </si>
   <si>
     <t>(781) 243-1818</t>
   </si>
   <si>
-    <t>deputydirector@semaems.com</t>
-[...737 lines deleted...]
-    <t>www.ll.mit.edu</t>
+    <t>(978) 974-0770</t>
+  </si>
+  <si>
+    <t>(617) 680-9346</t>
+  </si>
+  <si>
+    <t>(617) 910-0270</t>
+  </si>
+  <si>
+    <t>Sturdy Memorial Hospital</t>
+  </si>
+  <si>
+    <t>Spanish American Center, Inc.</t>
+  </si>
+  <si>
+    <t>MassAutonomy, Inc.</t>
+  </si>
+  <si>
+    <t>LaunchSpace, Inc.</t>
+  </si>
+  <si>
+    <t>Revive In Action, Inc.</t>
+  </si>
+  <si>
+    <t>Founder &amp; Outreach Coordinator</t>
+  </si>
+  <si>
+    <t>Vice President Loan Repayment Programs</t>
+  </si>
+  <si>
+    <t>Vice President &amp; Chief Information Officer</t>
+  </si>
+  <si>
+    <t>33 Boston Post Road West, Suite 400</t>
+  </si>
+  <si>
+    <t>98 North Washington Street, Suite 400</t>
+  </si>
+  <si>
+    <t>824 Oak Street</t>
+  </si>
+  <si>
+    <t>40 Fairmount Street</t>
+  </si>
+  <si>
+    <t>112 Spruce Street</t>
+  </si>
+  <si>
+    <t>482 Main Street</t>
+  </si>
+  <si>
+    <t>377 Elliot Street</t>
+  </si>
+  <si>
+    <t>192 South Street, Suite 600</t>
+  </si>
+  <si>
+    <t>50 Island Street, Entrance B, Suite 101</t>
+  </si>
+  <si>
+    <t>200 High Street, 4th FL</t>
+  </si>
+  <si>
+    <t>555 Amory Street, Suite 3R</t>
+  </si>
+  <si>
+    <t>40 Southbridge Street</t>
+  </si>
+  <si>
+    <t>415 Main Street, Suite E101</t>
+  </si>
+  <si>
+    <t>222 Bowdoin Street</t>
+  </si>
+  <si>
+    <t>1125 Pleasant Street, PO Box 632</t>
+  </si>
+  <si>
+    <t>10 Riverside Drive, Suite 102</t>
+  </si>
+  <si>
+    <t>855 Boylston Street</t>
+  </si>
+  <si>
+    <t>244 Wood Street</t>
+  </si>
+  <si>
+    <t>27 Tennis Road</t>
+  </si>
+  <si>
+    <t>1089 Commonwealth Avenue, Suite 287</t>
+  </si>
+  <si>
+    <t>Brockton, MA 02302</t>
+  </si>
+  <si>
+    <t>Taunton, MA 02780</t>
+  </si>
+  <si>
+    <t>Amherst, MA 01002</t>
+  </si>
+  <si>
+    <t>Attleboro, MA 02703</t>
+  </si>
+  <si>
+    <t>Fitchburg, MA 01420</t>
+  </si>
+  <si>
+    <t>Boston, MA 02215</t>
+  </si>
+  <si>
+    <t>Boston, MA 02114</t>
+  </si>
+  <si>
+    <t>Dennis, MA 02638</t>
+  </si>
+  <si>
+    <t>Orange, MA 01364</t>
+  </si>
+  <si>
+    <t>Newton Upper Falls, MA 02464</t>
+  </si>
+  <si>
+    <t>Worcester, MA 01602</t>
+  </si>
+  <si>
+    <t>Boston, MA 02111</t>
+  </si>
+  <si>
+    <t>Boston, MA 02110</t>
+  </si>
+  <si>
+    <t>Boston, MA 02130</t>
+  </si>
+  <si>
+    <t>Worcester, MA 01608</t>
+  </si>
+  <si>
+    <t>Cambridge, MA 02142</t>
+  </si>
+  <si>
+    <t>Northampton, MA 01063</t>
+  </si>
+  <si>
+    <t>Haverhill, MA 01832</t>
+  </si>
+  <si>
+    <t>Lakeville, MA 02347</t>
+  </si>
+  <si>
+    <t>Waltham, MA 02451</t>
+  </si>
+  <si>
+    <t>Boston, MA 02116</t>
+  </si>
+  <si>
+    <t>Boston, MA 02115</t>
+  </si>
+  <si>
+    <t>Lexington, MA 02421</t>
+  </si>
+  <si>
+    <t>Boston, MA 02109</t>
+  </si>
+  <si>
+    <t>Boston, MA 02126</t>
+  </si>
+  <si>
+    <t>uma-foundation.org</t>
+  </si>
+  <si>
+    <t>mainehealth.org</t>
+  </si>
+  <si>
+    <t>Sturdymemorial.org</t>
+  </si>
+  <si>
+    <t>roadscholar.org</t>
+  </si>
+  <si>
+    <t>masslibsystem.org</t>
+  </si>
+  <si>
+    <t>355 Haverhill Street</t>
+  </si>
+  <si>
+    <t>25 Ashland Street</t>
+  </si>
+  <si>
+    <t>(508) 357-2121</t>
+  </si>
+  <si>
+    <t>Andrew Mauriello</t>
+  </si>
+  <si>
+    <t>866-237-5533</t>
+  </si>
+  <si>
+    <t>cbs@berklee.edu</t>
+  </si>
+  <si>
+    <t>Senior Director of Procurement &amp; Campus Business Services</t>
+  </si>
+  <si>
+    <t>End of worksheet.</t>
+  </si>
+  <si>
+    <t>SolutionHealth</t>
+  </si>
+  <si>
+    <t>Kevin Gagnon</t>
+  </si>
+  <si>
+    <t>1070 Holt Avenue, Suite 2300</t>
+  </si>
+  <si>
+    <t>Manchester, NH 03109</t>
+  </si>
+  <si>
+    <t>(207) 212-1748</t>
+  </si>
+  <si>
+    <t>Kevin.Gagnon@solutionhealth.org</t>
+  </si>
+  <si>
+    <t>https://www.solutionhealth.org/</t>
+  </si>
+  <si>
+    <t>*Escola Oficial Portuguesa de Taunton Sports Club</t>
+  </si>
+  <si>
+    <t>Updated: 1/14/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Organizations highlighted in yellow and marked with an asterisk symbol "*" indicate the organization may no longer be active. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF15232B"/>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="12">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="3" tint="-0.249977111117893"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{25741FFF-CE27-40B6-9893-1F2586ACC04C}" name="Other_Non_Profits" displayName="Other_Non_Profits" ref="A3:J40" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10">
+  <autoFilter ref="A3:J40" xr:uid="{25741FFF-CE27-40B6-9893-1F2586ACC04C}"/>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{5210022E-FF9F-4D69-B558-FDE38DE2B88F}" name="Organization Name" dataDxfId="9"/>
+    <tableColumn id="2" xr3:uid="{6CA3E008-398A-4952-B072-91F40692D76B}" name="Contact Name" dataDxfId="8"/>
+    <tableColumn id="3" xr3:uid="{AAD7F257-0C94-48F7-9183-3E1E7C40380A}" name="Title " dataDxfId="7"/>
+    <tableColumn id="4" xr3:uid="{5AEF341B-113C-4776-BEF2-191EF8687A8D}" name="Street Address" dataDxfId="6"/>
+    <tableColumn id="5" xr3:uid="{F93134FA-3E78-4357-9F65-0DB2A1B23937}" name="City, State, Zip" dataDxfId="5"/>
+    <tableColumn id="6" xr3:uid="{2222A5F2-2650-4540-8F4D-1579ACD93B6E}" name="Phone (Office)" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{7A361DC8-0753-44AD-B96B-685478798EFD}" name="Extension" dataDxfId="3"/>
+    <tableColumn id="7" xr3:uid="{DB6181DA-27D7-46C3-BB17-6C6DE523B242}" name="Email" dataDxfId="2"/>
+    <tableColumn id="8" xr3:uid="{0CC15E60-E5D1-46C5-8549-A7AF3D351B28}" name="Website" dataDxfId="1"/>
+    <tableColumn id="9" xr3:uid="{19C8A474-2F2A-415A-89A2-D63107344F4A}" name="Approval Date" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1320,1218 +1696,1416 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tstaton1967@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda@masslibsystem.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:briley@apcc.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbeltramo@uma-foundation.org" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.roadscholar.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deputydirector@semaems.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julia@rrcifitchburg.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accountspayable@milkbankne.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mainehealth.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brianna@launchspace-orange.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:regulatory@roadscholar.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanh.tran@mainehealth.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jack@uncornered.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmerriam@sturdymemorial.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poah.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Aperez@groundworklawrence.org" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lrooney@mass-service.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@wearercc.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmahoney@broadinstitute.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legendlegacy.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:books@communityrowing.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdunehew@smith.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sperry@lfdef.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sailsbusiness@sailsinc.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim_laudisio@bostonpartners.org" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sperry@lfdef.org%20" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.gauthier@ll.mit.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcapsolutions.org/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ll.mit.edu/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masslibsystem.org/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(917)%20331-4992/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20541-2631/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:regulatory@roadscholar.org" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin.Gagnon@solutionhealth.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tstaton1967@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmahoney@broadinstitute.org" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accounting@historicnewengland.org" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smith.edu/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sailsinc.org/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(413)%20835-1953/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(978)%20534-3145/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(857)%20218-5267/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.semaems.com/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(774)%20482-6296/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20894-0436/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:briley@apcc.org%20" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Aperez@groundworklawrence.org%20" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcolumbo@poah.org" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bostonpartners.org/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mysisterschild.org/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rrcifitchburg.com/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(856)%20625-5741/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20527-6363/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanh.tran@mainehealth.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda@masslibsystem.org%20" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdunehew@smith.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sailsbusiness@sailsinc.org" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.reviveinaction.org/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(781)%20981-2914/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.solutionhealth.org/__;!!CPANwP4y!UeX0RBNcEYjIIMOMd1hSHeDtU5xfh6nO9-ybAfgwe0jT5crUC6B2G2UP01ERp30ftj6ndXJn9pUt-8Mx2G4wHcW3$" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uncornered.org/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sturdyhealth.org/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(508)%20236-8400/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20680-9346/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(978)%20606-9880/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mainehealth.org/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://launchspace-orange.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julia@rrcifitchburg.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brianna@launchspace-orange.com%20" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcollins@thetrustees.org" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:finance@sholanfarms.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.groundworklawrence.org/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.historicnewengland.org/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbs@berklee.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deputydirector@semaems.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rwaddell@LegendLegacy.org" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mysisterschild1@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.communityrowing.org/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.massleague.org/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.broadinstitute.org/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(207)%20661-1243/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://1%20(508)%20357-2121/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(351)%20218-9898/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(978)%20630-6683/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(413)%20585-4696/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(508)%20946-8600/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20988-2260/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poah.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://781-243-1818/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbeltramo@uma-foundation.org%20" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andy_mercik@spanishamericancenter.org" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@wearercc.org" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://2072121748/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jack@uncornered.org" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thetrustees.org/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lbgc.org/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(978)%20987-1258/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(978)%20235-4519/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20449-0886/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://milkbankne.org/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uma-foundation.org/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(508)%20615-8060/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legendlegacy.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abdiali@writeboston.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accountspayable@milkbankne.org%20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jatchinson@massleague.org" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spanishamericancenter.org/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lawrenceprospera.org/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20344-9720/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.berklee.edu/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(978)%20224-8808/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dchiofalo@massautonomy.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmerriam@sturdymemorial.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:books@communityrowing.org%20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:choward@lbgc.org" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sholanfarms.com/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://617204575518/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(781)%20227-5692/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20910-0270/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apcc.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.writeboston.org/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(508)%20514-8322/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20714-8112/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(617)%20994-5942/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.roadscholar.org/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scampaniello@rcapsolutions.org" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass-service.org/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massautonomy.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lrooney@mass-service.org%20" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lynn.darrah@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.childrenshospital.org/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(508)%20619-3185/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel://(978)%20974-0770/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I39"/>
+  <dimension ref="A1:J42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A36" workbookViewId="0">
-      <selection sqref="A1:XFD1"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A21" sqref="A21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="54.7265625" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="22.453125" customWidth="1"/>
+    <col min="1" max="1" width="54.77734375" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.44140625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="44.77734375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="44.21875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="23.21875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="18.21875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="11.77734375" style="14" customWidth="1"/>
+    <col min="8" max="8" width="35.44140625" style="2" customWidth="1"/>
+    <col min="9" max="9" width="29.21875" style="2" customWidth="1"/>
+    <col min="10" max="10" width="22.44140625" style="2" customWidth="1"/>
+    <col min="11" max="16384" width="8.77734375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="27" t="s">
+        <v>302</v>
+      </c>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+    </row>
+    <row r="3" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C3" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="D3" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="E3" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="F3" s="24" t="s">
+        <v>219</v>
+      </c>
+      <c r="G3" s="25" t="s">
+        <v>220</v>
+      </c>
+      <c r="H3" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="I3" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="J3" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="G4" s="12"/>
+      <c r="H4" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="I4" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="J4" s="5">
+        <v>45028</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="F5" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" s="13"/>
+      <c r="H5" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" s="7">
+        <v>45091</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" s="17"/>
+      <c r="H6" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="I6" s="21" t="s">
+        <v>281</v>
+      </c>
+      <c r="J6" s="19">
+        <v>45128</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A7" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="F7" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" s="12"/>
+      <c r="H7" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="J7" s="5">
+        <v>45153</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A8" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="F8" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" s="12"/>
+      <c r="H8" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="I8" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="J8" s="5">
+        <v>45242</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="F9" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" s="12"/>
+      <c r="H9" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="J9" s="5">
+        <v>45247</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="G10" s="12"/>
+      <c r="H10" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="I10" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="J10" s="5">
+        <v>45265</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A11" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="F11" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="G11" s="12"/>
+      <c r="H11" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="I11" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="J11" s="5">
+        <v>45379</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A12" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="G12" s="12"/>
+      <c r="H12" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="I12" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="J12" s="5">
+        <v>45387</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="F13" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" s="12"/>
+      <c r="H13" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="I13" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="J13" s="5">
+        <v>45399</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A14" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="F14" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="G14" s="12"/>
+      <c r="H14" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="I14" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="J14" s="5">
+        <v>45441</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A15" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="G15" s="12"/>
+      <c r="H15" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="I15" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="J15" s="5">
+        <v>45446</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A16" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="F16" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="G16" s="12"/>
+      <c r="H16" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="I16" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="J16" s="5">
+        <v>45470</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A17" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F17" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="G17" s="12"/>
+      <c r="H17" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="I17" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="J17" s="5">
+        <v>45534</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A18" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F18" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="G18" s="12"/>
+      <c r="H18" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="I18" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="J18" s="5">
+        <v>45534</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A19" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="F19" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="G19" s="12"/>
+      <c r="H19" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="I19" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="J19" s="5">
+        <v>45553</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A20" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="F20" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="G20" s="12"/>
+      <c r="H20" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="I20" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="J20" s="5">
+        <v>45566</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A21" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F21" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="G21" s="12">
+        <v>7708</v>
+      </c>
+      <c r="H21" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="I21" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="J21" s="5">
+        <v>45566</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A22" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="F22" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="G22" s="12"/>
+      <c r="H22" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="I22" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="J22" s="5">
+        <v>45566</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A23" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="F23" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="G23" s="12"/>
+      <c r="H23" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="I23" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="J23" s="5">
+        <v>45566</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A24" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
-[...10 lines deleted...]
-      <c r="C2" t="s">
+      <c r="D24" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F24" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="G24" s="12"/>
+      <c r="H24" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I24" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="J24" s="5">
+        <v>45569</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A25" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="F25" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="G25" s="12"/>
+      <c r="H25" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="I25" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="J25" s="5">
+        <v>45569</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A26" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="F26" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G26" s="12"/>
+      <c r="H26" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="I26" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="J26" s="5">
+        <v>45569</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A27" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B27" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C27" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D27" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="F27" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="G2" s="7" t="s">
+      <c r="G27" s="12"/>
+      <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I27" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="I2" s="3">
-[...97 lines deleted...]
-      <c r="C6" t="s">
+      <c r="J27" s="5">
+        <v>45569</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A28" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" s="12"/>
+      <c r="H28" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="J28" s="5">
+        <v>45569</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A29" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="G29" s="12"/>
+      <c r="H29" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="I29" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" s="5">
+        <v>45575</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A30" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="D6" t="s">
-[...69 lines deleted...]
-      <c r="H8" s="8" t="s">
+      <c r="C30" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" s="12"/>
+      <c r="H30" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="I30" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="J30" s="5">
+        <v>45575</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A31" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="F31" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="G31" s="12"/>
+      <c r="H31" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="I31" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="J31" s="5">
+        <v>45588</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A32" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="F32" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="I8" s="3">
-[...141 lines deleted...]
-      <c r="H13" t="s">
+      <c r="G32" s="12">
+        <v>210</v>
+      </c>
+      <c r="H32" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="I32" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="J32" s="5">
+        <v>45646</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A33" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C33" s="10" t="s">
         <v>141</v>
       </c>
-      <c r="I13" s="3">
-[...91 lines deleted...]
-      <c r="A17" t="s">
+      <c r="D33" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="F33" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="G33" s="12"/>
+      <c r="H33" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="I33" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="J33" s="5">
+        <v>45656</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A34" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="F34" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="G34" s="12"/>
+      <c r="H34" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="I34" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="J34" s="5">
+        <v>45665</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A35" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="F35" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="G35" s="12"/>
+      <c r="H35" s="26" t="s">
+        <v>290</v>
+      </c>
+      <c r="I35" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="J35" s="5">
+        <v>45691</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A36" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="F36" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="G36" s="23"/>
+      <c r="H36" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="I36" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="J36" s="5">
+        <v>45757</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A37" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="F37" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="G37" s="12"/>
+      <c r="H37" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="I37" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="J37" s="5">
+        <v>45776</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A38" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="F38" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="G38" s="12"/>
+      <c r="H38" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="I38" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="J38" s="5">
+        <v>45898</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A39" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="F39" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="G39" s="12"/>
+      <c r="H39" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="B17" t="s">
+      <c r="I39" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="C17" t="s">
-[...228 lines deleted...]
-      <c r="B25" t="s">
+      <c r="J39" s="5">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A40" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="C40" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="C25" t="s">
-[...301 lines deleted...]
-      <c r="G35" t="s">
+      <c r="D40" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="F40" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="G40" s="12"/>
+      <c r="H40" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="I40" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="J40" s="5">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A41" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B41" s="4"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="4"/>
+      <c r="E41" s="4"/>
+      <c r="F41" s="4"/>
+      <c r="G41" s="12"/>
+      <c r="H41" s="4"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A42" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="H35" t="s">
-[...67 lines deleted...]
-      </c>
+      <c r="B42" s="4"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="12"/>
+      <c r="H42" s="4"/>
+      <c r="I42" s="4"/>
+      <c r="J42" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I1" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...5 lines deleted...]
-    <sortCondition ref="A2:A4"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:J6">
+    <sortCondition ref="A4:A6"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="G4" r:id="rId1" xr:uid="{F157B324-C887-474E-A14C-1B518CB39DDC}"/>
-[...22 lines deleted...]
-    <hyperlink ref="H36" r:id="rId24" xr:uid="{7308BBE3-3221-4440-A0F2-FD3434E6F8F4}"/>
+    <hyperlink ref="I6" r:id="rId1" xr:uid="{6074D060-34E4-4E85-ACAF-E7F1E3BBBCAD}"/>
+    <hyperlink ref="I25" r:id="rId2" xr:uid="{D3DFF6B1-BDE7-40DB-8A49-4F91A2BF190F}"/>
+    <hyperlink ref="I10" r:id="rId3" xr:uid="{7AF5A421-D92C-4D55-8494-8542CA1402B9}"/>
+    <hyperlink ref="I38" r:id="rId4" xr:uid="{7308BBE3-3221-4440-A0F2-FD3434E6F8F4}"/>
+    <hyperlink ref="I4" r:id="rId5" xr:uid="{31623C5F-749E-4A2C-BEE1-3F7B8829B806}"/>
+    <hyperlink ref="I17" r:id="rId6" xr:uid="{54AA5EF7-BD4B-4D17-B9D3-0A7180B5CD76}"/>
+    <hyperlink ref="I18" r:id="rId7" xr:uid="{42DBE17A-E008-414A-9E04-F318157090C5}"/>
+    <hyperlink ref="I16" r:id="rId8" xr:uid="{013123B1-D4A4-45BD-B18D-6594C0BD147B}"/>
+    <hyperlink ref="F4" r:id="rId9" xr:uid="{E748456F-6481-4092-8D8F-1DC1E4F6858F}"/>
+    <hyperlink ref="H4" r:id="rId10" xr:uid="{BD619F99-34A7-4749-B1B3-012E86901F5A}"/>
+    <hyperlink ref="H5" r:id="rId11" xr:uid="{306209DD-07FF-47BC-9017-190A783C9A48}"/>
+    <hyperlink ref="H6" r:id="rId12" xr:uid="{B845FC89-A78C-4630-A11C-ED1518BBD7FC}"/>
+    <hyperlink ref="H7" r:id="rId13" xr:uid="{8D03BE05-D3DD-4AE1-B431-B9F8F4BBB7B8}"/>
+    <hyperlink ref="H8" r:id="rId14" xr:uid="{88BFFA54-17A2-4C90-A081-083F37403BF7}"/>
+    <hyperlink ref="H9" r:id="rId15" xr:uid="{E0ACCA7C-EC39-49FC-9F47-0C56BB5CF9D1}"/>
+    <hyperlink ref="H10" r:id="rId16" xr:uid="{39352BD4-4452-4518-B57F-C8090285878F}"/>
+    <hyperlink ref="H11" r:id="rId17" xr:uid="{85866BFE-337A-46A3-A670-B3C53F789715}"/>
+    <hyperlink ref="H12" r:id="rId18" xr:uid="{74D24801-9ED4-4C5A-BBB6-970B26D54511}"/>
+    <hyperlink ref="H13" r:id="rId19" xr:uid="{56AE187F-95D9-4DEE-A46D-CB5911805989}"/>
+    <hyperlink ref="H14" r:id="rId20" xr:uid="{495F9B94-08EF-4330-B37C-C8E8560F1299}"/>
+    <hyperlink ref="H15" r:id="rId21" xr:uid="{40B3C4A4-875F-4B01-A985-CC7607DC5323}"/>
+    <hyperlink ref="H16" r:id="rId22" xr:uid="{945F4CC6-4881-4D0A-A8E4-4B4A9F3525BD}"/>
+    <hyperlink ref="H17" r:id="rId23" xr:uid="{CBFFA53B-2DBC-4530-84F4-79F4E299EED2}"/>
+    <hyperlink ref="H18" r:id="rId24" xr:uid="{4DE27C88-03DC-429F-90CF-689B1FC87A23}"/>
+    <hyperlink ref="H19" r:id="rId25" xr:uid="{6A8A0A5F-2E9D-4BEC-B94E-D79DC7436727}"/>
+    <hyperlink ref="H20" r:id="rId26" xr:uid="{3779037D-A158-4CEC-93A1-E2B3A48BBCF4}"/>
+    <hyperlink ref="H21" r:id="rId27" xr:uid="{FC2B0443-6901-4137-BB7C-2CC78C319830}"/>
+    <hyperlink ref="H22" r:id="rId28" xr:uid="{E427F8BE-027B-4C21-AC8E-815943150348}"/>
+    <hyperlink ref="H23" r:id="rId29" xr:uid="{1528554F-D337-469A-A41F-97B0E39F2CE0}"/>
+    <hyperlink ref="H24" r:id="rId30" xr:uid="{4D0FF023-F5B0-4A40-B370-E8C566B316FA}"/>
+    <hyperlink ref="H25" r:id="rId31" xr:uid="{B17D0003-ED38-4FC3-8D12-E68EB37D1C27}"/>
+    <hyperlink ref="H26" r:id="rId32" xr:uid="{D0D4F1DC-D01F-48F2-948A-676A3C324662}"/>
+    <hyperlink ref="H27" r:id="rId33" xr:uid="{BD5C0DE6-59F1-418A-97E1-9D22E0FE362C}"/>
+    <hyperlink ref="H28" r:id="rId34" xr:uid="{99F4436B-B37F-4D53-8A6C-6D76933E9DB6}"/>
+    <hyperlink ref="H29" r:id="rId35" xr:uid="{269475DC-C89C-4C84-AF87-6FB96AD22ECD}"/>
+    <hyperlink ref="H30" r:id="rId36" xr:uid="{BBC650AB-AA61-42EA-9ECE-2A1BAC0E1289}"/>
+    <hyperlink ref="H31" r:id="rId37" xr:uid="{EA159946-A721-466A-8BEE-4FB4A92EA883}"/>
+    <hyperlink ref="H32" r:id="rId38" xr:uid="{D1F3DC26-0061-4DFF-A243-349269AB6690}"/>
+    <hyperlink ref="H33" r:id="rId39" xr:uid="{C438295E-6C2B-4880-9022-34D416474DA0}"/>
+    <hyperlink ref="H34" r:id="rId40" xr:uid="{A1510E14-4167-439A-947D-8115BFD02991}"/>
+    <hyperlink ref="H36" r:id="rId41" xr:uid="{FD209FFE-38C3-42D7-A2CA-E606BF2EEBDB}"/>
+    <hyperlink ref="H37" r:id="rId42" xr:uid="{745F57E4-D78A-4373-A863-91E0CBD8F00D}"/>
+    <hyperlink ref="H38" r:id="rId43" xr:uid="{10A12D3B-1E55-47CE-859A-E6C229BCA148}"/>
+    <hyperlink ref="H39" r:id="rId44" xr:uid="{293B9186-AF4A-467F-A9FC-034581E65869}"/>
+    <hyperlink ref="I12" r:id="rId45" xr:uid="{E354A1DA-CBB1-482B-908B-3BB0D5D39DFE}"/>
+    <hyperlink ref="I14" r:id="rId46" xr:uid="{3238AACA-A3E1-413D-A0EE-B5A556C13A3B}"/>
+    <hyperlink ref="I19" r:id="rId47" xr:uid="{3FFBF049-D052-4177-83F4-E4F9E5B643CC}"/>
+    <hyperlink ref="I20" r:id="rId48" xr:uid="{5B175211-0AA6-43DB-A4B5-242EF2A58503}"/>
+    <hyperlink ref="I21" r:id="rId49" xr:uid="{355D7C89-B60F-4978-A541-728394C993B2}"/>
+    <hyperlink ref="I22" r:id="rId50" xr:uid="{384ABC16-DE9A-404B-BEC8-D91706EA8E81}"/>
+    <hyperlink ref="I23" r:id="rId51" xr:uid="{5C3C0CC8-F606-4F8A-B5FB-ACA8A70F9063}"/>
+    <hyperlink ref="I24" r:id="rId52" xr:uid="{5FF42152-ACF2-4745-87BD-7F1C9B2E5C4C}"/>
+    <hyperlink ref="I27" r:id="rId53" xr:uid="{EE5C3408-9CFF-4903-AF9F-AEAAC1ECA48E}"/>
+    <hyperlink ref="I28" r:id="rId54" xr:uid="{1B3154E7-00C5-407E-BA9A-DDFBAB05472C}"/>
+    <hyperlink ref="I29" r:id="rId55" xr:uid="{BE816395-C0C8-4B13-A491-8D4F0B50B482}"/>
+    <hyperlink ref="I30" r:id="rId56" xr:uid="{C89D8AF6-E07E-46CD-8FD2-F9FBDECB1699}"/>
+    <hyperlink ref="I31" r:id="rId57" xr:uid="{0ECF772B-45F2-4B19-8425-6456995CAD41}"/>
+    <hyperlink ref="I32" r:id="rId58" xr:uid="{1C63C299-6740-4842-8F54-9A11F818FEED}"/>
+    <hyperlink ref="I33" r:id="rId59" xr:uid="{C3E38933-0E16-4348-8CC3-EF12D82AE815}"/>
+    <hyperlink ref="I34" r:id="rId60" xr:uid="{FDD70A43-3CFC-4D42-942A-D36F82B010BF}"/>
+    <hyperlink ref="I35" r:id="rId61" xr:uid="{836684FE-8EBF-4836-8B85-42333BD49763}"/>
+    <hyperlink ref="I36" r:id="rId62" xr:uid="{8A410B31-E538-4A34-8553-ECE04AADA41D}"/>
+    <hyperlink ref="I37" r:id="rId63" xr:uid="{9CF33BA0-6AE7-413C-9048-416CDC26AD0E}"/>
+    <hyperlink ref="I39" r:id="rId64" xr:uid="{3AD7DDAC-D878-4C93-9B89-1E5601332470}"/>
+    <hyperlink ref="I26" r:id="rId65" xr:uid="{3ECCBEA4-93A4-4F92-BF10-76B354F70ABC}"/>
+    <hyperlink ref="I15" r:id="rId66" xr:uid="{0C54E258-61E7-4963-A418-8C564965186E}"/>
+    <hyperlink ref="I13" r:id="rId67" xr:uid="{2EE3AB38-3539-40A7-A393-875F3F2B39BD}"/>
+    <hyperlink ref="I11" r:id="rId68" xr:uid="{C9541B29-2E24-4EF8-A923-7BB8888C89E4}"/>
+    <hyperlink ref="I9" r:id="rId69" xr:uid="{C307E0CB-1FF9-427A-A32C-1A31C9C14574}"/>
+    <hyperlink ref="I8" r:id="rId70" xr:uid="{9DB8C46E-1203-49FA-87ED-4D33CBB54863}"/>
+    <hyperlink ref="I7" r:id="rId71" xr:uid="{D4F83A20-6273-4DB2-A6F7-5F309DF4A83A}"/>
+    <hyperlink ref="F5" r:id="rId72" xr:uid="{23493CBB-ED2E-4102-B93E-DAE54DA1E5D8}"/>
+    <hyperlink ref="F6" r:id="rId73" xr:uid="{B2AEA09F-7C86-4CCD-90CB-FE2F65799603}"/>
+    <hyperlink ref="F7" r:id="rId74" xr:uid="{D999E923-2C27-4874-8E10-9DF3A9A5B8B8}"/>
+    <hyperlink ref="F8" r:id="rId75" xr:uid="{F6F8D36E-42EE-4496-A3C8-48D5E25D6FB9}"/>
+    <hyperlink ref="F9" r:id="rId76" xr:uid="{D6018575-24C4-4363-9DB0-23023B0E56E2}"/>
+    <hyperlink ref="F10" r:id="rId77" xr:uid="{2D95E38A-5432-48F0-BBEF-5ABBA6D8EEC7}"/>
+    <hyperlink ref="F11" r:id="rId78" display="1 (508) 357-2121" xr:uid="{02DB8390-CB33-4BBF-A1C1-298704D3B2D1}"/>
+    <hyperlink ref="F12" r:id="rId79" xr:uid="{68851DEE-70D4-43A5-A5EF-3CA5478F8F39}"/>
+    <hyperlink ref="F13" r:id="rId80" xr:uid="{95A23403-72D2-4094-B6BF-FD4F27374C50}"/>
+    <hyperlink ref="F14" r:id="rId81" xr:uid="{F6FAA31F-A14A-4B8C-9599-928A2035F9A1}"/>
+    <hyperlink ref="F15" r:id="rId82" xr:uid="{4B3DB7C2-AE60-4B32-96B9-F31B15DA40F9}"/>
+    <hyperlink ref="F16" r:id="rId83" xr:uid="{8B27B24B-F4E0-45D9-B9F0-2B7C1036E691}"/>
+    <hyperlink ref="F17" r:id="rId84" xr:uid="{BDB2D601-96EA-452E-9FB4-CE19958F48A8}"/>
+    <hyperlink ref="F18" r:id="rId85" xr:uid="{5D3FB3B4-A4A4-4BC9-971A-A3FB032FCCDE}"/>
+    <hyperlink ref="F19" r:id="rId86" xr:uid="{794CC93A-B0D6-4347-AE57-4AA4FFD1EA10}"/>
+    <hyperlink ref="F20" r:id="rId87" xr:uid="{B1E68105-9EE0-4204-99F4-7A9401F9DD88}"/>
+    <hyperlink ref="F21" r:id="rId88" xr:uid="{8E8C5417-72CF-4BB8-88CA-A5BB88D64E93}"/>
+    <hyperlink ref="F23" r:id="rId89" xr:uid="{91751842-5700-4A06-B2D6-C5B7D9B6087A}"/>
+    <hyperlink ref="F22" r:id="rId90" xr:uid="{E95F7A71-2563-49D6-843D-8BF9C0C32DDE}"/>
+    <hyperlink ref="F24" r:id="rId91" xr:uid="{E0E79445-E049-47CD-95F8-A59FE0F820A0}"/>
+    <hyperlink ref="F25" r:id="rId92" xr:uid="{0DF80BC2-3DF3-4E7C-B773-23931D49FFF5}"/>
+    <hyperlink ref="F26" r:id="rId93" xr:uid="{2EE8E5DB-B173-4A8A-9B6C-12A7DA778B95}"/>
+    <hyperlink ref="F27" r:id="rId94" xr:uid="{2780C7E7-8C61-484C-B82A-AF55EC671C40}"/>
+    <hyperlink ref="F28" r:id="rId95" xr:uid="{3AD2A4AD-1D88-4039-82B5-C578D0DB86D2}"/>
+    <hyperlink ref="F29" r:id="rId96" xr:uid="{BF8E5D67-63FC-44A9-A96C-9575E6519B14}"/>
+    <hyperlink ref="F30" r:id="rId97" xr:uid="{7F24B782-7BC2-4701-B1D7-3A828862E942}"/>
+    <hyperlink ref="F31" r:id="rId98" xr:uid="{A3BE19D6-E170-4C91-B631-78B9326E4807}"/>
+    <hyperlink ref="F32" r:id="rId99" xr:uid="{198F3AB9-CBFF-4EA9-8C54-857FC2EAA324}"/>
+    <hyperlink ref="F33" r:id="rId100" xr:uid="{C466AFE6-300A-4AEF-97F1-8C3142ED1FCD}"/>
+    <hyperlink ref="F34" r:id="rId101" xr:uid="{9E0D40D4-EF46-46AC-90BD-409C6ECF17E1}"/>
+    <hyperlink ref="F36:G36" r:id="rId102" display="(857) 218-5267" xr:uid="{599225F0-B459-49CE-8B53-9D1337C92DBB}"/>
+    <hyperlink ref="F37" r:id="rId103" xr:uid="{501A5607-1093-46DE-89E6-FBA0D8EF733E}"/>
+    <hyperlink ref="F38" r:id="rId104" xr:uid="{575FB0F4-A42D-45EC-A62D-5DCDFC1CF3ED}"/>
+    <hyperlink ref="F39" r:id="rId105" xr:uid="{3A5B7D25-0125-4795-8512-ED29BCCA287A}"/>
+    <hyperlink ref="H35" r:id="rId106" display="mailto:cbs@berklee.edu" xr:uid="{880A1D2C-C472-4B75-898C-B1CAC1727CFC}"/>
+    <hyperlink ref="H40" r:id="rId107" xr:uid="{BF3F7ACB-F62B-48ED-B824-542C845AAD43}"/>
+    <hyperlink ref="I40" r:id="rId108" display="https://urldefense.com/v3/__https:/www.solutionhealth.org/__;!!CPANwP4y!UeX0RBNcEYjIIMOMd1hSHeDtU5xfh6nO9-ybAfgwe0jT5crUC6B2G2UP01ERp30ftj6ndXJn9pUt-8Mx2G4wHcW3$" xr:uid="{BED791FB-9ECA-4491-BD15-5DD43531976B}"/>
+    <hyperlink ref="F40" r:id="rId109" xr:uid="{10C843D4-8FE4-48C8-A23A-9105040DFAFC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId25"/>
+  <pageSetup orientation="portrait" r:id="rId110"/>
+  <tableParts count="1">
+    <tablePart r:id="rId111"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c5ac7d62-d1a1-443a-88af-8cffd164ea2a" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ec8e16cea7b4931118a3924529953c6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F3AA67C992812D47AB6586EBB435FE60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3d8598d243f5388a587008a74946d06e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c5ac7d62-d1a1-443a-88af-8cffd164ea2a" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b86a6661f4a789b156e072e0060677f3" ns2:_="" ns3:_="">
     <xsd:import namespace="c5ac7d62-d1a1-443a-88af-8cffd164ea2a"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -2714,121 +3288,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c5ac7d62-d1a1-443a-88af-8cffd164ea2a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C33C8B8F-F13C-4AA7-AAF3-5B70A1EE22C4}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA797364-0D90-44DF-B5A1-7110161FA7A1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40B037E5-7EED-4C54-940D-B0C9FE3D12CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c5ac7d62-d1a1-443a-88af-8cffd164ea2a"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C33C8B8F-F13C-4AA7-AAF3-5B70A1EE22C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="c5ac7d62-d1a1-443a-88af-8cffd164ea2a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8552FDC9-8BD1-49E3-AA32-F385D3521D69}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>10</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>For Publication</vt:lpstr>
+    <vt:vector size="11" baseType="lpstr">
+      <vt:lpstr>Other Non Profits</vt:lpstr>
+      <vt:lpstr>ApprovalDate</vt:lpstr>
+      <vt:lpstr>CityStateZip</vt:lpstr>
+      <vt:lpstr>ContactName</vt:lpstr>
+      <vt:lpstr>Email</vt:lpstr>
+      <vt:lpstr>Extension</vt:lpstr>
+      <vt:lpstr>OfficePhone</vt:lpstr>
+      <vt:lpstr>OrganizationName</vt:lpstr>
+      <vt:lpstr>StreetAddress</vt:lpstr>
+      <vt:lpstr>Title</vt:lpstr>
+      <vt:lpstr>Website</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ANF</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>