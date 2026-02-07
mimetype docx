--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -2294,51 +2294,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Approval</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57D75601" w14:textId="35C04F29" w:rsidR="00BB5A12" w:rsidRPr="00266669" w:rsidRDefault="007F62AB" w:rsidP="002315F8">
+    <w:p w14:paraId="7C3B0476" w14:textId="65BE1DB1" w:rsidR="00362D96" w:rsidRPr="00C273A6" w:rsidRDefault="007F62AB" w:rsidP="00C273A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1291"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5A12">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Middlesex</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5A12">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2434,76 +2434,61 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5A12">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>12,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5A12">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5A12">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67058F2D" w14:textId="7C6E6675" w:rsidR="00266669" w:rsidRPr="002315F8" w:rsidRDefault="00266669" w:rsidP="002315F8">
+    <w:p w14:paraId="32B24BB7" w14:textId="77777777" w:rsidR="00C273A6" w:rsidRPr="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1291"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1292" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ADB2254" w14:textId="75F2333F" w:rsidR="00362D96" w:rsidRPr="003868A0" w:rsidRDefault="007F62AB" w:rsidP="003868A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="847"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:ind w:left="847"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Initial</w:t>
@@ -3092,101 +3077,125 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2EA7AA" w14:textId="7D2D897E" w:rsidR="002315F8" w:rsidRDefault="002315F8">
+    <w:p w14:paraId="12A86D0A" w14:textId="77777777" w:rsidR="00C273A6" w:rsidRDefault="002315F8" w:rsidP="00C273A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1247"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:ind w:left="1247" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191FD9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Simmons University Master’s Entry </w:t>
       </w:r>
       <w:r w:rsidR="00EF05EF" w:rsidRPr="00191FD9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>into</w:t>
       </w:r>
       <w:r w:rsidRPr="00191FD9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Professional Nursing Program</w:t>
       </w:r>
       <w:r w:rsidR="00F31AE4" w:rsidRPr="00191FD9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0044677A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">effective </w:t>
       </w:r>
       <w:r w:rsidR="00F31AE4" w:rsidRPr="00191FD9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>March 13, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2FAB8E" w14:textId="334FACE4" w:rsidR="00C273A6" w:rsidRPr="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1247"/>
+        </w:tabs>
+        <w:spacing w:line="293" w:lineRule="exact"/>
+        <w:ind w:left="1247" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C273A6">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Stonehill College Baccalaureate Degree Nursing Program, effective November 26, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C09E104" w14:textId="5B0F8767" w:rsidR="00266669" w:rsidRPr="00266669" w:rsidRDefault="00266669" w:rsidP="00266669">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1247"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:ind w:left="887"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5858F291" w14:textId="77777777" w:rsidR="00720FB5" w:rsidRPr="00470097" w:rsidRDefault="00720FB5" w:rsidP="00720FB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="847"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -3335,100 +3344,215 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Status:</w:t>
       </w:r>
       <w:r w:rsidR="00FD3FB9">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D503D9A" w14:textId="2F7E3B6F" w:rsidR="00EF05EF" w:rsidRDefault="00EF05EF" w:rsidP="00EF05EF">
+    <w:p w14:paraId="39833703" w14:textId="03A578C4" w:rsidR="00101D39" w:rsidRPr="00F836D2" w:rsidRDefault="00101D39" w:rsidP="00EF05EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1247"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:ind w:left="1247" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF05EF">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Baccalaureate Degree Nurse Program, effective January 8, 2025</w:t>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assabet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Valley</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Technical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101D39">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>School Practical Nurse Program, effective January 14, 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0792E140" w14:textId="00C0F8D3" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="00EF05EF">
+    <w:p w14:paraId="79BA8811" w14:textId="58D0392C" w:rsidR="00F836D2" w:rsidRPr="00F836D2" w:rsidRDefault="00F836D2" w:rsidP="00EF05EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1247"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:ind w:left="1247" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t>Greater Lowell Technical Practical Nurse Program, effective June 11, 2025</w:t>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Northern Essex Community College Associate Degree Nurse Program, effective January 14, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DB988F" w14:textId="10BCE52C" w:rsidR="00F836D2" w:rsidRPr="00101D39" w:rsidRDefault="00F836D2" w:rsidP="00EF05EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1247"/>
+        </w:tabs>
+        <w:spacing w:line="293" w:lineRule="exact"/>
+        <w:ind w:left="1247" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Northern Essex Community College Practical Nurse Program, effective January 14, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D503D9A" w14:textId="5BD946EF" w:rsidR="00EF05EF" w:rsidRDefault="00EF05EF" w:rsidP="00EF05EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1247"/>
+        </w:tabs>
+        <w:spacing w:line="293" w:lineRule="exact"/>
+        <w:ind w:left="1247" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF05EF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Salem State University</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Baccalaureate Degree Nurse Program, effective January 8, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2400D087" w14:textId="3A5DCDBE" w:rsidR="007E6B41" w:rsidRPr="00EF05EF" w:rsidRDefault="007E6B41" w:rsidP="00EF05EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1247"/>
         </w:tabs>
         <w:spacing w:line="293" w:lineRule="exact"/>
         <w:ind w:left="1247" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Worcester State University Baccalaureate Degree Nurse Program, effective June 11, 2025</w:t>
       </w:r>
     </w:p>
@@ -5423,2336 +5547,2129 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28A09FA1" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="215" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="508-485-9430"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362D96" w14:paraId="4059A6CA" w14:textId="77777777" w:rsidTr="000756A9">
+      <w:tr w:rsidR="00362D96" w14:paraId="43582F11" w14:textId="77777777" w:rsidTr="00A775C2">
         <w:trPr>
-          <w:trHeight w:val="236"/>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147F7147" w14:textId="6B33FF43" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78295AC0" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="Blackstone_Valley_Regional_Voc_Tech_Scho"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:t>Berkshire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="658B6D29" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="65_Pleasant_Street,_Upton,_MA_01568"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:t>1350</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>West</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Pittsfield</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E7B003" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="508-529-7758"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>413-499-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>4660</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="08A8CBA7" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2912800F" w14:textId="2C3B1474" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C793F8" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Blackstone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Valley</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Voc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Tech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="148466BD" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>65</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Pleasant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Upton,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01568</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36662BBD" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>508-529-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>7758</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="3B998BA9" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DD3BD6" w14:textId="34DD3FF4" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="034D5929" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="Diman_Regional_School_of_Practical_Nursi"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:t>Bristol-Plymouth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49623A42" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="251_Stonehaven_Road,_Fall_River,_MA_0272"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:t>940</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>County</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Taunton,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>02780</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5861D0F1" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="508-678-2891"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>508-823-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>5151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="52AB8232" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8FB1A2" w14:textId="2A4D8D46" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="8"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9E4227" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="Greater_Lowell_Technical_School"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:t>Diman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Practical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Nursing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="755CDC1C" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="250_Pawtucket_Boulevard._Tyngsboro,_MA_0"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:t>251</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Stonehaven</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Road,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>River,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>02723</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06750773" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="978-454-4870"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>508-678-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>2891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C273A6" w14:paraId="225BE978" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F0A8E6" w14:textId="11C697C8" w:rsidR="00C273A6" w:rsidRDefault="00101D39" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8C2CBC" w14:textId="6C7E8014" w:rsidR="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Greater</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Lowell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical </w:t>
+            </w:r>
+            <w:r>
+              <w:t>School of Practical Nursing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9D1671" w14:textId="4C047B6C" w:rsidR="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>250</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Pawtucket</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Boulevard.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Tyngsboro,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01879</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6472C77D" w14:textId="62FFB753" w:rsidR="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>978-454-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>4870</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="49087D75" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D02CBF" w14:textId="77D117BD" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31517DFE" w14:textId="6643F0D8" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="Holyoke_Community_College_"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:t>Greenfield</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Commun</w:t>
+            </w:r>
+            <w:r w:rsidR="002C3149">
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5B549D" w14:textId="007A3A28" w:rsidR="00362D96" w:rsidRDefault="00D20167">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="303_Homestead_Avenue_Holyoke,_MA_01040"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:t>1 College Drive, Greenfield, MA 01301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C9CE9F" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>413-775-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>1759</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="16CD7440" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C1C738" w14:textId="3720B669" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5604A7C1" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Holyoke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA46CFC" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>303</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Homestead</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Avenue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Holyoke,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF5B92B" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>413-552-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>2458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="1109F080" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F1759E" w14:textId="13F2905F" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643A1B58" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="McCann_Technical_School"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:t>Massachusetts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Bay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2437DCDB" w14:textId="41443CC6" w:rsidR="00362D96" w:rsidRDefault="00EC559A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="19_Flagg_Drive,_Framingham,_MA_01702"/>
+            <w:bookmarkStart w:id="18" w:name="70_Hodges_Cross_Road,_North_Adams,_MA_01"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="00EC559A">
+              <w:t>490</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC559A">
+              <w:t>Franklin Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2087E4" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="413-663-5383"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>508-270-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>4020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="723B513B" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455C1A98" w14:textId="5C795B97" w:rsidR="00362D96" w:rsidRDefault="00101D39">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7975069E" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="Mildred_Elley_School"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r>
+              <w:t>McCann</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="198BCD98" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="100_West_Street,_Pittsfield,_MA_01201"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Hodges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Cross</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Road,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>North</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Adams,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>01247</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="235AECCE" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="413-442-0333"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>413-663-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>5383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="42FBCEB0" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3998CB74" w14:textId="56C5FEFF" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C1E4E0" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Montachusett</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Vocational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A764701" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1050</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Westminster</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Fitchburg,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01420</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="568EE534" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>978-345-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>9200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="7C0955A9" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="513504C3" w14:textId="5FE4050D" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="16"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0489F9" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mount</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Wachusett</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2E0D32" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>444</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Green</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Gardner,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>01440</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BCF4D4" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="978-762-4000"/>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>978-632-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>6600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362D96" w14:paraId="0A719779" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D281CC6" w14:textId="03549782" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="17"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E48C74" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>North</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Shore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ED24A5" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ferncroft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Road,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Danvers,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01923</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA393FF" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>978-762-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>4000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B0852" w14:paraId="6576980D" w14:textId="77777777" w:rsidTr="00A775C2">
+        <w:trPr>
+          <w:trHeight w:val="235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DE83670" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="642F4023" w14:textId="23913470" w:rsidR="005B0852" w:rsidRDefault="00A775C2" w:rsidP="00F90CAC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="215" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="251"/>
+              <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="99"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C273A6">
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945DD0">
+              <w:rPr>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="207D1751" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
-[...38 lines deleted...]
-                <w:spacing w:val="-10"/>
+          <w:p w14:paraId="03BC7C99" w14:textId="59C00575" w:rsidR="005B0852" w:rsidRDefault="005B0852" w:rsidP="00F90CAC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="215" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Quincy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>School</w:t>
+              <w:t>College</w:t>
+            </w:r>
+            <w:r w:rsidR="004A7871">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79F453D7" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
-[...16 lines deleted...]
-              <w:t>Fitchburg</w:t>
+          <w:p w14:paraId="7104B30D" w14:textId="77777777" w:rsidR="005B0852" w:rsidRDefault="005B0852" w:rsidP="00F90CAC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="215" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1250</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
+              <w:t>Hancock</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>Street,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>Marlboro,</w:t>
+              <w:t>Quincy,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>MA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>01752</w:t>
+              <w:t>02169</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D416202" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
-[...2009 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="5C55DFC6" w14:textId="77777777" w:rsidR="005B0852" w:rsidRDefault="005B0852" w:rsidP="00F90CAC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="215" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>617-405-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>5931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362D96" w14:paraId="694C66DD" w14:textId="77777777" w:rsidTr="00A775C2">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F9552F" w14:textId="3C2E4CF3" w:rsidR="00362D96" w:rsidRDefault="00CA1A71" w:rsidP="005B0852">
+          <w:p w14:paraId="77F9552F" w14:textId="46AA4279" w:rsidR="00362D96" w:rsidRDefault="00CA1A71" w:rsidP="005B0852">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="186" w:right="177"/>
             </w:pPr>
-            <w:bookmarkStart w:id="29" w:name="18"/>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkStart w:id="26" w:name="18"/>
+            <w:bookmarkStart w:id="27" w:name="19"/>
+            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="000756E4">
+            <w:r w:rsidR="00945DD0">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3345EE73" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:bookmarkStart w:id="31" w:name="Shawsheen_Valley_School_of_Practical_Nur"/>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkStart w:id="28" w:name="Shawsheen_Valley_School_of_Practical_Nur"/>
+            <w:bookmarkEnd w:id="28"/>
             <w:r>
               <w:t>Quinsigamond</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Community</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>College</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CD98DB8" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:bookmarkStart w:id="32" w:name="670_West_Boylston_Street,_Worcester,_MA_"/>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkStart w:id="29" w:name="670_West_Boylston_Street,_Worcester,_MA_"/>
+            <w:bookmarkStart w:id="30" w:name="100_Cook_Street,_Billerica,_MA_01821"/>
+            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="30"/>
             <w:r>
               <w:t>670</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>West</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Boylston</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
@@ -7782,456 +7699,456 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>01606</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="611E7A73" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="978-671-3646"/>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkStart w:id="31" w:name="978-671-3646"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>508-854-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>4262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362D96" w14:paraId="2C9558AE" w14:textId="77777777" w:rsidTr="00A775C2">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33132B5D" w14:textId="7061DB19" w:rsidR="00362D96" w:rsidRDefault="00CA1A71">
+          <w:p w14:paraId="33132B5D" w14:textId="7D948811" w:rsidR="00362D96" w:rsidRDefault="00CA1A71">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:bookmarkStart w:id="35" w:name="20"/>
+            <w:bookmarkStart w:id="32" w:name="20"/>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945DD0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01736B07" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="33" w:name="Southeastern_Regional_Vocational_Technic"/>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r>
+              <w:t>Shawsheen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Valley</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Practical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Nursing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DD8FA9" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="34" w:name="250_Foundry_Street,_South_Easton,_MA_023"/>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Cook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Billerica,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01821</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25DD0F01" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="35" w:name="508-238-1860"/>
             <w:bookmarkEnd w:id="35"/>
-            <w:r>
-[...148 lines deleted...]
-            <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>978-671-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>3646</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362D96" w14:paraId="3687B128" w14:textId="77777777" w:rsidTr="00A775C2">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877D157" w14:textId="4DF10DEB" w:rsidR="00362D96" w:rsidRDefault="000756A9">
+          <w:p w14:paraId="7877D157" w14:textId="795EF5AC" w:rsidR="00362D96" w:rsidRDefault="000756A9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:bookmarkStart w:id="39" w:name="21"/>
+            <w:bookmarkStart w:id="36" w:name="21"/>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945DD0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A6F769" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="37" w:name="Tri-County_Regional_Technical_High_Schoo"/>
+            <w:bookmarkEnd w:id="37"/>
+            <w:r>
+              <w:t>Southeastern</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Vocational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6E33E9" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="38" w:name="147_Pond_Street,_Franklin,_MA_02038"/>
+            <w:bookmarkEnd w:id="38"/>
+            <w:r>
+              <w:t>250</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Foundry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>South</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Easton,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>02375</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCA5765" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="39" w:name="508-528-5400"/>
             <w:bookmarkEnd w:id="39"/>
-            <w:r>
-[...148 lines deleted...]
-            <w:bookmarkEnd w:id="42"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>508-238-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>1860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362D96" w14:paraId="08496702" w14:textId="77777777" w:rsidTr="00A775C2">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3190205A" w14:textId="7D2EA326" w:rsidR="00362D96" w:rsidRDefault="000756E4">
+          <w:p w14:paraId="3190205A" w14:textId="67D1C222" w:rsidR="00362D96" w:rsidRDefault="000756E4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:bookmarkStart w:id="43" w:name="22"/>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkStart w:id="40" w:name="22"/>
+            <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00470097">
+            <w:r w:rsidR="00945DD0">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0135E18F" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:r>
               <w:t>Upper</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Cape</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8337,61 +8254,70 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2069720F" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>508-759-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>7711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70DE59C3" w14:textId="5CEE57B3" w:rsidR="007E6B41" w:rsidRDefault="007F62AB" w:rsidP="000756A9">
+    <w:p w14:paraId="6A0053E9" w14:textId="77777777" w:rsidR="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="155"/>
         <w:rPr>
           <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="Practical_Nursing_Programs_–_Initial_App"/>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="70DE59C3" w14:textId="41F74D4A" w:rsidR="007E6B41" w:rsidRDefault="007F62AB" w:rsidP="000756A9">
+      <w:pPr>
+        <w:spacing w:before="155"/>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="Practical_Nursing_Programs_–_Initial_App"/>
-      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Practical</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nursing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -8439,401 +8365,394 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E6B41">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">with Warning </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F33279" w14:textId="77777777" w:rsidR="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
+    <w:p w14:paraId="79B0CD27" w14:textId="77777777" w:rsidR="00101D39" w:rsidRDefault="00101D39" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="155"/>
-        <w:ind w:left="560"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="85" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="676"/>
         <w:gridCol w:w="5310"/>
         <w:gridCol w:w="5490"/>
         <w:gridCol w:w="1872"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E6B41" w14:paraId="1EF30E29" w14:textId="77777777" w:rsidTr="007E6B41">
+      <w:tr w:rsidR="00101D39" w14:paraId="30731D58" w14:textId="77777777" w:rsidTr="00E17533">
         <w:trPr>
-          <w:trHeight w:val="254"/>
+          <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:ind w:left="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6457DB" w14:textId="0EBB58CB" w:rsidR="00101D39" w:rsidRDefault="00101D39" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-              <w:t>Program Name</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="238B2F66" w14:textId="39198A46" w:rsidR="00101D39" w:rsidRPr="00101D39" w:rsidRDefault="00101D39" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00101D39">
+              <w:t>Assabet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:t>Valley</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:t>Technical</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00101D39">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-              <w:t>Address</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="2DA6106E" w14:textId="4B7F1AC0" w:rsidR="00101D39" w:rsidRDefault="00101D39" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>215 Fitchburg Street, Marlborough, MA 01752</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
-            <w:tcBorders>
-[...12 lines deleted...]
-                <w:bCs/>
+          </w:tcPr>
+          <w:p w14:paraId="56D12486" w14:textId="0AB8B586" w:rsidR="00101D39" w:rsidRDefault="00101D39" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>508-485-9430</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F836D2" w14:paraId="07E066E8" w14:textId="77777777" w:rsidTr="00E17533">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D795E5B" w14:textId="4C58F7A6" w:rsidR="00F836D2" w:rsidRDefault="00F836D2" w:rsidP="00F836D2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0425726C" w14:textId="28D1F9CD" w:rsidR="00F836D2" w:rsidRPr="00101D39" w:rsidRDefault="00F836D2" w:rsidP="00F836D2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Northern</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Essex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA356E7" w14:textId="1A68ECA4" w:rsidR="00F836D2" w:rsidRDefault="00F836D2" w:rsidP="00F836D2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>414</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Common</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Lawrence,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Phone</w:t>
-[...118 lines deleted...]
-            </w:r>
+              <w:t>01840</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3449A234" w14:textId="464B07C6" w:rsidR="00F836D2" w:rsidRDefault="00F836D2" w:rsidP="00F836D2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>01879</w:t>
-[...16 lines deleted...]
-              <w:t>978-454-</w:t>
+              <w:t>978-738-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>4870</w:t>
+              <w:t>7447</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="15F33279" w14:textId="77777777" w:rsidR="000756A9" w:rsidRDefault="000756A9" w:rsidP="00101D39">
+      <w:pPr>
+        <w:spacing w:before="155"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="08AE95C4" w14:textId="77777777" w:rsidR="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06E8E13F" w14:textId="77777777" w:rsidR="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73CA1198" w14:textId="77777777" w:rsidR="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D33EC7C" w14:textId="77777777" w:rsidR="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2949F395" w14:textId="77777777" w:rsidR="00BB33BB" w:rsidRDefault="00BB33BB" w:rsidP="000756A9">
+    <w:p w14:paraId="43B1B290" w14:textId="77777777" w:rsidR="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B611656" w14:textId="77777777" w:rsidR="00BB33BB" w:rsidRDefault="00BB33BB" w:rsidP="000756A9">
-[...8 lines deleted...]
-    <w:p w14:paraId="0C267247" w14:textId="2A11F014" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="000756A9">
+    <w:p w14:paraId="0C267247" w14:textId="127F9632" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="000756A9">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Practical</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
@@ -8962,52 +8881,52 @@
           </w:tcPr>
           <w:p w14:paraId="63C6E662" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="00F13917">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60812B98" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="00F13917">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="215" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="45" w:name="Middlesex_Community_College_"/>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkStart w:id="42" w:name="Middlesex_Community_College_"/>
+            <w:bookmarkEnd w:id="42"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
@@ -9019,52 +8938,52 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BCAA62E" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="00F13917">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="215" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="46" w:name="978-656-3280"/>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkStart w:id="43" w:name="978-656-3280"/>
+            <w:bookmarkEnd w:id="43"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E6B41" w14:paraId="008929A1" w14:textId="77777777" w:rsidTr="007E6B41">
         <w:trPr>
           <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC9374A" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="00F13917">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="235" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -11128,219 +11047,75 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D071053" w14:textId="77777777" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="106"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>978-762-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>4022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00524383" w14:paraId="0990DE2F" w14:textId="77777777" w:rsidTr="00F13917">
-[...148 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00524383" w14:paraId="5EE0C499" w14:textId="77777777" w:rsidTr="00F13917">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15A87530" w14:textId="73C294DD" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
+          <w:p w14:paraId="15A87530" w14:textId="3AB7EB38" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945DD0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA46A2E" w14:textId="77777777" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:r>
               <w:t>Quincy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">College </w:t>
@@ -11418,65 +11193,71 @@
               <w:ind w:left="106"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>617-405-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>5931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00524383" w14:paraId="718D1716" w14:textId="77777777" w:rsidTr="00F13917">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE306A8" w14:textId="1DA13255" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
+          <w:p w14:paraId="6FE306A8" w14:textId="51F41997" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945DD0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73835C81" w14:textId="77777777" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
             </w:pPr>
             <w:r>
               <w:t>Quinsigamond</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Community</w:t>
             </w:r>
             <w:r>
@@ -11578,65 +11359,71 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>508-854-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>4262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00524383" w14:paraId="1F2D4F20" w14:textId="77777777" w:rsidTr="00F13917">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55C0EF52" w14:textId="4EBCF7DB" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
+          <w:p w14:paraId="55C0EF52" w14:textId="70A27893" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945DD0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65AA0649" w14:textId="2C437377" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
             </w:pPr>
             <w:r w:rsidRPr="002270AA">
               <w:t>Regis College, Young School of Nursing Associate Degree Nursing Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5307" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46C01522" w14:textId="20142A89" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
@@ -11654,62 +11441,68 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>781-768-7000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00524383" w14:paraId="010A1815" w14:textId="77777777" w:rsidTr="00F13917">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CBBA5D8" w14:textId="63745EB2" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
+          <w:p w14:paraId="4CBBA5D8" w14:textId="14158ECD" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="186" w:right="177"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945DD0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55D63D3D" w14:textId="77777777" w:rsidR="00524383" w:rsidRDefault="00524383" w:rsidP="00524383">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
             </w:pPr>
             <w:r>
               <w:t>Springfield</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Technical</w:t>
             </w:r>
             <w:r>
@@ -11833,65 +11626,65 @@
     <w:p w14:paraId="52684F19" w14:textId="0F869035" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1280"/>
         </w:tabs>
         <w:sectPr w:rsidR="007E6B41" w:rsidRPr="007E6B41">
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="2880" w:right="880" w:bottom="440" w:left="880" w:header="738" w:footer="252" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1382DE64" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="00362D96">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="Practical_Nursing_Programs_–_Prerequisit"/>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkStart w:id="44" w:name="Practical_Nursing_Programs_–_Prerequisit"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="29D50E32" w14:textId="77777777" w:rsidR="0018700A" w:rsidRDefault="0018700A">
       <w:pPr>
         <w:ind w:left="560"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="Associate_Degree_Nursing_Programs_–_Full"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkStart w:id="45" w:name="Associate_Degree_Nursing_Programs_–_Full"/>
+      <w:bookmarkStart w:id="46" w:name="Associate_Degree_Nursing_Programs_–_Init"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="78F395D2" w14:textId="168FE872" w:rsidR="00362D96" w:rsidRDefault="007F62AB" w:rsidP="007E6B41">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Associate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -12036,112 +11829,112 @@
           </w:tcPr>
           <w:p w14:paraId="0BF66CE0" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="00362D96">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07BB82E1" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="215" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="50" w:name="Program_Name"/>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkStart w:id="47" w:name="Program_Name"/>
+            <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5307" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F989960" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="215" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="51" w:name="Address"/>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkStart w:id="48" w:name="Address"/>
+            <w:bookmarkEnd w:id="48"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C40D516" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="215" w:lineRule="exact"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="52" w:name="Phone"/>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkStart w:id="49" w:name="Phone"/>
+            <w:bookmarkEnd w:id="49"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00732246" w14:paraId="36824C49" w14:textId="77777777" w:rsidTr="000756A9">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E0AFED4" w14:textId="2D5945A1" w:rsidR="00732246" w:rsidRDefault="00732246">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0" w:right="251"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:w w:val="99"/>
@@ -12194,52 +11987,52 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>800-782-7284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362D96" w14:paraId="10DFFBB3" w14:textId="77777777" w:rsidTr="000756A9">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BBADED4" w14:textId="2E527B84" w:rsidR="00362D96" w:rsidRDefault="00732246">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0" w:right="251"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:bookmarkStart w:id="53" w:name="2"/>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkStart w:id="50" w:name="2"/>
+            <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B0360F4" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:r>
               <w:t>Roxbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -12333,51 +12126,51 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>617-427-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>0060</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68E40C78" w14:textId="48A9B8C6" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FBF5840" w14:textId="507CBD7E" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
+    <w:p w14:paraId="0FBF5840" w14:textId="0B71BD4A" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Associate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12472,96 +12265,258 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Warning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Status</w:t>
       </w:r>
-      <w:r w:rsidR="00524383">
+    </w:p>
+    <w:p w14:paraId="3B2649EB" w14:textId="77777777" w:rsidR="0036107A" w:rsidRDefault="0036107A" w:rsidP="007E6B41">
+      <w:pPr>
+        <w:spacing w:before="93"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="113" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="5494"/>
+        <w:gridCol w:w="5307"/>
+        <w:gridCol w:w="1873"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0036107A" w14:paraId="360610B5" w14:textId="77777777" w:rsidTr="00E17533">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9D5CF9" w14:textId="46EE9563" w:rsidR="0036107A" w:rsidRDefault="0036107A" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="186" w:right="177"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0486A3" w14:textId="77777777" w:rsidR="0036107A" w:rsidRDefault="0036107A" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Northern</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Essex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5307" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BADEE4F" w14:textId="77777777" w:rsidR="0036107A" w:rsidRDefault="0036107A" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>414</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Common</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Street,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Lawrence,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>01840</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9C3765" w14:textId="77777777" w:rsidR="0036107A" w:rsidRDefault="0036107A" w:rsidP="00E17533">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>978-738-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>7447</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="1C86E340" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="1"/>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkStart w:id="51" w:name="1"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
-    <w:p w14:paraId="7DC8BCB4" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="0018700A" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
+    <w:p w14:paraId="0C597BED" w14:textId="77777777" w:rsidR="00945DD0" w:rsidRDefault="00945DD0" w:rsidP="007E6B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DC8BCB4" w14:textId="1A14003A" w:rsidR="007E6B41" w:rsidRPr="0018700A" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018700A">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Baccalaureate</w:t>
       </w:r>
       <w:r w:rsidRPr="0018700A">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0018700A">
         <w:rPr>
           <w:b/>
@@ -14641,50 +14596,51 @@
       <w:tr w:rsidR="007E6B41" w14:paraId="19366EFD" w14:textId="77777777" w:rsidTr="007E6B41">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27A66361" w14:textId="45EFDA14" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="238" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
+              <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="353F5489" w14:textId="1D8E015E" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="238" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>Northeastern University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14735,51 +14691,50 @@
       <w:tr w:rsidR="007E6B41" w14:paraId="04B19CA4" w14:textId="77777777" w:rsidTr="007E6B41">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="10FCDDF8" w14:textId="2120D0D8" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="238" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
-              <w:lastRenderedPageBreak/>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FDC20B9" w14:textId="02F8BEA5" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="238" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>Regis College</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15377,60 +15332,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6EE023EE" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="238" w:lineRule="exact"/>
               <w:ind w:left="106"/>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>413-572-5300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43CAF0B8" w14:textId="713B0A93" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1130"/>
         </w:tabs>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="551DC11E" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1130"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="712"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -15638,99 +15583,106 @@
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>486 Chandler Street, Worcester, MA 01602</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09FA1BCF" w14:textId="5BA8F952" w:rsidR="007F7CC2" w:rsidRPr="007E6B41" w:rsidRDefault="007F7CC2" w:rsidP="007F7CC2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>508-929-8129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F0BC31D" w14:textId="1CB21C87" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
+    <w:p w14:paraId="7F0BC31D" w14:textId="5ACC513D" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1130"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:sectPr w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidSect="007E6B41">
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="2880" w:right="880" w:bottom="440" w:left="880" w:header="738" w:footer="252" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="007E6B41">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Baccalaureate Degree Nursing Programs –</w:t>
       </w:r>
       <w:r w:rsidR="00337CF2">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E6B41">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Approval </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">with Warning </w:t>
       </w:r>
       <w:r w:rsidRPr="007E6B41">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Status</w:t>
+        <w:t>Statu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C273A6">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D76CFCF" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1130"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="756DAFBC" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1130"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53B4E5D5" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:tabs>
@@ -15768,52 +15720,52 @@
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="5494"/>
         <w:gridCol w:w="5307"/>
         <w:gridCol w:w="1873"/>
       </w:tblGrid>
       <w:tr w:rsidR="007E6B41" w:rsidRPr="007E6B41" w14:paraId="2F211CB6" w14:textId="77777777" w:rsidTr="000756A9">
         <w:trPr>
           <w:trHeight w:val="235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F9EE722" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
             </w:pPr>
-            <w:bookmarkStart w:id="55" w:name="Baccalaureate_Degree_Nursing_Programs_–_"/>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkStart w:id="52" w:name="Baccalaureate_Degree_Nursing_Programs_–_"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E15B088" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Program Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -15901,66 +15853,131 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>375 Church St., North Adams MA 01247</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C40F26B" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>413-662-5201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00C273A6" w:rsidRPr="007E6B41" w14:paraId="5940981D" w14:textId="77777777" w:rsidTr="000756A9">
+        <w:trPr>
+          <w:trHeight w:val="250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F849012" w14:textId="68476E07" w:rsidR="00C273A6" w:rsidRPr="007E6B41" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1130"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B97D8DB" w14:textId="02B3119F" w:rsidR="00C273A6" w:rsidRPr="007E6B41" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1130"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t>Stonehill College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5307" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B672CFC" w14:textId="2AB7AD32" w:rsidR="00C273A6" w:rsidRPr="007E6B41" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1130"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t>320 Washington Street, North Easton, MA 02357</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7035C12C" w14:textId="637C25FD" w:rsidR="00C273A6" w:rsidRPr="007E6B41" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1130"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:t>508-565-1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="007E6B41" w:rsidRPr="007E6B41" w14:paraId="7777FE9E" w14:textId="77777777" w:rsidTr="000756A9">
         <w:trPr>
           <w:trHeight w:val="507"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB7B558" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
+          <w:p w14:paraId="0DB7B558" w14:textId="2F383A86" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="00C273A6" w:rsidP="007E6B41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="007E6B41">
-              <w:t>2</w:t>
+            <w:r>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BB4AF15" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1130"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E6B41">
               <w:t>Wheaton College</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5307" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DADA8B9" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
             <w:pPr>
               <w:tabs>
@@ -16007,268 +16024,99 @@
         <w:t>Baccalaureate Degree Nursing Programs – Initial Approval Status</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C1007B" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41"/>
     <w:p w14:paraId="34FB5D49" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41"/>
     <w:p w14:paraId="0705AD09" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41"/>
     <w:p w14:paraId="4A39F914" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41"/>
     <w:p w14:paraId="26032C3D" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41"/>
     <w:p w14:paraId="398F657C" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRPr="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41"/>
     <w:p w14:paraId="0729BAC4" w14:textId="77777777" w:rsidR="007E6B41" w:rsidRDefault="007E6B41" w:rsidP="007E6B41">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47C5399B" w14:textId="77777777" w:rsidR="00266669" w:rsidRDefault="00266669" w:rsidP="007E6B41">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BCC9D55" w14:textId="56E9129E" w:rsidR="00266669" w:rsidRDefault="00266669" w:rsidP="00266669">
+    <w:p w14:paraId="320186EB" w14:textId="77777777" w:rsidR="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="00C273A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1130"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40250496" w14:textId="1B29E9F8" w:rsidR="00266669" w:rsidRDefault="00266669" w:rsidP="00C273A6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1130"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007E6B41">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccalaureate Degree Nursing Programs – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Prerequisite</w:t>
       </w:r>
       <w:r w:rsidRPr="007E6B41">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Approval Status</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00C273A6">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...178 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> - None</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="632EADC1" w14:textId="77777777" w:rsidR="00266669" w:rsidRDefault="00266669" w:rsidP="007E6B41">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66D1D3AB" w14:textId="77777777" w:rsidR="007F7CC2" w:rsidRDefault="007F7CC2" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33122E32" w14:textId="775DDC1A" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000756A9">
@@ -16860,78 +16708,86 @@
             <w:tcW w:w="1873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40959EE9" w14:textId="77777777" w:rsidR="002B6788" w:rsidRPr="000756A9" w:rsidRDefault="002B6788" w:rsidP="002B6788">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000756A9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>508-856-5801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="78D794DB" w14:textId="77777777" w:rsidR="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="Registered_Nurse_Entry_Level_Graduate_Pr"/>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkStart w:id="53" w:name="Registered_Nurse_Entry_Level_Graduate_Pr"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="43870EF4" w14:textId="77777777" w:rsidR="00BB33BB" w:rsidRDefault="00BB33BB" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B9C7DF8" w14:textId="77777777" w:rsidR="00BB33BB" w:rsidRDefault="00BB33BB" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45561792" w14:textId="77777777" w:rsidR="00BB33BB" w:rsidRDefault="00BB33BB" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EB671F3" w14:textId="3D99837D" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
+    <w:p w14:paraId="774BD929" w14:textId="77777777" w:rsidR="00C273A6" w:rsidRDefault="00C273A6" w:rsidP="000756A9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EB671F3" w14:textId="7FA1A535" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000756A9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Registered Nurse Entry Level Graduate Programs – Initial Approval Status</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083E2F2D" w14:textId="77777777" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -16952,51 +16808,51 @@
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="5494"/>
         <w:gridCol w:w="5307"/>
         <w:gridCol w:w="1873"/>
       </w:tblGrid>
       <w:tr w:rsidR="000756A9" w:rsidRPr="000756A9" w14:paraId="660EB129" w14:textId="77777777" w:rsidTr="000756A9">
         <w:trPr>
           <w:trHeight w:val="235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54A49827" w14:textId="77777777" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="57" w:name="_Hlk163207097"/>
+            <w:bookmarkStart w:id="54" w:name="_Hlk163207097"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="496E02F5" w14:textId="77777777" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000756A9">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Program Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -17119,51 +16975,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FE77851" w14:textId="29E19DC7" w:rsidR="00732246" w:rsidRPr="000756A9" w:rsidRDefault="00732246" w:rsidP="00732246">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>800-782-7284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:tr w:rsidR="000756A9" w:rsidRPr="000756A9" w14:paraId="6AA41EF1" w14:textId="77777777" w:rsidTr="000756A9">
         <w:trPr>
           <w:trHeight w:val="235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7239C1F6" w14:textId="0B9CFE97" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="00732246" w:rsidP="000756A9">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
@@ -17222,66 +17078,50 @@
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C8B64BA" w14:textId="77777777" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000756A9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>617-521-2531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3543E88E" w14:textId="77777777" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
-[...14 lines deleted...]
-    </w:p>
     <w:p w14:paraId="56D3F099" w14:textId="77777777" w:rsidR="007F7CC2" w:rsidRDefault="007F7CC2" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34EF6451" w14:textId="64027836" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="00732246">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EE84593" w14:textId="77777777" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000756A9">
         <w:rPr>
@@ -17513,58 +17353,58 @@
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="2880" w:right="880" w:bottom="440" w:left="880" w:header="738" w:footer="252" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E15E4BE" w14:textId="7CC481C7" w:rsidR="000756A9" w:rsidRPr="000756A9" w:rsidRDefault="000756A9" w:rsidP="000756A9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1900"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000756A9" w:rsidRPr="000756A9">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="2880" w:right="880" w:bottom="440" w:left="880" w:header="738" w:footer="252" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F6D4A4D" w14:textId="77777777" w:rsidR="00CB2630" w:rsidRDefault="00CB2630">
+    <w:p w14:paraId="087365B2" w14:textId="77777777" w:rsidR="005B5572" w:rsidRDefault="005B5572">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33CC3281" w14:textId="77777777" w:rsidR="00CB2630" w:rsidRDefault="00CB2630">
+    <w:p w14:paraId="7F2A6AFD" w14:textId="77777777" w:rsidR="005B5572" w:rsidRDefault="005B5572">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -18139,58 +17979,58 @@
                       <w:t>4</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48A29CCF" w14:textId="77777777" w:rsidR="00CB2630" w:rsidRDefault="00CB2630">
+    <w:p w14:paraId="33F51A93" w14:textId="77777777" w:rsidR="005B5572" w:rsidRDefault="005B5572">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79018CFF" w14:textId="77777777" w:rsidR="00CB2630" w:rsidRDefault="00CB2630">
+    <w:p w14:paraId="47AEDB82" w14:textId="77777777" w:rsidR="005B5572" w:rsidRDefault="005B5572">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3EE16050" w14:textId="77777777" w:rsidR="00362D96" w:rsidRDefault="007F62AB">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486846976" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="024B366D" wp14:editId="1A73AA13">
           <wp:simplePos x="0" y="0"/>
@@ -19370,156 +19210,167 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00362D96"/>
     <w:rsid w:val="0002593E"/>
     <w:rsid w:val="000756A9"/>
     <w:rsid w:val="000756E4"/>
     <w:rsid w:val="000B5729"/>
     <w:rsid w:val="000C4472"/>
     <w:rsid w:val="000F6F84"/>
+    <w:rsid w:val="00101D39"/>
     <w:rsid w:val="00173975"/>
     <w:rsid w:val="0018700A"/>
     <w:rsid w:val="00191FD9"/>
     <w:rsid w:val="001B24CB"/>
     <w:rsid w:val="001B3F0A"/>
     <w:rsid w:val="001B7B28"/>
     <w:rsid w:val="001D0BAD"/>
     <w:rsid w:val="001E3785"/>
     <w:rsid w:val="00214ED1"/>
     <w:rsid w:val="002270AA"/>
     <w:rsid w:val="002315F8"/>
     <w:rsid w:val="0023288E"/>
     <w:rsid w:val="00265B34"/>
     <w:rsid w:val="00266669"/>
     <w:rsid w:val="00286AFD"/>
     <w:rsid w:val="002B6788"/>
     <w:rsid w:val="002C3149"/>
     <w:rsid w:val="002F3ACB"/>
     <w:rsid w:val="00337CF2"/>
+    <w:rsid w:val="0036107A"/>
     <w:rsid w:val="00362D96"/>
     <w:rsid w:val="003868A0"/>
     <w:rsid w:val="003F43FC"/>
     <w:rsid w:val="00436B72"/>
     <w:rsid w:val="00444D6E"/>
     <w:rsid w:val="00445DF6"/>
     <w:rsid w:val="0044677A"/>
     <w:rsid w:val="00470097"/>
     <w:rsid w:val="00496068"/>
     <w:rsid w:val="004A7871"/>
     <w:rsid w:val="004D714D"/>
     <w:rsid w:val="00506798"/>
     <w:rsid w:val="00524383"/>
     <w:rsid w:val="005373B1"/>
     <w:rsid w:val="00540CC1"/>
     <w:rsid w:val="00542C1B"/>
     <w:rsid w:val="00550C19"/>
     <w:rsid w:val="005607E9"/>
     <w:rsid w:val="005B0852"/>
+    <w:rsid w:val="005B5572"/>
     <w:rsid w:val="005E2614"/>
     <w:rsid w:val="005E684E"/>
     <w:rsid w:val="006466D1"/>
     <w:rsid w:val="0065631F"/>
     <w:rsid w:val="006A23A6"/>
     <w:rsid w:val="006B26DD"/>
     <w:rsid w:val="006C3DCF"/>
     <w:rsid w:val="006E3276"/>
     <w:rsid w:val="006E3F20"/>
     <w:rsid w:val="006F624F"/>
     <w:rsid w:val="006F6B4A"/>
+    <w:rsid w:val="006F79DC"/>
     <w:rsid w:val="00720FB5"/>
     <w:rsid w:val="00732246"/>
     <w:rsid w:val="00747576"/>
     <w:rsid w:val="00747EEC"/>
     <w:rsid w:val="007802A5"/>
     <w:rsid w:val="007E2215"/>
     <w:rsid w:val="007E6B41"/>
     <w:rsid w:val="007F62AB"/>
     <w:rsid w:val="007F7310"/>
     <w:rsid w:val="007F7CC2"/>
     <w:rsid w:val="008E3496"/>
     <w:rsid w:val="008F48A5"/>
     <w:rsid w:val="0094548A"/>
+    <w:rsid w:val="00945DD0"/>
     <w:rsid w:val="0098533D"/>
     <w:rsid w:val="009A2BC7"/>
     <w:rsid w:val="009C7FA8"/>
     <w:rsid w:val="00A64F91"/>
     <w:rsid w:val="00A76C6B"/>
     <w:rsid w:val="00A775C2"/>
     <w:rsid w:val="00A8375F"/>
     <w:rsid w:val="00A90674"/>
     <w:rsid w:val="00AB04D5"/>
     <w:rsid w:val="00AF794A"/>
+    <w:rsid w:val="00B46FC3"/>
     <w:rsid w:val="00BB33BB"/>
     <w:rsid w:val="00BB4C65"/>
     <w:rsid w:val="00BB5A12"/>
+    <w:rsid w:val="00C07529"/>
+    <w:rsid w:val="00C273A6"/>
+    <w:rsid w:val="00C563DF"/>
     <w:rsid w:val="00C85B50"/>
     <w:rsid w:val="00CA1A71"/>
     <w:rsid w:val="00CA3D45"/>
     <w:rsid w:val="00CB2630"/>
     <w:rsid w:val="00CD6DAB"/>
     <w:rsid w:val="00CE34DC"/>
     <w:rsid w:val="00D03490"/>
     <w:rsid w:val="00D20167"/>
     <w:rsid w:val="00D252BD"/>
     <w:rsid w:val="00D8055A"/>
     <w:rsid w:val="00DC1CF3"/>
     <w:rsid w:val="00DC5E60"/>
     <w:rsid w:val="00DE5D01"/>
     <w:rsid w:val="00DF2406"/>
     <w:rsid w:val="00E14005"/>
     <w:rsid w:val="00E25BF8"/>
     <w:rsid w:val="00E36C28"/>
     <w:rsid w:val="00E56063"/>
     <w:rsid w:val="00E67AEC"/>
     <w:rsid w:val="00E7398A"/>
     <w:rsid w:val="00E858A7"/>
     <w:rsid w:val="00EC559A"/>
     <w:rsid w:val="00ED1538"/>
     <w:rsid w:val="00ED4822"/>
     <w:rsid w:val="00ED58FA"/>
     <w:rsid w:val="00EF05EF"/>
     <w:rsid w:val="00EF454E"/>
+    <w:rsid w:val="00F03EDC"/>
     <w:rsid w:val="00F314C3"/>
     <w:rsid w:val="00F31AE4"/>
     <w:rsid w:val="00F647B5"/>
     <w:rsid w:val="00F73B73"/>
+    <w:rsid w:val="00F836D2"/>
     <w:rsid w:val="00FD3FB9"/>
     <w:rsid w:val="00FD65CB"/>
     <w:rsid w:val="00FE28C1"/>
     <w:rsid w:val="00FE4486"/>
     <w:rsid w:val="00FF77AE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -20336,75 +20187,75 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>1918</Words>
-  <Characters>10935</Characters>
+  <Words>1938</Words>
+  <Characters>11052</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
+  <Lines>92</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Massachusetts Board of Registration in Nursing, as a Regulatory agency of state government, protects the health, safety, and welfare of the citizens of the Commonwealth through the regulation of nursing practice and education</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DPL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12828</CharactersWithSpaces>
+  <CharactersWithSpaces>12965</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Massachusetts Board of Registration in Nursing, as a Regulatory agency of state government, protects the health, safety, and welfare of the citizens of the Commonwealth through the regulation of nursing practice and education</dc:title>
   <dc:creator>ntemp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-09-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 23 for Word</vt:lpwstr>