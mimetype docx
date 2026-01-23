--- v0 (2025-11-04)
+++ v1 (2026-01-23)
@@ -1,6974 +1,10031 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/tasks.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="38E53508" w14:textId="2825E298" w:rsidR="00F11409" w:rsidRDefault="00900E67" w:rsidP="00900E67">
+    <w:p w:rsidR="00F11409" w:rsidP="00900E67" w:rsidRDefault="00900E67" w14:paraId="38E53508" w14:textId="2825E298">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072A4E1" wp14:editId="592C2666">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2118679234" name="Graphic 2118679234" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Graphic 2118679234"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                          <a16:creationId xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
+                          <a16:creationId xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F825627" w14:textId="2B47CC5D" w:rsidR="008E53B1" w:rsidRPr="00132F52" w:rsidRDefault="0076E01C" w:rsidP="4CB88954">
+    <w:p w:rsidRPr="00132F52" w:rsidR="008E53B1" w:rsidP="4CB88954" w:rsidRDefault="0076E01C" w14:paraId="3F825627" w14:textId="2B47CC5D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc166848823"/>
+      <w:bookmarkStart w:name="_Toc166848823" w:id="0"/>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clarifications, Technical </w:t>
       </w:r>
-      <w:r w:rsidR="00900E67" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00900E67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corrections</w:t>
       </w:r>
-      <w:r w:rsidR="53E7D088" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="53E7D088">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004557D2" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="004557D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00900E67" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00900E67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and Policy Changes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF17F19" w14:textId="6B041656" w:rsidR="008E53B1" w:rsidRPr="00132F52" w:rsidRDefault="00040A48" w:rsidP="00132F52">
+    <w:p w:rsidRPr="00132F52" w:rsidR="008E53B1" w:rsidP="00132F52" w:rsidRDefault="00040A48" w14:paraId="7DF17F19" w14:textId="6B041656">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="701C7240" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="701C7240">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Technical</w:t>
       </w:r>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specifications for</w:t>
       </w:r>
-      <w:r w:rsidR="00900E67" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="00900E67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E53B1" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="008E53B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAE19B0" w14:textId="27E8CCFD" w:rsidR="0087545A" w:rsidRDefault="00900E67" w:rsidP="0087545A">
+    <w:p w:rsidR="0087545A" w:rsidP="0087545A" w:rsidRDefault="00900E67" w14:paraId="1EAE19B0" w14:textId="27E8CCFD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C623C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidR="009C7119">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ACO </w:t>
       </w:r>
       <w:r w:rsidRPr="00C623C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quality and Equity Incentives Program </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0E2AEC" w14:textId="0CD9E836" w:rsidR="0087545A" w:rsidRPr="0087545A" w:rsidRDefault="0087545A" w:rsidP="0087545A">
+    <w:p w:rsidRPr="0087545A" w:rsidR="0087545A" w:rsidP="0087545A" w:rsidRDefault="0087545A" w14:paraId="6B0E2AEC" w14:textId="0CD9E836">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance Year 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0F94A1" w14:textId="228771BF" w:rsidR="00D44292" w:rsidRPr="00C623C0" w:rsidRDefault="00D44292" w:rsidP="00D44292">
+    <w:p w:rsidRPr="00C623C0" w:rsidR="00D44292" w:rsidP="00D44292" w:rsidRDefault="00D44292" w14:paraId="0B0F94A1" w14:textId="228771BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4149A549" w14:textId="00EC7FDB" w:rsidR="006A1000" w:rsidRDefault="00900E67" w:rsidP="00D44292">
+    <w:p w:rsidR="006A1000" w:rsidP="00D44292" w:rsidRDefault="00900E67" w14:paraId="4149A549" w14:textId="00EC7FDB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">This document </w:t>
       </w:r>
-      <w:r w:rsidR="000A27BC" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="000A27BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">outlines </w:t>
       </w:r>
-      <w:r w:rsidR="3B0EA2D3" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="3B0EA2D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">clarifications, technical </w:t>
       </w:r>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>corrections</w:t>
       </w:r>
-      <w:r w:rsidR="04B64386" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="04B64386">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004557D2" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="004557D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">and policy </w:t>
       </w:r>
-      <w:r w:rsidR="00040A48" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00040A48">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>changes to the</w:t>
       </w:r>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00040A48" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00040A48">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Specifications for </w:t>
       </w:r>
-      <w:r w:rsidR="000A27BC" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="000A27BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Performance Year</w:t>
       </w:r>
       <w:r w:rsidR="007D0942">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:r w:rsidR="000A27BC" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="000A27BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PY2) </w:t>
       </w:r>
-      <w:r w:rsidR="002C4109" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="002C4109">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="00040A48" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00040A48">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">the MassHealth </w:t>
       </w:r>
       <w:r w:rsidR="007326C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ACO </w:t>
       </w:r>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Quality and Equity Incentives Program</w:t>
       </w:r>
-      <w:r w:rsidR="00611017" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00611017">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="007326C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00611017" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00611017">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>QEIP)</w:t>
       </w:r>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D44292" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00D44292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Updates are incorporated into the change log table below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABBDDE5" w14:textId="4B6ADF42" w:rsidR="00B75291" w:rsidRDefault="00B75291" w:rsidP="4CB88954">
+    <w:p w:rsidR="00B75291" w:rsidP="4CB88954" w:rsidRDefault="00B75291" w14:paraId="4ABBDDE5" w14:textId="4B6ADF42">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>MassHealth’s working definition</w:t>
       </w:r>
-      <w:r w:rsidR="002C4109" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="002C4109">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="6BA86436" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="6BA86436">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">clarification, </w:t>
       </w:r>
-      <w:r w:rsidR="00EF6E1D" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="00EF6E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">technical </w:t>
       </w:r>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>correction</w:t>
       </w:r>
-      <w:r w:rsidR="002C4109" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="002C4109">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and policy changes are as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529D676D" w14:textId="75082579" w:rsidR="1A92BC77" w:rsidRDefault="1A92BC77" w:rsidP="4CB88954">
+    <w:p w:rsidR="1A92BC77" w:rsidP="4CB88954" w:rsidRDefault="1A92BC77" w14:paraId="529D676D" w14:textId="75082579">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Clarification</w:t>
       </w:r>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> is additional information that explains an existing requirement</w:t>
       </w:r>
-      <w:r w:rsidR="6233C127" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="4CB88954" w:rsidR="6233C127">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63FC9A23" w14:textId="40CC968A" w:rsidR="0044507C" w:rsidRDefault="0044507C" w:rsidP="4CB88954">
+    <w:p w:rsidR="0044507C" w:rsidP="4CB88954" w:rsidRDefault="0044507C" w14:paraId="63FC9A23" w14:textId="40CC968A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Technical </w:t>
       </w:r>
-      <w:r w:rsidR="00D44292" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00D44292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Correction </w:t>
       </w:r>
-      <w:r w:rsidR="00D44292" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="00D44292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>is a change made to rectify an error in the technical specification</w:t>
       </w:r>
-      <w:r w:rsidR="27AB41D5" w:rsidRPr="5A76BED9">
+      <w:r w:rsidRPr="5A76BED9" w:rsidR="27AB41D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471BF302" w14:textId="449691EF" w:rsidR="00D44292" w:rsidRPr="00C623C0" w:rsidRDefault="00D44292" w:rsidP="00403F2D">
+    <w:p w:rsidRPr="00C623C0" w:rsidR="00D44292" w:rsidP="00403F2D" w:rsidRDefault="00D44292" w14:paraId="471BF302" w14:textId="449691EF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="1D7B430F" w:rsidR="00D44292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Policy Update </w:t>
       </w:r>
-      <w:r w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="1D7B430F" w:rsidR="00D44292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>is a modification of an existing requirement</w:t>
       </w:r>
-      <w:r w:rsidR="3631D69A" w:rsidRPr="4CB88954">
+      <w:r w:rsidRPr="1D7B430F" w:rsidR="3631D69A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DACEBC" w14:textId="4A59AAFC" w:rsidR="00611017" w:rsidRPr="00C623C0" w:rsidRDefault="00611017" w:rsidP="00611017">
+    <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2B324CD4" w14:textId="11C22C56">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9625" w:type="dxa"/>
+        <w:bidiVisual w:val="0"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1525"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1635"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="1620"/>
         <w:gridCol w:w="3240"/>
-        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="1028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="002472F5">
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="54FC3B14">
         <w:trPr>
-          <w:trHeight w:val="479"/>
-          <w:tblHeader/>
+          <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1525" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="642F0099" w14:textId="2D2392E7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Measure Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="44A73101" w14:textId="1F885F29">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Measure Name</w:t>
-[...12 lines deleted...]
-                <w:bCs/>
+              <w:t>Page #</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="788B01D0" w14:textId="5F7EBF3C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Type of Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="062049DA" w14:textId="3C55A88D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Page #</w:t>
-[...12 lines deleted...]
-                <w:bCs/>
+              <w:t>Section Header</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="14AF9F98" w14:textId="36D16A51">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6FE48A3C" w14:textId="6EA19FC0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Type of Update</w:t>
-[...27 lines deleted...]
-              <w:t>Section Header</w:t>
+              <w:t>Update release date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="56C45D39">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="75F8AF53" w14:textId="34B916C6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>RELD SOGI Data Completeness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="24E56A29" w14:textId="3C4DE30F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="734A381F" w14:textId="4A59F032">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="73BBEF59" w14:textId="4C9CE207">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-          </w:tcPr>
-[...48 lines deleted...]
-              <w:t>Update release date</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7CFA0636" w14:textId="04A76B03">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Updated reference to “Member Data and Member Enrollment Monthly Submission Specifications for all Entities” from Version 2.0 to Version 3.0.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="00D8CE10" w14:textId="1BBA759A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A82656" w:rsidRPr="00C623C0" w14:paraId="255DE335" w14:textId="77777777" w:rsidTr="002472F5">
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="6E9F4CD9">
         <w:trPr>
-          <w:trHeight w:val="232"/>
+          <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1525" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7FFFC13A" w14:textId="621C9D2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3BC65532" w14:textId="221AD7EB">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="56B3B63A" w14:textId="07F1AB3F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3545E41A" w14:textId="0F0F0B8B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Data Reporting Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="668CBBE6" w14:textId="7518B4D8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change “CPT” Code System to “HCPCS” Code System.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="033FEA88" w14:textId="57A636AC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="657417BA">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1AF5D1C4" w14:textId="49DA93F2">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7661A47C" w14:textId="52733388">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="16D68D54" w14:textId="5F309CDB">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4D6163B7" w14:textId="75C057B1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3DC2EAC3" w14:textId="756B522D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Add “Member died during the measurement period” as an exclusion for Rate 1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0CD344F7" w14:textId="1910B14C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="03070E12">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="119D8CAD" w14:textId="63E2C0CE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="52C74C38" w14:textId="47F0CDAA">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="01D8715A" w14:textId="7EB2BA03">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="13FDA6BF" w14:textId="06B27E1A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Supplemental Data Reporting Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="18AAD1FE" w14:textId="3D5E0BE7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change “CPT” Code System to “HCPCS” Code System.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2CF9B32C" w14:textId="3DCCC461">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="6DA3E517">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="269AA519" w14:textId="03D142AF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2EE1CAB8" w14:textId="3FD7D254">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="19564B5D" w14:textId="24CC3F36">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3E7A87E0" w14:textId="66A504F4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="74C00251" w14:textId="1184B406">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change the due date from March 31, 2025 to June 30, 2025.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="077BBE8D" w14:textId="0378BBFF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="7A39AC29">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6FC82EFD" w14:textId="58EE5986">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="773EBB97" w14:textId="4DFFF2E2">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="05AA1D1C" w14:textId="1F1E4584">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="07DF3218" w14:textId="0174AF9D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="08BEE827" w14:textId="79606858">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change Anchor Date from “December 31, 2024” to “Date of Qualifying Outpatient Visit.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="66E56A43" w14:textId="222BD4C5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="7484D3C6">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="13C84DD0" w14:textId="50D3754A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1DE50D2A" w14:textId="762D05BC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4EF7617F" w14:textId="13D47370">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4ED26C7B" w14:textId="188E74CD">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="406540CA" w14:textId="1A120B0F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Add details around identifying eligible outpatient visits occurring at ACO Primary Care Entities (PCEs).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="527B508E" w14:textId="63A1C947">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="5161C8C0">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="06245A49" w14:textId="7F8B0508">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="327F5A6A" w14:textId="69B2055B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4FF00E22" w14:textId="0F60D70A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="547ECB5E" w14:textId="423F1AF7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5AE09AB0" w14:textId="548EFDAF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change definition of “Interpreter Services” to definition of “Language Assistance Services.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0699CB21" w14:textId="0AAC58AF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="16B85667">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6C740325" w14:textId="1AF85CF3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="74433125" w14:textId="32AC4794">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="13BBC967" w14:textId="1F27759D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0EBF4DB7" w14:textId="685BB075">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="24A289BB" w14:textId="56339C8A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarify that Component 2 applies to outpatient visits occurring at ACO PCEs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="31D5D7E9" w14:textId="48ED6D3B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="4281340B">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="76015E38" w14:textId="27B03529">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="41C0A5E9" w14:textId="0C49B4A6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="70262E37" w14:textId="4FF85DB4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="16672B4D" w14:textId="00F8E7AB">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="005C126E" w14:textId="651053A8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Remove “Member dies during the outpatient visit” as an exclusion.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="31003076" w14:textId="572696BC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="44FFA022">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2287B350" w14:textId="4E793184">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="07C8064E" w14:textId="12AD844C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6049352F" w14:textId="3BF6F483">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4350F6A8" w14:textId="4AEEC14C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reporting Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5E4D0200" w14:textId="1EF74ABC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Update sampling methodology language to be visit-based rather than member based.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="64080F55" w14:textId="1318576C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="12772328">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="62CF98A0" w14:textId="5FA7BBFE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1C4E1367" w14:textId="09F6D5C0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="325C2B0B" w14:textId="4580F628">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2E949EFE" w14:textId="04AE931B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6146257A" w14:textId="454073E1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change the due date of Component 1 from December 31, 2024 to March 31, 2025, and the due date of Component 2 from March 31, 2025 to June 30, 2025.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="79573613" w14:textId="69935F9F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="5C244215">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="500D9BD4" w14:textId="00713FC4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0D19081A" w14:textId="7A4FAC94">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="47CC3BA5" w14:textId="0B0B6B2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="14618FC2" w14:textId="31FE6094">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6AEF3B3B" w14:textId="3DE6076F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarify that the eligible population is all patient-facing staff across ACO PCEs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="031EBF7E" w14:textId="59A12FCC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="2A4990C8">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7D2D3744" w14:textId="7EFD89B1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="128F65AE" w14:textId="04E9F952">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="71DA2479" w14:textId="613E43EF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="789EC757" w14:textId="2C9859E9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="31B4F28E" w14:textId="012F1E60">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change the denominator for the Component 2 Rate to “Total # of Patient-Facing Staff.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="389FB207" w14:textId="19BBB330">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="60DBBF2D">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="074A0AC1" w14:textId="1C9D8065">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="757CFA0C" w14:textId="0500AC8A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="33CE10D9" w14:textId="31801A97">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2D43D225" w14:textId="7A1B7D10">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="35E5BDBC" w14:textId="1EC3E4C8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Add final supplemental questions added to the Member Experience Survey (MES) related to accommodation needs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="53DE3E33" w14:textId="7D69FFC4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="6CFE904C">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2A535044" w14:textId="14FA80C1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3EEE9ED0" w14:textId="797C22C6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2CFC90A8" w14:textId="3A3DA952">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="17CC7388" w14:textId="36D4F980">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5D5883B8" w14:textId="1036AC02">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Change the due date from December 31, 2024 to January 31, 2025.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3EA8B1CE" w14:textId="335D10DC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="255C0D53">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="67458E27" w14:textId="572BE1A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Member Experience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="038B8C1F" w14:textId="54471EDC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>92-95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="403F57F3" w14:textId="1FB780D0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="73A69631" w14:textId="0C464F1A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Entire measure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="28CF67B1" w14:textId="63E858AF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Simplified language throughout the specification.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="31072EF8" w14:textId="3FFC7ACE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="5AA1D726">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="45705207" w14:textId="47449A05">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Member Experience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6DD36B98" w14:textId="18F24265">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6B0EEC1F" w14:textId="1E84D197">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1DBEB774" w14:textId="43EF3F87">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0167BC5D" w14:textId="423958B5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Updated MES questions in the Adult &amp; Child Communication Composites to reflect updated PY2 survey.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="39390F57" w14:textId="3D7689DF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11/4/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="3B6A1289">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1E7CBC2F" w14:textId="0717A9EE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RELD SOGI: All sub-measures </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="28A02240" w14:textId="6DFABAFB">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3, 9, 14, 22, 34, 39 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="36B26202" w14:textId="080276E0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4A281364" w14:textId="253C0C2F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Overview </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="46546C4F" w14:textId="18E9F38E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified numerator source to “ACO ‘Member Data and Member Enrollment’ Monthly Data File Submission” and clarified denominator source to “MassHealth Enrollment Data.” </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="27F2B7BD" w14:textId="4C4B4053">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="10ACFFE3">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4BE2B1E5" w14:textId="7547F01E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="036776BB" w14:textId="775240AF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="064E6F1E" w14:textId="62B7922B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1C4DA64F" w14:textId="0A7A218E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure Summary </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5EC53193" w14:textId="42BCFE65">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified Rate 2: HRSN Screen Positive Rate to “Rate of HRSN identified (i.e., screen positive) among cases in Rate 1 numerator.” </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="57280B69" w14:textId="0649760E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="5CC279EE">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="527BFF3A" w14:textId="068D623D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4FEF0AA7" w14:textId="2B231DC3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3D4008EC" w14:textId="3FF8F4CA">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="34D25F69" w14:textId="5E5162ED">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6DD3E7F4" w14:textId="50111C27">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified that Continuous Enrollment is “90 days” and Allowable Gap is “None.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="794C26E5" w14:textId="536497E8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="32124FFD">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0E665A28" w14:textId="37651500">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HRSN Screening </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="505F4B50" w14:textId="754555D9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0EEDC589" w14:textId="3B2BB91D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="16D6580C" w14:textId="4DB0D1E7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative Specification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="53805BA4" w14:textId="253F817A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified description of Rate 2: HRSN Screen Positive Rate to “Rate of HRSN identified (i.e., screen positive) among cases in Rate 1 numerator.” </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0AAFE71A" w14:textId="4BED5332">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="3DCBBBA6">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="72550135" w14:textId="11E17666">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0BE64184" w14:textId="4E007E17">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="15770498" w14:textId="7D19199A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="74BE03D6" w14:textId="77F910A5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative Specification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6947E617" w14:textId="3B0C699E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified Rate 2 denominator description. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="589E7568" w14:textId="044BE158">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="41A5BF9D">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3C813B0B" w14:textId="085ED4CA">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6EF00D21" w14:textId="247A9AC5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">54 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="316A2F22" w14:textId="449A3726">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Technical Correction </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="160C4AE2" w14:textId="20A8DF4E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative Data Reporting Requirements </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="180A8832" w14:textId="4F8F08ED">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Added ICD-10 Code “Z59.12” to ICD-10 Codes Contribution to Rate 2 Numerators for Utility Difficulties. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="08F8F474" w14:textId="3EC18406">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="46F2BC75">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="21FC849F" w14:textId="69FE9A1F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="159AB168" w14:textId="7A3827BC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2CDB4C95" w14:textId="34746E27">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6ED10AE7" w14:textId="2927E7D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supplemental Data Reporting Requirements </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1007EE16" w14:textId="25E4AA89">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="33F6B6DB" w14:textId="5559B6CF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="30C7896F">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6A0EF5DC" w14:textId="7616FA1E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4E31B1E0" w14:textId="48B07A92">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="50AF2168" w14:textId="5B768232">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6C24B3A3" w14:textId="6D0FCFBD">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6DC6AEA4" w14:textId="42C54D97">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified that the data submission due date is applicable to all data submitted by the ACO (administrative and supplemental, as applicable).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="55738C1C" w14:textId="63EBB14E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="5960735E">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="63C9C91F" w14:textId="642696DC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7278089C" w14:textId="1816B92B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="72E0706E" w14:textId="3F0151A6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="57EF8689" w14:textId="47432476">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reporting Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="271E3879" w14:textId="599E98B0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Added language about requesting additional member-level data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="466F33D0" w14:textId="15FADAC0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="17AAE9FC">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="13E3AE0A" w14:textId="69FFB237">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Equity Improvement Interventions</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82656">
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3BF5368E" w14:textId="60F4BF66">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4AAA3B8B" w14:textId="492649C6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3FA9A050" w14:textId="355E1062">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="70DD0CF9" w14:textId="2254F724">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Updated PIP2 Planning Report due date to 3/31/2025 (originally 3/30/2025) and the PIP1 Remeasurement 1 Report due date to 8/29/2025 (originally 8/1/2025).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="77D80377" w14:textId="21B04AD3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="5D81EA26">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5B3B995A" w14:textId="0825F29E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7D21963B" w14:textId="54B7A943">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2FB4205A" w14:textId="01C56B9B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4F80A192" w14:textId="05E37F4F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="36622A23" w14:textId="4979F89E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified setting of eligible outpatient visits: “ACO Primary Care Entities.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7F854BDA" w14:textId="6A495C86">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="7DDD1D6F">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3F868BD9" w14:textId="061DCE95">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="174042BD" w14:textId="0179C84D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="512E2371" w14:textId="0ABDCDED">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6B05A6E2" w14:textId="4DFF107D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="556C92F8" w14:textId="7B2CEE96">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified that the ACO may use their internal data to identify members with a preferred spoken language other than English if not available from the site where the visit occurred.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="601F6D91" w14:textId="282326C9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="6CD9B699">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="47AABAC0" w14:textId="33FDCC60">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4C35666E" w14:textId="582E33C5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="728CB55D" w14:textId="02B531EA">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2E821257" w14:textId="07AEF949">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reporting Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="635610C6" w14:textId="1995EA2F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified sampling methodology language and added reference to the QEIP Portal User Guide, which contains further sampling methodology details.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5A045B25" w14:textId="7F37CEE4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="1406C40A">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="724A432D" w14:textId="4EC91149">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1FA763D7" w14:textId="3FB0D42A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2F3B5175" w14:textId="259B3DC2">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="20F9258C" w14:textId="0E4C295E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reporting Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4A90C7C6" w14:textId="47410575">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="053E797E" w14:textId="343E6484">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="33C7FE96">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0F2CA579" w14:textId="7322C42D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="48AA2B22" w14:textId="465CD00C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="47E443C1" w14:textId="5428DFF8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="644B0206" w14:textId="75CDBEEC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="085EFB2E" w14:textId="5439FDB7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified that the DCC Training Rate denominator is all patient-facing staff “at the ACO’s Primary Care Entities.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3545B8F1" w14:textId="3D5AADDF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="79997DBC">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="44445B17" w14:textId="0CD2BEF4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1CFA9F82" w14:textId="6840657F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5A9B7E89" w14:textId="3138C4D2">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="393A40D3" w14:textId="3A3F10C7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6CF71B08" w14:textId="723A7802">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified that entities must report total number of patient-facing staff in their DCC Training Report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="59A23077" w14:textId="3DC917FF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="3B604BE3">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2DF5E10B" w14:textId="1AD04573">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Member Experience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="647782FD" w14:textId="216E63AE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="420F3F39" w14:textId="1D7892C1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3DB0A5D0" w14:textId="10862645">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0653D61C" w14:textId="468DC3B2">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified that MassHealth reports data to ACOs, including stratifications.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="606BFD13" w14:textId="455570ED">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="63DBEC42">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5D3D7986" w14:textId="2F0F71F3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Health-Related Social Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="75FFC1AB" w14:textId="18527FE0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1D2E344D" w14:textId="7A11937C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="10D0AF50" w14:textId="136A48FE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4173DAEC" w14:textId="512EFFB0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Removed “pending” and replaced with “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7A10358C" w14:textId="29ED71DE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="04F7F9B9">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0553A016" w14:textId="49CC274F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7E66862F" w14:textId="54192A2A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="49B9272E" w14:textId="3D89D3C4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3BE5B323" w14:textId="39EC517D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6DB4CC97" w14:textId="1015B789">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Removing requirement to submit member-level Race and Ethnicity data alongside annual clinical quality measure reporting.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="760164C0" w14:textId="73F7E61F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="6D836B15">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7F4A7BD5" w14:textId="4EE3FBAF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1BD1C840" w14:textId="389C46DF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="701F4D05" w14:textId="2BA93362">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="27C5A038" w14:textId="1A911D00">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="211683A3" w14:textId="559AE614">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Removed “30 day follow up” from FUM, FUA, and FUH (to align with Quality measure reporting).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="334A4E7D" w14:textId="675E7668">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="35E2858D">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1192AC0D" w14:textId="205DF099">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5B63A885" w14:textId="0F5A441E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4A75AA4F" w14:textId="749A2B5A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4374197B" w14:textId="2436284E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3FE6B7F8" w14:textId="720E50E3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified acceptable use of imputed data in the stratified reports.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4B7E27A8" w14:textId="3A0446EE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="0D8B6D32">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="687E4A10" w14:textId="389B445A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="26B8F282" w14:textId="457EB19D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4D5A3A0F" w14:textId="54C9E057">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1C6B88D3" w14:textId="0C60CC8F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="19A7755A" w14:textId="76DDFEB8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Updating the Performance Assessment, so that 100% of the measure points are attributed to submission of stratified reports.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4D48543E" w14:textId="53B1D214">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="3549831A">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7E25A7F2" w14:textId="5F3047BF">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="20420E53" w14:textId="1A2EA4D9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="564F6949" w14:textId="1D3787F7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="50AD57AC" w14:textId="01BC47A8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="79A3E6EE" w14:textId="49BBF04F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified Component 2, changing “either interpreter services or in language services” to “language assistance services.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="722571CB" w14:textId="4DF8CEB5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="78301781">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="3C75C269" w14:textId="7AC7A93A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="71624BD4" w14:textId="42826B74">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7E28AA80" w14:textId="5F6D1015">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7091301F" w14:textId="6A301ADA">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="67F8FA42" w14:textId="69E668C7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Removed “pending” and replaced with “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="714466D3" w14:textId="6AC08130">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="2C554CC3">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2AC25ED2" w14:textId="1FED221D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5C4CCBA2" w14:textId="3E7933E4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="352EE10A" w14:textId="61265E50">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="11510109" w14:textId="03FEA590">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="311818E8" w14:textId="33D9B5B0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified Step 2 of “Event/Diagnosis,” adding </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>“language services documentation system (e.g., vendor logs)” as an acceptable source for preferred spoken language other than English data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="07EB7753" w14:textId="76276921">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="79F85D5B">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="340A2812" w14:textId="162E677D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="445AE88D" w14:textId="36726A85">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70, 71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2F952A2E" w14:textId="4E12E75D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2A726443" w14:textId="1FA61158">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="32639C9F" w14:textId="6E1408B6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified Component 2 description and numerator, changing “either interpreter services or in language services” to “language assistance services.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="397626B8" w14:textId="36D421A9">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="75DCF640">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7E9E0F7C" w14:textId="3D82849F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="46429EE6" w14:textId="4F657437">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6BB93A4E" w14:textId="71B209C6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="29B058C2" w14:textId="14C683DC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="5E1864DF" w14:textId="212C562F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>For Component 2 Numerator, addition of “language services documentation system (e.g., vendor logs)” as an acceptable source of documentation for language assistance services provided.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6D2A040B" w14:textId="3103564F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="657C17D2">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1D189434" w14:textId="659F1645">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="681FBC72" w14:textId="6436EC0E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6A17D62C" w14:textId="4341371B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="218041E2" w14:textId="2FCEC2B4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4E10F345" w14:textId="396DA25B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarified ages for each of the six questions to align with the ages listed in the RELD SOGI Data Completeness – Disability Data Completeness measure (under Eligible Population)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0383E2C3" w14:textId="0A40C2C5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="0482CA29">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1DA1CA40" w14:textId="335F5199">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Equity Improvement Interventions </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7205473C" w14:textId="5F8EECE5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>63-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="214D3E08" w14:textId="5E06E735">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Technical Correction </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="68FE8603" w14:textId="76161FDC">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Performance Requirements and Assessment </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="6CB085D8" w14:textId="64DBB5C0">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revised information to reflect only PY2 submission requirements </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0D300199" w14:textId="63CD6289">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7/15/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1D7B430F" w:rsidTr="1D7B430F" w14:paraId="4FF14C5C">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="05F6B7FB" w14:textId="3B2C5560">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="089B9064" w14:textId="66CAD3AD">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4D21A99C" w14:textId="47842E79">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82656">
-[...31 lines deleted...]
-              <w:t> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="7FE7952E" w14:textId="15D5BBDE">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PY2 Performance Requirements &amp; Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-          </w:tcPr>
-[...36 lines deleted...]
-              <w:t>7/15/25</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="0B09B314" w14:textId="669BEB13">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Corrected the formula for calculating the DCC Training Rate.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8"/>
+              <w:left w:val="single" w:sz="8"/>
+              <w:bottom w:val="single" w:sz="8"/>
+              <w:right w:val="single" w:sz="8"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="2CF14955" w14:textId="028C343F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B430F" w:rsidR="1D7B430F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8/25/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008375BC" w:rsidRPr="00C623C0" w14:paraId="4230FF31" w14:textId="77777777" w:rsidTr="002472F5">
-[...5903 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="5A361ACD" w14:textId="6720AE47" w:rsidR="00403F2D" w:rsidRPr="00C623C0" w:rsidRDefault="00403F2D" w:rsidP="5A76BED9">
+    <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="458F76DE" w14:textId="1B932560">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="160" w:afterAutospacing="off" w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="4ECB955C" w14:textId="3B456C83">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C623C0" w:rsidR="00611017" w:rsidP="00611017" w:rsidRDefault="00611017" w14:paraId="16DACEBC" w14:textId="4A59AAFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00C623C0" w:rsidR="00403F2D" w:rsidP="5A76BED9" w:rsidRDefault="00403F2D" w14:paraId="5A361ACD" w14:textId="6720AE47" w14:noSpellErr="1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00403F2D" w:rsidRPr="00C623C0">
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="49786771" w14:textId="51AF5EE3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="1D7B430F" w:rsidP="1D7B430F" w:rsidRDefault="1D7B430F" w14:paraId="1583E759" w14:textId="0D8ACAD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00C623C0" w:rsidR="00403F2D">
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
     <w:rsid w:val="00002683"/>
     <w:rsid w:val="00002931"/>
     <w:rsid w:val="00003191"/>
     <w:rsid w:val="00005830"/>
     <w:rsid w:val="0003320C"/>
+    <w:rsid w:val="000351D9"/>
     <w:rsid w:val="00037F29"/>
     <w:rsid w:val="00040A48"/>
     <w:rsid w:val="000510BC"/>
     <w:rsid w:val="00063810"/>
     <w:rsid w:val="00067641"/>
     <w:rsid w:val="00071B67"/>
     <w:rsid w:val="00087882"/>
     <w:rsid w:val="000958C2"/>
     <w:rsid w:val="000A27BC"/>
     <w:rsid w:val="000C4055"/>
     <w:rsid w:val="000D41BA"/>
     <w:rsid w:val="000F1403"/>
     <w:rsid w:val="000F6DCC"/>
     <w:rsid w:val="00126848"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="00140191"/>
     <w:rsid w:val="00162062"/>
     <w:rsid w:val="00174A68"/>
     <w:rsid w:val="00182D0A"/>
     <w:rsid w:val="00187DDF"/>
     <w:rsid w:val="00190A16"/>
     <w:rsid w:val="00193743"/>
     <w:rsid w:val="001B759E"/>
     <w:rsid w:val="001C47D1"/>
     <w:rsid w:val="001D1610"/>
@@ -7040,50 +10097,51 @@
     <w:rsid w:val="00533038"/>
     <w:rsid w:val="00540D8E"/>
     <w:rsid w:val="005466D2"/>
     <w:rsid w:val="005632FB"/>
     <w:rsid w:val="0056791B"/>
     <w:rsid w:val="00580202"/>
     <w:rsid w:val="00594DB7"/>
     <w:rsid w:val="005A6D01"/>
     <w:rsid w:val="005A7621"/>
     <w:rsid w:val="005A7AD2"/>
     <w:rsid w:val="005B3687"/>
     <w:rsid w:val="005B39D7"/>
     <w:rsid w:val="005C1DE2"/>
     <w:rsid w:val="005D39DD"/>
     <w:rsid w:val="005F5A06"/>
     <w:rsid w:val="005F6892"/>
     <w:rsid w:val="00605B8F"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="00611C0D"/>
     <w:rsid w:val="00622450"/>
     <w:rsid w:val="00627654"/>
     <w:rsid w:val="00634EB4"/>
     <w:rsid w:val="006573DE"/>
     <w:rsid w:val="00661C9B"/>
     <w:rsid w:val="0066418E"/>
+    <w:rsid w:val="00683822"/>
     <w:rsid w:val="00693B29"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006C1C5A"/>
     <w:rsid w:val="006C5B27"/>
     <w:rsid w:val="006D30EB"/>
     <w:rsid w:val="006D7AC0"/>
     <w:rsid w:val="006F1E05"/>
     <w:rsid w:val="006F764A"/>
     <w:rsid w:val="00720020"/>
     <w:rsid w:val="00720B7A"/>
     <w:rsid w:val="0072161E"/>
     <w:rsid w:val="0072538A"/>
     <w:rsid w:val="007326C7"/>
     <w:rsid w:val="00732CAA"/>
     <w:rsid w:val="00743E9D"/>
     <w:rsid w:val="00754D57"/>
     <w:rsid w:val="0076E01C"/>
     <w:rsid w:val="00771B76"/>
     <w:rsid w:val="00775A59"/>
     <w:rsid w:val="00796112"/>
     <w:rsid w:val="007B459C"/>
     <w:rsid w:val="007B7F69"/>
     <w:rsid w:val="007C5BCA"/>
     <w:rsid w:val="007D0942"/>
     <w:rsid w:val="007D5BAD"/>
@@ -7131,57 +10189,59 @@
     <w:rsid w:val="00A03933"/>
     <w:rsid w:val="00A2693D"/>
     <w:rsid w:val="00A27DAF"/>
     <w:rsid w:val="00A44624"/>
     <w:rsid w:val="00A44F0C"/>
     <w:rsid w:val="00A54584"/>
     <w:rsid w:val="00A60D85"/>
     <w:rsid w:val="00A64215"/>
     <w:rsid w:val="00A731D9"/>
     <w:rsid w:val="00A82656"/>
     <w:rsid w:val="00A83D0F"/>
     <w:rsid w:val="00A95EDD"/>
     <w:rsid w:val="00AA5AF5"/>
     <w:rsid w:val="00AC09F2"/>
     <w:rsid w:val="00AE46FC"/>
     <w:rsid w:val="00AE5111"/>
     <w:rsid w:val="00AF0A96"/>
     <w:rsid w:val="00AF30D9"/>
     <w:rsid w:val="00AF3C6B"/>
     <w:rsid w:val="00AF5A59"/>
     <w:rsid w:val="00B100C8"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B35853"/>
     <w:rsid w:val="00B646C1"/>
     <w:rsid w:val="00B6789D"/>
+    <w:rsid w:val="00B745E2"/>
     <w:rsid w:val="00B75291"/>
     <w:rsid w:val="00B92F26"/>
     <w:rsid w:val="00B94D35"/>
     <w:rsid w:val="00B95A53"/>
     <w:rsid w:val="00BA073B"/>
     <w:rsid w:val="00BA7794"/>
     <w:rsid w:val="00BB0ED8"/>
+    <w:rsid w:val="00BB562A"/>
     <w:rsid w:val="00BC3CBA"/>
     <w:rsid w:val="00BC79C8"/>
     <w:rsid w:val="00BD5D3B"/>
     <w:rsid w:val="00BE04E4"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00BF4CC9"/>
     <w:rsid w:val="00C10EFA"/>
     <w:rsid w:val="00C41197"/>
     <w:rsid w:val="00C45842"/>
     <w:rsid w:val="00C623C0"/>
     <w:rsid w:val="00C7711A"/>
     <w:rsid w:val="00CA0ECC"/>
     <w:rsid w:val="00CA18E8"/>
     <w:rsid w:val="00CA27E4"/>
     <w:rsid w:val="00CB4406"/>
     <w:rsid w:val="00CC0581"/>
     <w:rsid w:val="00CC0F5F"/>
     <w:rsid w:val="00D077DE"/>
     <w:rsid w:val="00D110E1"/>
     <w:rsid w:val="00D1614E"/>
     <w:rsid w:val="00D16A4C"/>
     <w:rsid w:val="00D215CD"/>
     <w:rsid w:val="00D2594F"/>
     <w:rsid w:val="00D27FCA"/>
     <w:rsid w:val="00D36C94"/>
@@ -7199,213 +10259,224 @@
     <w:rsid w:val="00E14A9E"/>
     <w:rsid w:val="00E2748D"/>
     <w:rsid w:val="00E33874"/>
     <w:rsid w:val="00E47F82"/>
     <w:rsid w:val="00E50535"/>
     <w:rsid w:val="00E9596D"/>
     <w:rsid w:val="00E95A7E"/>
     <w:rsid w:val="00EA14DA"/>
     <w:rsid w:val="00EA2B7B"/>
     <w:rsid w:val="00EA3157"/>
     <w:rsid w:val="00EB2655"/>
     <w:rsid w:val="00EC6AB3"/>
     <w:rsid w:val="00ED3E91"/>
     <w:rsid w:val="00ED6CDC"/>
     <w:rsid w:val="00EF30F3"/>
     <w:rsid w:val="00EF48F9"/>
     <w:rsid w:val="00EF6E1D"/>
     <w:rsid w:val="00F07471"/>
     <w:rsid w:val="00F11409"/>
     <w:rsid w:val="00F24930"/>
     <w:rsid w:val="00F460EC"/>
     <w:rsid w:val="00F514E6"/>
     <w:rsid w:val="00F7305B"/>
     <w:rsid w:val="00F74E6C"/>
     <w:rsid w:val="00F7706F"/>
+    <w:rsid w:val="00FA07FA"/>
     <w:rsid w:val="00FC3A33"/>
     <w:rsid w:val="00FC3B7E"/>
     <w:rsid w:val="00FD5044"/>
     <w:rsid w:val="00FE0C97"/>
     <w:rsid w:val="00FE6B94"/>
     <w:rsid w:val="00FF3DB8"/>
     <w:rsid w:val="0123013D"/>
     <w:rsid w:val="04B64386"/>
     <w:rsid w:val="05322332"/>
     <w:rsid w:val="0BA8957E"/>
     <w:rsid w:val="0E5B2887"/>
     <w:rsid w:val="12F3C1D1"/>
     <w:rsid w:val="1614398C"/>
     <w:rsid w:val="16B05469"/>
     <w:rsid w:val="1A92BC77"/>
     <w:rsid w:val="1B0585DC"/>
     <w:rsid w:val="1C641513"/>
+    <w:rsid w:val="1D7B430F"/>
     <w:rsid w:val="1DF2EF5A"/>
     <w:rsid w:val="1F1093D5"/>
     <w:rsid w:val="23AB06F0"/>
     <w:rsid w:val="27AB41D5"/>
     <w:rsid w:val="27E5DF70"/>
     <w:rsid w:val="28649E86"/>
     <w:rsid w:val="2C110A82"/>
     <w:rsid w:val="2F766A57"/>
+    <w:rsid w:val="3288F856"/>
     <w:rsid w:val="3631D69A"/>
     <w:rsid w:val="36750660"/>
     <w:rsid w:val="3838D80D"/>
     <w:rsid w:val="3B0EA2D3"/>
     <w:rsid w:val="41DA218C"/>
     <w:rsid w:val="4282149C"/>
     <w:rsid w:val="4311782F"/>
+    <w:rsid w:val="4ADA647A"/>
     <w:rsid w:val="4CB88954"/>
     <w:rsid w:val="53E7D088"/>
     <w:rsid w:val="55516D6E"/>
     <w:rsid w:val="5A76BED9"/>
+    <w:rsid w:val="5FB377D0"/>
     <w:rsid w:val="6233C127"/>
+    <w:rsid w:val="63C679A0"/>
     <w:rsid w:val="679025C5"/>
+    <w:rsid w:val="69EBB0FC"/>
     <w:rsid w:val="6AA42312"/>
     <w:rsid w:val="6BA86436"/>
+    <w:rsid w:val="6C15FA33"/>
     <w:rsid w:val="6CB9750D"/>
     <w:rsid w:val="6E2E8C08"/>
     <w:rsid w:val="6F8ED833"/>
     <w:rsid w:val="701C7240"/>
     <w:rsid w:val="74332C9E"/>
+    <w:rsid w:val="7718ADA4"/>
+    <w:rsid w:val="7718ADA4"/>
+    <w:rsid w:val="77D6B873"/>
     <w:rsid w:val="7FE8A1F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15FED9BD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{88E807CA-4CF2-493F-AD0E-D616FC1BFAAB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7561,52 +10632,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -7673,93 +10744,93 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -7876,489 +10947,522 @@
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHSummaryHeadline">
+  <w:style w:type="paragraph" w:styleId="MHSummaryHeadline" w:customStyle="1">
     <w:name w:val="MH – Summary Headline"/>
     <w:qFormat/>
     <w:rsid w:val="00900E67"/>
     <w:pPr>
       <w:spacing w:before="600" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B75291"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00063810"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00063810"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00063810"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="009624A3"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="009624A3"/>
   </w:style>
 </w:styles>
+</file>
+
+<file path=word/tasks.xml><?xml version="1.0" encoding="utf-8"?>
+<t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <t:Task id="{0771D30E-D080-4B40-9BC9-E72DC9D7E37E}">
+    <t:Anchor>
+      <t:Comment id="1647068222"/>
+    </t:Anchor>
+    <t:History>
+      <t:Event id="{902056AA-7C72-4E95-89A5-7853CE8DB7AF}" time="2025-09-17T15:23:11.144Z">
+        <t:Attribution userId="S::ayobami.olugbenga@mass.gov::07b25b2c-eb63-4d7d-81d2-5b7a184e2dbd" userProvider="AD" userName="Olugbenga, Ayobami (EHS)"/>
+        <t:Anchor>
+          <t:Comment id="1647068222"/>
+        </t:Anchor>
+        <t:Create/>
+      </t:Event>
+      <t:Event id="{0FB2041F-6345-487F-AAFD-58273B49690A}" time="2025-09-17T15:23:11.144Z">
+        <t:Attribution userId="S::ayobami.olugbenga@mass.gov::07b25b2c-eb63-4d7d-81d2-5b7a184e2dbd" userProvider="AD" userName="Olugbenga, Ayobami (EHS)"/>
+        <t:Anchor>
+          <t:Comment id="1647068222"/>
+        </t:Anchor>
+        <t:Assign userId="S::Nazmim.Bhuiya2@mass.gov::11e6bf75-486a-4014-a4ac-5c9bb4570b65" userProvider="AD" userName="Bhuiya, Nazmim (EHS)"/>
+      </t:Event>
+      <t:Event id="{9AEBB7BD-7618-462D-8FD3-B3AE8956F9FD}" time="2025-09-17T15:23:11.144Z">
+        <t:Attribution userId="S::ayobami.olugbenga@mass.gov::07b25b2c-eb63-4d7d-81d2-5b7a184e2dbd" userProvider="AD" userName="Olugbenga, Ayobami (EHS)"/>
+        <t:Anchor>
+          <t:Comment id="1647068222"/>
+        </t:Anchor>
+        <t:SetTitle title="Hi @Bhuiya, Nazmim (EHS) . Noting that the most recent changes are places on top of this table, should we move this row to the top?"/>
+      </t:Event>
+    </t:History>
+  </t:Task>
+</t:Tasks>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1156148806">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="930820628">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8616,56 +11720,55 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="983509317">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="Rb3fbb5e062b94a7a" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="R245c60fd5caa45eb" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="R22f251f2477949e6" /><Relationship Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="tasks.xml" Id="R27d09c4980f741e7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -8932,95 +12035,73 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...23 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b54f10f4e79eec172ed26ef1834b7607" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="037613763d915ae8fa29bb63301399cc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0cee0f216cd659af1976c8a2b705f81d" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -9039,50 +12120,57 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -9171,124 +12259,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE559D0F-BC5B-4E86-AB1E-876282322E29}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...20 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Olugbenga, Ayobami (EHS)</lastModifiedBy>
+  <revision>157</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>b2c5cfbf-35a1-4b56-a83c-8f27d8394547</vt:lpwstr>
   </property>
 </Properties>
 </file>