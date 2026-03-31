--- v0 (2025-11-04)
+++ v1 (2026-03-31)
@@ -1,83 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="38E53508" w14:textId="2825E298" w:rsidR="00F11409" w:rsidRDefault="00900E67" w:rsidP="00900E67">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072A4E1" wp14:editId="592C2666">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2118679234" name="Graphic 2118679234" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Graphic 2118679234"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                          <a16:creationId xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
+                          <a16:creationId xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F825627" w14:textId="2B47CC5D" w:rsidR="008E53B1" w:rsidRPr="00132F52" w:rsidRDefault="0076E01C" w:rsidP="4CB88954">
       <w:pPr>
@@ -335,51 +338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC3BFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3-5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B0F94A1" w14:textId="228771BF" w:rsidR="00D44292" w:rsidRPr="00C623C0" w:rsidRDefault="00D44292" w:rsidP="00D44292">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4149A549" w14:textId="6915A3D5" w:rsidR="006A1000" w:rsidRDefault="00900E67" w:rsidP="00D44292">
+    <w:p w14:paraId="16DACEBC" w14:textId="29F0482B" w:rsidR="00611017" w:rsidRPr="005D2377" w:rsidRDefault="00900E67" w:rsidP="005D2377">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">This document </w:t>
       </w:r>
       <w:r w:rsidR="000A27BC" w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">outlines </w:t>
       </w:r>
       <w:r w:rsidR="3B0EA2D3" w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -518,1708 +521,3293 @@
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00611017" w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>QEIP)</w:t>
       </w:r>
       <w:r w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D44292" w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Updates are incorporated into the change log table below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABBDDE5" w14:textId="4B6ADF42" w:rsidR="00B75291" w:rsidRDefault="00B75291" w:rsidP="4CB88954">
-[...169 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2039"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="957"/>
+        <w:gridCol w:w="2595"/>
+        <w:gridCol w:w="1090"/>
+        <w:gridCol w:w="4593"/>
+        <w:gridCol w:w="1072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000937FD" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="479"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E022361" w14:textId="4C8C307E" w:rsidR="00B07A1E" w:rsidRPr="00A27DAF" w:rsidRDefault="00B07A1E" w:rsidP="00611017">
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E022361" w14:textId="68E65AFC" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="00CB4FB7" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="431431C1" w14:textId="59C259DC" w:rsidR="00B07A1E" w:rsidRPr="00A27DAF" w:rsidRDefault="00B07A1E" w:rsidP="00611017">
+              </w:rPr>
+              <w:t>Section Header/Sub-section Header</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="431431C1" w14:textId="59C259DC" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="00CB4FB7" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Page #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="78C59A11" w14:textId="1270170F" w:rsidR="00B07A1E" w:rsidRPr="00A27DAF" w:rsidRDefault="00B07A1E" w:rsidP="00611017">
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55485D80" w14:textId="2120236B" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="00CB4FB7" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="55485D80" w14:textId="2120236B" w:rsidR="00B07A1E" w:rsidRPr="00A27DAF" w:rsidRDefault="00B07A1E" w:rsidP="00611017">
+              </w:rPr>
+              <w:t>Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5437C9D8" w14:textId="5FBAFB85" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="00CB4FB7" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...28 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Update release date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000937FD" w:rsidRPr="00C623C0" w14:paraId="5BA2A7FA" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w14:paraId="5BA2A7FA" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00387568">
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1126AC46" w14:textId="2E6CEAB4" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="00CB4FB7" w:rsidP="00B93AC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A. Individual Measure Scoring Approaches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13ABA3D8" w14:textId="2374BC48" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="00CB4FB7" w:rsidP="00B93AC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="pct"/>
-[...28 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC2F399" w14:textId="300BE2AB" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="00CB4FB7" w:rsidP="00B93AC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Added a note: “Performance thresholds, goals, and improvement targets will be monitored and may be adjusted as needed.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="71080487" w14:textId="4BB4CA1E" w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="00B93AC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-[...21 lines deleted...]
-              <w:t>6/20/25</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4FB7" w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000937FD" w:rsidRPr="00C623C0" w14:paraId="28077C40" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="7BDBAECC" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...139 lines deleted...]
-              <w:t>6/20/25</w:t>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C9EC61" w14:textId="7DB87250" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A. Individual Measure Scoring Approaches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7E3183" w14:textId="20AFDE78" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="146278AF" w14:textId="507742AC" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Noted in Table 1 that subcomponents of Quality Performance Disparities Reduction Measure are quality measures to be selected by ACOs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BC88E0" w14:textId="55C148BF" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202925" w:rsidRPr="00C623C0" w14:paraId="57958244" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="5764E239" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...91 lines deleted...]
-              <w:t>6/20/25</w:t>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A573415" w14:textId="28066A44" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A. Individual Measure Scoring Approaches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E75E771" w14:textId="5C106C53" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6FAA4C" w14:textId="438EB8EF" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Removed in Table 1 the “Member Experience Survey (MES) Accommodation Needs Screening Rate sub-component from the Disability Accommodation Needs measure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E507B0" w14:textId="5FC9A275" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202925" w:rsidRPr="00C623C0" w14:paraId="04E5E154" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="3CD0CF7D" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...91 lines deleted...]
-              <w:t>6/20/25</w:t>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3545EC78" w14:textId="19276848" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A. Individual Measure Scoring Approaches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="568D8C30" w14:textId="0D8ED448" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EABBAE" w14:textId="0FB9648A" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changed in Table 1 the name of subcomponents of Member Experience measure from “CG-CAPHS” to “Member Experience Survey” questions. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2EDC93" w14:textId="6903FD58" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202925" w:rsidRPr="00C623C0" w14:paraId="34F7D4FF" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="37696B67" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...99 lines deleted...]
-              <w:t>6/20/25</w:t>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7A03F5" w14:textId="17D840C4" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A. Individual Measure Scoring Approaches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F6B482" w14:textId="02F06D73" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="310CB4FE" w14:textId="4689EC67" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Changed Member Experience PY4 performance status to P4R (pay-for-reporting).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F883516" w14:textId="7C7CA2DD" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202925" w:rsidRPr="00C623C0" w14:paraId="16DC3A62" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="0C34F9DA" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C9CB48" w14:textId="12FD154C" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B. Performance Assessment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Methodolog</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...16 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>y;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABC3990" w14:textId="76F64DAB" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>i.RELDSOGI</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Data Completeness, HRSN Screen, Language Acces</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-[...48 lines deleted...]
-              <w:t xml:space="preserve">Clarified that sub-measures will be </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s, Disability Competent </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>weighted</w:t>
+              <w:t>Care,…</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>6/20/25</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F90017" w14:textId="01C6C72D" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C45CAA" w14:textId="51B818BB" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Included clarification on meeting minimum denominator to be eligible for scoring on measures/sub-measures.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1923C478" w14:textId="732B60C2" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202925" w:rsidRPr="00C623C0" w14:paraId="55586644" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="79360DC6" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...5 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BE9CD8" w14:textId="1D5D4819" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3737E345" w14:textId="60E6C329" w:rsidR="00202925" w:rsidRPr="00387568" w:rsidRDefault="00AB2114" w:rsidP="00202925">
+              </w:rPr>
+              <w:t>Same as above.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F93D6D2" w14:textId="49F12638" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="00A165DE" w:rsidP="005C1080">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...86 lines deleted...]
-              <w:t>6/20/25</w:t>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EFAD95" w14:textId="556C982C" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified baseline periods for each measure and when the potential for improvement points </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>takes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> effect.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE304A6" w14:textId="4843CED3" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202925" w:rsidRPr="00C623C0" w14:paraId="6E357E7D" w14:textId="77777777" w:rsidTr="00202925">
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="33478023" w14:textId="77777777" w:rsidTr="00F574F5">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1090" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="245DC533" w14:textId="42A569F5" w:rsidR="00202925" w:rsidRPr="00387568" w:rsidRDefault="00993DCB" w:rsidP="00202925">
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="452B612A" w14:textId="2BF668B6" w:rsidR="005C1080" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ame</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3B507D" w14:textId="271BD946" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE4D332" w14:textId="0FDF7AAC" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">General re-organization of sections for improved flow of content: Member </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>experience and Table 2 moved up before section on “Interaction of Attainment Threshold, Performance Goal, and Improvement Threshold. Table 3 set as its own subsection.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17870E97" w14:textId="156986EB" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="7A6D9359" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="73AF6991" w14:textId="24B6B7BF" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F46DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Same as above.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B71E2E0" w14:textId="5BC2156D" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="00A165DE" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D68DD08" w14:textId="4D892739" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Table 2. Added a reference to the QEIP User Guide about the audit process.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF454FF" w14:textId="4BDFBA12" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="4A500334" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55036F56" w14:textId="10B3E3F8" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F46DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Same as above.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD308A9" w14:textId="2C9B0FFA" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="00A165DE" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DBBB43" w14:textId="7F6B5884" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Table 2. Removed MES Rate sub-component of the Disability Accommodation Needs measure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="30ABCFCF" w14:textId="439B3FE0" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="68E59704" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A623CBD" w14:textId="603D62CE" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F46DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Same as above.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C0FC52" w14:textId="4E1B2596" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="00A165DE" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="015541CD" w14:textId="47C60673" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Table 2. Adjusted Member Experience Measure to indicate measure is P4R (and therefore no benchmarks) in PY4 and to be determined in PY5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECA1071" w14:textId="12F91D1F" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="3E8AE6BB" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8BDF19" w14:textId="2E045E24" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F46DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Same as above.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FAB82D" w14:textId="725B7E05" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A165DE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEE9E40" w14:textId="7A23C975" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Table 3. Removed MES Rate from sub-measure weights for Disability Accommodation Needs Measure. Redistributed sub-measure weight to Rate and 2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C39C016" w14:textId="75F1680E" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="7FC60387" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0EDC2E" w14:textId="789C54BB" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F46DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Same as above.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B219531" w14:textId="3794B329" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09FCABD2" w14:textId="6237CB7B" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Table 3. Removed sub-measure weights for Member Experience measure for PY4 (as it is P4R) and ‘To be determined’ for PY5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D584E70" w14:textId="172FC191" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="698835E0" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="453045B9" w14:textId="71DA9B4A" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ii. Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="67EFB38E" w14:textId="52849D18" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>13-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FCD5AA" w14:textId="60CEB105" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Added a description of the performance assessment methodology for the Quality Performance Disparities Reduction measure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="069DA9D0" w14:textId="0A093024" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="0060A737" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D034879" w14:textId="163AE2AF" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>iii. Equity Improvement Interventions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="020053FB" w14:textId="0103AB8B" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E73FB7D" w14:textId="6C1706E6" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Updated PIP reporting scoring information.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3283ABC0" w14:textId="1CA04218" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="35E45F93" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A3C693" w14:textId="4DB656C4" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>iv. Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="60059625" w14:textId="672B849A" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0FF0E0" w14:textId="7095BB30" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Included</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a footnote that effective January 15, 2026, per the NCQA, the health Equity Accreditation is renamed Health Outcomes Accreditation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A98759A" w14:textId="6468573D" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C1080" w:rsidRPr="00B93AC3" w14:paraId="6B0AA065" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="415D9496" w14:textId="35C217EF" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>iv. Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1A1DE0" w14:textId="21704BFD" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0E0486" w14:textId="2A56384B" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Included a footnote that TJC HCE Certification is now referred to as Excellent Health Outcomes for All Certification.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD04C43" w14:textId="1708FDAD" w:rsidR="005C1080" w:rsidRPr="00B93AC3" w:rsidRDefault="005C1080" w:rsidP="005C1080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="2AC0E631" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E3811B" w14:textId="0821F540" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>iv. Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DCA414" w14:textId="1381A64D" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A165DE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="768F60BD" w14:textId="0393B00B" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Clarified that PY4 and PY5 are pay-for-reporting.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="757F2BD1" w14:textId="53D552B0" w:rsidR="000C4EBB" w:rsidRPr="00F313CF" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="4B9208EE" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="256A4792" w14:textId="58F7A729" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>C. Performance Measure, Domain, and Health Equity Scoring; ii. Domain Scoring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="79486CA0" w14:textId="196771C9" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="00A165DE" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CA6275" w14:textId="0D9D8BB1" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Clarified domain scoring formula and that bonus points are added to the domain score and capped at the maximum eligible points for the domain.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2FEC88" w14:textId="2FF2843D" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="4A153ECF" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="741996DC" w14:textId="42837564" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Appendix C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BD59A8" w14:textId="3D906418" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>26-27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10299D6C" w14:textId="52AD88CD" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Added scoring examples for Quality Performance Disparities Reduction measure – Disparities Reduction Methodology – Stepwise Calculation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2788E711" w14:textId="61B00646" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F313CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="23F72063" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="389D9A5D" w14:textId="001FD586" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Individual Measure Scoring Approaches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1137A825" w14:textId="604F1765" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF871EE" w14:textId="4B066B94" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Clarified that bonus points are applied to the domain score.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="02377103" w14:textId="5059F07F" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6/20/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="28077C40" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA7614F" w14:textId="19657598" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>Measure Assessment Overview &amp; Scoring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4CD351" w14:textId="07B3A02B" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAA0854" w14:textId="282937A3" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Removed notes that an ACO will earn 0 points if “both threshold and improvement target are not met” and that “partial points may not be earned in PY3 or PY4 if the improvement target is not met…” [see “Interaction of Attainment Threshold, Performance Goal, and Improvement Threshold” Section for more information on earning partial improvement points].</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="080E4F5E" w14:textId="0488C62E" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6/20/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="57958244" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4884244D" w14:textId="5A7C5D0A" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Measure Assessment Overview &amp; Scoring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10716FDF" w14:textId="17CC0879" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6856C7" w14:textId="2EAC34C5" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Moved the DCC Measure partial improvement points example to Appendix B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D5DD3E" w14:textId="192644D4" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6/20/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="04E5E154" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4401373C" w14:textId="0A705A90" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Interaction of Attainment Threshold, Performance Goal, &amp; Improvement Threshold</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB0CEE3" w14:textId="134EEBC8" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E089752" w14:textId="55EF58C4" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Clarified the language regarding how ACOs can earn partial improvement points when the performance goal is not met but attainment threshold and/or improvement targets are met or not met. Added reference to a new Appendix A that provides a flowchart outlining how points are earned in PY3-5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA206A7" w14:textId="2E67FA7A" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6/20/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="34F7D4FF" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BD0D2B" w14:textId="7E8B0CC2" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAEE42A" w14:textId="5EE8A9FC" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2907E4A6" w14:textId="259CBEE2" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Updated anticipated timing of Disparities Reduction PAM to Summer 2025.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDB7A84" w14:textId="0A9B031D" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6/20/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="16DC3A62" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20454797" w14:textId="537BAEB7" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Measure Scoring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD832AB" w14:textId="5BFED318" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C1DB8D" w14:textId="2C0BE445" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified that sub-measures will be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>weighted</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as outlined in Tables 3 and 4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="001092CC" w14:textId="584568A5" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6/20/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="55586644" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="156DFAB6" w14:textId="2565935A" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Appendix A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3737E345" w14:textId="60E6C329" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F4554AA" w14:textId="709C0229" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Added a flowchart outlining how points can be earned in PY3-5, for clarity.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01CDF5B9" w14:textId="79CC5688" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6/20/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w14:paraId="6E357E7D" w14:textId="77777777" w:rsidTr="00F574F5">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="245DC533" w14:textId="42A569F5" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>Appendix B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="372" w:type="pct"/>
-[...9 lines deleted...]
-            <w:r>
+            <w:tcW w:w="583" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C62F48B" w14:textId="74F97EE3" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="pct"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="2456" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="789DEED1" w14:textId="21788548" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Moved DCC example from “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...70 lines deleted...]
-            <w:r>
+              <w:t>Measure Assessment Overview &amp; Scoring” example to Appendix B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="573" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDFCFD8" w14:textId="2F20A262" w:rsidR="000C4EBB" w:rsidRPr="00B93AC3" w:rsidRDefault="000C4EBB" w:rsidP="000C4EBB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>6/20/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="5A361ACD" w14:textId="6720AE47" w:rsidR="00403F2D" w:rsidRPr="00C623C0" w:rsidRDefault="00403F2D" w:rsidP="5A76BED9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00403F2D" w:rsidRPr="00C623C0">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="25224456" w14:textId="77777777" w:rsidR="005C1F8C" w:rsidRDefault="005C1F8C" w:rsidP="00A07F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="74A18F29" w14:textId="77777777" w:rsidR="005C1F8C" w:rsidRDefault="005C1F8C" w:rsidP="00A07F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="816768264"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1769616900"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:p w14:paraId="71544D12" w14:textId="0775F015" w:rsidR="00A07F99" w:rsidRDefault="00D1136F" w:rsidP="00D1136F">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Updated Log – PY3-5 PAM for ACO QEIP. Updated </w:t>
+            </w:r>
+            <w:r w:rsidR="003E7A4F">
+              <w:t>March 9,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 2026.                                           </w:t>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A07F99">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="2A0F55ED" w14:textId="77777777" w:rsidR="00A07F99" w:rsidRDefault="00A07F99">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="68C0BEB6" w14:textId="77777777" w:rsidR="005C1F8C" w:rsidRDefault="005C1F8C" w:rsidP="00A07F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4074BA91" w14:textId="77777777" w:rsidR="005C1F8C" w:rsidRDefault="005C1F8C" w:rsidP="00A07F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
     <w:rsid w:val="00002683"/>
     <w:rsid w:val="00002931"/>
     <w:rsid w:val="00003191"/>
     <w:rsid w:val="00005830"/>
     <w:rsid w:val="00016185"/>
     <w:rsid w:val="0003320C"/>
     <w:rsid w:val="00037F29"/>
     <w:rsid w:val="00040A48"/>
     <w:rsid w:val="000510BC"/>
     <w:rsid w:val="000540CE"/>
     <w:rsid w:val="00063810"/>
     <w:rsid w:val="00067641"/>
     <w:rsid w:val="0007610A"/>
+    <w:rsid w:val="0008278A"/>
     <w:rsid w:val="00086279"/>
     <w:rsid w:val="00087882"/>
     <w:rsid w:val="0009350D"/>
     <w:rsid w:val="000937FD"/>
     <w:rsid w:val="000A27BC"/>
+    <w:rsid w:val="000C4EBB"/>
+    <w:rsid w:val="000D357D"/>
     <w:rsid w:val="000D41BA"/>
+    <w:rsid w:val="000E7E03"/>
     <w:rsid w:val="000F1403"/>
     <w:rsid w:val="000F5073"/>
+    <w:rsid w:val="001018DA"/>
     <w:rsid w:val="00110F8A"/>
+    <w:rsid w:val="00125468"/>
     <w:rsid w:val="001313B3"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="001374B1"/>
     <w:rsid w:val="00153EAE"/>
+    <w:rsid w:val="0015421F"/>
     <w:rsid w:val="00162062"/>
     <w:rsid w:val="00174A68"/>
     <w:rsid w:val="00187DDF"/>
     <w:rsid w:val="00193743"/>
     <w:rsid w:val="00195344"/>
     <w:rsid w:val="001B759E"/>
     <w:rsid w:val="001D7850"/>
+    <w:rsid w:val="001F64BE"/>
+    <w:rsid w:val="00200865"/>
     <w:rsid w:val="00202925"/>
+    <w:rsid w:val="00207EFB"/>
     <w:rsid w:val="00210EFC"/>
     <w:rsid w:val="00254082"/>
     <w:rsid w:val="0025420D"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="00261AC9"/>
     <w:rsid w:val="0027736D"/>
+    <w:rsid w:val="00285135"/>
+    <w:rsid w:val="002B0EFA"/>
     <w:rsid w:val="002B12B2"/>
     <w:rsid w:val="002B2C47"/>
     <w:rsid w:val="002B736D"/>
     <w:rsid w:val="002C03EC"/>
     <w:rsid w:val="002C4109"/>
     <w:rsid w:val="002D5B7B"/>
     <w:rsid w:val="00301065"/>
     <w:rsid w:val="00304F0F"/>
     <w:rsid w:val="00320F9C"/>
     <w:rsid w:val="003330E8"/>
     <w:rsid w:val="00336C9C"/>
     <w:rsid w:val="0033747F"/>
     <w:rsid w:val="00341FC4"/>
     <w:rsid w:val="0034287B"/>
     <w:rsid w:val="00343A3E"/>
+    <w:rsid w:val="003450B6"/>
     <w:rsid w:val="00354906"/>
+    <w:rsid w:val="00363605"/>
     <w:rsid w:val="00363E4A"/>
     <w:rsid w:val="00364FDA"/>
     <w:rsid w:val="00382C48"/>
     <w:rsid w:val="00387568"/>
+    <w:rsid w:val="00390F71"/>
     <w:rsid w:val="00393ABA"/>
     <w:rsid w:val="003B0904"/>
     <w:rsid w:val="003B2E59"/>
     <w:rsid w:val="003B6EA3"/>
     <w:rsid w:val="003B7481"/>
     <w:rsid w:val="003C4C04"/>
     <w:rsid w:val="003C684E"/>
     <w:rsid w:val="003C6EAA"/>
+    <w:rsid w:val="003E7A4F"/>
     <w:rsid w:val="003F020F"/>
     <w:rsid w:val="00403F2D"/>
     <w:rsid w:val="00420FCB"/>
     <w:rsid w:val="00421B65"/>
     <w:rsid w:val="00424CF0"/>
     <w:rsid w:val="00444C9E"/>
     <w:rsid w:val="0044507C"/>
     <w:rsid w:val="00445DB9"/>
     <w:rsid w:val="00453219"/>
     <w:rsid w:val="0045392D"/>
     <w:rsid w:val="004557D2"/>
     <w:rsid w:val="00455EBC"/>
     <w:rsid w:val="00457372"/>
     <w:rsid w:val="00460D13"/>
     <w:rsid w:val="00467A44"/>
     <w:rsid w:val="00476811"/>
     <w:rsid w:val="004777D8"/>
     <w:rsid w:val="00483C3C"/>
     <w:rsid w:val="0049437E"/>
     <w:rsid w:val="00494A2D"/>
     <w:rsid w:val="00497FF1"/>
     <w:rsid w:val="004C1C18"/>
     <w:rsid w:val="004D4163"/>
+    <w:rsid w:val="004E03EF"/>
     <w:rsid w:val="004E46F8"/>
+    <w:rsid w:val="004E5B3B"/>
     <w:rsid w:val="004F23D6"/>
     <w:rsid w:val="00502DDC"/>
     <w:rsid w:val="005211C9"/>
     <w:rsid w:val="0052140D"/>
+    <w:rsid w:val="0052193D"/>
+    <w:rsid w:val="0053244F"/>
     <w:rsid w:val="00533038"/>
     <w:rsid w:val="00540D8E"/>
     <w:rsid w:val="005551BC"/>
     <w:rsid w:val="005632FB"/>
     <w:rsid w:val="00580202"/>
     <w:rsid w:val="005808CF"/>
     <w:rsid w:val="005938C5"/>
     <w:rsid w:val="00594DB7"/>
+    <w:rsid w:val="005A50ED"/>
     <w:rsid w:val="005A7621"/>
     <w:rsid w:val="005A7AD2"/>
     <w:rsid w:val="005B3687"/>
     <w:rsid w:val="005B39D7"/>
+    <w:rsid w:val="005C1080"/>
     <w:rsid w:val="005C1DE2"/>
+    <w:rsid w:val="005C1F8C"/>
+    <w:rsid w:val="005D2377"/>
+    <w:rsid w:val="005D3A5B"/>
+    <w:rsid w:val="005F38D0"/>
     <w:rsid w:val="005F5A06"/>
     <w:rsid w:val="005F6892"/>
     <w:rsid w:val="00605B8F"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="00611C0D"/>
     <w:rsid w:val="00622450"/>
     <w:rsid w:val="00627654"/>
     <w:rsid w:val="006434E6"/>
+    <w:rsid w:val="00651C67"/>
     <w:rsid w:val="006573DE"/>
     <w:rsid w:val="0066418E"/>
+    <w:rsid w:val="00674498"/>
     <w:rsid w:val="00693B29"/>
     <w:rsid w:val="006945B6"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006C5B27"/>
     <w:rsid w:val="006D30EB"/>
+    <w:rsid w:val="006F5F5D"/>
     <w:rsid w:val="006F764A"/>
     <w:rsid w:val="007127FF"/>
     <w:rsid w:val="00720B7A"/>
     <w:rsid w:val="0072180B"/>
     <w:rsid w:val="00722E8C"/>
     <w:rsid w:val="007242A9"/>
     <w:rsid w:val="007259BA"/>
+    <w:rsid w:val="007272F4"/>
+    <w:rsid w:val="007318D6"/>
     <w:rsid w:val="007326C7"/>
+    <w:rsid w:val="00735ADF"/>
     <w:rsid w:val="00743E9D"/>
     <w:rsid w:val="00761E6D"/>
     <w:rsid w:val="0076E01C"/>
     <w:rsid w:val="00771B76"/>
     <w:rsid w:val="00775A59"/>
+    <w:rsid w:val="007858D3"/>
     <w:rsid w:val="00785C72"/>
     <w:rsid w:val="007B459C"/>
     <w:rsid w:val="007B5D7F"/>
     <w:rsid w:val="007C2DE8"/>
     <w:rsid w:val="007C5BCA"/>
     <w:rsid w:val="007C7DAD"/>
     <w:rsid w:val="007D3751"/>
     <w:rsid w:val="007D7B22"/>
     <w:rsid w:val="007E0C98"/>
     <w:rsid w:val="007E13C7"/>
     <w:rsid w:val="007F4AA9"/>
     <w:rsid w:val="007F6ADB"/>
     <w:rsid w:val="007F6D4B"/>
     <w:rsid w:val="00801BE4"/>
     <w:rsid w:val="00805EF9"/>
+    <w:rsid w:val="00807773"/>
     <w:rsid w:val="008171D2"/>
     <w:rsid w:val="00836CEC"/>
     <w:rsid w:val="0084192F"/>
     <w:rsid w:val="0084414A"/>
     <w:rsid w:val="008457D9"/>
     <w:rsid w:val="00853DD4"/>
     <w:rsid w:val="00856C7A"/>
     <w:rsid w:val="00872B5A"/>
     <w:rsid w:val="00873847"/>
     <w:rsid w:val="0087545A"/>
     <w:rsid w:val="00884AA2"/>
+    <w:rsid w:val="00887DDC"/>
     <w:rsid w:val="008A47AA"/>
     <w:rsid w:val="008C0E19"/>
     <w:rsid w:val="008C320C"/>
     <w:rsid w:val="008D1E87"/>
+    <w:rsid w:val="008E07D7"/>
     <w:rsid w:val="008E0B55"/>
     <w:rsid w:val="008E10D2"/>
     <w:rsid w:val="008E30FD"/>
     <w:rsid w:val="008E53B1"/>
     <w:rsid w:val="008E6BC4"/>
     <w:rsid w:val="008F03F3"/>
     <w:rsid w:val="00900E67"/>
     <w:rsid w:val="00904388"/>
     <w:rsid w:val="009106C2"/>
     <w:rsid w:val="00910C76"/>
     <w:rsid w:val="00917BAA"/>
     <w:rsid w:val="00926664"/>
+    <w:rsid w:val="00956CBF"/>
     <w:rsid w:val="009624A3"/>
+    <w:rsid w:val="009679CB"/>
+    <w:rsid w:val="00973387"/>
+    <w:rsid w:val="0097721E"/>
     <w:rsid w:val="009779D6"/>
     <w:rsid w:val="00983982"/>
     <w:rsid w:val="00983C03"/>
     <w:rsid w:val="009876D1"/>
     <w:rsid w:val="00993DCB"/>
     <w:rsid w:val="009942AB"/>
     <w:rsid w:val="009C0130"/>
     <w:rsid w:val="009C7119"/>
+    <w:rsid w:val="009D19FC"/>
+    <w:rsid w:val="009E40A3"/>
+    <w:rsid w:val="009E77BB"/>
     <w:rsid w:val="009F5E26"/>
     <w:rsid w:val="009F6CA6"/>
     <w:rsid w:val="009F7671"/>
     <w:rsid w:val="00A03933"/>
+    <w:rsid w:val="00A07F99"/>
+    <w:rsid w:val="00A165DE"/>
     <w:rsid w:val="00A2693D"/>
     <w:rsid w:val="00A27DAF"/>
     <w:rsid w:val="00A438A1"/>
     <w:rsid w:val="00A54584"/>
     <w:rsid w:val="00A731D9"/>
     <w:rsid w:val="00AA2271"/>
     <w:rsid w:val="00AA5AF5"/>
     <w:rsid w:val="00AB2114"/>
+    <w:rsid w:val="00AB4A57"/>
     <w:rsid w:val="00AC09F2"/>
     <w:rsid w:val="00AC1C3D"/>
     <w:rsid w:val="00AE1EE5"/>
     <w:rsid w:val="00AE46FC"/>
     <w:rsid w:val="00AE5111"/>
+    <w:rsid w:val="00AF1EC5"/>
     <w:rsid w:val="00AF30D9"/>
     <w:rsid w:val="00AF3C6B"/>
     <w:rsid w:val="00B00359"/>
     <w:rsid w:val="00B07A1E"/>
+    <w:rsid w:val="00B14C1A"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B331DD"/>
     <w:rsid w:val="00B35853"/>
+    <w:rsid w:val="00B409CD"/>
+    <w:rsid w:val="00B51353"/>
     <w:rsid w:val="00B646C1"/>
     <w:rsid w:val="00B6789D"/>
     <w:rsid w:val="00B75291"/>
+    <w:rsid w:val="00B93AC3"/>
+    <w:rsid w:val="00B93E2E"/>
     <w:rsid w:val="00BA073B"/>
     <w:rsid w:val="00BB0ED8"/>
     <w:rsid w:val="00BC79C8"/>
-    <w:rsid w:val="00BD1ED4"/>
     <w:rsid w:val="00BE04E4"/>
     <w:rsid w:val="00BE757A"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00BF4CC9"/>
+    <w:rsid w:val="00BF62EB"/>
     <w:rsid w:val="00C147EE"/>
     <w:rsid w:val="00C4449D"/>
     <w:rsid w:val="00C45842"/>
+    <w:rsid w:val="00C57FD0"/>
     <w:rsid w:val="00C623C0"/>
     <w:rsid w:val="00C7711A"/>
+    <w:rsid w:val="00C772FE"/>
+    <w:rsid w:val="00C81DFD"/>
+    <w:rsid w:val="00C941DF"/>
     <w:rsid w:val="00CA18E8"/>
     <w:rsid w:val="00CA6FFA"/>
     <w:rsid w:val="00CB3C38"/>
     <w:rsid w:val="00CB4406"/>
+    <w:rsid w:val="00CB4FB7"/>
     <w:rsid w:val="00CC0F5F"/>
     <w:rsid w:val="00CC3BFA"/>
     <w:rsid w:val="00D077DE"/>
     <w:rsid w:val="00D1091A"/>
     <w:rsid w:val="00D110E1"/>
+    <w:rsid w:val="00D1136F"/>
     <w:rsid w:val="00D1614E"/>
     <w:rsid w:val="00D16A4C"/>
     <w:rsid w:val="00D208AB"/>
     <w:rsid w:val="00D27FCA"/>
+    <w:rsid w:val="00D30FA7"/>
     <w:rsid w:val="00D36C94"/>
     <w:rsid w:val="00D42F1A"/>
     <w:rsid w:val="00D44292"/>
     <w:rsid w:val="00D504AD"/>
     <w:rsid w:val="00D61A27"/>
     <w:rsid w:val="00D653C6"/>
     <w:rsid w:val="00D72E07"/>
     <w:rsid w:val="00DD49E5"/>
     <w:rsid w:val="00DE0C7E"/>
     <w:rsid w:val="00DF27DE"/>
     <w:rsid w:val="00DF5B4A"/>
     <w:rsid w:val="00E03BAB"/>
     <w:rsid w:val="00E14A9E"/>
     <w:rsid w:val="00E2748D"/>
     <w:rsid w:val="00E279DF"/>
     <w:rsid w:val="00E33680"/>
     <w:rsid w:val="00E42F9B"/>
+    <w:rsid w:val="00E44C25"/>
     <w:rsid w:val="00E47F82"/>
     <w:rsid w:val="00E607C7"/>
+    <w:rsid w:val="00E6209D"/>
+    <w:rsid w:val="00E74D3B"/>
     <w:rsid w:val="00E9596D"/>
     <w:rsid w:val="00E95A7E"/>
     <w:rsid w:val="00EA14DA"/>
     <w:rsid w:val="00EA3157"/>
     <w:rsid w:val="00EB0E4A"/>
+    <w:rsid w:val="00EB1C3A"/>
     <w:rsid w:val="00EB5B98"/>
     <w:rsid w:val="00EF30F3"/>
+    <w:rsid w:val="00EF3252"/>
     <w:rsid w:val="00EF48F9"/>
     <w:rsid w:val="00EF6E1D"/>
     <w:rsid w:val="00F10FBE"/>
     <w:rsid w:val="00F11409"/>
     <w:rsid w:val="00F11D33"/>
     <w:rsid w:val="00F460EC"/>
+    <w:rsid w:val="00F574F5"/>
     <w:rsid w:val="00F7305B"/>
     <w:rsid w:val="00F74E6C"/>
     <w:rsid w:val="00F7706F"/>
+    <w:rsid w:val="00F847FF"/>
     <w:rsid w:val="00F86B8C"/>
+    <w:rsid w:val="00F86D0F"/>
     <w:rsid w:val="00F95C44"/>
+    <w:rsid w:val="00F95F00"/>
+    <w:rsid w:val="00FB4204"/>
     <w:rsid w:val="00FC2148"/>
     <w:rsid w:val="00FC3A33"/>
     <w:rsid w:val="00FD5044"/>
     <w:rsid w:val="00FE0C97"/>
     <w:rsid w:val="00FE6B94"/>
     <w:rsid w:val="00FF3DB8"/>
     <w:rsid w:val="04B64386"/>
     <w:rsid w:val="05322332"/>
     <w:rsid w:val="0BA8957E"/>
     <w:rsid w:val="0E5B2887"/>
     <w:rsid w:val="12F3C1D1"/>
     <w:rsid w:val="1614398C"/>
     <w:rsid w:val="16B05469"/>
     <w:rsid w:val="1A92BC77"/>
     <w:rsid w:val="27AB41D5"/>
     <w:rsid w:val="28649E86"/>
     <w:rsid w:val="2C110A82"/>
     <w:rsid w:val="2F766A57"/>
     <w:rsid w:val="3631D69A"/>
     <w:rsid w:val="3838D80D"/>
     <w:rsid w:val="3B0EA2D3"/>
     <w:rsid w:val="41DA218C"/>
     <w:rsid w:val="4311782F"/>
     <w:rsid w:val="4CB88954"/>
     <w:rsid w:val="53E7D088"/>
@@ -3277,50 +4865,94 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00063810"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="009624A3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="009624A3"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A07F99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A07F99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A07F99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A07F99"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="34544060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1269200618">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -3461,51 +5093,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="983509317">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3776,81 +5408,73 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b54f10f4e79eec172ed26ef1834b7607" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61242466f594be8f8fdb74db1a547f36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d439deac1ad3846731aaf41a775b7cd7" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3869,50 +5493,57 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -4001,137 +5632,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C69B36A-2C30-4C64-A801-D88F1CF0AB63}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{224C1E86-28B0-4E1D-A9D8-C1A97FDCC28D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2094</Characters>
+  <Pages>3</Pages>
+  <Words>804</Words>
+  <Characters>4583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2457</CharactersWithSpaces>
+  <CharactersWithSpaces>5377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>