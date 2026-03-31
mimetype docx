--- v0 (2025-11-04)
+++ v1 (2026-03-31)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="38E53508" w14:textId="2825E298" w:rsidR="00F11409" w:rsidRDefault="00900E67" w:rsidP="00900E67">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072A4E1" wp14:editId="592C2666">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2118679234" name="Graphic 2118679234" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Graphic 2118679234"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -646,3414 +649,7921 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Policy Update </w:t>
       </w:r>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>is a modification of an existing requirement</w:t>
       </w:r>
       <w:r w:rsidR="3631D69A" w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DACEBC" w14:textId="4A59AAFC" w:rsidR="00611017" w:rsidRPr="00C623C0" w:rsidRDefault="00611017" w:rsidP="00611017">
+    <w:p w14:paraId="16DACEBC" w14:textId="4A59AAFC" w:rsidR="00611017" w:rsidRDefault="00611017" w:rsidP="00611017">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9625" w:type="dxa"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblInd w:w="-545" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1255"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="2520"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="1170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="00926664">
+      <w:tr w:rsidR="001E2466" w:rsidRPr="00D90EFC" w14:paraId="44B33918" w14:textId="77777777" w:rsidTr="71212603">
         <w:trPr>
-          <w:trHeight w:val="479"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1255" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E022361" w14:textId="47D59F06" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0CD929" w14:textId="4CA351B3" w:rsidR="00506927" w:rsidRPr="00D90EFC" w:rsidRDefault="00506927" w:rsidP="00506927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Measure Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="431431C1" w14:textId="59C259DC" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F3C0DA" w14:textId="308228B4" w:rsidR="00506927" w:rsidRPr="00D90EFC" w:rsidRDefault="00506927" w:rsidP="00506927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Page #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="78C59A11" w14:textId="1270170F" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="273A4590" w14:textId="0C6051B8" w:rsidR="00506927" w:rsidRPr="00D90EFC" w:rsidRDefault="00506927" w:rsidP="00506927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Type of Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FB48007" w14:textId="7A88B13B" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="018B5B0A" w14:textId="662BA887" w:rsidR="00506927" w:rsidRPr="00D90EFC" w:rsidRDefault="00506927" w:rsidP="00506927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Section Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3510" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55485D80" w14:textId="2120236B" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A304B2C" w14:textId="33ED3516" w:rsidR="00506927" w:rsidRPr="00D90EFC" w:rsidRDefault="00506927" w:rsidP="00506927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5437C9D8" w14:textId="5FBAFB85" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C0CE33" w14:textId="2E1A5201" w:rsidR="00506927" w:rsidRPr="00D90EFC" w:rsidRDefault="00506927" w:rsidP="00506927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Update release date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F10FBE" w:rsidRPr="00C623C0" w14:paraId="5BA2A7FA" w14:textId="77777777" w:rsidTr="00926664">
+      <w:tr w:rsidR="00674346" w:rsidRPr="00D90EFC" w14:paraId="13E3EC5E" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F928DDF" w14:textId="28FE5B02" w:rsidR="00674346" w:rsidRPr="00D90EFC" w:rsidRDefault="00674346" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HRSN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44598D70" w14:textId="41EEC938" w:rsidR="00674346" w:rsidRPr="00D90EFC" w:rsidRDefault="00674346" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00772F63">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A93CAF8" w14:textId="1C61EBC4" w:rsidR="00674346" w:rsidRPr="00D90EFC" w:rsidRDefault="00674346" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DE584C" w14:textId="2D27A52F" w:rsidR="00674346" w:rsidRPr="00D90EFC" w:rsidRDefault="00674346" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EE2B09" w14:textId="26EA55D2" w:rsidR="00674346" w:rsidRPr="00D90EFC" w:rsidRDefault="00674346" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified due date (time – 5pm)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F5C06C" w14:textId="19CE685E" w:rsidR="00674346" w:rsidRPr="00D90EFC" w:rsidRDefault="00AD5264" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B13055" w:rsidRPr="00D90EFC" w14:paraId="58323A60" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A36CDB" w14:textId="64B3F436" w:rsidR="00B13055" w:rsidRDefault="00B13055" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4693C681" w14:textId="26F6E9B2" w:rsidR="00B13055" w:rsidRDefault="00AD596D" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E331E81" w14:textId="3485E2AD" w:rsidR="00B13055" w:rsidRDefault="00B13055" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A25F3F5" w14:textId="71E4B0EB" w:rsidR="00B13055" w:rsidRDefault="00B13055" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0CE795" w14:textId="328853AF" w:rsidR="00B13055" w:rsidRDefault="00B13055" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed section (not applicable to PY3-5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="131CF00F" w14:textId="75D7B9C9" w:rsidR="00B13055" w:rsidRPr="00D90EFC" w:rsidRDefault="00AD5264" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A429A" w:rsidRPr="00D90EFC" w14:paraId="69D8B5FE" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08510BFF" w14:textId="478F9325" w:rsidR="004A429A" w:rsidRPr="00D90EFC" w:rsidRDefault="004A429A" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2845FC39" w14:textId="076C6F9B" w:rsidR="004A429A" w:rsidRPr="00D90EFC" w:rsidRDefault="004A429A" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="001855F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE9CE3B" w14:textId="73995FD9" w:rsidR="004A429A" w:rsidRPr="00D90EFC" w:rsidRDefault="6C5BEABB" w:rsidP="71212603">
+            <w:r w:rsidRPr="71212603">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679977C3" w14:textId="5DFCBBB7" w:rsidR="004A429A" w:rsidRPr="00D90EFC" w:rsidRDefault="004A429A" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059454E0" w14:textId="124B07F4" w:rsidR="004A429A" w:rsidRPr="00D90EFC" w:rsidRDefault="004A429A" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified measurement period for PY3 (July 1 – December 31, 2025)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2688D178" w14:textId="6FFF593D" w:rsidR="004A429A" w:rsidRPr="00D90EFC" w:rsidRDefault="00AD5264" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E1810" w:rsidRPr="00D90EFC" w14:paraId="0D9103E3" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62990ED1" w14:textId="5D021296" w:rsidR="000E1810" w:rsidRPr="00D90EFC" w:rsidRDefault="000E1810" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DA58C5" w14:textId="7E1200FC" w:rsidR="000E1810" w:rsidRPr="00D90EFC" w:rsidRDefault="000E1810" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="001855F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="678C462B" w14:textId="34B5AEE0" w:rsidR="000E1810" w:rsidRPr="00D90EFC" w:rsidRDefault="000E1810" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Corrections</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6CE034" w14:textId="51D9B5A3" w:rsidR="000E1810" w:rsidRPr="00D90EFC" w:rsidRDefault="000E1810" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE1D2AD" w14:textId="2E114D35" w:rsidR="000E1810" w:rsidRPr="00D90EFC" w:rsidRDefault="000E1810" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified name of the referenced HEDIS Value Set – Outpatient Value Set</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="745C21FE" w14:textId="320F77DD" w:rsidR="000E1810" w:rsidRPr="00D90EFC" w:rsidRDefault="00AD5264" w:rsidP="00506927">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364322" w:rsidRPr="00D90EFC" w14:paraId="54616817" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50319EAF" w14:textId="4147665F" w:rsidR="00364322" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA1845B" w14:textId="62B4F12C" w:rsidR="00364322" w:rsidRDefault="001855F7" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="415F564C" w14:textId="66C2B0B2" w:rsidR="00364322" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="017E8724" w14:textId="560182B7" w:rsidR="00364322" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E132846" w14:textId="13008F75" w:rsidR="00364322" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified due date (time – 5pm)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFCE81C" w14:textId="1676391F" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00AD5264" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364322" w:rsidRPr="00D90EFC" w14:paraId="2F5D5402" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49209A64" w14:textId="05D4F2D6" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CFB9DC" w14:textId="0FF1C15F" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4795D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7619E3FE" w14:textId="72BEB739" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36950600" w14:textId="77777777" w:rsidR="00364322" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F418E84" w14:textId="77777777" w:rsidR="00BD26C6" w:rsidRPr="00BD26C6" w:rsidRDefault="00BD26C6" w:rsidP="00BD26C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C940273" w14:textId="77777777" w:rsidR="00BD26C6" w:rsidRDefault="00BD26C6" w:rsidP="00BD26C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A4C7485" w14:textId="0229E4A3" w:rsidR="00BD26C6" w:rsidRPr="00BD26C6" w:rsidRDefault="00BD26C6" w:rsidP="00BD26C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421EFCCA" w14:textId="56807542" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> member experience survey component of the measure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D4AF7E" w14:textId="507A19F3" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00AD5264" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364322" w:rsidRPr="00D90EFC" w14:paraId="11EE8B41" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C2B5C0" w14:textId="30B763FB" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C34E9C" w14:textId="448BBA71" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4795D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AB7192" w14:textId="392B70F6" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3098AC" w14:textId="2CDF935F" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Measure Summary, Eligible Population, Administrative Specifications, Reporting Method, and PY3-5 Performance Requirements and Assessments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455DE5E3" w14:textId="0FB440CD" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00364322" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> member experience survey component of the measure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E49026B" w14:textId="77426840" w:rsidR="00364322" w:rsidRPr="00D90EFC" w:rsidRDefault="00AD5264" w:rsidP="00364322">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006430DE" w:rsidRPr="00D90EFC" w14:paraId="065E6B21" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6DF338" w14:textId="1FB3BFD1" w:rsidR="006430DE" w:rsidRDefault="006430DE" w:rsidP="006430DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54188B1A" w14:textId="4DD28014" w:rsidR="006430DE" w:rsidRDefault="006430DE" w:rsidP="006430DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9D4387" w14:textId="1F88603A" w:rsidR="006430DE" w:rsidRDefault="006430DE" w:rsidP="006430DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Corrections</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48347F23" w14:textId="4DE04632" w:rsidR="006430DE" w:rsidRDefault="006430DE" w:rsidP="006430DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FE4D8A" w14:textId="2FF1BDB0" w:rsidR="006430DE" w:rsidRDefault="006430DE" w:rsidP="006430DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Corrected age to “at least 6 years of age on the date of the visit”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F16938" w14:textId="6806D463" w:rsidR="006430DE" w:rsidRDefault="006430DE" w:rsidP="006430DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="4DB3042D" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5E99F4" w14:textId="71614EA8" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0144D0CE" w14:textId="3D137E37" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="480B13ED" w14:textId="2FDDCF23" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Corrections</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C084190" w14:textId="6B602C4E" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C82E25" w14:textId="6390AE2F" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified name of the referenced HEDIS Value Set – Outpatient Value Set</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="019F0C99" w14:textId="40773909" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="29DEAC8B" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BE5155" w14:textId="7C092AB0" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D42F927" w14:textId="06B796FB" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5D2DC0" w14:textId="4C27C42B" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB0FDC3" w14:textId="2C9D8D2C" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4303E19B" w14:textId="333DABE0" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Note that ACOs will identify the eligible population (denominator) for reporting </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F2C0E4" w14:textId="5FF77083" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w14:paraId="16C49D1B" w14:textId="77777777" w:rsidTr="71212603">
         <w:trPr>
-          <w:trHeight w:val="557"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1255" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2F84C6" w14:textId="68FC19DA" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47AB7EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3654C19E" w14:textId="3267BAF5" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67208DCE" w14:textId="37E5F226" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47AB7EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7908455F" w14:textId="13BBD454" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47AB7EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AC790A" w14:textId="55941FCB" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47AB7EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified definition for “members with a self-reported disability” to align with RELDSOGI definition (adding “as of December 31 of the measurement year).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6252B4B8" w14:textId="6D0412BA" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w14:paraId="60323DA6" w14:textId="77777777" w:rsidTr="71212603">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0561CE74" w14:textId="588381B5" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F726C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1989D2B2" w14:textId="14441766" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B45BFFC" w14:textId="30894EB2" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F726C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E834909" w14:textId="75473711" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F726C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B84D4B" w14:textId="10BFCC79" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="47AB7EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed definition for “Members with Eligibility for MassHealth on the Basis of a Disability”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDE5941" w14:textId="504F48F4" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="63EE8839" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE4B7B5" w14:textId="288C7BBB" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D68859B" w14:textId="548752C2" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDA3FAF" w14:textId="50506C3E" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C9F524" w14:textId="061A1313" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PY3-5 Performance </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CE3462" w14:textId="43E563F8" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Clarified due date (time – 5pm)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBC3FF6" w14:textId="0CAE9B53" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="039D4BFF" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3285AF2E" w14:textId="58B5CE5E" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9E56CB" w14:textId="28A8F621" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7496D7" w14:textId="1297A3BD" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69CBA1ED" w14:textId="2B81CB74" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440FE98C" w14:textId="4F8DCF47" w:rsidR="006617BD" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified that TJC’s Health Care Equity Certification is current named “Excellent Health Outcomes for All”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317F81A4" w14:textId="21897B19" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="2CFD2CFA" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C5003B" w14:textId="7A70C097" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HRSN Screening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13ABA3D8" w14:textId="3C29FBC4" w:rsidR="00F10FBE" w:rsidRDefault="00F95C44" w:rsidP="00F10FBE">
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A69D1E" w14:textId="52995A9D" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>52 &amp; 55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE65EE4" w14:textId="60361951" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D3263F" w14:textId="167621ED" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Data Reporting Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="446F1B6C" w14:textId="4D005158" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added a note about G0136 code that it will no longer be applicable beginning January 1, 2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="757BE495" w14:textId="203D8B6A" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="703193B4" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="387F214C" w14:textId="72959F9F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="002D3176" w14:textId="1844EB38" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CF2EF7" w14:textId="7B1AF1FF" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0749B54B" w14:textId="53C2B18E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Requirements and Assessments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BCADE7" w14:textId="6F228068" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changed due date of Measure Assessment Report from Oct 31, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to “to be further specified by MassHealth.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E683E7A" w14:textId="0633A31F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="70D7F400" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F1A52C" w14:textId="5983D7E5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Equity Improvement Interventions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5A7BED" w14:textId="0FF9895B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D50FF01" w14:textId="049A7E05" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47537CEA" w14:textId="35E135C5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Requirements and Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EBF5A5" w14:textId="43541C34" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Revised information to reflect only PY3-5 submission requirements.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3BB693" w14:textId="1E84D60B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="0E309F65" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E43CB34" w14:textId="47800CB7" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Equity Improvement Interventions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D77B56" w14:textId="2FEBEF5E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA34605" w14:textId="247472AF" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C1F4FF" w14:textId="593497A9" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Requirements and Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE0C9E8" w14:textId="2F900672" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Updated submission date for PIP1 Closure Report for PY4 from 8/1/2026 to 7/31/2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DAE9901" w14:textId="4256D452" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="5BCDAF54" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F948228" w14:textId="1674A2C6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Equity Improvement Interventions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F521212" w14:textId="0D5780A3" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8C18B3" w14:textId="226065F6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9C74E7" w14:textId="51AB0469" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Requirements and Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3D8EA5" w14:textId="6DEEF645" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified scoring of remeasurement 1 and 2 reports and closure reports.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409629C8" w14:textId="0985700C" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="760C8626" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="001FF673" w14:textId="61FE76E6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="653E4469" w14:textId="24806967" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D3578D" w14:textId="5A99B796" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A77DC7" w14:textId="77777777" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="261EB67B" w14:textId="77777777" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7961F122" w14:textId="77777777" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0915C3EC" w14:textId="77777777" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="513A6D77" w14:textId="77777777" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40DDBCD2" w14:textId="77777777" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66D27132" w14:textId="5624CAD6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="324D751D" w14:textId="5C86494F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Included the revised formula used to calculate the DCC Training Rate (Rate 1) and removed previous “Denominator” and “Numerator” descriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6092AD3A" w14:textId="21DD0C25" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="23810801" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D7685A" w14:textId="26B7462D" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCAFE78" w14:textId="65504577" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290F6CC" w14:textId="433A4BF4" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E58B93C" w14:textId="2E80A450" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Requirements and Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC73DCA" w14:textId="182C4E48" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Modified to state MassHealth will calculate the DCC Training Rate (Rate 1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="729A461F" w14:textId="62A2B8B7" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="6C9F210A" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A004963" w14:textId="76C3E2FD" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="280C4F8E" w14:textId="0DA59EF7" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>86-88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B54C656" w14:textId="66D37835" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E49C394" w14:textId="34BB083F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All sections</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE10C29" w14:textId="55DA7577" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Noted the updated NCQA product name change from “Health Equity Accreditation” to “Health Outcomes Accreditation.” </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9C636D" w14:textId="4F097DD7" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="74773C3A" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E1AE68B" w14:textId="7FE55C78" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="090B28A2" w14:textId="7DD206C3" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2282EE" w14:textId="62864790" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2305A128" w14:textId="0E508A5A" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0433F4" w14:textId="1B567971" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified the ACO Leap certification cycles for ACOs on a different timeline.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E49E8DC" w14:textId="7DB5A8E0" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="607EB0C7" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EAB419" w14:textId="2B305D62" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0C0BE9" w14:textId="30F44FB6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F31A18A" w14:textId="1667ACA1" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0F184E" w14:textId="77250DB2" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642434C3" w14:textId="70C269A4" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Given the decision to sunset the CG-CAPHS survey in 2026. Clarified that PY4 is Pay-for-Reporting and PY5 is Pay-for-Performance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C09012B" w14:textId="0D989061" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="338897EF" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFBC4AB" w14:textId="16774ABE" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB4B694" w14:textId="045D6E58" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CD192B" w14:textId="753B3D3E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="784B5272" w14:textId="2B3F7789" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA6D8B8" w14:textId="7F733D56" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed Question #5 in the Child Composite for Communication as it is not part of the composite.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D50E0C" w14:textId="3C844BDF" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="37A7561F" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="659645EE" w14:textId="26DB9A0A" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51059CA4" w14:textId="5990B62A" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F572FF8" w14:textId="7F4279E5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED8289E" w14:textId="3B608033" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="359B01FA" w14:textId="01B0F3D6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added a note that MassHealth will not be administering the survey for PY2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A79FBA" w14:textId="7BA00764" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="1CB0B2BB" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="111E46EE" w14:textId="6C6C0235" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5193E5F0" w14:textId="71279541" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E8FAFC" w14:textId="622138E4" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F1645F" w14:textId="66B949CE" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements and Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A46DA6" w14:textId="78C84EA6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added that PY4 and PY5 Performance Requirements and Assessment are under development.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="230F4AAE" w14:textId="0BB7D065" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001238CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="41DC60DA" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD59309" w14:textId="4EC42BEC" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E769A54" w14:textId="56D5E57C" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="270B9575" w14:textId="66D1B457" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0271769C" w14:textId="160055D5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administrative Specification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3510" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DFEEA0" w14:textId="25E99942" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
-            <w:r w:rsidRPr="008375BC">
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:r w:rsidRPr="008375BC">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD25390" w14:textId="0DA93A64" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0E4A" w:rsidRPr="00C623C0" w14:paraId="28077C40" w14:textId="77777777" w:rsidTr="00926664">
-[...18 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="17C5F014" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD1F647" w14:textId="3031D7C2" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>HRSN Screening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE1EB12" w14:textId="032F079F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F03CCF4" w14:textId="3E43FF95" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDAAE6A" w14:textId="51B0C009" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administrative Data Reporting Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3510" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1362096E" w14:textId="04C40000" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Added ICD-10 Code Z58.6 (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00932749">
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Inadequate drinking-water supply) to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00932749">
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inadequate Housing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33106A2C" w14:textId="6E40B499" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="5D144889" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDB848F" w14:textId="435D3F0D" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7679423B" w14:textId="6B48BE18" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24EEBB02" w14:textId="60B19FE5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75891304" w14:textId="194FF3BA" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AB71BF" w14:textId="2B45F0C0" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed “30 day follow up” from FUM, FUA, and FUH (to align with Quality measure reporting).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A377871" w14:textId="3531C8D9" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="21723EE0" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E28C7E2" w14:textId="51F2F12A" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D88F7EE" w14:textId="701ACB45" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9C1C3B" w14:textId="4EF50F4D" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F3FB2C" w14:textId="2A58D2EB" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F7847F" w14:textId="2CA041F6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified acceptable use of imputed data in the stratified reports.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA30135" w14:textId="1B0F43E0" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="665A12FD" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="545EF827" w14:textId="33ABA31F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A62E1FC" w14:textId="5A9D9F52" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E845704" w14:textId="6BF5FC6E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="560AFF75" w14:textId="56E1FA86" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF6FE85" w14:textId="3654DC8B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified Component 2, changing “either interpreter services or in language services” to “language assistance services.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="648F3E68" w14:textId="709D8F9E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="7909AD06" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A3EE0C" w14:textId="679B9968" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F019F4" w14:textId="5759121B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D206615" w14:textId="0F188229" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF8EF32" w14:textId="3A460509" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFD3A83" w14:textId="2B3BEF35" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed “pending” and replaced with “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BA9C45" w14:textId="35547BED" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0E4A" w:rsidRPr="00C623C0" w14:paraId="07CAA383" w14:textId="77777777" w:rsidTr="00926664">
-[...13 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="41D839D3" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB4B3BB" w14:textId="05230B5E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="625FDFF4" w14:textId="2C77C794" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="131F7760" w14:textId="0A30359C" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39334849" w14:textId="76856807" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F68EB03" w14:textId="76F4C3E2" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified Step 2 of “Event/Diagnosis,” adding </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“language services documentation system (e.g., vendor logs)” as an acceptable source for preferred spoken language other than English data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770CD1C4" w14:textId="270BB24F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="047AAABE" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="237420D5" w14:textId="06C44842" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391C447A" w14:textId="3314D15C" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7BBF89" w14:textId="40B097E7" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="026F9BA0" w14:textId="51C05ED2" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB20D17" w14:textId="5C027953" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified Component 2 description and numerator, changing “either interpreter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>services or in language services” to “language assistance services.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FACD52B" w14:textId="65F55997" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="13F6474C" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065E32CC" w14:textId="107ADA0A" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CF8277" w14:textId="540B5F7D" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CCFE93" w14:textId="535B1E8B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="704F2417" w14:textId="69AF960E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27288CA1" w14:textId="101C95F1" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>For Component 2 Numerator, addition of “language services documentation system (e.g., vendor logs)” as an acceptable source of documentation for language assistance services provided.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A7C325" w14:textId="33B105E2" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="026BEF4F" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF79129" w14:textId="293B85F2" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A88BC6C" w14:textId="6B8E5C65" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...139 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB1682E" w14:textId="4F7B7378" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...289 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F68A99" w14:textId="4E09A845" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3510" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172FD9EA" w14:textId="63894B90" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F1E05">
+            <w:r w:rsidRPr="00D90EFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F1E05">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C7A0AE" w14:textId="2524ADC1" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006945B6" w:rsidRPr="00C623C0" w14:paraId="3CA38784" w14:textId="77777777" w:rsidTr="00926664">
-[...16 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="784A9532" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2977A231" w14:textId="0B2A81CF" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D95F250" w14:textId="78C29A9E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7DCFF7" w14:textId="5CB296FC" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719FF598" w14:textId="4A57177D" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="209DB145" w14:textId="0A2CFD5E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Revised ages for each of the six questions to align with the ages listed in the RELD SOGI Data Completeness – Disability Data Completeness measure (under Eligible Population).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA67104" w14:textId="7B00A249" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="43BEB118" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC4F34C" w14:textId="059CB346" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB66B20" w14:textId="679637D4" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80, 81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63386D29" w14:textId="08E8B116" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C0A320" w14:textId="61DE5023" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="273EC550" w14:textId="28B542EE" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added definition for “Covered Individual with Eligibility for MassHealth on the Basis of a Disability.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E245ADE" w14:textId="4CD573BC" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="4CA2A2B3" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA488FF" w14:textId="79218F88" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35285B1B" w14:textId="178C45C7" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="683BE4B0" w14:textId="7B5D9006" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC11186" w14:textId="4F6B20E1" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CA167F" w14:textId="5BD92463" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified that the data submission due date is applicable to all data submitted by the ACO (administrative and supplemental, as applicable).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CDF7A7" w14:textId="3455E333" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="7220C156" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2AA56F" w14:textId="5DF9F152" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2119418F" w14:textId="58ABAFCD" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F4C132" w14:textId="4D844395" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A4887C" w14:textId="66218B7C" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B14D769" w14:textId="2FF10484" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7998B33A" w14:textId="4C470814" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="77A2391A" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71ECBB1E" w14:textId="5C0DD615" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D3590C" w14:textId="19DAD646" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440BF19C" w14:textId="7B5AEB75" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1940B5C1" w14:textId="6A07D1E6" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62897CE9" w14:textId="490C620F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed reference to selection of alternative measures (given ACOs may select any measure from their Quality Slate).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F89E1A4" w14:textId="7B1ABCCD" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="6D383757" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A197ED" w14:textId="4BC9FF21" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="504E2A66" w14:textId="1F4D7C2B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BD79F2" w14:textId="7AA135AA" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFC3286" w14:textId="1594B5DE" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="322B10F4" w14:textId="0511C9E9" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified that MassHealth may request member-level data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3936250D" w14:textId="167BB555" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="1B30B0C0" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74DDDC81" w14:textId="22E82E82" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E613AEB" w14:textId="404D06A5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="731E4586" w14:textId="6604C47A" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5E2521" w14:textId="5FF262AC" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C36225" w14:textId="70C03EF7" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Expanded the full list of measures eligible for disparities reduction to include the entire MassHealth ACO Quality Slate and removed option to select alternative measures.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0398E25D" w14:textId="1A3C8BCF" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="35D7B2E1" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="049D92BF" w14:textId="1FCC4444" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C136B53" w14:textId="7A63A3CA" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00092300" w14:textId="5B8F7A56" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7990744A" w14:textId="2A551C1F" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CA2B0E" w14:textId="1E2493CD" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified that the Race &amp; Ethnicity standards for stratification apply to the PY3 Measure Assessment Report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E2760E" w14:textId="7C46DE56" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="767AE1F5" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="360F95AF" w14:textId="45CC724B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Language Access</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7B796A3E" w14:textId="4B65B23D" w:rsidR="006945B6" w:rsidRDefault="00F86B8C" w:rsidP="006945B6">
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEE2C8D" w14:textId="4F497432" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71, 72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622FC5C2" w14:textId="4FFB90E8" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC28794" w14:textId="00F2FFF5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD82C62" w14:textId="05520E28" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="222B697F" w14:textId="37F5D832" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="28F8957C" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E87D64E" w14:textId="6D73B5F5" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C355642" w14:textId="0B187703" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="253B1FB5" w14:textId="449A5D12" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="683C34CC" w14:textId="70F1511B" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reporting Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C27257" w14:textId="74C16347" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="7BEDB558" w14:textId="6B59A4EF" w:rsidR="006945B6" w:rsidRDefault="006945B6" w:rsidP="006945B6">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations for PY3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A95398" w14:textId="3A0A9F58" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006617BD" w:rsidRPr="00D90EFC" w14:paraId="5EBAD355" w14:textId="77777777" w:rsidTr="71212603">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038C94C0" w14:textId="448FB2E2" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43332BB1" w14:textId="57CE5F9E" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D200A02" w14:textId="2337103C" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="712CA6FF" w14:textId="12768D7D" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="590F6E49" w14:textId="691EB705" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1862 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Added language about audit expectations for PY4-5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4006C4DB" w14:textId="5A602703" w:rsidR="006617BD" w:rsidRPr="00D90EFC" w:rsidRDefault="006617BD" w:rsidP="006617BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3/14/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="5A361ACD" w14:textId="6720AE47" w:rsidR="00403F2D" w:rsidRPr="00C623C0" w:rsidRDefault="00403F2D" w:rsidP="5A76BED9">
+    <w:p w14:paraId="08E40ACB" w14:textId="77777777" w:rsidR="00506927" w:rsidRPr="00C623C0" w:rsidRDefault="00506927" w:rsidP="00611017">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00403F2D" w:rsidRPr="00C623C0">
+    <w:sectPr w:rsidR="00506927" w:rsidRPr="00C623C0">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="649215EB" w14:textId="77777777" w:rsidR="008E0AD6" w:rsidRDefault="008E0AD6" w:rsidP="00FF1B0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1D5AE438" w14:textId="77777777" w:rsidR="008E0AD6" w:rsidRDefault="008E0AD6" w:rsidP="00FF1B0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
-    <w:charset w:val="00"/>
-[...11 lines deleted...]
-  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic">
+    <w:altName w:val="游ゴシック"/>
+    <w:panose1 w:val="020B0400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26B04B33" w14:textId="0DAAD8DB" w:rsidR="00FF1B0E" w:rsidRDefault="00506927">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">PY3-5 AQEIP Tech Spec Change Log: </w:t>
+    </w:r>
+    <w:r w:rsidR="00182DB7">
+      <w:t xml:space="preserve">Updated </w:t>
+    </w:r>
+    <w:r w:rsidR="00BD26C6">
+      <w:t xml:space="preserve">March 9, </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00BD26C6">
+      <w:t>2026</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-291132860"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1769616900"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5919E847" w14:textId="77777777" w:rsidR="008E0AD6" w:rsidRDefault="008E0AD6" w:rsidP="00FF1B0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1BDDB4E8" w14:textId="77777777" w:rsidR="008E0AD6" w:rsidRDefault="008E0AD6" w:rsidP="00FF1B0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="52"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
+    <w:rsid w:val="00001027"/>
     <w:rsid w:val="00002683"/>
     <w:rsid w:val="00002931"/>
     <w:rsid w:val="00003191"/>
     <w:rsid w:val="00005830"/>
+    <w:rsid w:val="00012AFC"/>
     <w:rsid w:val="0003320C"/>
     <w:rsid w:val="00037F29"/>
     <w:rsid w:val="00040A48"/>
+    <w:rsid w:val="00047C6B"/>
     <w:rsid w:val="000510BC"/>
     <w:rsid w:val="000540CE"/>
     <w:rsid w:val="00063810"/>
     <w:rsid w:val="00067641"/>
     <w:rsid w:val="0007610A"/>
+    <w:rsid w:val="00077C0B"/>
     <w:rsid w:val="00087882"/>
     <w:rsid w:val="000A27BC"/>
+    <w:rsid w:val="000C7C9E"/>
+    <w:rsid w:val="000D1F55"/>
     <w:rsid w:val="000D41BA"/>
+    <w:rsid w:val="000E1810"/>
     <w:rsid w:val="000F1403"/>
     <w:rsid w:val="000F5073"/>
     <w:rsid w:val="00110F8A"/>
+    <w:rsid w:val="00114DED"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="001374B1"/>
+    <w:rsid w:val="00137A22"/>
     <w:rsid w:val="00162062"/>
     <w:rsid w:val="00174A68"/>
+    <w:rsid w:val="00182DB7"/>
+    <w:rsid w:val="001855F7"/>
     <w:rsid w:val="00187DDF"/>
     <w:rsid w:val="00193743"/>
     <w:rsid w:val="00195344"/>
+    <w:rsid w:val="001A2203"/>
+    <w:rsid w:val="001A73B1"/>
     <w:rsid w:val="001B759E"/>
+    <w:rsid w:val="001D1690"/>
+    <w:rsid w:val="001D48D3"/>
+    <w:rsid w:val="001D7544"/>
     <w:rsid w:val="001D7850"/>
+    <w:rsid w:val="001E2466"/>
     <w:rsid w:val="00210EFC"/>
+    <w:rsid w:val="00221DEA"/>
+    <w:rsid w:val="00222858"/>
+    <w:rsid w:val="0023389D"/>
+    <w:rsid w:val="002409E4"/>
+    <w:rsid w:val="0025017C"/>
+    <w:rsid w:val="002515C9"/>
     <w:rsid w:val="00254082"/>
     <w:rsid w:val="0025420D"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="00261AC9"/>
+    <w:rsid w:val="00266606"/>
     <w:rsid w:val="0027736D"/>
+    <w:rsid w:val="00292072"/>
+    <w:rsid w:val="002A0C6F"/>
+    <w:rsid w:val="002A12EA"/>
     <w:rsid w:val="002B12B2"/>
     <w:rsid w:val="002B736D"/>
     <w:rsid w:val="002C03EC"/>
     <w:rsid w:val="002C4109"/>
+    <w:rsid w:val="002D149A"/>
+    <w:rsid w:val="002D53E0"/>
     <w:rsid w:val="002D5B7B"/>
+    <w:rsid w:val="002F39C8"/>
+    <w:rsid w:val="002F479E"/>
+    <w:rsid w:val="002F4979"/>
     <w:rsid w:val="00301065"/>
     <w:rsid w:val="00304F0F"/>
     <w:rsid w:val="00320F9C"/>
     <w:rsid w:val="0033747F"/>
     <w:rsid w:val="00341FC4"/>
     <w:rsid w:val="0034287B"/>
     <w:rsid w:val="00343A3E"/>
     <w:rsid w:val="00354906"/>
     <w:rsid w:val="00363E4A"/>
+    <w:rsid w:val="00364322"/>
     <w:rsid w:val="00364FDA"/>
     <w:rsid w:val="00382C48"/>
+    <w:rsid w:val="0038520B"/>
+    <w:rsid w:val="00396B4E"/>
+    <w:rsid w:val="00396EDC"/>
+    <w:rsid w:val="003A2649"/>
     <w:rsid w:val="003B0904"/>
     <w:rsid w:val="003B2E59"/>
     <w:rsid w:val="003B6EA3"/>
     <w:rsid w:val="003B7481"/>
+    <w:rsid w:val="003C363B"/>
+    <w:rsid w:val="003C4590"/>
     <w:rsid w:val="003C4C04"/>
     <w:rsid w:val="003C6EAA"/>
+    <w:rsid w:val="003E3844"/>
+    <w:rsid w:val="003E3E42"/>
+    <w:rsid w:val="00402201"/>
     <w:rsid w:val="00403F2D"/>
+    <w:rsid w:val="0041119D"/>
     <w:rsid w:val="00421B65"/>
     <w:rsid w:val="00424CF0"/>
+    <w:rsid w:val="00444B2B"/>
     <w:rsid w:val="00444C9E"/>
     <w:rsid w:val="0044507C"/>
     <w:rsid w:val="00445DB9"/>
+    <w:rsid w:val="00446525"/>
+    <w:rsid w:val="00452C30"/>
     <w:rsid w:val="00453219"/>
     <w:rsid w:val="0045392D"/>
     <w:rsid w:val="004557D2"/>
+    <w:rsid w:val="0045703D"/>
     <w:rsid w:val="00457372"/>
     <w:rsid w:val="00460D13"/>
+    <w:rsid w:val="00461FE6"/>
     <w:rsid w:val="00467A44"/>
     <w:rsid w:val="004777D8"/>
     <w:rsid w:val="00483C3C"/>
     <w:rsid w:val="0049437E"/>
     <w:rsid w:val="00494A2D"/>
     <w:rsid w:val="00497FF1"/>
+    <w:rsid w:val="004A429A"/>
     <w:rsid w:val="004C1C18"/>
+    <w:rsid w:val="004C6EEB"/>
+    <w:rsid w:val="004D0A78"/>
     <w:rsid w:val="004D4163"/>
+    <w:rsid w:val="004E31FD"/>
     <w:rsid w:val="004E46F8"/>
+    <w:rsid w:val="004E6AA1"/>
     <w:rsid w:val="004F23D6"/>
     <w:rsid w:val="00502DDC"/>
+    <w:rsid w:val="00506927"/>
+    <w:rsid w:val="0052035C"/>
     <w:rsid w:val="0052140D"/>
+    <w:rsid w:val="005310FA"/>
     <w:rsid w:val="00533038"/>
     <w:rsid w:val="00540D8E"/>
+    <w:rsid w:val="00553EA0"/>
     <w:rsid w:val="005632FB"/>
     <w:rsid w:val="00580202"/>
     <w:rsid w:val="005938C5"/>
     <w:rsid w:val="00594DB7"/>
     <w:rsid w:val="005A7621"/>
     <w:rsid w:val="005A7AD2"/>
     <w:rsid w:val="005B3687"/>
     <w:rsid w:val="005B39D7"/>
     <w:rsid w:val="005C1DE2"/>
+    <w:rsid w:val="005D0548"/>
     <w:rsid w:val="005F5A06"/>
     <w:rsid w:val="005F6892"/>
     <w:rsid w:val="00605B8F"/>
+    <w:rsid w:val="006069A1"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="00611C0D"/>
+    <w:rsid w:val="00617AC7"/>
+    <w:rsid w:val="006215C5"/>
     <w:rsid w:val="00622450"/>
     <w:rsid w:val="00627654"/>
+    <w:rsid w:val="00637D90"/>
+    <w:rsid w:val="006430DE"/>
     <w:rsid w:val="006434E6"/>
     <w:rsid w:val="006573DE"/>
+    <w:rsid w:val="006617BD"/>
     <w:rsid w:val="0066418E"/>
+    <w:rsid w:val="00674346"/>
+    <w:rsid w:val="0067481C"/>
+    <w:rsid w:val="00685DBD"/>
     <w:rsid w:val="00693B29"/>
     <w:rsid w:val="006945B6"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006C5B27"/>
     <w:rsid w:val="006D30EB"/>
+    <w:rsid w:val="006D4E5C"/>
     <w:rsid w:val="006F764A"/>
     <w:rsid w:val="00720B7A"/>
     <w:rsid w:val="0072180B"/>
     <w:rsid w:val="00722E8C"/>
     <w:rsid w:val="007242A9"/>
     <w:rsid w:val="007259BA"/>
     <w:rsid w:val="007326C7"/>
+    <w:rsid w:val="00741F26"/>
     <w:rsid w:val="00743E9D"/>
     <w:rsid w:val="00761E6D"/>
     <w:rsid w:val="0076E01C"/>
+    <w:rsid w:val="007702FD"/>
     <w:rsid w:val="00771B76"/>
+    <w:rsid w:val="00772B95"/>
+    <w:rsid w:val="00772EF6"/>
+    <w:rsid w:val="00772F63"/>
     <w:rsid w:val="00775A59"/>
+    <w:rsid w:val="00776F8A"/>
+    <w:rsid w:val="007A30D0"/>
     <w:rsid w:val="007B459C"/>
     <w:rsid w:val="007B5D7F"/>
+    <w:rsid w:val="007C05E8"/>
     <w:rsid w:val="007C2DE8"/>
     <w:rsid w:val="007C5BCA"/>
     <w:rsid w:val="007D7B22"/>
     <w:rsid w:val="007F4AA9"/>
     <w:rsid w:val="007F6ADB"/>
     <w:rsid w:val="00801BE4"/>
+    <w:rsid w:val="0080559B"/>
     <w:rsid w:val="00805EF9"/>
     <w:rsid w:val="008171D2"/>
+    <w:rsid w:val="00823496"/>
+    <w:rsid w:val="00833396"/>
     <w:rsid w:val="00836CEC"/>
+    <w:rsid w:val="00841088"/>
     <w:rsid w:val="0084192F"/>
     <w:rsid w:val="008457D9"/>
     <w:rsid w:val="00853DD4"/>
+    <w:rsid w:val="00853DEC"/>
     <w:rsid w:val="00856C7A"/>
     <w:rsid w:val="0087545A"/>
+    <w:rsid w:val="00880203"/>
     <w:rsid w:val="00884AA2"/>
+    <w:rsid w:val="00891183"/>
     <w:rsid w:val="008A47AA"/>
     <w:rsid w:val="008C0E19"/>
     <w:rsid w:val="008C320C"/>
     <w:rsid w:val="008D1E87"/>
+    <w:rsid w:val="008E0AD6"/>
     <w:rsid w:val="008E0B55"/>
     <w:rsid w:val="008E10D2"/>
     <w:rsid w:val="008E30FD"/>
     <w:rsid w:val="008E53B1"/>
     <w:rsid w:val="008E6BC4"/>
+    <w:rsid w:val="008F0820"/>
     <w:rsid w:val="00900E67"/>
     <w:rsid w:val="009106C2"/>
     <w:rsid w:val="00910C76"/>
     <w:rsid w:val="00917BAA"/>
     <w:rsid w:val="00926664"/>
+    <w:rsid w:val="00935E22"/>
+    <w:rsid w:val="00936F7B"/>
+    <w:rsid w:val="009450D6"/>
     <w:rsid w:val="009624A3"/>
+    <w:rsid w:val="009719A2"/>
     <w:rsid w:val="009779D6"/>
+    <w:rsid w:val="00982263"/>
+    <w:rsid w:val="00982B47"/>
     <w:rsid w:val="00983982"/>
+    <w:rsid w:val="00985501"/>
     <w:rsid w:val="009876D1"/>
     <w:rsid w:val="009942AB"/>
+    <w:rsid w:val="009A618D"/>
+    <w:rsid w:val="009B3705"/>
     <w:rsid w:val="009C0130"/>
+    <w:rsid w:val="009C2DF1"/>
+    <w:rsid w:val="009C4773"/>
+    <w:rsid w:val="009C5D7F"/>
     <w:rsid w:val="009C7119"/>
+    <w:rsid w:val="009D1C1B"/>
     <w:rsid w:val="009F5E26"/>
     <w:rsid w:val="009F6CA6"/>
     <w:rsid w:val="00A03933"/>
+    <w:rsid w:val="00A0453C"/>
+    <w:rsid w:val="00A0682B"/>
+    <w:rsid w:val="00A07DA8"/>
     <w:rsid w:val="00A2693D"/>
     <w:rsid w:val="00A27DAF"/>
+    <w:rsid w:val="00A342BA"/>
     <w:rsid w:val="00A54584"/>
+    <w:rsid w:val="00A56C91"/>
+    <w:rsid w:val="00A637A9"/>
+    <w:rsid w:val="00A71042"/>
     <w:rsid w:val="00A731D9"/>
+    <w:rsid w:val="00A761E3"/>
+    <w:rsid w:val="00A769ED"/>
+    <w:rsid w:val="00A92357"/>
     <w:rsid w:val="00AA2271"/>
     <w:rsid w:val="00AA5AF5"/>
     <w:rsid w:val="00AC09F2"/>
     <w:rsid w:val="00AC1C3D"/>
+    <w:rsid w:val="00AD5264"/>
+    <w:rsid w:val="00AD596D"/>
     <w:rsid w:val="00AE1EE5"/>
     <w:rsid w:val="00AE46FC"/>
     <w:rsid w:val="00AE5111"/>
+    <w:rsid w:val="00AF1C75"/>
     <w:rsid w:val="00AF30D9"/>
     <w:rsid w:val="00AF3C6B"/>
+    <w:rsid w:val="00B13055"/>
+    <w:rsid w:val="00B210C3"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B35853"/>
+    <w:rsid w:val="00B47912"/>
     <w:rsid w:val="00B646C1"/>
     <w:rsid w:val="00B6789D"/>
     <w:rsid w:val="00B75291"/>
+    <w:rsid w:val="00B77533"/>
+    <w:rsid w:val="00B80BDC"/>
     <w:rsid w:val="00BA073B"/>
+    <w:rsid w:val="00BA2852"/>
+    <w:rsid w:val="00BA5288"/>
+    <w:rsid w:val="00BB0E07"/>
     <w:rsid w:val="00BB0ED8"/>
+    <w:rsid w:val="00BB6EFF"/>
     <w:rsid w:val="00BC79C8"/>
+    <w:rsid w:val="00BD26C6"/>
     <w:rsid w:val="00BE04E4"/>
     <w:rsid w:val="00BE757A"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00BF4CC9"/>
-    <w:rsid w:val="00C10CAE"/>
+    <w:rsid w:val="00C0300A"/>
+    <w:rsid w:val="00C175FF"/>
     <w:rsid w:val="00C4449D"/>
     <w:rsid w:val="00C45842"/>
+    <w:rsid w:val="00C4795D"/>
     <w:rsid w:val="00C623C0"/>
+    <w:rsid w:val="00C665C6"/>
+    <w:rsid w:val="00C67762"/>
     <w:rsid w:val="00C7711A"/>
+    <w:rsid w:val="00C87144"/>
+    <w:rsid w:val="00C8765A"/>
     <w:rsid w:val="00CA18E8"/>
+    <w:rsid w:val="00CA3CBC"/>
     <w:rsid w:val="00CB3C38"/>
     <w:rsid w:val="00CB4406"/>
     <w:rsid w:val="00CC0F5F"/>
     <w:rsid w:val="00CC3BFA"/>
     <w:rsid w:val="00D077DE"/>
     <w:rsid w:val="00D110E1"/>
     <w:rsid w:val="00D1614E"/>
     <w:rsid w:val="00D16A4C"/>
     <w:rsid w:val="00D27FCA"/>
     <w:rsid w:val="00D36C94"/>
     <w:rsid w:val="00D42F1A"/>
     <w:rsid w:val="00D44292"/>
     <w:rsid w:val="00D504AD"/>
     <w:rsid w:val="00D61A27"/>
     <w:rsid w:val="00D653C6"/>
+    <w:rsid w:val="00D90EFC"/>
     <w:rsid w:val="00DD49E5"/>
     <w:rsid w:val="00DE0C7E"/>
     <w:rsid w:val="00DF27DE"/>
     <w:rsid w:val="00DF5B4A"/>
     <w:rsid w:val="00E03BAB"/>
     <w:rsid w:val="00E14A9E"/>
     <w:rsid w:val="00E2748D"/>
     <w:rsid w:val="00E33680"/>
+    <w:rsid w:val="00E374F6"/>
+    <w:rsid w:val="00E46A88"/>
     <w:rsid w:val="00E47F82"/>
+    <w:rsid w:val="00E57F4D"/>
+    <w:rsid w:val="00E6016D"/>
     <w:rsid w:val="00E607C7"/>
+    <w:rsid w:val="00E65573"/>
+    <w:rsid w:val="00E6582C"/>
+    <w:rsid w:val="00E81D24"/>
     <w:rsid w:val="00E9596D"/>
     <w:rsid w:val="00E95A7E"/>
+    <w:rsid w:val="00E97AD2"/>
     <w:rsid w:val="00EA14DA"/>
     <w:rsid w:val="00EA3157"/>
+    <w:rsid w:val="00EA4A02"/>
     <w:rsid w:val="00EB0E4A"/>
+    <w:rsid w:val="00EB56DE"/>
+    <w:rsid w:val="00ED56C9"/>
     <w:rsid w:val="00EF30F3"/>
     <w:rsid w:val="00EF48F9"/>
+    <w:rsid w:val="00EF65C3"/>
     <w:rsid w:val="00EF6E1D"/>
     <w:rsid w:val="00F10FBE"/>
     <w:rsid w:val="00F11409"/>
     <w:rsid w:val="00F11D33"/>
+    <w:rsid w:val="00F30837"/>
     <w:rsid w:val="00F460EC"/>
     <w:rsid w:val="00F7305B"/>
     <w:rsid w:val="00F74E6C"/>
+    <w:rsid w:val="00F759BB"/>
     <w:rsid w:val="00F7706F"/>
     <w:rsid w:val="00F86B8C"/>
+    <w:rsid w:val="00F94B14"/>
     <w:rsid w:val="00F95C44"/>
+    <w:rsid w:val="00FB2214"/>
     <w:rsid w:val="00FC2148"/>
     <w:rsid w:val="00FC3A33"/>
+    <w:rsid w:val="00FC4765"/>
+    <w:rsid w:val="00FD09C4"/>
     <w:rsid w:val="00FD5044"/>
     <w:rsid w:val="00FE0C97"/>
     <w:rsid w:val="00FE6B94"/>
+    <w:rsid w:val="00FF1B0E"/>
     <w:rsid w:val="00FF3DB8"/>
+    <w:rsid w:val="00FF61FB"/>
     <w:rsid w:val="04B64386"/>
     <w:rsid w:val="05322332"/>
     <w:rsid w:val="0BA8957E"/>
+    <w:rsid w:val="0D2BB1F5"/>
     <w:rsid w:val="0E5B2887"/>
     <w:rsid w:val="12F3C1D1"/>
     <w:rsid w:val="1614398C"/>
+    <w:rsid w:val="16888705"/>
     <w:rsid w:val="16B05469"/>
+    <w:rsid w:val="199CE0CD"/>
     <w:rsid w:val="1A92BC77"/>
     <w:rsid w:val="27AB41D5"/>
     <w:rsid w:val="28649E86"/>
     <w:rsid w:val="2C110A82"/>
     <w:rsid w:val="2F766A57"/>
     <w:rsid w:val="3631D69A"/>
     <w:rsid w:val="3838D80D"/>
     <w:rsid w:val="3B0EA2D3"/>
+    <w:rsid w:val="3D4C4ED9"/>
     <w:rsid w:val="41DA218C"/>
     <w:rsid w:val="4311782F"/>
+    <w:rsid w:val="47AB7EB9"/>
     <w:rsid w:val="4CB88954"/>
+    <w:rsid w:val="4D537C65"/>
     <w:rsid w:val="53E7D088"/>
     <w:rsid w:val="55516D6E"/>
+    <w:rsid w:val="56D44FAD"/>
     <w:rsid w:val="5A76BED9"/>
+    <w:rsid w:val="5D98FCA2"/>
     <w:rsid w:val="6233C127"/>
     <w:rsid w:val="6AA42312"/>
+    <w:rsid w:val="6B6B60B0"/>
     <w:rsid w:val="6BA86436"/>
+    <w:rsid w:val="6C5BEABB"/>
     <w:rsid w:val="6F8ED833"/>
     <w:rsid w:val="701C7240"/>
+    <w:rsid w:val="71212603"/>
+    <w:rsid w:val="7F726C77"/>
     <w:rsid w:val="7FE8A1F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15FED9BD"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DA2B7CA2-6985-4624-B490-732969AB022C}"/>
+  <w15:docId w15:val="{A57BF08C-15D7-4BA3-A787-6314479F6648}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5051,235 +9561,279 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00063810"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="009624A3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="009624A3"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF1B0E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FF1B0E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF1B0E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FF1B0E"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="34544060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1269200618">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2013215588">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="99377590">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1941793516">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
         <w:div w:id="475224640">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1558855808">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="99377590">
+        <w:div w:id="894900991">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1941793516">
+            <w:div w:id="69473923">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1207328087">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="972059404">
-              <w:marLeft w:val="0"/>
-[...24 lines deleted...]
-            <w:div w:id="69473923">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1431194494">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="983509317">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5554,82 +10108,73 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b54f10f4e79eec172ed26ef1834b7607" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61242466f594be8f8fdb74db1a547f36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d439deac1ad3846731aaf41a775b7cd7" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -5648,50 +10193,57 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -5780,138 +10332,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
-[...16 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C69B36A-2C30-4C64-A801-D88F1CF0AB63}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F244FAA-A212-4BFB-8036-6611D591F8DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4036</Characters>
+  <Pages>8</Pages>
+  <Words>1414</Words>
+  <Characters>8060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4735</CharactersWithSpaces>
+  <CharactersWithSpaces>9456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>ec6593c0-0709-46fd-b28d-ffe498915c85</vt:lpwstr>
+  </property>
 </Properties>
 </file>