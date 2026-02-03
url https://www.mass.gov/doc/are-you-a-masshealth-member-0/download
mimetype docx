--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -3,65 +3,57 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61AAD583" w14:textId="77777777" w:rsidR="009C194A" w:rsidRPr="009C194A" w:rsidRDefault="009C194A" w:rsidP="009C194A">
+    <w:p w14:paraId="61AAD583" w14:textId="16614316" w:rsidR="009C194A" w:rsidRPr="009C194A" w:rsidRDefault="009C194A" w:rsidP="009C194A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C194A">
-        <w:t xml:space="preserve">Are you </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> MassHealth member?</w:t>
+        <w:t>Are you a MassHealth member?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1239A5" w14:textId="77777777" w:rsidR="009C194A" w:rsidRPr="009C194A" w:rsidRDefault="009C194A" w:rsidP="009C194A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C194A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
         </w:rPr>
         <w:t>This checklist will help you use your benefits</w:t>
       </w:r>
       <w:r w:rsidRPr="009C194A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
@@ -309,63 +301,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00E322F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C194A" w:rsidRPr="009C194A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sign up for </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Sign up for MyServices</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="74592021" w14:textId="3CDF62BB" w:rsidR="00E322F0" w:rsidRDefault="009C194A" w:rsidP="009C194A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="216"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C194A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Our easy-to-use member portal allows you to see your benefits, check on information we may need from you, and view and print your MassHealth ID card</w:t>
       </w:r>
       <w:r w:rsidR="00E322F0" w:rsidRPr="00E322F0">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -546,69 +527,69 @@
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br/>
         <w:t>or in person at a MassHealth Enrollment Center near you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C285B2A" w14:textId="77777777" w:rsidR="009C194A" w:rsidRPr="009C194A" w:rsidRDefault="009C194A" w:rsidP="009C194A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C194A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>(800) 841-2900, TDD/TTY: 711</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5595CAC2" w14:textId="406E217E" w:rsidR="00397F46" w:rsidRPr="00397F46" w:rsidRDefault="00AC692B" w:rsidP="00397F46">
+    <w:p w14:paraId="5595CAC2" w14:textId="406E217E" w:rsidR="00397F46" w:rsidRPr="00397F46" w:rsidRDefault="00397F46" w:rsidP="00397F46">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="thick"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00397F46" w:rsidRPr="00AC692B">
+        <w:r w:rsidRPr="00AC692B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Mass.gov/</w:t>
         </w:r>
-        <w:r w:rsidRPr="00AC692B">
+        <w:r w:rsidR="00AC692B" w:rsidRPr="00AC692B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>MassHealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="61A2AC6D" w14:textId="77777777" w:rsidR="00E322F0" w:rsidRDefault="00E322F0" w:rsidP="00E322F0">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B065832" w14:textId="77777777" w:rsidR="00E322F0" w:rsidRPr="00E322F0" w:rsidRDefault="00E322F0" w:rsidP="00E322F0">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -671,61 +652,61 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00397F46" w:rsidRPr="00397F46" w:rsidSect="00814032">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A2C1B7F" w14:textId="77777777" w:rsidR="00AD4670" w:rsidRDefault="00AD4670" w:rsidP="00814032">
+    <w:p w14:paraId="78908FE0" w14:textId="77777777" w:rsidR="00801FB9" w:rsidRDefault="00801FB9" w:rsidP="00814032">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12A359A9" w14:textId="77777777" w:rsidR="00AD4670" w:rsidRDefault="00AD4670" w:rsidP="00814032">
+    <w:p w14:paraId="76D26884" w14:textId="77777777" w:rsidR="00801FB9" w:rsidRDefault="00801FB9" w:rsidP="00814032">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -762,101 +743,104 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MH-REC-FL</w:t>
     </w:r>
     <w:r w:rsidR="009C194A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00814032">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>_2025-06</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04D7E2F6" w14:textId="77777777" w:rsidR="00AD4670" w:rsidRDefault="00AD4670" w:rsidP="00814032">
+    <w:p w14:paraId="38BD2C4B" w14:textId="77777777" w:rsidR="00801FB9" w:rsidRDefault="00801FB9" w:rsidP="00814032">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22C9AA96" w14:textId="77777777" w:rsidR="00AD4670" w:rsidRDefault="00AD4670" w:rsidP="00814032">
+    <w:p w14:paraId="0F9FEBC8" w14:textId="77777777" w:rsidR="00801FB9" w:rsidRDefault="00801FB9" w:rsidP="00814032">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00814032"/>
     <w:rsid w:val="0011392D"/>
     <w:rsid w:val="00397F46"/>
+    <w:rsid w:val="003F5B1D"/>
     <w:rsid w:val="004611BB"/>
     <w:rsid w:val="00696EE3"/>
-    <w:rsid w:val="00814032"/>
+    <w:rsid w:val="00801FB9"/>
+    <w:rsid w:val="00814032"/>
+    <w:rsid w:val="00875333"/>
     <w:rsid w:val="0096364C"/>
     <w:rsid w:val="009C194A"/>
     <w:rsid w:val="00AC692B"/>
     <w:rsid w:val="00AD4670"/>
     <w:rsid w:val="00B74E61"/>
     <w:rsid w:val="00C31278"/>
     <w:rsid w:val="00C50086"/>
     <w:rsid w:val="00D131CA"/>
     <w:rsid w:val="00D92C6A"/>
     <w:rsid w:val="00E322F0"/>
     <w:rsid w:val="00EB17CD"/>
     <w:rsid w:val="00EC0CBC"/>
     <w:rsid w:val="00FC5AC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -1455,50 +1439,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00814032"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -2173,68 +2158,68 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>250</Words>
-  <Characters>1428</Characters>
+  <Characters>1426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1675</CharactersWithSpaces>
+  <CharactersWithSpaces>1673</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Finn, Jonathan F. (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>