--- v0 (2025-11-01)
+++ v1 (2026-02-03)
@@ -375,88 +375,88 @@
     <row r="4" ht="3.3" customHeight="1">
       <c s="2" t="inlineStr" r="H4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">10/01/2025</t>
+            <t xml:space="preserve">02/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="14.7" customHeight="0"/>
     <row r="6" ht="1" customHeight="1"/>
     <row r="7" ht="14.95" customHeight="0">
       <c s="3" t="inlineStr" r="F7">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Company Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="M7">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">210</t>
+            <t xml:space="preserve">216</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" ht="5" customHeight="0"/>
     <row r="9" ht="5.05" customHeight="1"/>
     <row r="10" ht="18" customHeight="0">
       <c s="5" t="inlineStr" r="A10">
         <is>
           <t xml:space="preserve">License #</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="B10">
         <is>
           <t xml:space="preserve">Expire Date</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Business Name</t>
         </is>
       </c>
       <c s="6" t="str" r="D10"/>
       <c s="6" t="str" r="E10"/>
       <c s="6" t="str" r="F10"/>
@@ -515,8835 +515,9087 @@
       </c>
       <c s="9" t="inlineStr" r="K11">
         <is>
           <t xml:space="preserve">Allston</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N11">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O11">
         <is>
           <t xml:space="preserve">02134</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q11">
         <is>
           <t xml:space="preserve">617- 755-1516</t>
         </is>
       </c>
     </row>
     <row r="12" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A12">
         <is>
-          <t xml:space="preserve">AC001043</t>
+          <t xml:space="preserve">AC1152</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B12">
         <is>
-          <t xml:space="preserve">08/29/2026</t>
+          <t xml:space="preserve">10/27/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C12">
         <is>
-          <t xml:space="preserve">RELIABLE ENVIRONMENTAL LLC</t>
+          <t xml:space="preserve">Paragon Construction Group, LLC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G12">
         <is>
-          <t xml:space="preserve">1323 SOUTH ST </t>
+          <t xml:space="preserve">100 HANO STREET, SUITE 10 </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K12">
         <is>
-          <t xml:space="preserve">ANDOVER</t>
+          <t xml:space="preserve">ALLSTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N12">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O12">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">02134</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q12">
         <is>
-          <t xml:space="preserve">978- 509-9754</t>
+          <t xml:space="preserve">617- 293-4355</t>
         </is>
       </c>
     </row>
     <row r="13" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A13">
         <is>
-          <t xml:space="preserve">AC000964</t>
+          <t xml:space="preserve">AC001043</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B13">
         <is>
-          <t xml:space="preserve">10/18/2025</t>
+          <t xml:space="preserve">08/29/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C13">
         <is>
-          <t xml:space="preserve">ACM GROUP, INC. DBA ACM DEMO GROUP</t>
+          <t xml:space="preserve">RELIABLE ENVIRONMENTAL LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G13">
         <is>
-          <t xml:space="preserve">2 INDUSTRIAL WAY </t>
+          <t xml:space="preserve">1323 SOUTH ST </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K13">
         <is>
-          <t xml:space="preserve">ATKINSON</t>
+          <t xml:space="preserve">ANDOVER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N13">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O13">
         <is>
-          <t xml:space="preserve">03811</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q13">
         <is>
-          <t xml:space="preserve">603- 319-1270</t>
+          <t xml:space="preserve">978- 509-9754</t>
         </is>
       </c>
     </row>
     <row r="14" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A14">
         <is>
-          <t xml:space="preserve">AC000193</t>
+          <t xml:space="preserve">AC000964</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B14">
         <is>
-          <t xml:space="preserve">01/06/2026</t>
+          <t xml:space="preserve">10/03/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C14">
         <is>
-          <t xml:space="preserve">COMMERCIAL ENERGY MANAGEMENT, INC.</t>
+          <t xml:space="preserve">ACM GROUP, INC. DBA ACM DEMO GROUP</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G14">
         <is>
-          <t xml:space="preserve">200 PROSPECT STREET </t>
+          <t xml:space="preserve">2 INDUSTRIAL WAY </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K14">
         <is>
-          <t xml:space="preserve">AUBURN</t>
+          <t xml:space="preserve">ATKINSON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N14">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O14">
         <is>
-          <t xml:space="preserve">01501</t>
+          <t xml:space="preserve">03811</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q14">
         <is>
-          <t xml:space="preserve">508- 752-1322</t>
+          <t xml:space="preserve">603- 319-1270</t>
         </is>
       </c>
     </row>
     <row r="15" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A15">
         <is>
-          <t xml:space="preserve">AC1136</t>
+          <t xml:space="preserve">AC000193</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B15">
         <is>
-          <t xml:space="preserve">03/19/2026</t>
+          <t xml:space="preserve">01/08/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C15">
         <is>
-          <t xml:space="preserve">Titus General Contracting</t>
+          <t xml:space="preserve">COMMERCIAL ENERGY MANAGEMENT, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G15">
         <is>
-          <t xml:space="preserve">13 Hill St  </t>
+          <t xml:space="preserve">200 PROSPECT STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K15">
         <is>
-          <t xml:space="preserve">Auburn</t>
+          <t xml:space="preserve">AUBURN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N15">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O15">
         <is>
           <t xml:space="preserve">01501</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q15">
         <is>
-          <t xml:space="preserve">774- 696-7697</t>
+          <t xml:space="preserve">508- 752-1322</t>
         </is>
       </c>
     </row>
     <row r="16" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A16">
         <is>
-          <t xml:space="preserve">AC001079</t>
+          <t xml:space="preserve">AC1136</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B16">
         <is>
-          <t xml:space="preserve">02/28/2026</t>
+          <t xml:space="preserve">03/19/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C16">
         <is>
-          <t xml:space="preserve">INTERNATIONAL ASBESTOS REMOVAL, INC.</t>
+          <t xml:space="preserve">Titus General Contracting</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G16">
         <is>
-          <t xml:space="preserve">119 COOPER STREET </t>
+          <t xml:space="preserve">13 Hill St  </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K16">
         <is>
-          <t xml:space="preserve">BABYLON</t>
+          <t xml:space="preserve">Auburn</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N16">
         <is>
-          <t xml:space="preserve">NY</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O16">
         <is>
-          <t xml:space="preserve">11702</t>
+          <t xml:space="preserve">01501</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q16">
         <is>
-          <t xml:space="preserve">718- 335-0304</t>
+          <t xml:space="preserve">774- 696-7697</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A17">
         <is>
-          <t xml:space="preserve">AC001069</t>
+          <t xml:space="preserve">AC001079</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B17">
         <is>
-          <t xml:space="preserve">11/12/2025</t>
+          <t xml:space="preserve">02/28/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">GREEN SITE SERVICES GROUP, INC.</t>
+          <t xml:space="preserve">INTERNATIONAL ASBESTOS REMOVAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G17">
         <is>
-          <t xml:space="preserve">24 WILLIAMS WAY </t>
+          <t xml:space="preserve">119 COOPER STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K17">
         <is>
-          <t xml:space="preserve">BELLINGHAM</t>
+          <t xml:space="preserve">BABYLON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N17">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NY</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O17">
         <is>
-          <t xml:space="preserve">02019</t>
+          <t xml:space="preserve">11702</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q17">
         <is>
-          <t xml:space="preserve">508- 966-2020</t>
+          <t xml:space="preserve">718- 335-0304</t>
         </is>
       </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A18">
         <is>
-          <t xml:space="preserve">AC000939</t>
+          <t xml:space="preserve">AC001069</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B18">
         <is>
-          <t xml:space="preserve">07/28/2026</t>
+          <t xml:space="preserve">11/13/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C18">
         <is>
-          <t xml:space="preserve">JAMES W. FLETT CO., INC.</t>
+          <t xml:space="preserve">GREEN SITE SERVICES GROUP, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G18">
         <is>
-          <t xml:space="preserve">800 PLEASANT STREET </t>
+          <t xml:space="preserve">24 WILLIAMS WAY </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K18">
         <is>
-          <t xml:space="preserve">BELMONT</t>
+          <t xml:space="preserve">BELLINGHAM</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N18">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O18">
         <is>
-          <t xml:space="preserve">02478</t>
+          <t xml:space="preserve">02019</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q18">
         <is>
-          <t xml:space="preserve">617- 484-8500</t>
+          <t xml:space="preserve">508- 966-2020</t>
         </is>
       </c>
     </row>
     <row r="19" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A19">
         <is>
-          <t xml:space="preserve">AC000677</t>
+          <t xml:space="preserve">AC000939</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B19">
         <is>
-          <t xml:space="preserve">04/10/2026</t>
+          <t xml:space="preserve">07/28/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C19">
         <is>
-          <t xml:space="preserve">NEW ENGLAND ASBESTOS ABATEMENT LLC</t>
+          <t xml:space="preserve">JAMES W. FLETT CO., INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G19">
         <is>
-          <t xml:space="preserve">61 UNITY AVE </t>
+          <t xml:space="preserve">800 PLEASANT STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K19">
         <is>
           <t xml:space="preserve">BELMONT</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N19">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O19">
         <is>
           <t xml:space="preserve">02478</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q19">
         <is>
-          <t xml:space="preserve">617- 775-4688</t>
+          <t xml:space="preserve">617- 484-8500</t>
         </is>
       </c>
     </row>
     <row r="20" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A20">
         <is>
-          <t xml:space="preserve">AC000620</t>
+          <t xml:space="preserve">AC000677</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B20">
         <is>
-          <t xml:space="preserve">04/22/2026</t>
+          <t xml:space="preserve">04/10/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C20">
         <is>
-          <t xml:space="preserve">BRANDENBURG INDUSTRIAL SERVICE COMPANY</t>
+          <t xml:space="preserve">NEW ENGLAND ASBESTOS ABATEMENT LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G20">
         <is>
-          <t xml:space="preserve">2217 SPILLMAN DRIVE </t>
+          <t xml:space="preserve">61 UNITY AVE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K20">
         <is>
-          <t xml:space="preserve">BETHLEHEM</t>
+          <t xml:space="preserve">BELMONT</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N20">
         <is>
-          <t xml:space="preserve">PA</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O20">
         <is>
-          <t xml:space="preserve">180151982</t>
+          <t xml:space="preserve">02478</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q20">
         <is>
-          <t xml:space="preserve">610- 317-5394</t>
+          <t xml:space="preserve">617- 775-4688</t>
         </is>
       </c>
     </row>
     <row r="21" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A21">
         <is>
-          <t xml:space="preserve">AC000992</t>
+          <t xml:space="preserve">AC000620</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B21">
         <is>
-          <t xml:space="preserve">03/12/2026</t>
+          <t xml:space="preserve">04/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C21">
         <is>
-          <t xml:space="preserve">A &amp; S CONSTRUCTION AND DEMOLITION, CO.</t>
+          <t xml:space="preserve">BRANDENBURG INDUSTRIAL SERVICE COMPANY</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G21">
         <is>
-          <t xml:space="preserve">4 LORNA ROAD </t>
+          <t xml:space="preserve">2217 SPILLMAN DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K21">
         <is>
-          <t xml:space="preserve">BOSTON</t>
+          <t xml:space="preserve">BETHLEHEM</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N21">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">PA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O21">
         <is>
-          <t xml:space="preserve">02126</t>
+          <t xml:space="preserve">180151982</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q21">
         <is>
-          <t xml:space="preserve">617- 799-4955</t>
+          <t xml:space="preserve">610- 317-5394</t>
         </is>
       </c>
     </row>
     <row r="22" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A22">
         <is>
-          <t xml:space="preserve">AC001052</t>
+          <t xml:space="preserve">AC000992</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B22">
         <is>
-          <t xml:space="preserve">02/21/2026</t>
+          <t xml:space="preserve">03/12/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C22">
         <is>
-          <t xml:space="preserve">ALL CLEAN ENVIRONMENTAL SERVICES, INC.</t>
+          <t xml:space="preserve">A &amp; S CONSTRUCTION AND DEMOLITION, CO.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G22">
         <is>
-          <t xml:space="preserve">1052 RIVER STREET </t>
+          <t xml:space="preserve">4 LORNA ROAD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K22">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N22">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O22">
         <is>
-          <t xml:space="preserve">02136</t>
+          <t xml:space="preserve">02126</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q22">
         <is>
-          <t xml:space="preserve">330- 697-5887</t>
+          <t xml:space="preserve">617- 799-4955</t>
         </is>
       </c>
     </row>
     <row r="23" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A23">
         <is>
-          <t xml:space="preserve">AC000877</t>
+          <t xml:space="preserve">AC001052</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B23">
         <is>
-          <t xml:space="preserve">02/26/2026</t>
+          <t xml:space="preserve">02/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C23">
         <is>
-          <t xml:space="preserve">CHARTER CONTRACTING COMPANY, LLC</t>
+          <t xml:space="preserve">ALL CLEAN ENVIRONMENTAL SERVICES, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G23">
         <is>
-          <t xml:space="preserve">500 HARRISON AVE SUITE 4R</t>
+          <t xml:space="preserve">1052 RIVER STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K23">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N23">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O23">
         <is>
-          <t xml:space="preserve">02118</t>
+          <t xml:space="preserve">02136</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q23">
         <is>
-          <t xml:space="preserve">857- 246-6836</t>
+          <t xml:space="preserve">330- 697-5887</t>
         </is>
       </c>
     </row>
     <row r="24" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A24">
         <is>
-          <t xml:space="preserve">AC000749</t>
+          <t xml:space="preserve">AC000877</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B24">
         <is>
-          <t xml:space="preserve">05/13/2026</t>
+          <t xml:space="preserve">02/26/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C24">
         <is>
-          <t xml:space="preserve">ENVIROGREEN, L.L.C.</t>
+          <t xml:space="preserve">CHARTER CONTRACTING COMPANY, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G24">
         <is>
-          <t xml:space="preserve">81 CHESTNUT AVE </t>
+          <t xml:space="preserve">500 HARRISON AVE SUITE 4R</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K24">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N24">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O24">
         <is>
-          <t xml:space="preserve">02130</t>
+          <t xml:space="preserve">02118</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q24">
         <is>
-          <t xml:space="preserve">857- 891-3842</t>
+          <t xml:space="preserve">857- 246-6836</t>
         </is>
       </c>
     </row>
     <row r="25" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A25">
         <is>
-          <t xml:space="preserve">AC000854</t>
+          <t xml:space="preserve">AC000749</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B25">
         <is>
-          <t xml:space="preserve">11/05/2025</t>
+          <t xml:space="preserve">05/13/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C25">
         <is>
-          <t xml:space="preserve">JDC DEMOLITION COMPANY, INC.</t>
+          <t xml:space="preserve">ENVIROGREEN, L.L.C.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G25">
         <is>
-          <t xml:space="preserve">60 GERARD STREET </t>
+          <t xml:space="preserve">81 CHESTNUT AVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K25">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N25">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O25">
         <is>
-          <t xml:space="preserve">02119</t>
+          <t xml:space="preserve">02130</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q25">
         <is>
-          <t xml:space="preserve">508- 897-8090</t>
+          <t xml:space="preserve">857- 891-3842</t>
         </is>
       </c>
     </row>
     <row r="26" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A26">
         <is>
-          <t xml:space="preserve">AC1115</t>
+          <t xml:space="preserve">AC001058</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B26">
         <is>
-          <t xml:space="preserve">03/18/2026</t>
+          <t xml:space="preserve">01/13/2027</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C26">
         <is>
-          <t xml:space="preserve">Pappas Industries, Inc</t>
+          <t xml:space="preserve">GREEN ENVIRONMENTAL CONTRACTORS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G26">
         <is>
-          <t xml:space="preserve">14 Bosuns lane </t>
+          <t xml:space="preserve">48 COFFEY STREET #9A</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K26">
         <is>
-          <t xml:space="preserve">Bourne</t>
+          <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N26">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O26">
         <is>
-          <t xml:space="preserve">02532</t>
+          <t xml:space="preserve">02122</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q26">
         <is>
-          <t xml:space="preserve">508- 566-1510</t>
+          <t xml:space="preserve">781- 871-8278</t>
         </is>
       </c>
     </row>
     <row r="27" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A27">
         <is>
-          <t xml:space="preserve">AC000759</t>
+          <t xml:space="preserve">AC1115</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B27">
         <is>
-          <t xml:space="preserve">11/18/2025</t>
+          <t xml:space="preserve">03/18/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C27">
         <is>
-          <t xml:space="preserve">ARCADIS U.S., INC.</t>
+          <t xml:space="preserve">Pappas Industries, Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G27">
         <is>
-          <t xml:space="preserve">25 BRAINTREE HILL OFFICE PARK SUITE 200</t>
+          <t xml:space="preserve">14 Bosuns lane </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K27">
         <is>
-          <t xml:space="preserve">BRAINTREE</t>
+          <t xml:space="preserve">Bourne</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N27">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O27">
         <is>
-          <t xml:space="preserve">02184</t>
+          <t xml:space="preserve">02532</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q27">
         <is>
-          <t xml:space="preserve">781- 849-0189</t>
+          <t xml:space="preserve">508- 566-1510</t>
         </is>
       </c>
     </row>
     <row r="28" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A28">
         <is>
-          <t xml:space="preserve">AC000819</t>
+          <t xml:space="preserve">AC000759</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B28">
         <is>
-          <t xml:space="preserve">08/12/2026</t>
+          <t xml:space="preserve">11/12/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C28">
         <is>
-          <t xml:space="preserve">WELCH ENVIRONMENTAL CORP.</t>
+          <t xml:space="preserve">ARCADIS U.S., INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G28">
         <is>
-          <t xml:space="preserve">35 ELECTRIC AVENUE </t>
+          <t xml:space="preserve">25 BRAINTREE HILL OFFICE PARK SUITE 200</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K28">
         <is>
-          <t xml:space="preserve">BRIGHTON</t>
+          <t xml:space="preserve">BRAINTREE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N28">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O28">
         <is>
-          <t xml:space="preserve">02135</t>
+          <t xml:space="preserve">02184</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q28">
         <is>
-          <t xml:space="preserve">617- 254-7550</t>
+          <t xml:space="preserve">781- 849-0189</t>
         </is>
       </c>
     </row>
     <row r="29" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A29">
         <is>
-          <t xml:space="preserve">AC000503</t>
+          <t xml:space="preserve">AC1116</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B29">
         <is>
-          <t xml:space="preserve">02/05/2026</t>
+          <t xml:space="preserve">11/12/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C29">
         <is>
-          <t xml:space="preserve">BRISTOL ENVIRONMENTAL, LLC</t>
+          <t xml:space="preserve">J J Alison Corporation</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G29">
         <is>
-          <t xml:space="preserve">1123 BEAVER STREET </t>
+          <t xml:space="preserve">45 Burrill Ave </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K29">
         <is>
-          <t xml:space="preserve">BRISTOL</t>
+          <t xml:space="preserve">Bridgewater</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N29">
         <is>
-          <t xml:space="preserve">PA</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O29">
         <is>
-          <t xml:space="preserve">19007</t>
+          <t xml:space="preserve">02324</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q29">
         <is>
-          <t xml:space="preserve">215- 788-6040</t>
+          <t xml:space="preserve">774- 517-0781</t>
         </is>
       </c>
     </row>
     <row r="30" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A30">
         <is>
-          <t xml:space="preserve">AC000842</t>
+          <t xml:space="preserve">AC000819</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B30">
         <is>
-          <t xml:space="preserve">04/18/2026</t>
+          <t xml:space="preserve">08/12/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C30">
         <is>
-          <t xml:space="preserve">J. DERENZO CO.</t>
+          <t xml:space="preserve">WELCH ENVIRONMENTAL CORP.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G30">
         <is>
-          <t xml:space="preserve">338 HOWARD STREET </t>
+          <t xml:space="preserve">35 ELECTRIC AVENUE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K30">
         <is>
-          <t xml:space="preserve">BROCKTON</t>
+          <t xml:space="preserve">BRIGHTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N30">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O30">
         <is>
-          <t xml:space="preserve">02302</t>
+          <t xml:space="preserve">02135</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q30">
         <is>
-          <t xml:space="preserve">508- 427-6441</t>
+          <t xml:space="preserve">617- 254-7550</t>
         </is>
       </c>
     </row>
     <row r="31" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A31">
         <is>
-          <t xml:space="preserve">AC000822</t>
+          <t xml:space="preserve">AC000503</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B31">
         <is>
-          <t xml:space="preserve">10/25/2025</t>
+          <t xml:space="preserve">01/21/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C31">
         <is>
-          <t xml:space="preserve">JDC DEMO &amp; ABATEMENT, LLC</t>
+          <t xml:space="preserve">BRISTOL ENVIRONMENTAL, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G31">
         <is>
-          <t xml:space="preserve">338 HOWARD STREET </t>
+          <t xml:space="preserve">1123 BEAVER STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K31">
         <is>
-          <t xml:space="preserve">BROCKTON</t>
+          <t xml:space="preserve">BRISTOL</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N31">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">PA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O31">
         <is>
-          <t xml:space="preserve">02302</t>
+          <t xml:space="preserve">19007</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q31">
         <is>
-          <t xml:space="preserve">508- 897-8007</t>
+          <t xml:space="preserve">215- 788-6040</t>
         </is>
       </c>
     </row>
     <row r="32" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A32">
         <is>
-          <t xml:space="preserve">AC000959</t>
+          <t xml:space="preserve">AC000842</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B32">
         <is>
-          <t xml:space="preserve">07/07/2026</t>
+          <t xml:space="preserve">04/18/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C32">
         <is>
-          <t xml:space="preserve">ALPINE ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">J. DERENZO CO.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G32">
         <is>
-          <t xml:space="preserve">275 BILLERICA ROAD SUITE 2B</t>
+          <t xml:space="preserve">338 HOWARD STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K32">
         <is>
-          <t xml:space="preserve">CHELMSFORD</t>
+          <t xml:space="preserve">BROCKTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N32">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O32">
         <is>
-          <t xml:space="preserve">01824</t>
+          <t xml:space="preserve">02302</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q32">
         <is>
-          <t xml:space="preserve">978- 250-2740</t>
+          <t xml:space="preserve">508- 427-6441</t>
         </is>
       </c>
     </row>
     <row r="33" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A33">
         <is>
-          <t xml:space="preserve">AC1099</t>
+          <t xml:space="preserve">AC000822</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B33">
         <is>
-          <t xml:space="preserve">05/27/2026</t>
+          <t xml:space="preserve">11/04/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C33">
         <is>
-          <t xml:space="preserve">Morneault Environmental LLC</t>
+          <t xml:space="preserve">JDC DEMO &amp; ABATEMENT, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G33">
         <is>
-          <t xml:space="preserve">108 Middlesex St </t>
+          <t xml:space="preserve">338 HOWARD STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K33">
         <is>
-          <t xml:space="preserve">Chelmsford</t>
+          <t xml:space="preserve">BROCKTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N33">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O33">
         <is>
-          <t xml:space="preserve">01863</t>
+          <t xml:space="preserve">02302</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q33">
         <is>
-          <t xml:space="preserve">978- 404-1467</t>
+          <t xml:space="preserve">508- 897-8007</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A34">
         <is>
-          <t xml:space="preserve">AC001077</t>
+          <t xml:space="preserve">AC000959</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B34">
         <is>
-          <t xml:space="preserve">04/10/2026</t>
+          <t xml:space="preserve">07/07/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">REYES ENVIRONMENTAL LLC</t>
+          <t xml:space="preserve">ALPINE ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G34">
         <is>
-          <t xml:space="preserve">106 GARFIELD AVE #2</t>
+          <t xml:space="preserve">275 BILLERICA ROAD SUITE 2B</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K34">
         <is>
-          <t xml:space="preserve">CHELSEA</t>
+          <t xml:space="preserve">CHELMSFORD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N34">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O34">
         <is>
-          <t xml:space="preserve">02150</t>
+          <t xml:space="preserve">01824</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q34">
         <is>
-          <t xml:space="preserve">857- 326-8374</t>
+          <t xml:space="preserve">978- 250-2740</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A35">
         <is>
-          <t xml:space="preserve">AC001082</t>
+          <t xml:space="preserve">AC1099</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B35">
         <is>
-          <t xml:space="preserve">05/21/2026</t>
+          <t xml:space="preserve">05/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C35">
         <is>
-          <t xml:space="preserve">CHARPS, LLC</t>
+          <t xml:space="preserve">Morneault Environmental LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G35">
         <is>
-          <t xml:space="preserve">453 TOWER STREET NW </t>
+          <t xml:space="preserve">108 Middlesex St </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K35">
         <is>
-          <t xml:space="preserve">CLEARBROOK</t>
+          <t xml:space="preserve">Chelmsford</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N35">
         <is>
-          <t xml:space="preserve">MN</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O35">
         <is>
-          <t xml:space="preserve">56634</t>
+          <t xml:space="preserve">01863</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q35">
         <is>
-          <t xml:space="preserve">218- 776-3080</t>
+          <t xml:space="preserve">978- 404-1467</t>
         </is>
       </c>
     </row>
     <row r="36" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A36">
         <is>
-          <t xml:space="preserve">AC1143</t>
+          <t xml:space="preserve">AC001077</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B36">
         <is>
-          <t xml:space="preserve">06/01/2026</t>
+          <t xml:space="preserve">04/10/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C36">
         <is>
-          <t xml:space="preserve">C&amp;M LLC dba Alliance Restoration</t>
+          <t xml:space="preserve">REYES ENVIRONMENTAL LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G36">
         <is>
-          <t xml:space="preserve">2158 Plainfield Pike </t>
+          <t xml:space="preserve">106 GARFIELD AVE #2</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K36">
         <is>
-          <t xml:space="preserve">Cranston</t>
+          <t xml:space="preserve">CHELSEA</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N36">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O36">
         <is>
-          <t xml:space="preserve">02921</t>
+          <t xml:space="preserve">02150</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q36">
         <is>
-          <t xml:space="preserve">401- 437-9111</t>
+          <t xml:space="preserve">857- 326-8374</t>
         </is>
       </c>
     </row>
     <row r="37" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A37">
         <is>
-          <t xml:space="preserve">AC001050</t>
+          <t xml:space="preserve">AC001082</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B37">
         <is>
-          <t xml:space="preserve">02/10/2026</t>
+          <t xml:space="preserve">05/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C37">
         <is>
-          <t xml:space="preserve">PASQUAZZI BROS, INC.</t>
+          <t xml:space="preserve">CHARPS, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G37">
         <is>
-          <t xml:space="preserve">464 DYER AVE </t>
+          <t xml:space="preserve">453 TOWER STREET NW </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K37">
         <is>
-          <t xml:space="preserve">CRANSTON</t>
+          <t xml:space="preserve">CLEARBROOK</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N37">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">MN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O37">
         <is>
-          <t xml:space="preserve">02920</t>
+          <t xml:space="preserve">56634</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q37">
         <is>
-          <t xml:space="preserve">401- 942-2250</t>
+          <t xml:space="preserve">218- 776-3080</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A38">
         <is>
-          <t xml:space="preserve">AC000241</t>
+          <t xml:space="preserve">AC1143</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B38">
         <is>
-          <t xml:space="preserve">10/11/2025</t>
+          <t xml:space="preserve">06/01/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C38">
         <is>
-          <t xml:space="preserve">PETER GREIFER ENTERPRISES, INC.</t>
+          <t xml:space="preserve">C&amp;M LLC dba Alliance Restoration</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G38">
         <is>
-          <t xml:space="preserve">780 RESERVOIR AVE. SUITE 194</t>
+          <t xml:space="preserve">2158 Plainfield Pike </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K38">
         <is>
-          <t xml:space="preserve">CRANSTON</t>
+          <t xml:space="preserve">Cranston</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N38">
         <is>
           <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O38">
         <is>
-          <t xml:space="preserve">02910</t>
+          <t xml:space="preserve">02921</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q38">
         <is>
-          <t xml:space="preserve">401- 946-4506</t>
+          <t xml:space="preserve">401- 437-9111</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A39">
         <is>
-          <t xml:space="preserve">AC000353</t>
+          <t xml:space="preserve">AC001050</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B39">
         <is>
-          <t xml:space="preserve">06/06/2026</t>
+          <t xml:space="preserve">01/20/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C39">
         <is>
-          <t xml:space="preserve">SITECON CORP., INC.</t>
+          <t xml:space="preserve">PASQUAZZI BROS, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G39">
         <is>
-          <t xml:space="preserve">1430 CRANSTON STREET SUITE A</t>
+          <t xml:space="preserve">464 DYER AVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K39">
         <is>
           <t xml:space="preserve">CRANSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N39">
         <is>
           <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O39">
         <is>
           <t xml:space="preserve">02920</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q39">
         <is>
-          <t xml:space="preserve">401- 944-2335</t>
+          <t xml:space="preserve">401- 942-2250</t>
         </is>
       </c>
     </row>
     <row r="40" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A40">
         <is>
-          <t xml:space="preserve">AC001063</t>
+          <t xml:space="preserve">AC000241</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B40">
         <is>
-          <t xml:space="preserve">12/20/2025</t>
+          <t xml:space="preserve">10/17/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C40">
         <is>
-          <t xml:space="preserve">FIRST CHOICE DEMOLITION LLC</t>
+          <t xml:space="preserve">PETER GREIFER ENTERPRISES, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G40">
         <is>
-          <t xml:space="preserve">230 INDEPENDENCE WAY SUITE 1053</t>
+          <t xml:space="preserve">780 RESERVOIR AVE. SUITE 194</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K40">
         <is>
-          <t xml:space="preserve">DANVERS</t>
+          <t xml:space="preserve">CRANSTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N40">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O40">
         <is>
-          <t xml:space="preserve">01923</t>
+          <t xml:space="preserve">02910</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q40">
         <is>
-          <t xml:space="preserve">978- 382-3256</t>
+          <t xml:space="preserve">401- 946-4506</t>
         </is>
       </c>
     </row>
     <row r="41" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A41">
         <is>
-          <t xml:space="preserve">AC1097</t>
+          <t xml:space="preserve">AC000353</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B41">
         <is>
-          <t xml:space="preserve">04/29/2026</t>
+          <t xml:space="preserve">06/06/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C41">
         <is>
-          <t xml:space="preserve">EC INTERIORS LLC</t>
+          <t xml:space="preserve">SITECON CORP., INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G41">
         <is>
-          <t xml:space="preserve">818 REED RD  </t>
+          <t xml:space="preserve">1430 CRANSTON STREET SUITE A</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K41">
         <is>
-          <t xml:space="preserve">DARTMOUTH</t>
+          <t xml:space="preserve">CRANSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N41">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O41">
         <is>
-          <t xml:space="preserve">02747</t>
+          <t xml:space="preserve">02920</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q41">
         <is>
-          <t xml:space="preserve">516- 499-2441</t>
+          <t xml:space="preserve">401- 944-2335</t>
         </is>
       </c>
     </row>
     <row r="42" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A42">
         <is>
-          <t xml:space="preserve">AC000867</t>
+          <t xml:space="preserve">AC001063</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B42">
         <is>
-          <t xml:space="preserve">04/03/2026</t>
+          <t xml:space="preserve">01/07/2027</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C42">
         <is>
-          <t xml:space="preserve">BASCOM ENVIRONMENTAL CO</t>
+          <t xml:space="preserve">FIRST CHOICE DEMOLITION LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G42">
         <is>
-          <t xml:space="preserve">554 WASHINGTON STREET STE 240683</t>
+          <t xml:space="preserve">230 INDEPENDENCE WAY SUITE 1053</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K42">
         <is>
-          <t xml:space="preserve">DORCHESTER</t>
+          <t xml:space="preserve">DANVERS</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N42">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O42">
         <is>
-          <t xml:space="preserve">02124</t>
+          <t xml:space="preserve">01923</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q42">
         <is>
-          <t xml:space="preserve">617- 282-9500</t>
+          <t xml:space="preserve">978- 382-3256</t>
         </is>
       </c>
     </row>
     <row r="43" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A43">
         <is>
-          <t xml:space="preserve">AC001001</t>
+          <t xml:space="preserve">AC1097</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B43">
         <is>
-          <t xml:space="preserve">03/12/2026</t>
+          <t xml:space="preserve">04/29/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C43">
         <is>
-          <t xml:space="preserve">GILBERT &amp; BECKER CO, INC.</t>
+          <t xml:space="preserve">EC INTERIORS LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G43">
         <is>
-          <t xml:space="preserve">16-24 CLAPP STREET </t>
+          <t xml:space="preserve">818 REED RD  </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K43">
         <is>
-          <t xml:space="preserve">DORCHESTER</t>
+          <t xml:space="preserve">DARTMOUTH</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N43">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O43">
         <is>
-          <t xml:space="preserve">02125</t>
+          <t xml:space="preserve">02747</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q43">
         <is>
-          <t xml:space="preserve">617- 265-4343</t>
+          <t xml:space="preserve">516- 499-2441</t>
         </is>
       </c>
     </row>
     <row r="44" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A44">
         <is>
-          <t xml:space="preserve">AC000887</t>
+          <t xml:space="preserve">AC000867</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B44">
         <is>
-          <t xml:space="preserve">06/30/2026</t>
+          <t xml:space="preserve">04/03/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C44">
         <is>
-          <t xml:space="preserve">ALBANESE BROTHERS, INC.</t>
+          <t xml:space="preserve">BASCOM ENVIRONMENTAL CO</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G44">
         <is>
-          <t xml:space="preserve">28 LOON HILL ROAD </t>
+          <t xml:space="preserve">554 WASHINGTON STREET STE 240683</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K44">
         <is>
-          <t xml:space="preserve">DRACUT</t>
+          <t xml:space="preserve">DORCHESTER</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N44">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O44">
         <is>
-          <t xml:space="preserve">01826</t>
+          <t xml:space="preserve">02124</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q44">
         <is>
-          <t xml:space="preserve">978- 459-8850</t>
+          <t xml:space="preserve">617- 282-9500</t>
         </is>
       </c>
     </row>
     <row r="45" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A45">
         <is>
-          <t xml:space="preserve">AC001056</t>
+          <t xml:space="preserve">AC001001</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B45">
         <is>
-          <t xml:space="preserve">08/25/2026</t>
+          <t xml:space="preserve">03/12/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C45">
         <is>
-          <t xml:space="preserve">M.D.M. ENGINEERING COMPANY, INC.</t>
+          <t xml:space="preserve">GILBERT &amp; BECKER CO, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G45">
         <is>
-          <t xml:space="preserve">51 SAWMILL ROAD </t>
+          <t xml:space="preserve">16-24 CLAPP STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K45">
         <is>
-          <t xml:space="preserve">DUDLEY</t>
+          <t xml:space="preserve">DORCHESTER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N45">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O45">
         <is>
-          <t xml:space="preserve">01571</t>
+          <t xml:space="preserve">02125</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q45">
         <is>
-          <t xml:space="preserve">774- 230-0734</t>
+          <t xml:space="preserve">617- 265-4343</t>
         </is>
       </c>
     </row>
     <row r="46" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A46">
         <is>
-          <t xml:space="preserve">AC000973</t>
+          <t xml:space="preserve">AC000887</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B46">
         <is>
-          <t xml:space="preserve">04/09/2026</t>
+          <t xml:space="preserve">06/30/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C46">
         <is>
-          <t xml:space="preserve">ANGELINA'S ENVIRONMENTAL SERVICES CORPORATION</t>
+          <t xml:space="preserve">ALBANESE BROTHERS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G46">
         <is>
-          <t xml:space="preserve">65 WEST EAGLE STREET </t>
+          <t xml:space="preserve">28 LOON HILL ROAD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K46">
         <is>
-          <t xml:space="preserve">EAST BOSTON</t>
+          <t xml:space="preserve">DRACUT</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N46">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O46">
         <is>
-          <t xml:space="preserve">02128</t>
+          <t xml:space="preserve">01826</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q46">
         <is>
-          <t xml:space="preserve">857- 350-2975</t>
+          <t xml:space="preserve">978- 459-8850</t>
         </is>
       </c>
     </row>
     <row r="47" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A47">
         <is>
-          <t xml:space="preserve">AC001068</t>
+          <t xml:space="preserve">AC001056</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B47">
         <is>
-          <t xml:space="preserve">06/02/2026</t>
+          <t xml:space="preserve">08/25/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C47">
         <is>
-          <t xml:space="preserve">ADVANCED ABATEMENT SOLUTIONS LLC</t>
+          <t xml:space="preserve">M.D.M. ENGINEERING COMPANY, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G47">
         <is>
-          <t xml:space="preserve">707 FORBES STREET </t>
+          <t xml:space="preserve">51 SAWMILL ROAD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K47">
         <is>
-          <t xml:space="preserve">EAST HARTFORD</t>
+          <t xml:space="preserve">DUDLEY</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N47">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O47">
         <is>
-          <t xml:space="preserve">06118</t>
+          <t xml:space="preserve">01571</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q47">
         <is>
-          <t xml:space="preserve">516- 246-0539</t>
+          <t xml:space="preserve">774- 230-0734</t>
         </is>
       </c>
     </row>
     <row r="48" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A48">
         <is>
-          <t xml:space="preserve">AC001044</t>
+          <t xml:space="preserve">AC000973</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B48">
         <is>
-          <t xml:space="preserve">02/11/2026</t>
+          <t xml:space="preserve">04/09/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C48">
         <is>
-          <t xml:space="preserve">AMERICAN BUILDING WRECKERS, LLC</t>
+          <t xml:space="preserve">ANGELINA'S ENVIRONMENTAL SERVICES CORPORATION</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G48">
         <is>
-          <t xml:space="preserve">1227 BURNSIDE AVE STE# 29</t>
+          <t xml:space="preserve">65 WEST EAGLE STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K48">
         <is>
-          <t xml:space="preserve">EAST HARTFORD</t>
+          <t xml:space="preserve">EAST BOSTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N48">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O48">
         <is>
-          <t xml:space="preserve">06108</t>
+          <t xml:space="preserve">02128</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q48">
         <is>
-          <t xml:space="preserve">860- 519-0266</t>
+          <t xml:space="preserve">857- 350-2975</t>
         </is>
       </c>
     </row>
     <row r="49" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A49">
         <is>
-          <t xml:space="preserve">AC000997</t>
+          <t xml:space="preserve">AC000950</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B49">
         <is>
-          <t xml:space="preserve">06/18/2026</t>
+          <t xml:space="preserve">10/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C49">
         <is>
-          <t xml:space="preserve">F&amp;E FRONTIER ENVIRONMENTAL LLC</t>
+          <t xml:space="preserve">EMERALD ENVIRONMENTAL SERVICES</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G49">
         <is>
-          <t xml:space="preserve">22 JUNE STREET </t>
+          <t xml:space="preserve">100 PARIS STREET #3</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K49">
         <is>
-          <t xml:space="preserve">EAST HARTFORD</t>
+          <t xml:space="preserve">EAST BOSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N49">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O49">
         <is>
-          <t xml:space="preserve">06095</t>
+          <t xml:space="preserve">02128</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q49">
         <is>
-          <t xml:space="preserve">860- 938-2578</t>
+          <t xml:space="preserve">617- 785-4225</t>
         </is>
       </c>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A50">
         <is>
-          <t xml:space="preserve">AC000254</t>
+          <t xml:space="preserve">AC001068</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B50">
         <is>
-          <t xml:space="preserve">01/14/2026</t>
+          <t xml:space="preserve">06/02/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C50">
         <is>
-          <t xml:space="preserve">ABIDE, INC.</t>
+          <t xml:space="preserve">ADVANCED ABATEMENT SOLUTIONS LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G50">
         <is>
-          <t xml:space="preserve">483 SHAKER ROAD </t>
+          <t xml:space="preserve">707 FORBES STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K50">
         <is>
-          <t xml:space="preserve">EAST LONGMEADOW</t>
+          <t xml:space="preserve">EAST HARTFORD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N50">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O50">
         <is>
-          <t xml:space="preserve">01028</t>
+          <t xml:space="preserve">06118</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q50">
         <is>
-          <t xml:space="preserve">413- 525-0644</t>
+          <t xml:space="preserve">516- 246-0539</t>
         </is>
       </c>
     </row>
     <row r="51" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A51">
         <is>
-          <t xml:space="preserve">AC000024</t>
+          <t xml:space="preserve">AC001044</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B51">
         <is>
-          <t xml:space="preserve">08/11/2026</t>
+          <t xml:space="preserve">02/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C51">
         <is>
-          <t xml:space="preserve">BESTECH, INC. OF CONNECTICUT</t>
+          <t xml:space="preserve">AMERICAN BUILDING WRECKERS, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G51">
         <is>
-          <t xml:space="preserve">25 PINNEY STREET </t>
+          <t xml:space="preserve">1227 BURNSIDE AVE STE# 29</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K51">
         <is>
-          <t xml:space="preserve">ELLINGTON</t>
+          <t xml:space="preserve">EAST HARTFORD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N51">
         <is>
           <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O51">
         <is>
-          <t xml:space="preserve">06029</t>
+          <t xml:space="preserve">06108</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q51">
         <is>
-          <t xml:space="preserve">860- 896-1000</t>
+          <t xml:space="preserve">860- 519-0266</t>
         </is>
       </c>
     </row>
     <row r="52" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A52">
         <is>
-          <t xml:space="preserve">AC000510</t>
+          <t xml:space="preserve">AC000997</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B52">
         <is>
-          <t xml:space="preserve">05/20/2026</t>
+          <t xml:space="preserve">06/18/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C52">
         <is>
-          <t xml:space="preserve">ENVIROVANTAGE, INC.</t>
+          <t xml:space="preserve">F&amp;E FRONTIER ENVIRONMENTAL LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G52">
         <is>
-          <t xml:space="preserve">629 CALEF HIGHWAY </t>
+          <t xml:space="preserve">22 JUNE STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K52">
         <is>
-          <t xml:space="preserve">EPPING</t>
+          <t xml:space="preserve">EAST HARTFORD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N52">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O52">
         <is>
-          <t xml:space="preserve">03042</t>
+          <t xml:space="preserve">06095</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q52">
         <is>
-          <t xml:space="preserve">603- 679-9682</t>
+          <t xml:space="preserve">860- 938-2578</t>
         </is>
       </c>
     </row>
     <row r="53" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A53">
         <is>
-          <t xml:space="preserve">AC000461</t>
+          <t xml:space="preserve">AC000254</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B53">
         <is>
-          <t xml:space="preserve">05/20/2026</t>
+          <t xml:space="preserve">01/15/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C53">
         <is>
-          <t xml:space="preserve">MCCONNELL ENTERPRISES, INC.</t>
+          <t xml:space="preserve">ABIDE, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G53">
         <is>
-          <t xml:space="preserve">10 ICE HOUSE LANE </t>
+          <t xml:space="preserve">483 SHAKER ROAD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K53">
         <is>
-          <t xml:space="preserve">ESSEX</t>
+          <t xml:space="preserve">EAST LONGMEADOW</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N53">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O53">
         <is>
-          <t xml:space="preserve">01929</t>
+          <t xml:space="preserve">01028</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q53">
         <is>
-          <t xml:space="preserve">978- 768-6078</t>
+          <t xml:space="preserve">413- 525-0644</t>
         </is>
       </c>
     </row>
     <row r="54" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A54">
         <is>
-          <t xml:space="preserve">AC000464</t>
+          <t xml:space="preserve">AC000024</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B54">
         <is>
-          <t xml:space="preserve">04/24/2026</t>
+          <t xml:space="preserve">08/11/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C54">
         <is>
-          <t xml:space="preserve">AIR SAFE, INC.</t>
+          <t xml:space="preserve">BESTECH, INC. OF CONNECTICUT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G54">
         <is>
-          <t xml:space="preserve">71 NORMAN STREET </t>
+          <t xml:space="preserve">25 PINNEY STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K54">
         <is>
-          <t xml:space="preserve">EVERETT</t>
+          <t xml:space="preserve">ELLINGTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N54">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O54">
         <is>
-          <t xml:space="preserve">02149</t>
+          <t xml:space="preserve">06029</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q54">
         <is>
-          <t xml:space="preserve">978- 339-5361</t>
+          <t xml:space="preserve">860- 896-1000</t>
         </is>
       </c>
     </row>
     <row r="55" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A55">
         <is>
-          <t xml:space="preserve">AC001067</t>
+          <t xml:space="preserve">AC000510</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B55">
         <is>
-          <t xml:space="preserve">09/25/2026</t>
+          <t xml:space="preserve">05/20/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C55">
         <is>
-          <t xml:space="preserve">DENZEL ENVIRONMENTAL SERVICES, INC.</t>
+          <t xml:space="preserve">ENVIROVANTAGE, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G55">
         <is>
-          <t xml:space="preserve">128 SPRING STREET </t>
+          <t xml:space="preserve">629 CALEF HIGHWAY </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K55">
         <is>
-          <t xml:space="preserve">EVERETT</t>
+          <t xml:space="preserve">EPPING</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N55">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O55">
         <is>
-          <t xml:space="preserve">02149</t>
+          <t xml:space="preserve">03042</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q55">
         <is>
-          <t xml:space="preserve">781- 869-0362</t>
+          <t xml:space="preserve">603- 679-9682</t>
         </is>
       </c>
     </row>
     <row r="56" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A56">
         <is>
-          <t xml:space="preserve">AC000097</t>
+          <t xml:space="preserve">AC000461</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B56">
         <is>
-          <t xml:space="preserve">07/14/2026</t>
+          <t xml:space="preserve">05/20/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C56">
         <is>
-          <t xml:space="preserve">NORTHSTAR CONTRACTING GROUP</t>
+          <t xml:space="preserve">MCCONNELL ENTERPRISES, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G56">
         <is>
-          <t xml:space="preserve">401 S SECOND ST </t>
+          <t xml:space="preserve">10 ICE HOUSE LANE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K56">
         <is>
-          <t xml:space="preserve">EVERETT</t>
+          <t xml:space="preserve">ESSEX</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N56">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O56">
         <is>
-          <t xml:space="preserve">02149</t>
+          <t xml:space="preserve">01929</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q56">
         <is>
-          <t xml:space="preserve">409- 474-2082</t>
+          <t xml:space="preserve">978- 768-6078</t>
         </is>
       </c>
     </row>
     <row r="57" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A57">
         <is>
-          <t xml:space="preserve">AC1147</t>
+          <t xml:space="preserve">AC000464</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B57">
         <is>
-          <t xml:space="preserve">07/18/2026</t>
+          <t xml:space="preserve">04/24/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C57">
         <is>
-          <t xml:space="preserve">Remediation Holdings, LLC</t>
+          <t xml:space="preserve">AIR SAFE, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G57">
         <is>
-          <t xml:space="preserve">6 Norman Street </t>
+          <t xml:space="preserve">71 NORMAN STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K57">
         <is>
-          <t xml:space="preserve">Everett</t>
+          <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N57">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O57">
         <is>
           <t xml:space="preserve">02149</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q57">
         <is>
-          <t xml:space="preserve">443- 822-8520</t>
+          <t xml:space="preserve">978- 339-5361</t>
         </is>
       </c>
     </row>
     <row r="58" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A58">
         <is>
-          <t xml:space="preserve">AC000763</t>
+          <t xml:space="preserve">AC001067</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B58">
         <is>
-          <t xml:space="preserve">03/28/2026</t>
+          <t xml:space="preserve">09/25/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C58">
         <is>
-          <t xml:space="preserve">PRISM RESPONSE, LLC</t>
+          <t xml:space="preserve">DENZEL ENVIRONMENTAL SERVICES, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G58">
         <is>
-          <t xml:space="preserve">4000 TRIANGLE LANE SUITE 160</t>
+          <t xml:space="preserve">128 SPRING STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K58">
         <is>
-          <t xml:space="preserve">EXPORT</t>
+          <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N58">
         <is>
-          <t xml:space="preserve">PA</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O58">
         <is>
-          <t xml:space="preserve">15632</t>
+          <t xml:space="preserve">02149</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q58">
         <is>
-          <t xml:space="preserve">724- 325-3330</t>
+          <t xml:space="preserve">781- 869-0362</t>
         </is>
       </c>
     </row>
     <row r="59" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A59">
         <is>
-          <t xml:space="preserve">AC001062</t>
+          <t xml:space="preserve">AC000097</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B59">
         <is>
-          <t xml:space="preserve">01/27/2026</t>
+          <t xml:space="preserve">07/14/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C59">
         <is>
-          <t xml:space="preserve">SPECTRUM ENVIRONMENTAL, LLC</t>
+          <t xml:space="preserve">NORTHSTAR CONTRACTING GROUP</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G59">
         <is>
-          <t xml:space="preserve">4000 TRIANGLE LANE SUITE 160</t>
+          <t xml:space="preserve">401 S SECOND ST </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K59">
         <is>
-          <t xml:space="preserve">EXPORT</t>
+          <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N59">
         <is>
-          <t xml:space="preserve">PA</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O59">
         <is>
-          <t xml:space="preserve">15632</t>
+          <t xml:space="preserve">02149</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q59">
         <is>
-          <t xml:space="preserve">724- 325-3330</t>
+          <t xml:space="preserve">409- 474-2082</t>
         </is>
       </c>
     </row>
     <row r="60" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A60">
         <is>
-          <t xml:space="preserve">AC000738</t>
+          <t xml:space="preserve">AC1147</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B60">
         <is>
-          <t xml:space="preserve">09/29/2026</t>
+          <t xml:space="preserve">07/18/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C60">
         <is>
-          <t xml:space="preserve">ENVIRONMENTAL RESTORATION, LLC</t>
+          <t xml:space="preserve">Remediation Holdings, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G60">
         <is>
-          <t xml:space="preserve">1666 FABICK DRIVE </t>
+          <t xml:space="preserve">6 NORMAN STREET PO BOX 474 WRENTHAM. MA 02093 FOR MAIL </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K60">
         <is>
-          <t xml:space="preserve">FENTON</t>
+          <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N60">
         <is>
-          <t xml:space="preserve">MO</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O60">
         <is>
-          <t xml:space="preserve">63026</t>
+          <t xml:space="preserve">02149</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q60">
         <is>
-          <t xml:space="preserve">636- 227-7477</t>
+          <t xml:space="preserve">443- 822-8520</t>
         </is>
       </c>
     </row>
     <row r="61" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A61">
         <is>
-          <t xml:space="preserve">AC000459</t>
+          <t xml:space="preserve">AC000763</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B61">
         <is>
-          <t xml:space="preserve">04/08/2026</t>
+          <t xml:space="preserve">03/28/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C61">
         <is>
-          <t xml:space="preserve">ECONOMIC ENVIRO TECHS, INC.</t>
+          <t xml:space="preserve">PRISM RESPONSE, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G61">
         <is>
-          <t xml:space="preserve">38 INTERVALE RD </t>
+          <t xml:space="preserve">4000 TRIANGLE LANE SUITE 160</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K61">
         <is>
-          <t xml:space="preserve">FITCHBURG</t>
+          <t xml:space="preserve">EXPORT</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N61">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">PA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O61">
         <is>
-          <t xml:space="preserve">01420</t>
+          <t xml:space="preserve">15632</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q61">
         <is>
-          <t xml:space="preserve">978- 348-1118</t>
+          <t xml:space="preserve">724- 325-3330</t>
         </is>
       </c>
     </row>
     <row r="62" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A62">
         <is>
-          <t xml:space="preserve">AC000490</t>
+          <t xml:space="preserve">AC001062</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B62">
         <is>
-          <t xml:space="preserve">06/23/2026</t>
+          <t xml:space="preserve">01/27/2027</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C62">
         <is>
-          <t xml:space="preserve">ATLANTIC CONTRACTING &amp; SPECIALTIES, LLC</t>
+          <t xml:space="preserve">SPECTRUM ENVIRONMENTAL, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G62">
         <is>
-          <t xml:space="preserve">25 KENWOOD CIRCLE </t>
+          <t xml:space="preserve">4000 TRIANGLE LANE SUITE 160</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K62">
         <is>
-          <t xml:space="preserve">FRANKLIN</t>
+          <t xml:space="preserve">EXPORT</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N62">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">PA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O62">
         <is>
-          <t xml:space="preserve">02038</t>
+          <t xml:space="preserve">15632</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q62">
         <is>
-          <t xml:space="preserve">717- 399-5238</t>
+          <t xml:space="preserve">724- 325-3330</t>
         </is>
       </c>
     </row>
     <row r="63" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A63">
         <is>
-          <t xml:space="preserve">AC000884</t>
+          <t xml:space="preserve">AC000738</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B63">
         <is>
-          <t xml:space="preserve">02/21/2026</t>
+          <t xml:space="preserve">09/29/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C63">
         <is>
-          <t xml:space="preserve">BANNER ENVIRONMENTAL SERVICES, INC.</t>
+          <t xml:space="preserve">ENVIRONMENTAL RESTORATION, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G63">
         <is>
-          <t xml:space="preserve">31 HAYWARD STREET SUITE 2A-205</t>
+          <t xml:space="preserve">1666 FABICK DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K63">
         <is>
-          <t xml:space="preserve">FRANKLIN</t>
+          <t xml:space="preserve">FENTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N63">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">MO</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O63">
         <is>
-          <t xml:space="preserve">02038</t>
+          <t xml:space="preserve">63026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q63">
         <is>
-          <t xml:space="preserve">781- 934-6873</t>
+          <t xml:space="preserve">636- 227-7477</t>
         </is>
       </c>
     </row>
     <row r="64" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A64">
         <is>
-          <t xml:space="preserve">AC1150</t>
+          <t xml:space="preserve">AC000459</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B64">
         <is>
-          <t xml:space="preserve">09/17/2026</t>
+          <t xml:space="preserve">04/08/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C64">
         <is>
-          <t xml:space="preserve">GUARDIAN ABATEMENT</t>
+          <t xml:space="preserve">ECONOMIC ENVIRO TECHS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G64">
         <is>
-          <t xml:space="preserve">852 UPPER UNION STREET </t>
+          <t xml:space="preserve">38 INTERVALE RD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K64">
         <is>
-          <t xml:space="preserve">FRANKLIN</t>
+          <t xml:space="preserve">FITCHBURG</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N64">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O64">
         <is>
-          <t xml:space="preserve">02038</t>
+          <t xml:space="preserve">01420</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q64">
         <is>
-          <t xml:space="preserve">508- 889-9325</t>
+          <t xml:space="preserve">978- 348-1118</t>
         </is>
       </c>
     </row>
     <row r="65" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A65">
         <is>
-          <t xml:space="preserve">AC000944</t>
+          <t xml:space="preserve">AC000490</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B65">
         <is>
-          <t xml:space="preserve">10/17/2025</t>
+          <t xml:space="preserve">06/23/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C65">
         <is>
-          <t xml:space="preserve">NRC EAST ENVIRONMENTAL SERVICES, INC.</t>
+          <t xml:space="preserve">ATLANTIC CONTRACTING &amp; SPECIALTIES, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G65">
         <is>
-          <t xml:space="preserve">19 NATIONAL DRIVE </t>
+          <t xml:space="preserve">25 KENWOOD CIRCLE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K65">
         <is>
           <t xml:space="preserve">FRANKLIN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N65">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O65">
         <is>
           <t xml:space="preserve">02038</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q65">
         <is>
-          <t xml:space="preserve">978- 465-1595</t>
+          <t xml:space="preserve">717- 399-5238</t>
         </is>
       </c>
     </row>
     <row r="66" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A66">
         <is>
-          <t xml:space="preserve">AC001078</t>
+          <t xml:space="preserve">AC000884</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B66">
         <is>
-          <t xml:space="preserve">05/07/2026</t>
+          <t xml:space="preserve">02/21/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C66">
         <is>
-          <t xml:space="preserve">Champion Specialty Services, LLC</t>
+          <t xml:space="preserve">BANNER ENVIRONMENTAL SERVICES, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G66">
         <is>
-          <t xml:space="preserve">130 SW 22 STREET </t>
+          <t xml:space="preserve">31 HAYWARD STREET SUITE 2A-205</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K66">
         <is>
-          <t xml:space="preserve">FT. LAUDERDALE</t>
+          <t xml:space="preserve">FRANKLIN</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N66">
         <is>
-          <t xml:space="preserve">FL</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O66">
         <is>
-          <t xml:space="preserve">33315</t>
+          <t xml:space="preserve">02038</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q66">
         <is>
-          <t xml:space="preserve">954- 462-9079</t>
+          <t xml:space="preserve">781- 934-6873</t>
         </is>
       </c>
     </row>
     <row r="67" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A67">
         <is>
-          <t xml:space="preserve">AC1137</t>
+          <t xml:space="preserve">AC1150</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B67">
         <is>
-          <t xml:space="preserve">04/01/2026</t>
+          <t xml:space="preserve">09/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C67">
         <is>
-          <t xml:space="preserve">Asbestos Abatement LLC</t>
+          <t xml:space="preserve">GUARDIAN ABATEMENT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G67">
         <is>
-          <t xml:space="preserve">254 ridgewood ave </t>
+          <t xml:space="preserve">852 UPPER UNION STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K67">
         <is>
-          <t xml:space="preserve">glen ridge</t>
+          <t xml:space="preserve">FRANKLIN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N67">
         <is>
-          <t xml:space="preserve">NJ</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O67">
         <is>
-          <t xml:space="preserve">07028</t>
+          <t xml:space="preserve">02038</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q67">
         <is>
-          <t xml:space="preserve">917- 387-7704</t>
+          <t xml:space="preserve">508- 889-9325</t>
         </is>
       </c>
     </row>
     <row r="68" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A68">
         <is>
-          <t xml:space="preserve">AC001011</t>
+          <t xml:space="preserve">AC001078</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B68">
         <is>
-          <t xml:space="preserve">04/23/2026</t>
+          <t xml:space="preserve">05/07/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C68">
         <is>
-          <t xml:space="preserve">ATLANTIC ABATEMENT CORPORATION</t>
+          <t xml:space="preserve">Champion Specialty Services, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G68">
         <is>
-          <t xml:space="preserve">15 LARK INDUSTRIAL DRIVE </t>
+          <t xml:space="preserve">130 SW 22 STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K68">
         <is>
-          <t xml:space="preserve">GREENVILLE</t>
+          <t xml:space="preserve">FT. LAUDERDALE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N68">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">FL</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O68">
         <is>
-          <t xml:space="preserve">02828</t>
+          <t xml:space="preserve">33315</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q68">
         <is>
-          <t xml:space="preserve">401- 351-9050</t>
+          <t xml:space="preserve">954- 462-9079</t>
         </is>
       </c>
     </row>
     <row r="69" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A69">
         <is>
-          <t xml:space="preserve">AC000258</t>
+          <t xml:space="preserve">AC1133</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B69">
         <is>
-          <t xml:space="preserve">05/06/2026</t>
+          <t xml:space="preserve">01/14/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C69">
         <is>
-          <t xml:space="preserve">ENVIRONMENTAL RESTORATIONS, INC.</t>
+          <t xml:space="preserve">Prestige Builders &amp; Contractors LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G69">
         <is>
-          <t xml:space="preserve">16 HAZEL DRIVE </t>
+          <t xml:space="preserve">PO Box 1141 </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K69">
         <is>
-          <t xml:space="preserve">HAMPSTEAD</t>
+          <t xml:space="preserve">Gardner</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N69">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O69">
         <is>
-          <t xml:space="preserve">03841</t>
+          <t xml:space="preserve">01440</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q69">
         <is>
-          <t xml:space="preserve">603- 329-6101</t>
+          <t xml:space="preserve">978- 320-9228</t>
         </is>
       </c>
     </row>
     <row r="70" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A70">
         <is>
-          <t xml:space="preserve">AC000812</t>
+          <t xml:space="preserve">AC1137</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B70">
         <is>
-          <t xml:space="preserve">10/10/2025</t>
+          <t xml:space="preserve">04/01/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C70">
         <is>
-          <t xml:space="preserve">GIBSON ROOFS INC.</t>
+          <t xml:space="preserve">Asbestos Abatement LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G70">
         <is>
-          <t xml:space="preserve">369 WINTER STREET </t>
+          <t xml:space="preserve">254 ridgewood ave </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K70">
         <is>
-          <t xml:space="preserve">HANOVER</t>
+          <t xml:space="preserve">glen ridge</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N70">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NJ</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O70">
         <is>
-          <t xml:space="preserve">02339</t>
+          <t xml:space="preserve">07028</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q70">
         <is>
-          <t xml:space="preserve">781- 826-6344</t>
+          <t xml:space="preserve">917- 387-7704</t>
         </is>
       </c>
     </row>
     <row r="71" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A71">
         <is>
-          <t xml:space="preserve">AC000856</t>
+          <t xml:space="preserve">AC001011</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B71">
         <is>
-          <t xml:space="preserve">10/07/2025</t>
+          <t xml:space="preserve">04/23/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C71">
         <is>
-          <t xml:space="preserve">GLOBAL COMPASS INC.</t>
+          <t xml:space="preserve">ATLANTIC ABATEMENT CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G71">
         <is>
-          <t xml:space="preserve">750 MAIN STREET SUITE 100</t>
+          <t xml:space="preserve">15 LARK INDUSTRIAL DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K71">
         <is>
-          <t xml:space="preserve">HARTFORD</t>
+          <t xml:space="preserve">GREENVILLE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N71">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O71">
         <is>
-          <t xml:space="preserve">06103</t>
+          <t xml:space="preserve">02828</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q71">
         <is>
-          <t xml:space="preserve">413- 244-9624</t>
+          <t xml:space="preserve">401- 351-9050</t>
         </is>
       </c>
     </row>
     <row r="72" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A72">
         <is>
-          <t xml:space="preserve">AC000971</t>
+          <t xml:space="preserve">AC000258</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B72">
         <is>
-          <t xml:space="preserve">03/05/2026</t>
+          <t xml:space="preserve">05/06/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C72">
         <is>
-          <t xml:space="preserve">E &amp; F ENVIRONMENTAL CORPORATION</t>
+          <t xml:space="preserve">ENVIRONMENTAL RESTORATIONS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G72">
         <is>
-          <t xml:space="preserve">411 RIVER STREET </t>
+          <t xml:space="preserve">16 HAZEL DRIVE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K72">
         <is>
-          <t xml:space="preserve">HAVERHILL</t>
+          <t xml:space="preserve">HAMPSTEAD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N72">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O72">
         <is>
-          <t xml:space="preserve">01832</t>
+          <t xml:space="preserve">03841</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q72">
         <is>
-          <t xml:space="preserve">603- 974-2503</t>
+          <t xml:space="preserve">603- 329-6101</t>
         </is>
       </c>
     </row>
     <row r="73" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A73">
         <is>
-          <t xml:space="preserve">AC1119</t>
+          <t xml:space="preserve">AC000812</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B73">
         <is>
-          <t xml:space="preserve">01/07/2026</t>
+          <t xml:space="preserve">10/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C73">
         <is>
-          <t xml:space="preserve">Romar Group Corp</t>
+          <t xml:space="preserve">GIBSON ROOFS INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G73">
         <is>
-          <t xml:space="preserve">42 Taylor St </t>
+          <t xml:space="preserve">369 WINTER STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K73">
         <is>
-          <t xml:space="preserve">Haverhill </t>
+          <t xml:space="preserve">HANOVER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N73">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O73">
         <is>
-          <t xml:space="preserve">01832</t>
+          <t xml:space="preserve">02339</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q73">
         <is>
-          <t xml:space="preserve">978- 376-6682</t>
+          <t xml:space="preserve">781- 826-6344</t>
         </is>
       </c>
     </row>
     <row r="74" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A74">
         <is>
-          <t xml:space="preserve">AC000129</t>
+          <t xml:space="preserve">AC1126</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B74">
         <is>
-          <t xml:space="preserve">12/27/2025</t>
+          <t xml:space="preserve">10/06/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C74">
         <is>
-          <t xml:space="preserve">SEN CAM, INC.</t>
+          <t xml:space="preserve">Primetime Abatement and Inspections </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G74">
         <is>
-          <t xml:space="preserve">741 SOUTH MAIN STREET </t>
+          <t xml:space="preserve">1057 Main Street </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K74">
         <is>
-          <t xml:space="preserve">HAVERHILL</t>
+          <t xml:space="preserve">Hanson</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N74">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O74">
         <is>
-          <t xml:space="preserve">01835</t>
+          <t xml:space="preserve">02341</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q74">
         <is>
-          <t xml:space="preserve">978- 683-7767</t>
+          <t xml:space="preserve">781- 733-2496</t>
         </is>
       </c>
     </row>
     <row r="75" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A75">
         <is>
-          <t xml:space="preserve">AC000972</t>
+          <t xml:space="preserve">AC1113</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B75">
         <is>
-          <t xml:space="preserve">02/20/2026</t>
+          <t xml:space="preserve">11/12/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C75">
         <is>
-          <t xml:space="preserve">ASBESTOS PRO SERVICES LLC</t>
+          <t xml:space="preserve">Federal Property Maintenance Corp.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G75">
         <is>
-          <t xml:space="preserve">260 CENTRE STREET UNIT B</t>
+          <t xml:space="preserve">40 Crystal Street </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K75">
         <is>
-          <t xml:space="preserve">HOLBROOK</t>
+          <t xml:space="preserve">Harrison</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N75">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NY</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O75">
         <is>
-          <t xml:space="preserve">02343</t>
+          <t xml:space="preserve">10528</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q75">
         <is>
-          <t xml:space="preserve">617- 249-6097</t>
+          <t xml:space="preserve">914- -49-4416</t>
         </is>
       </c>
     </row>
     <row r="76" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A76">
         <is>
-          <t xml:space="preserve">AC001041</t>
+          <t xml:space="preserve">AC000856</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B76">
         <is>
-          <t xml:space="preserve">11/14/2025</t>
+          <t xml:space="preserve">10/21/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C76">
         <is>
-          <t xml:space="preserve">ALL-STAR ABATEMENT INC</t>
+          <t xml:space="preserve">GLOBAL COMPASS INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G76">
         <is>
-          <t xml:space="preserve">18 CANAL STREET </t>
+          <t xml:space="preserve">750 MAIN STREET SUITE 100</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K76">
         <is>
-          <t xml:space="preserve">HOLYOKE</t>
+          <t xml:space="preserve">HARTFORD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N76">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O76">
         <is>
-          <t xml:space="preserve">01040</t>
+          <t xml:space="preserve">06103</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q76">
         <is>
-          <t xml:space="preserve">413- 314-0825</t>
+          <t xml:space="preserve">413- 244-9624</t>
         </is>
       </c>
     </row>
     <row r="77" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A77">
         <is>
-          <t xml:space="preserve">AC000639</t>
+          <t xml:space="preserve">AC000971</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B77">
         <is>
-          <t xml:space="preserve">10/24/2025</t>
+          <t xml:space="preserve">03/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C77">
         <is>
-          <t xml:space="preserve">AMERICAN ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">E &amp; F ENVIRONMENTAL CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G77">
         <is>
-          <t xml:space="preserve">18 CANAL STREET </t>
+          <t xml:space="preserve">411 RIVER STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K77">
         <is>
-          <t xml:space="preserve">HOLYOKE</t>
+          <t xml:space="preserve">HAVERHILL</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N77">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O77">
         <is>
-          <t xml:space="preserve">01040</t>
+          <t xml:space="preserve">01832</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q77">
         <is>
-          <t xml:space="preserve">413- 322-7190</t>
+          <t xml:space="preserve">603- 974-2503</t>
         </is>
       </c>
     </row>
     <row r="78" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A78">
         <is>
-          <t xml:space="preserve">AC1130</t>
+          <t xml:space="preserve">AC000129</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B78">
         <is>
-          <t xml:space="preserve">07/30/2026</t>
+          <t xml:space="preserve">12/16/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C78">
         <is>
-          <t xml:space="preserve">Elite Group Services LLC.</t>
+          <t xml:space="preserve">SEN CAM, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G78">
         <is>
-          <t xml:space="preserve">35 N East Street </t>
+          <t xml:space="preserve">741 SOUTH MAIN STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K78">
         <is>
-          <t xml:space="preserve">Holyoke</t>
+          <t xml:space="preserve">HAVERHILL</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N78">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O78">
         <is>
-          <t xml:space="preserve">01040</t>
+          <t xml:space="preserve">01835</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q78">
         <is>
-          <t xml:space="preserve">413- 386-1853</t>
+          <t xml:space="preserve">978- 683-7767</t>
         </is>
       </c>
     </row>
     <row r="79" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A79">
         <is>
-          <t xml:space="preserve">AC1148</t>
+          <t xml:space="preserve">AC000972</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B79">
         <is>
-          <t xml:space="preserve">09/08/2026</t>
+          <t xml:space="preserve">02/20/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C79">
         <is>
-          <t xml:space="preserve">Cotton Commercial USA, Inc.</t>
+          <t xml:space="preserve">ASBESTOS PRO SERVICES LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G79">
         <is>
-          <t xml:space="preserve">840 W Sam Houston Pkwy N Suite 225 </t>
+          <t xml:space="preserve">260 CENTRE STREET UNIT B</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K79">
         <is>
-          <t xml:space="preserve">HOUSTON</t>
+          <t xml:space="preserve">HOLBROOK</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N79">
         <is>
-          <t xml:space="preserve">TX</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O79">
         <is>
-          <t xml:space="preserve">77024</t>
+          <t xml:space="preserve">02343</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q79">
         <is>
-          <t xml:space="preserve">877- -90-0493</t>
+          <t xml:space="preserve">617- 249-6097</t>
         </is>
       </c>
     </row>
     <row r="80" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A80">
         <is>
-          <t xml:space="preserve">AC000910</t>
+          <t xml:space="preserve">AC001041</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B80">
         <is>
-          <t xml:space="preserve">03/03/2026</t>
+          <t xml:space="preserve">12/04/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C80">
         <is>
-          <t xml:space="preserve">R G ENVIRONMENTAL SERVICES, LLC</t>
+          <t xml:space="preserve">ALL-STAR ABATEMENT INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G80">
         <is>
-          <t xml:space="preserve">3 POND STREET SUITE 1</t>
+          <t xml:space="preserve">18 CANAL STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K80">
         <is>
-          <t xml:space="preserve">HYDE PARK</t>
+          <t xml:space="preserve">HOLYOKE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N80">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O80">
         <is>
-          <t xml:space="preserve">02136</t>
+          <t xml:space="preserve">01040</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q80">
         <is>
-          <t xml:space="preserve">617- 233-3019</t>
+          <t xml:space="preserve">413- 314-0825</t>
         </is>
       </c>
     </row>
     <row r="81" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A81">
         <is>
-          <t xml:space="preserve">AC1140</t>
+          <t xml:space="preserve">AC000639</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B81">
         <is>
-          <t xml:space="preserve">04/23/2026</t>
+          <t xml:space="preserve">10/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C81">
         <is>
-          <t xml:space="preserve">Precision Environmental Company</t>
+          <t xml:space="preserve">AMERICAN ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G81">
         <is>
-          <t xml:space="preserve">5500 Old Brecksville Road </t>
+          <t xml:space="preserve">18 CANAL STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K81">
         <is>
-          <t xml:space="preserve">Independence</t>
+          <t xml:space="preserve">HOLYOKE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N81">
         <is>
-          <t xml:space="preserve">OH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O81">
         <is>
-          <t xml:space="preserve">44131</t>
+          <t xml:space="preserve">01040</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q81">
         <is>
-          <t xml:space="preserve">216- -64-6040</t>
+          <t xml:space="preserve">413- 322-7190</t>
         </is>
       </c>
     </row>
     <row r="82" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A82">
         <is>
-          <t xml:space="preserve">AC1138</t>
+          <t xml:space="preserve">AC1130</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B82">
         <is>
-          <t xml:space="preserve">04/04/2026</t>
+          <t xml:space="preserve">07/30/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C82">
         <is>
-          <t xml:space="preserve">Demolition Plus USA LLC</t>
+          <t xml:space="preserve">Elite Group Services LLC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G82">
         <is>
-          <t xml:space="preserve">99 Main Street </t>
+          <t xml:space="preserve">35 N East Street </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K82">
         <is>
-          <t xml:space="preserve">Jay</t>
+          <t xml:space="preserve">Holyoke</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N82">
         <is>
-          <t xml:space="preserve">ME</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O82">
         <is>
-          <t xml:space="preserve">04239</t>
+          <t xml:space="preserve">01040</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q82">
         <is>
-          <t xml:space="preserve">613- -93-9881</t>
+          <t xml:space="preserve">413- 386-1853</t>
         </is>
       </c>
     </row>
     <row r="83" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A83">
         <is>
-          <t xml:space="preserve">AC000209</t>
+          <t xml:space="preserve">AC1148</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B83">
         <is>
-          <t xml:space="preserve">02/05/2026</t>
+          <t xml:space="preserve">09/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C83">
         <is>
-          <t xml:space="preserve">A.A. ASBESTOS ABATEMENT CO., INC.</t>
+          <t xml:space="preserve">Cotton Commercial USA, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G83">
         <is>
-          <t xml:space="preserve">R-1307 HARTFORD AVENUE </t>
+          <t xml:space="preserve">840 W Sam Houston Pkwy N Suite 225 </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K83">
         <is>
-          <t xml:space="preserve">JOHNSTON</t>
+          <t xml:space="preserve">HOUSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N83">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">TX</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O83">
         <is>
-          <t xml:space="preserve">02919-</t>
+          <t xml:space="preserve">77024</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q83">
         <is>
-          <t xml:space="preserve">401- 351-1188</t>
+          <t xml:space="preserve">877- -90-0493</t>
         </is>
       </c>
     </row>
     <row r="84" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A84">
         <is>
-          <t xml:space="preserve">AC1104</t>
+          <t xml:space="preserve">AC000910</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B84">
         <is>
-          <t xml:space="preserve">02/10/2026</t>
+          <t xml:space="preserve">03/03/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C84">
         <is>
-          <t xml:space="preserve">Bilray Corporation </t>
+          <t xml:space="preserve">R G ENVIRONMENTAL SERVICES, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G84">
         <is>
-          <t xml:space="preserve">73 Mill Street  </t>
+          <t xml:space="preserve">3 POND STREET SUITE 1</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K84">
         <is>
-          <t xml:space="preserve">Johnston </t>
+          <t xml:space="preserve">HYDE PARK</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N84">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O84">
         <is>
-          <t xml:space="preserve">02904</t>
+          <t xml:space="preserve">02136</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q84">
         <is>
-          <t xml:space="preserve">401- -83-8895</t>
+          <t xml:space="preserve">617- 233-3019</t>
         </is>
       </c>
     </row>
     <row r="85" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A85">
         <is>
-          <t xml:space="preserve">AC000837</t>
+          <t xml:space="preserve">AC1140</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B85">
         <is>
-          <t xml:space="preserve">04/08/2026</t>
+          <t xml:space="preserve">04/23/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C85">
         <is>
-          <t xml:space="preserve">J.R. VINAGRO CORPORATION</t>
+          <t xml:space="preserve">Precision Environmental Company</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G85">
         <is>
-          <t xml:space="preserve">2208 PLAINFIELD PIKE </t>
+          <t xml:space="preserve">5500 Old Brecksville Road </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K85">
         <is>
-          <t xml:space="preserve">JOHNSTON</t>
+          <t xml:space="preserve">Independence</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N85">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">OH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O85">
         <is>
-          <t xml:space="preserve">02919</t>
+          <t xml:space="preserve">44131</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q85">
         <is>
-          <t xml:space="preserve">401- 943-7100</t>
+          <t xml:space="preserve">216- -64-6040</t>
         </is>
       </c>
     </row>
     <row r="86" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A86">
         <is>
-          <t xml:space="preserve">AC1127</t>
+          <t xml:space="preserve">AC1138</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B86">
         <is>
-          <t xml:space="preserve">05/06/2026</t>
+          <t xml:space="preserve">04/04/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C86">
         <is>
-          <t xml:space="preserve">ABS Environmental, LLC</t>
+          <t xml:space="preserve">Demolition Plus USA LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G86">
         <is>
-          <t xml:space="preserve">34 Route 125, Unit 6 </t>
+          <t xml:space="preserve">99 Main Street </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K86">
         <is>
-          <t xml:space="preserve">Kingston</t>
+          <t xml:space="preserve">Jay</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N86">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">ME</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O86">
         <is>
-          <t xml:space="preserve">03848</t>
+          <t xml:space="preserve">04239</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q86">
         <is>
-          <t xml:space="preserve">603- 893-0380</t>
+          <t xml:space="preserve">613- -93-9881</t>
         </is>
       </c>
     </row>
     <row r="87" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A87">
         <is>
-          <t xml:space="preserve">AC000584</t>
+          <t xml:space="preserve">AC000209</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B87">
         <is>
-          <t xml:space="preserve">09/08/2026</t>
+          <t xml:space="preserve">02/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C87">
         <is>
-          <t xml:space="preserve">ACCOLADE ENVIRONMENTAL CONTRACTING, CORP.</t>
+          <t xml:space="preserve">A.A. ASBESTOS ABATEMENT CO., INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G87">
         <is>
-          <t xml:space="preserve">2 NASON LANE </t>
+          <t xml:space="preserve">R-1307 HARTFORD AVENUE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K87">
         <is>
-          <t xml:space="preserve">KINGSTON</t>
+          <t xml:space="preserve">JOHNSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N87">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O87">
         <is>
-          <t xml:space="preserve">03848</t>
+          <t xml:space="preserve">02919-</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q87">
         <is>
-          <t xml:space="preserve">603- 608-6545</t>
+          <t xml:space="preserve">401- 351-1188</t>
         </is>
       </c>
     </row>
     <row r="88" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A88">
         <is>
-          <t xml:space="preserve">AC001053</t>
+          <t xml:space="preserve">AC1104</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B88">
         <is>
-          <t xml:space="preserve">01/31/2026</t>
+          <t xml:space="preserve">02/10/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C88">
         <is>
-          <t xml:space="preserve">ALLIED ENVIRONMENTAL LLC</t>
+          <t xml:space="preserve">Bilray Corporation </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G88">
         <is>
-          <t xml:space="preserve">14 BROOK STREET </t>
+          <t xml:space="preserve">73 Mill Street  </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K88">
         <is>
-          <t xml:space="preserve">KINGSTON</t>
+          <t xml:space="preserve">Johnston </t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N88">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O88">
         <is>
-          <t xml:space="preserve">02364</t>
+          <t xml:space="preserve">02904</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q88">
         <is>
-          <t xml:space="preserve">781- 588-9661</t>
+          <t xml:space="preserve">401- -83-8895</t>
         </is>
       </c>
     </row>
     <row r="89" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A89">
         <is>
-          <t xml:space="preserve">AC000670</t>
+          <t xml:space="preserve">AC000837</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B89">
         <is>
-          <t xml:space="preserve">06/17/2026</t>
+          <t xml:space="preserve">04/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C89">
         <is>
-          <t xml:space="preserve">CLASSIC ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">J.R. VINAGRO CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G89">
         <is>
-          <t xml:space="preserve">112 WADE ROAD </t>
+          <t xml:space="preserve">2208 PLAINFIELD PIKE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K89">
         <is>
-          <t xml:space="preserve">LATHAM</t>
+          <t xml:space="preserve">JOHNSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N89">
         <is>
-          <t xml:space="preserve">NY</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O89">
         <is>
-          <t xml:space="preserve">12110</t>
+          <t xml:space="preserve">02919</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q89">
         <is>
-          <t xml:space="preserve">518- 591-0234</t>
+          <t xml:space="preserve">401- 943-7100</t>
         </is>
       </c>
     </row>
     <row r="90" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A90">
         <is>
-          <t xml:space="preserve">AC1146</t>
+          <t xml:space="preserve">AC1127</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B90">
         <is>
-          <t xml:space="preserve">07/14/2026</t>
+          <t xml:space="preserve">05/06/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C90">
         <is>
-          <t xml:space="preserve">Weber Enterprise, LLC</t>
+          <t xml:space="preserve">ABS Environmental, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G90">
         <is>
-          <t xml:space="preserve">112 Wade Road </t>
+          <t xml:space="preserve">34 Route 125, Unit 6 </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K90">
         <is>
-          <t xml:space="preserve">Latham</t>
+          <t xml:space="preserve">Kingston</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N90">
         <is>
-          <t xml:space="preserve">NY</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O90">
         <is>
-          <t xml:space="preserve">12110</t>
+          <t xml:space="preserve">03848</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q90">
         <is>
-          <t xml:space="preserve">518- -37-1554</t>
+          <t xml:space="preserve">603- 893-0380</t>
         </is>
       </c>
     </row>
     <row r="91" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A91">
         <is>
-          <t xml:space="preserve">AC000700</t>
+          <t xml:space="preserve">AC000584</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B91">
         <is>
-          <t xml:space="preserve">06/20/2026</t>
+          <t xml:space="preserve">09/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C91">
         <is>
-          <t xml:space="preserve">A&amp;J DEMOLITION SERVICES CORPORATION</t>
+          <t xml:space="preserve">ACCOLADE ENVIRONMENTAL CONTRACTING, CORP.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G91">
         <is>
-          <t xml:space="preserve">599 CANAL STREET 5TH FLOOR</t>
+          <t xml:space="preserve">2 NASON LANE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K91">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">KINGSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N91">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O91">
         <is>
-          <t xml:space="preserve">01840</t>
+          <t xml:space="preserve">03848</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q91">
         <is>
-          <t xml:space="preserve">978- 327-5070</t>
+          <t xml:space="preserve">603- 608-6545</t>
         </is>
       </c>
     </row>
     <row r="92" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A92">
         <is>
-          <t xml:space="preserve">AC001021</t>
+          <t xml:space="preserve">AC001053</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B92">
         <is>
-          <t xml:space="preserve">08/18/2026</t>
+          <t xml:space="preserve">01/12/2027</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C92">
         <is>
-          <t xml:space="preserve">ACQUA ENVIRONMENTAL LLC</t>
+          <t xml:space="preserve">ALLIED ENVIRONMENTAL LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G92">
         <is>
-          <t xml:space="preserve">48 OAKWOOD AVE </t>
+          <t xml:space="preserve">14 BROOK STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K92">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">KINGSTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N92">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O92">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">02364</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q92">
         <is>
-          <t xml:space="preserve">978- 735-5541</t>
+          <t xml:space="preserve">781- 588-9661</t>
         </is>
       </c>
     </row>
     <row r="93" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A93">
         <is>
-          <t xml:space="preserve">AC001065</t>
+          <t xml:space="preserve">AC000670</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B93">
         <is>
-          <t xml:space="preserve">05/05/2026</t>
+          <t xml:space="preserve">06/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C93">
         <is>
-          <t xml:space="preserve">AKA PROPERTY RESTORATION CORP</t>
+          <t xml:space="preserve">CLASSIC ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G93">
         <is>
-          <t xml:space="preserve">85 BAY STATE RD </t>
+          <t xml:space="preserve">112 WADE ROAD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K93">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">LATHAM</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N93">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NY</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O93">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">12110</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q93">
         <is>
-          <t xml:space="preserve">978- 605-3088</t>
+          <t xml:space="preserve">518- 591-0234</t>
         </is>
       </c>
     </row>
     <row r="94" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A94">
         <is>
-          <t xml:space="preserve">AC001076</t>
+          <t xml:space="preserve">AC1146</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B94">
         <is>
-          <t xml:space="preserve">02/20/2026</t>
+          <t xml:space="preserve">07/14/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C94">
         <is>
-          <t xml:space="preserve">EARTH EVOLUTION, INC.</t>
+          <t xml:space="preserve">Weber Enterprise, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G94">
         <is>
-          <t xml:space="preserve">63 BROMFIELD STREET </t>
+          <t xml:space="preserve">112 Wade Road </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K94">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">Latham</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N94">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NY</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O94">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">12110</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q94">
         <is>
-          <t xml:space="preserve">978- 305-4415</t>
+          <t xml:space="preserve">518- -37-1554</t>
         </is>
       </c>
     </row>
     <row r="95" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A95">
         <is>
-          <t xml:space="preserve">AC000737</t>
+          <t xml:space="preserve">AC000700</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B95">
         <is>
-          <t xml:space="preserve">01/03/2026</t>
+          <t xml:space="preserve">06/20/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C95">
         <is>
-          <t xml:space="preserve">ENVIRO STAFFING SOLUTIONS DBA JACKSON TRAINING SCHOOL</t>
+          <t xml:space="preserve">A&amp;J DEMOLITION SERVICES CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G95">
         <is>
-          <t xml:space="preserve">184 JACKSON STREET </t>
+          <t xml:space="preserve">599 CANAL STREET 5TH FLOOR</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K95">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N95">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O95">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01840</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q95">
         <is>
-          <t xml:space="preserve">978- 794-7807</t>
+          <t xml:space="preserve">978- 327-5070</t>
         </is>
       </c>
     </row>
     <row r="96" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A96">
         <is>
-          <t xml:space="preserve">AC1096</t>
+          <t xml:space="preserve">AC001021</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B96">
         <is>
-          <t xml:space="preserve">04/04/2026</t>
+          <t xml:space="preserve">08/18/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C96">
         <is>
-          <t xml:space="preserve">EV ABATEMENT INC</t>
+          <t xml:space="preserve">ACQUA ENVIRONMENTAL LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G96">
         <is>
-          <t xml:space="preserve">35 LORING ST </t>
+          <t xml:space="preserve">48 OAKWOOD AVE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K96">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N96">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O96">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q96">
         <is>
-          <t xml:space="preserve">978- -73-0186</t>
+          <t xml:space="preserve">978- 735-5541</t>
         </is>
       </c>
     </row>
     <row r="97" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A97">
         <is>
-          <t xml:space="preserve">AC000724</t>
+          <t xml:space="preserve">AC001065</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B97">
         <is>
-          <t xml:space="preserve">10/30/2025</t>
+          <t xml:space="preserve">05/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C97">
         <is>
-          <t xml:space="preserve">GREENLEAF ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">AKA PROPERTY RESTORATION CORP</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G97">
         <is>
-          <t xml:space="preserve">49 BLANCHARD STREET SUITE 200</t>
+          <t xml:space="preserve">85 BAY STATE RD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K97">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N97">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O97">
         <is>
           <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q97">
         <is>
-          <t xml:space="preserve">978- 685-8367</t>
+          <t xml:space="preserve">978- 605-3088</t>
         </is>
       </c>
     </row>
     <row r="98" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A98">
         <is>
-          <t xml:space="preserve">AC1111</t>
+          <t xml:space="preserve">AC001076</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B98">
         <is>
-          <t xml:space="preserve">01/22/2026</t>
+          <t xml:space="preserve">02/20/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C98">
         <is>
-          <t xml:space="preserve">JM Demolition Corp </t>
+          <t xml:space="preserve">EARTH EVOLUTION, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G98">
         <is>
-          <t xml:space="preserve">599 Canal Street Suite 6 E 9 </t>
+          <t xml:space="preserve">63 BROMFIELD STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K98">
         <is>
-          <t xml:space="preserve">Lawrence </t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N98">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O98">
         <is>
-          <t xml:space="preserve">01840</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q98">
         <is>
-          <t xml:space="preserve">978- 907-0259</t>
+          <t xml:space="preserve">978- 305-4415</t>
         </is>
       </c>
     </row>
     <row r="99" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A99">
         <is>
-          <t xml:space="preserve">AC000890</t>
+          <t xml:space="preserve">AC000737</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B99">
         <is>
-          <t xml:space="preserve">05/22/2026</t>
+          <t xml:space="preserve">01/07/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C99">
         <is>
-          <t xml:space="preserve">MERRIMACK ENVIRONMENTAL SOLUTION CORP</t>
+          <t xml:space="preserve">ENVIRO STAFFING SOLUTIONS DBA JACKSON TRAINING SCHOOL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G99">
         <is>
-          <t xml:space="preserve">599 CANAL STREET 6 W  SUITE 9</t>
+          <t xml:space="preserve">184 JACKSON STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K99">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N99">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O99">
         <is>
           <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q99">
         <is>
-          <t xml:space="preserve">978- 685-0111</t>
+          <t xml:space="preserve">978- 794-7807</t>
         </is>
       </c>
     </row>
     <row r="100" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A100">
         <is>
-          <t xml:space="preserve">AC1145</t>
+          <t xml:space="preserve">AC1096</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B100">
         <is>
-          <t xml:space="preserve">06/23/2026</t>
+          <t xml:space="preserve">04/04/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C100">
         <is>
-          <t xml:space="preserve">Micro Environmental</t>
+          <t xml:space="preserve">EV ABATEMENT INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G100">
         <is>
-          <t xml:space="preserve">9 Osgood St Suite 11 </t>
+          <t xml:space="preserve">35 LORING ST </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K100">
         <is>
-          <t xml:space="preserve">Lawrence</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N100">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O100">
         <is>
           <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q100">
         <is>
-          <t xml:space="preserve">207- 550-5979</t>
+          <t xml:space="preserve">978- -73-0186</t>
         </is>
       </c>
     </row>
     <row r="101" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A101">
         <is>
-          <t xml:space="preserve">AC001010</t>
+          <t xml:space="preserve">AC000724</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B101">
         <is>
-          <t xml:space="preserve">02/12/2026</t>
+          <t xml:space="preserve">11/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C101">
         <is>
-          <t xml:space="preserve">NG ENVIRONMENTAL CONTRACTORS INC</t>
+          <t xml:space="preserve">GREENLEAF ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G101">
         <is>
-          <t xml:space="preserve">9 OSGOOD STREET </t>
+          <t xml:space="preserve">49 BLANCHARD STREET SUITE 200</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K101">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N101">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O101">
         <is>
           <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q101">
         <is>
-          <t xml:space="preserve">978- 794-7922</t>
+          <t xml:space="preserve">978- 685-8367</t>
         </is>
       </c>
     </row>
     <row r="102" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A102">
         <is>
-          <t xml:space="preserve">AC001016</t>
+          <t xml:space="preserve">AC000890</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B102">
         <is>
-          <t xml:space="preserve">10/04/2025</t>
+          <t xml:space="preserve">05/22/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C102">
         <is>
-          <t xml:space="preserve">NORTH ENVIRONMENTAL ABATEMENT INC</t>
+          <t xml:space="preserve">MERRIMACK ENVIRONMENTAL SOLUTION CORP</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G102">
         <is>
-          <t xml:space="preserve">0 BROADWAY STREET </t>
+          <t xml:space="preserve">599 CANAL STREET 6 W  SUITE 9</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K102">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N102">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O102">
         <is>
           <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q102">
         <is>
-          <t xml:space="preserve">619- 595-1024</t>
+          <t xml:space="preserve">978- 685-0111</t>
         </is>
       </c>
     </row>
     <row r="103" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A103">
         <is>
-          <t xml:space="preserve">AC1131</t>
+          <t xml:space="preserve">AC1145</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B103">
         <is>
-          <t xml:space="preserve">09/16/2026</t>
+          <t xml:space="preserve">06/23/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C103">
         <is>
-          <t xml:space="preserve">North Lawrence Contracting, LLC.</t>
+          <t xml:space="preserve">Micro Environmental</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G103">
         <is>
-          <t xml:space="preserve">15 Union St., Entrance H, Suite G28 </t>
+          <t xml:space="preserve">9 Osgood St Suite 11 </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K103">
         <is>
           <t xml:space="preserve">Lawrence</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N103">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O103">
         <is>
-          <t xml:space="preserve">01840</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q103">
         <is>
-          <t xml:space="preserve">978- 435-4955</t>
+          <t xml:space="preserve">207- 550-5979</t>
         </is>
       </c>
     </row>
     <row r="104" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A104">
         <is>
-          <t xml:space="preserve">AC000669</t>
+          <t xml:space="preserve">AC001010</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B104">
         <is>
-          <t xml:space="preserve">06/30/2026</t>
+          <t xml:space="preserve">02/12/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C104">
         <is>
-          <t xml:space="preserve">PREMIER ABATEMENT &amp; LABOR SERVICES, INC.</t>
+          <t xml:space="preserve">NG ENVIRONMENTAL CONTRACTORS INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G104">
         <is>
-          <t xml:space="preserve">172 MARSTON STREET </t>
+          <t xml:space="preserve">9 OSGOOD STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K104">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N104">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O104">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q104">
         <is>
-          <t xml:space="preserve">978- 376-3107</t>
+          <t xml:space="preserve">978- 794-7922</t>
         </is>
       </c>
     </row>
     <row r="105" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A105">
         <is>
-          <t xml:space="preserve">AC000865</t>
+          <t xml:space="preserve">AC001016</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B105">
         <is>
-          <t xml:space="preserve">08/11/2026</t>
+          <t xml:space="preserve">10/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C105">
         <is>
-          <t xml:space="preserve">RAY SERVICES, INC</t>
+          <t xml:space="preserve">NORTH ENVIRONMENTAL ABATEMENT INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G105">
         <is>
-          <t xml:space="preserve">530 BROADWAY ST. 4TH FLOOR</t>
+          <t xml:space="preserve">0 BROADWAY STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K105">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N105">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O105">
         <is>
           <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q105">
         <is>
-          <t xml:space="preserve">978- 305-7644</t>
+          <t xml:space="preserve">619- 595-1024</t>
         </is>
       </c>
     </row>
     <row r="106" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A106">
         <is>
-          <t xml:space="preserve">AC001084</t>
+          <t xml:space="preserve">AC1131</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B106">
         <is>
-          <t xml:space="preserve">09/04/2026</t>
+          <t xml:space="preserve">09/16/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C106">
         <is>
-          <t xml:space="preserve">SOLUTION ENVIRONMENTAL CLEANING, INC.</t>
+          <t xml:space="preserve">North Lawrence Contracting, LLC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G106">
         <is>
-          <t xml:space="preserve">62 CONGRESS STREET </t>
+          <t xml:space="preserve">15 Union St., Entrance H, Suite G28 </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K106">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">Lawrence</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N106">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O106">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01840</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q106">
         <is>
-          <t xml:space="preserve">978- 994-8734</t>
+          <t xml:space="preserve">978- 435-4955</t>
         </is>
       </c>
     </row>
     <row r="107" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A107">
         <is>
-          <t xml:space="preserve">AC001030</t>
+          <t xml:space="preserve">AC000669</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B107">
         <is>
-          <t xml:space="preserve">04/07/2026</t>
+          <t xml:space="preserve">06/30/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C107">
         <is>
-          <t xml:space="preserve">SYNERGY CONTRACTING, INC.</t>
+          <t xml:space="preserve">PREMIER ABATEMENT &amp; LABOR SERVICES, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G107">
         <is>
-          <t xml:space="preserve">0 FARLEY STREET UNIT 2</t>
+          <t xml:space="preserve">172 MARSTON STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K107">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N107">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O107">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q107">
         <is>
-          <t xml:space="preserve">978- 307-2200</t>
+          <t xml:space="preserve">978- 376-3107</t>
         </is>
       </c>
     </row>
     <row r="108" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A108">
         <is>
-          <t xml:space="preserve">AC001022</t>
+          <t xml:space="preserve">AC000865</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B108">
         <is>
-          <t xml:space="preserve">04/08/2026</t>
+          <t xml:space="preserve">08/11/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C108">
         <is>
-          <t xml:space="preserve">D&amp;R ENVIRONMENTAL SERVICES, LLC</t>
+          <t xml:space="preserve">RAY SERVICES, INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G108">
         <is>
-          <t xml:space="preserve">107 UNION STREET </t>
+          <t xml:space="preserve">530 BROADWAY ST. 4TH FLOOR</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K108">
         <is>
-          <t xml:space="preserve">LEOMINSTER</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N108">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O108">
         <is>
-          <t xml:space="preserve">01453</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q108">
         <is>
-          <t xml:space="preserve">978- 534-5448</t>
+          <t xml:space="preserve">978- 305-7644</t>
         </is>
       </c>
     </row>
     <row r="109" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A109">
         <is>
-          <t xml:space="preserve">AC1133</t>
+          <t xml:space="preserve">AC001084</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B109">
         <is>
-          <t xml:space="preserve">11/25/2025</t>
+          <t xml:space="preserve">09/04/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C109">
         <is>
-          <t xml:space="preserve">Prestige Builders &amp; Contractors LLC</t>
+          <t xml:space="preserve">SOLUTION ENVIRONMENTAL CLEANING, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G109">
         <is>
-          <t xml:space="preserve">166 Hamilton Street </t>
+          <t xml:space="preserve">62 CONGRESS STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K109">
         <is>
-          <t xml:space="preserve">Leominster</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N109">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O109">
         <is>
-          <t xml:space="preserve">01440</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q109">
         <is>
-          <t xml:space="preserve">978- 320-9228</t>
+          <t xml:space="preserve">978- 994-8734</t>
         </is>
       </c>
     </row>
     <row r="110" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A110">
         <is>
-          <t xml:space="preserve">AC000751</t>
+          <t xml:space="preserve">AC001030</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B110">
         <is>
-          <t xml:space="preserve">04/30/2026</t>
+          <t xml:space="preserve">04/07/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C110">
         <is>
-          <t xml:space="preserve">ROCKWELL ROOFING, INC.</t>
+          <t xml:space="preserve">SYNERGY CONTRACTING, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G110">
         <is>
-          <t xml:space="preserve">44 POND STREET </t>
+          <t xml:space="preserve">0 FARLEY STREET UNIT 2</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K110">
         <is>
-          <t xml:space="preserve">LEOMINSTER</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N110">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O110">
         <is>
-          <t xml:space="preserve">01453</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q110">
         <is>
-          <t xml:space="preserve">978- 537-7825</t>
+          <t xml:space="preserve">978- 307-2200</t>
         </is>
       </c>
     </row>
     <row r="111" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A111">
         <is>
-          <t xml:space="preserve">AC000885</t>
+          <t xml:space="preserve">AC001022</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B111">
         <is>
-          <t xml:space="preserve">05/27/2026</t>
+          <t xml:space="preserve">04/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C111">
         <is>
-          <t xml:space="preserve">F A ENVIRONMENTAL RESOURCES LLC</t>
+          <t xml:space="preserve">D&amp;R ENVIRONMENTAL SERVICES, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G111">
         <is>
-          <t xml:space="preserve">52 TROLLEY CAR LANE </t>
+          <t xml:space="preserve">107 UNION STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K111">
         <is>
-          <t xml:space="preserve">LONDONDERRY</t>
+          <t xml:space="preserve">LEOMINSTER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N111">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O111">
         <is>
-          <t xml:space="preserve">03053</t>
+          <t xml:space="preserve">01453</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q111">
         <is>
-          <t xml:space="preserve">978- 390-0101</t>
+          <t xml:space="preserve">978- 534-5448</t>
         </is>
       </c>
     </row>
     <row r="112" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A112">
         <is>
-          <t xml:space="preserve">AC001045</t>
+          <t xml:space="preserve">AC000751</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B112">
         <is>
-          <t xml:space="preserve">05/14/2026</t>
+          <t xml:space="preserve">04/30/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C112">
         <is>
-          <t xml:space="preserve">ALLSTATE CONTRACTING</t>
+          <t xml:space="preserve">ROCKWELL ROOFING, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G112">
         <is>
-          <t xml:space="preserve">55 HARVARD STREET </t>
+          <t xml:space="preserve">44 POND STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K112">
         <is>
-          <t xml:space="preserve">LOWELL</t>
+          <t xml:space="preserve">LEOMINSTER</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N112">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O112">
         <is>
-          <t xml:space="preserve">01851</t>
+          <t xml:space="preserve">01453</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q112">
         <is>
-          <t xml:space="preserve">978- 423-4723</t>
+          <t xml:space="preserve">978- 537-7825</t>
         </is>
       </c>
     </row>
     <row r="113" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A113">
         <is>
-          <t xml:space="preserve">AC000955</t>
+          <t xml:space="preserve">AC000885</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B113">
         <is>
-          <t xml:space="preserve">09/24/2026</t>
+          <t xml:space="preserve">05/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C113">
         <is>
-          <t xml:space="preserve">KN ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">F A ENVIRONMENTAL RESOURCES LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G113">
         <is>
-          <t xml:space="preserve">21 WEST ADAMS STREET </t>
+          <t xml:space="preserve">52 TROLLEY CAR LANE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K113">
         <is>
-          <t xml:space="preserve">LOWELL</t>
+          <t xml:space="preserve">LONDONDERRY</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N113">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O113">
         <is>
-          <t xml:space="preserve">01851</t>
+          <t xml:space="preserve">03053</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q113">
         <is>
-          <t xml:space="preserve">617- 905-1332</t>
+          <t xml:space="preserve">978- 390-0101</t>
         </is>
       </c>
     </row>
     <row r="114" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A114">
         <is>
-          <t xml:space="preserve">AC000568</t>
+          <t xml:space="preserve">AC001045</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B114">
         <is>
-          <t xml:space="preserve">09/11/2026</t>
+          <t xml:space="preserve">05/14/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C114">
         <is>
-          <t xml:space="preserve">MILL CITY ENVIRONMENTAL CORPORATION</t>
+          <t xml:space="preserve">ALLSTATE CONTRACTING</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G114">
         <is>
-          <t xml:space="preserve">116 JOHN STREET </t>
+          <t xml:space="preserve">55 HARVARD STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K114">
         <is>
           <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N114">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O114">
         <is>
-          <t xml:space="preserve">01852</t>
+          <t xml:space="preserve">01851</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q114">
         <is>
-          <t xml:space="preserve">978- 654-6741</t>
+          <t xml:space="preserve">978- 423-4723</t>
         </is>
       </c>
     </row>
     <row r="115" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A115">
         <is>
-          <t xml:space="preserve">AC000497</t>
+          <t xml:space="preserve">AC000955</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B115">
         <is>
-          <t xml:space="preserve">02/27/2026</t>
+          <t xml:space="preserve">09/24/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C115">
         <is>
-          <t xml:space="preserve">S &amp; R CORPORATION</t>
+          <t xml:space="preserve">KN ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G115">
         <is>
-          <t xml:space="preserve">706 BROADWAY STREET </t>
+          <t xml:space="preserve">21 WEST ADAMS STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K115">
         <is>
           <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N115">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O115">
         <is>
-          <t xml:space="preserve">01854</t>
+          <t xml:space="preserve">01851</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q115">
         <is>
-          <t xml:space="preserve">978- 441-2000</t>
+          <t xml:space="preserve">617- 905-1332</t>
         </is>
       </c>
     </row>
     <row r="116" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A116">
         <is>
-          <t xml:space="preserve">AC000652</t>
+          <t xml:space="preserve">AC000568</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B116">
         <is>
-          <t xml:space="preserve">07/14/2026</t>
+          <t xml:space="preserve">09/11/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C116">
         <is>
-          <t xml:space="preserve">SRS CONTRACTORS, INC.</t>
+          <t xml:space="preserve">MILL CITY ENVIRONMENTAL CORPORATION</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G116">
         <is>
-          <t xml:space="preserve">153 WINTHROP AVENUE </t>
+          <t xml:space="preserve">116 JOHN STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K116">
         <is>
           <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N116">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O116">
         <is>
-          <t xml:space="preserve">01851</t>
+          <t xml:space="preserve">01852</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q116">
         <is>
-          <t xml:space="preserve">978- 455-0249</t>
+          <t xml:space="preserve">978- 654-6741</t>
         </is>
       </c>
     </row>
     <row r="117" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A117">
         <is>
-          <t xml:space="preserve">AC000725</t>
+          <t xml:space="preserve">AC000497</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B117">
         <is>
-          <t xml:space="preserve">08/04/2026</t>
+          <t xml:space="preserve">02/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C117">
         <is>
-          <t xml:space="preserve">BALTAZAR CONTRACTORS, INC.</t>
+          <t xml:space="preserve">S &amp; R CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G117">
         <is>
-          <t xml:space="preserve">83 CARMELINAS CIRCLE </t>
+          <t xml:space="preserve">706 BROADWAY STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K117">
         <is>
-          <t xml:space="preserve">LUDLOW</t>
+          <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N117">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O117">
         <is>
-          <t xml:space="preserve">01056</t>
+          <t xml:space="preserve">01854</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q117">
         <is>
-          <t xml:space="preserve">413- 583-6160</t>
+          <t xml:space="preserve">978- 441-2000</t>
         </is>
       </c>
     </row>
     <row r="118" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A118">
         <is>
-          <t xml:space="preserve">AC000695</t>
+          <t xml:space="preserve">AC000652</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B118">
         <is>
-          <t xml:space="preserve">02/21/2026</t>
+          <t xml:space="preserve">07/14/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C118">
         <is>
-          <t xml:space="preserve">COMPASS RESTORATION SERVICES, LLC</t>
+          <t xml:space="preserve">SRS CONTRACTORS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G118">
         <is>
-          <t xml:space="preserve">1020 EAST STREET </t>
+          <t xml:space="preserve">153 WINTHROP AVENUE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K118">
         <is>
-          <t xml:space="preserve">LUDLOW</t>
+          <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N118">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O118">
         <is>
-          <t xml:space="preserve">01056</t>
+          <t xml:space="preserve">01851</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q118">
         <is>
-          <t xml:space="preserve">413- 583-7919</t>
+          <t xml:space="preserve">978- 455-0249</t>
         </is>
       </c>
     </row>
     <row r="119" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A119">
         <is>
-          <t xml:space="preserve">AC000820</t>
+          <t xml:space="preserve">AC000725</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B119">
         <is>
-          <t xml:space="preserve">09/17/2026</t>
+          <t xml:space="preserve">08/04/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C119">
         <is>
-          <t xml:space="preserve">Top Notch Abatement LLC</t>
+          <t xml:space="preserve">BALTAZAR CONTRACTORS, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G119">
         <is>
-          <t xml:space="preserve">1087 Center St </t>
+          <t xml:space="preserve">83 CARMELINAS CIRCLE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K119">
         <is>
-          <t xml:space="preserve">Ludlow</t>
+          <t xml:space="preserve">LUDLOW</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N119">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O119">
         <is>
           <t xml:space="preserve">01056</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q119">
         <is>
-          <t xml:space="preserve">413- 283-9252</t>
+          <t xml:space="preserve">413- 583-6160</t>
         </is>
       </c>
     </row>
     <row r="120" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A120">
         <is>
-          <t xml:space="preserve">AC000915</t>
+          <t xml:space="preserve">AC000695</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B120">
         <is>
-          <t xml:space="preserve">05/07/2026</t>
+          <t xml:space="preserve">01/29/2027</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C120">
         <is>
-          <t xml:space="preserve">KYLE R. BLOOD - GENERAL CONTRACTING &amp; ENVIRONMENTAL REMEDIATION</t>
+          <t xml:space="preserve">COMPASS RESTORATION SERVICES, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G120">
         <is>
-          <t xml:space="preserve">1387 MASSACHUSETTS AVE </t>
+          <t xml:space="preserve">1020 EAST STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K120">
         <is>
-          <t xml:space="preserve">LUNENBURG</t>
+          <t xml:space="preserve">LUDLOW</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N120">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O120">
         <is>
-          <t xml:space="preserve">01462</t>
+          <t xml:space="preserve">01056</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q120">
         <is>
-          <t xml:space="preserve">978- 833-1018</t>
+          <t xml:space="preserve">413- 583-7919</t>
         </is>
       </c>
     </row>
     <row r="121" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A121">
         <is>
-          <t xml:space="preserve">AC000199</t>
+          <t xml:space="preserve">AC000820</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B121">
         <is>
-          <t xml:space="preserve">01/27/2026</t>
+          <t xml:space="preserve">09/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C121">
         <is>
-          <t xml:space="preserve">ALL STATE ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">Top Notch Abatement LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G121">
         <is>
-          <t xml:space="preserve">94 BEAVER AVENUE </t>
+          <t xml:space="preserve">1087 Center St </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K121">
         <is>
-          <t xml:space="preserve">LYNNFIELD</t>
+          <t xml:space="preserve">Ludlow</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N121">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O121">
         <is>
-          <t xml:space="preserve">01940</t>
+          <t xml:space="preserve">01056</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q121">
         <is>
-          <t xml:space="preserve">781- 334-4647</t>
+          <t xml:space="preserve">413- 283-9252</t>
         </is>
       </c>
     </row>
     <row r="122" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A122">
         <is>
-          <t xml:space="preserve">AC000774</t>
+          <t xml:space="preserve">AC000915</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B122">
         <is>
-          <t xml:space="preserve">08/01/2026</t>
+          <t xml:space="preserve">05/07/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C122">
         <is>
-          <t xml:space="preserve">IMPRESAIR ENVIRONMENTAL CORPORATION</t>
+          <t xml:space="preserve">KYLE R. BLOOD - GENERAL CONTRACTING &amp; ENVIRONMENTAL REMEDIATION</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G122">
         <is>
-          <t xml:space="preserve">439 FERRY STREET </t>
+          <t xml:space="preserve">1387 MASSACHUSETTS AVE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K122">
         <is>
-          <t xml:space="preserve">MALDEN</t>
+          <t xml:space="preserve">LUNENBURG</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N122">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O122">
         <is>
-          <t xml:space="preserve">02148</t>
+          <t xml:space="preserve">01462</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q122">
         <is>
-          <t xml:space="preserve">617- 625-7106</t>
+          <t xml:space="preserve">978- 833-1018</t>
         </is>
       </c>
     </row>
     <row r="123" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A123">
         <is>
-          <t xml:space="preserve">AC000852</t>
+          <t xml:space="preserve">AC000774</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B123">
         <is>
-          <t xml:space="preserve">12/17/2025</t>
+          <t xml:space="preserve">08/01/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C123">
         <is>
-          <t xml:space="preserve">ADVANCE DEMOLITION L.L.C.</t>
+          <t xml:space="preserve">IMPRESAIR ENVIRONMENTAL CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G123">
         <is>
-          <t xml:space="preserve">604 PROSPECT STREET </t>
+          <t xml:space="preserve">439 FERRY STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K123">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">MALDEN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N123">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O123">
         <is>
-          <t xml:space="preserve">01844</t>
+          <t xml:space="preserve">02148</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q123">
         <is>
-          <t xml:space="preserve">978- 994-5086</t>
+          <t xml:space="preserve">617- 625-7106</t>
         </is>
       </c>
     </row>
     <row r="124" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A124">
         <is>
-          <t xml:space="preserve">AC001093</t>
+          <t xml:space="preserve">AC000852</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B124">
         <is>
-          <t xml:space="preserve">12/20/2025</t>
+          <t xml:space="preserve">12/16/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C124">
         <is>
-          <t xml:space="preserve">BUDGET ABATEMENT LLC</t>
+          <t xml:space="preserve">ADVANCE DEMOLITION L.L.C.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G124">
         <is>
-          <t xml:space="preserve">76 HAMPSHIRE STREET </t>
+          <t xml:space="preserve">604 PROSPECT STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K124">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N124">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O124">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q124">
         <is>
-          <t xml:space="preserve">978- 606-4476</t>
+          <t xml:space="preserve">978- 994-5086</t>
         </is>
       </c>
     </row>
     <row r="125" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A125">
         <is>
-          <t xml:space="preserve">AC001061</t>
+          <t xml:space="preserve">AC001093</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B125">
         <is>
-          <t xml:space="preserve">08/08/2026</t>
+          <t xml:space="preserve">12/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C125">
         <is>
-          <t xml:space="preserve">FJC STAFFING LLC</t>
+          <t xml:space="preserve">BUDGET ABATEMENT LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G125">
         <is>
-          <t xml:space="preserve">213 BROADWAY UNIT 7</t>
+          <t xml:space="preserve">76 HAMPSHIRE STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K125">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N125">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O125">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q125">
         <is>
-          <t xml:space="preserve">978- 655-3623</t>
+          <t xml:space="preserve">978- 606-4476</t>
         </is>
       </c>
     </row>
     <row r="126" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A126">
         <is>
-          <t xml:space="preserve">AC000793</t>
+          <t xml:space="preserve">AC001061</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B126">
         <is>
-          <t xml:space="preserve">01/03/2026</t>
+          <t xml:space="preserve">08/08/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C126">
         <is>
-          <t xml:space="preserve">GOLDEN GATES SERVICES, INC.</t>
+          <t xml:space="preserve">FJC STAFFING LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G126">
         <is>
-          <t xml:space="preserve">22 WOODLAND CIRCLE </t>
+          <t xml:space="preserve">213 BROADWAY UNIT 7</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K126">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N126">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O126">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q126">
         <is>
-          <t xml:space="preserve">781- 962-9801</t>
+          <t xml:space="preserve">978- 655-3623</t>
         </is>
       </c>
     </row>
     <row r="127" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A127">
         <is>
-          <t xml:space="preserve">AC000966</t>
+          <t xml:space="preserve">AC000793</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B127">
         <is>
-          <t xml:space="preserve">03/21/2026</t>
+          <t xml:space="preserve">12/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C127">
         <is>
-          <t xml:space="preserve">POWER GROUP SPECIALISTS INC</t>
+          <t xml:space="preserve">GOLDEN GATES SERVICES, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G127">
         <is>
-          <t xml:space="preserve">266 BROADWAY STREET 1ST FLOOR</t>
+          <t xml:space="preserve">22 WOODLAND CIRCLE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K127">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N127">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O127">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q127">
         <is>
-          <t xml:space="preserve">978- 314-2629</t>
+          <t xml:space="preserve">781- 962-9801</t>
         </is>
       </c>
     </row>
     <row r="128" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A128">
         <is>
-          <t xml:space="preserve">AC000909</t>
+          <t xml:space="preserve">AC1100</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B128">
         <is>
-          <t xml:space="preserve">02/26/2026</t>
+          <t xml:space="preserve">10/15/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C128">
         <is>
-          <t xml:space="preserve">PRESTIGE ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">J&amp;A Environmental Services LLC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G128">
         <is>
-          <t xml:space="preserve">55 CHASE STREET </t>
+          <t xml:space="preserve">562 Prospect St </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K128">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">Methuen</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N128">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O128">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q128">
         <is>
-          <t xml:space="preserve">978- 655-1960</t>
+          <t xml:space="preserve">978- 397-4310</t>
         </is>
       </c>
     </row>
     <row r="129" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A129">
         <is>
-          <t xml:space="preserve">AC001089</t>
+          <t xml:space="preserve">AC1154</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B129">
         <is>
-          <t xml:space="preserve">10/25/2025</t>
+          <t xml:space="preserve">01/29/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C129">
         <is>
-          <t xml:space="preserve">SHALOM ENIVIRONMENTAL SERVICES INC</t>
+          <t xml:space="preserve">My Promise Land, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G129">
         <is>
-          <t xml:space="preserve">54 LIPPOLD STREET </t>
+          <t xml:space="preserve">176 East Street </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K129">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">Methuen</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N129">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O129">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q129">
         <is>
-          <t xml:space="preserve">978- 608-3377</t>
+          <t xml:space="preserve">978- 327-9699</t>
         </is>
       </c>
     </row>
     <row r="130" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A130">
         <is>
-          <t xml:space="preserve">AC000427</t>
+          <t xml:space="preserve">AC000966</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B130">
         <is>
-          <t xml:space="preserve">03/03/2026</t>
+          <t xml:space="preserve">03/21/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C130">
         <is>
-          <t xml:space="preserve">THE AULSON CO., INC.</t>
+          <t xml:space="preserve">POWER GROUP SPECIALISTS INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G130">
         <is>
-          <t xml:space="preserve">49 DANTON DRIVE </t>
+          <t xml:space="preserve">266 BROADWAY STREET 1ST FLOOR</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K130">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N130">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O130">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q130">
         <is>
-          <t xml:space="preserve">978- 975-4500</t>
+          <t xml:space="preserve">978- 314-2629</t>
         </is>
       </c>
     </row>
     <row r="131" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A131">
         <is>
-          <t xml:space="preserve">AC001039</t>
+          <t xml:space="preserve">AC000909</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B131">
         <is>
-          <t xml:space="preserve">06/26/2026</t>
+          <t xml:space="preserve">02/26/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C131">
         <is>
-          <t xml:space="preserve">ZNS CONSTRUCTION SERVICES INC</t>
+          <t xml:space="preserve">PRESTIGE ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G131">
         <is>
-          <t xml:space="preserve">15 GROVE STREET </t>
+          <t xml:space="preserve">55 CHASE STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K131">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N131">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O131">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q131">
         <is>
-          <t xml:space="preserve">978- 807-4498</t>
+          <t xml:space="preserve">978- 655-1960</t>
         </is>
       </c>
     </row>
     <row r="132" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A132">
         <is>
-          <t xml:space="preserve">AC1139</t>
+          <t xml:space="preserve">AC001089</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B132">
         <is>
-          <t xml:space="preserve">04/15/2026</t>
+          <t xml:space="preserve">10/29/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C132">
         <is>
-          <t xml:space="preserve">ZR Environmental &amp; Construction, Inc. </t>
+          <t xml:space="preserve">SHALOM ENIVIRONMENTAL SERVICES INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G132">
         <is>
-          <t xml:space="preserve">5 Fulton St  </t>
+          <t xml:space="preserve">54 LIPPOLD STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K132">
         <is>
-          <t xml:space="preserve">Methuen</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N132">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O132">
         <is>
           <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q132">
         <is>
-          <t xml:space="preserve">978- 690-6460</t>
+          <t xml:space="preserve">978- 608-3377</t>
         </is>
       </c>
     </row>
     <row r="133" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A133">
         <is>
-          <t xml:space="preserve">AC001034</t>
+          <t xml:space="preserve">AC000427</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B133">
         <is>
-          <t xml:space="preserve">12/10/2025</t>
+          <t xml:space="preserve">03/03/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C133">
         <is>
-          <t xml:space="preserve">COSTELLO DISMANTLING COMPANY, INC.</t>
+          <t xml:space="preserve">THE AULSON CO., INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G133">
         <is>
-          <t xml:space="preserve">699 WAREHAM STREET </t>
+          <t xml:space="preserve">49 DANTON DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K133">
         <is>
-          <t xml:space="preserve">MIDDLEBORO</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N133">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O133">
         <is>
-          <t xml:space="preserve">02346</t>
+          <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q133">
         <is>
-          <t xml:space="preserve">508- 291-2324</t>
+          <t xml:space="preserve">978- 975-4500</t>
         </is>
       </c>
     </row>
     <row r="134" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A134">
         <is>
-          <t xml:space="preserve">AC000412</t>
+          <t xml:space="preserve">AC001039</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B134">
         <is>
-          <t xml:space="preserve">06/27/2026</t>
+          <t xml:space="preserve">06/26/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C134">
         <is>
-          <t xml:space="preserve">ENVIRONMENTAL RESPONSE SERVICES, INCORPORATED</t>
+          <t xml:space="preserve">ZNS CONSTRUCTION SERVICES INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G134">
         <is>
-          <t xml:space="preserve">98 CAMBRIDGE STREET </t>
+          <t xml:space="preserve">15 GROVE STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K134">
         <is>
-          <t xml:space="preserve">MIDDLEBORO</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N134">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O134">
         <is>
-          <t xml:space="preserve">02346</t>
+          <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q134">
         <is>
-          <t xml:space="preserve">508- 998-6229</t>
+          <t xml:space="preserve">978- 807-4498</t>
         </is>
       </c>
     </row>
     <row r="135" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A135">
         <is>
-          <t xml:space="preserve">AC000954</t>
+          <t xml:space="preserve">AC1139</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B135">
         <is>
-          <t xml:space="preserve">03/17/2026</t>
+          <t xml:space="preserve">04/15/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C135">
         <is>
-          <t xml:space="preserve">LMH CONSTRUCTION GROUP LLC</t>
+          <t xml:space="preserve">ZR Environmental &amp; Construction, Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G135">
         <is>
-          <t xml:space="preserve">91 VERNON STREET </t>
+          <t xml:space="preserve">5 Fulton St  </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K135">
         <is>
-          <t xml:space="preserve">MIDDLEBORO</t>
+          <t xml:space="preserve">Methuen</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N135">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O135">
         <is>
-          <t xml:space="preserve">02346</t>
+          <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q135">
         <is>
-          <t xml:space="preserve">508- 326-2556</t>
+          <t xml:space="preserve">978- 690-6460</t>
         </is>
       </c>
     </row>
     <row r="136" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A136">
         <is>
-          <t xml:space="preserve">AC000847</t>
+          <t xml:space="preserve">AC001034</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B136">
         <is>
-          <t xml:space="preserve">08/18/2026</t>
+          <t xml:space="preserve">11/25/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C136">
         <is>
-          <t xml:space="preserve">KRONENBERGER &amp; SONS RESTORATION, LLC</t>
+          <t xml:space="preserve">COSTELLO DISMANTLING COMPANY, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G136">
         <is>
-          <t xml:space="preserve">175 INDUSTRIAL PARK ROAD </t>
+          <t xml:space="preserve">699 WAREHAM STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K136">
         <is>
-          <t xml:space="preserve">MIDDLETOWN</t>
+          <t xml:space="preserve">MIDDLEBORO</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N136">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O136">
         <is>
-          <t xml:space="preserve">06457</t>
+          <t xml:space="preserve">02346</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q136">
         <is>
-          <t xml:space="preserve">860- 347-4600</t>
+          <t xml:space="preserve">508- 291-2324</t>
         </is>
       </c>
     </row>
     <row r="137" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A137">
         <is>
-          <t xml:space="preserve">AC1128</t>
+          <t xml:space="preserve">AC000412</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B137">
         <is>
-          <t xml:space="preserve">06/11/2026</t>
+          <t xml:space="preserve">06/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C137">
         <is>
-          <t xml:space="preserve">I.D.G Environmental Services LLC </t>
+          <t xml:space="preserve">ENVIRONMENTAL RESPONSE SERVICES, INCORPORATED</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G137">
         <is>
-          <t xml:space="preserve">151 bullock street  </t>
+          <t xml:space="preserve">98 CAMBRIDGE STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K137">
         <is>
-          <t xml:space="preserve">New Bedford </t>
+          <t xml:space="preserve">MIDDLEBORO</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N137">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O137">
         <is>
-          <t xml:space="preserve">02740</t>
+          <t xml:space="preserve">02346</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q137">
         <is>
-          <t xml:space="preserve">774- 719-3311</t>
+          <t xml:space="preserve">508- 998-6229</t>
         </is>
       </c>
     </row>
     <row r="138" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A138">
         <is>
-          <t xml:space="preserve">AC000937</t>
+          <t xml:space="preserve">AC000954</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B138">
         <is>
-          <t xml:space="preserve">12/11/2025</t>
+          <t xml:space="preserve">03/17/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C138">
         <is>
-          <t xml:space="preserve">HOUZPITAL, LLC</t>
+          <t xml:space="preserve">LMH CONSTRUCTION GROUP LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G138">
         <is>
-          <t xml:space="preserve">411 JOHN DOWNEY DRIVE </t>
+          <t xml:space="preserve">91 VERNON STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K138">
         <is>
-          <t xml:space="preserve">NEW BRITAIN</t>
+          <t xml:space="preserve">MIDDLEBORO</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N138">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O138">
         <is>
-          <t xml:space="preserve">06051</t>
+          <t xml:space="preserve">02346</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q138">
         <is>
-          <t xml:space="preserve">860- 426-1975</t>
+          <t xml:space="preserve">508- 326-2556</t>
         </is>
       </c>
     </row>
     <row r="139" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A139">
         <is>
-          <t xml:space="preserve">AC000752</t>
+          <t xml:space="preserve">AC000847</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B139">
         <is>
-          <t xml:space="preserve">10/25/2025</t>
+          <t xml:space="preserve">08/18/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C139">
         <is>
-          <t xml:space="preserve">TRIDENT ENVIRONMENTAL GROUP, LLC</t>
+          <t xml:space="preserve">KRONENBERGER &amp; SONS RESTORATION, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G139">
         <is>
-          <t xml:space="preserve">15 SHIRE DRIVE </t>
+          <t xml:space="preserve">175 INDUSTRIAL PARK ROAD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K139">
         <is>
-          <t xml:space="preserve">NORFOLK</t>
+          <t xml:space="preserve">MIDDLETOWN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N139">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O139">
         <is>
-          <t xml:space="preserve">02056</t>
+          <t xml:space="preserve">06457</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q139">
         <is>
-          <t xml:space="preserve">508- 229-3545</t>
+          <t xml:space="preserve">860- 347-4600</t>
         </is>
       </c>
     </row>
     <row r="140" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A140">
         <is>
-          <t xml:space="preserve">AC001072</t>
+          <t xml:space="preserve">AC1128</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B140">
         <is>
-          <t xml:space="preserve">12/27/2025</t>
+          <t xml:space="preserve">06/11/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C140">
         <is>
-          <t xml:space="preserve">HAZARDOUS PRO LLC</t>
+          <t xml:space="preserve">I.D.G Environmental Services LLC </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G140">
         <is>
-          <t xml:space="preserve">10 BERRY STREET UNIT 1101</t>
+          <t xml:space="preserve">151 bullock street  </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K140">
         <is>
-          <t xml:space="preserve">NORTH ANDOVER</t>
+          <t xml:space="preserve">New Bedford </t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N140">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O140">
         <is>
-          <t xml:space="preserve">01845</t>
+          <t xml:space="preserve">02740</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q140">
         <is>
-          <t xml:space="preserve">978- 397-8867</t>
+          <t xml:space="preserve">774- 719-3311</t>
         </is>
       </c>
     </row>
     <row r="141" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A141">
         <is>
-          <t xml:space="preserve">AC001028</t>
+          <t xml:space="preserve">AC000937</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B141">
         <is>
-          <t xml:space="preserve">10/24/2025</t>
+          <t xml:space="preserve">01/26/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C141">
         <is>
-          <t xml:space="preserve">MACE CONTRACTING, INC.</t>
+          <t xml:space="preserve">HOUZPITAL, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G141">
         <is>
-          <t xml:space="preserve">1404 BASSWOOD CIRCLE </t>
+          <t xml:space="preserve">411 JOHN DOWNEY DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K141">
         <is>
-          <t xml:space="preserve">NORTH ANDOVER</t>
+          <t xml:space="preserve">NEW BRITAIN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N141">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O141">
         <is>
-          <t xml:space="preserve">01845</t>
+          <t xml:space="preserve">06051</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q141">
         <is>
-          <t xml:space="preserve">617- 777-2908</t>
+          <t xml:space="preserve">860- 426-1975</t>
         </is>
       </c>
     </row>
     <row r="142" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A142">
         <is>
-          <t xml:space="preserve">AC1123</t>
+          <t xml:space="preserve">AC001072</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B142">
         <is>
-          <t xml:space="preserve">03/25/2026</t>
+          <t xml:space="preserve">12/22/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C142">
         <is>
-          <t xml:space="preserve">Femme works solutions llc</t>
+          <t xml:space="preserve">HAZARDOUS PRO LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G142">
         <is>
-          <t xml:space="preserve">213 sutton st </t>
+          <t xml:space="preserve">10 BERRY STREET UNIT 1101</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K142">
         <is>
-          <t xml:space="preserve">north andover, ma</t>
+          <t xml:space="preserve">NORTH ANDOVER</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N142">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O142">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01845</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q142">
         <is>
-          <t xml:space="preserve">857- 869-0457</t>
+          <t xml:space="preserve">978- 397-8867</t>
         </is>
       </c>
     </row>
     <row r="143" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A143">
         <is>
-          <t xml:space="preserve">AC000934</t>
+          <t xml:space="preserve">AC001028</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B143">
         <is>
-          <t xml:space="preserve">08/08/2026</t>
+          <t xml:space="preserve">10/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C143">
         <is>
-          <t xml:space="preserve">W. L. FRENCH EXCAVATING CORP.</t>
+          <t xml:space="preserve">MACE CONTRACTING, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G143">
         <is>
-          <t xml:space="preserve">14 STERLING ROAD </t>
+          <t xml:space="preserve">1404 BASSWOOD CIRCLE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K143">
         <is>
-          <t xml:space="preserve">NORTH BILLERICA</t>
+          <t xml:space="preserve">NORTH ANDOVER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N143">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O143">
         <is>
-          <t xml:space="preserve">01862</t>
+          <t xml:space="preserve">01845</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q143">
         <is>
-          <t xml:space="preserve">978- 600-2118</t>
+          <t xml:space="preserve">617- 777-2908</t>
         </is>
       </c>
     </row>
     <row r="144" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A144">
         <is>
-          <t xml:space="preserve">AC001086</t>
+          <t xml:space="preserve">AC1123</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B144">
         <is>
-          <t xml:space="preserve">05/15/2026</t>
+          <t xml:space="preserve">03/25/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C144">
         <is>
-          <t xml:space="preserve">MOUNT CARMEL CONSTRUCTION LLC</t>
+          <t xml:space="preserve">Femme works solutions llc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G144">
         <is>
-          <t xml:space="preserve">370 STATE STREET </t>
+          <t xml:space="preserve">213 sutton st </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K144">
         <is>
-          <t xml:space="preserve">NORTH HAVEN</t>
+          <t xml:space="preserve">north andover, ma</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N144">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O144">
         <is>
-          <t xml:space="preserve">06473</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q144">
         <is>
-          <t xml:space="preserve">203- 234-8488</t>
+          <t xml:space="preserve">857- 869-0457</t>
         </is>
       </c>
     </row>
     <row r="145" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A145">
         <is>
-          <t xml:space="preserve">AC000761</t>
+          <t xml:space="preserve">AC000934</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B145">
         <is>
-          <t xml:space="preserve">03/19/2026</t>
+          <t xml:space="preserve">08/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C145">
         <is>
-          <t xml:space="preserve">SMI DEMOLITION, INC.</t>
+          <t xml:space="preserve">W. L. FRENCH EXCAVATING CORP.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G145">
         <is>
-          <t xml:space="preserve">823 PLEASANT STREET </t>
+          <t xml:space="preserve">14 STERLING ROAD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K145">
         <is>
-          <t xml:space="preserve">NORWOOD</t>
+          <t xml:space="preserve">NORTH BILLERICA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N145">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O145">
         <is>
-          <t xml:space="preserve">02062</t>
+          <t xml:space="preserve">01862</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q145">
         <is>
-          <t xml:space="preserve">781- 769-5376</t>
+          <t xml:space="preserve">978- 600-2118</t>
         </is>
       </c>
     </row>
     <row r="146" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A146">
         <is>
-          <t xml:space="preserve">AC000151</t>
+          <t xml:space="preserve">AC000607</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B146">
         <is>
-          <t xml:space="preserve">02/20/2026</t>
+          <t xml:space="preserve">10/14/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C146">
         <is>
-          <t xml:space="preserve">SOUTHERN MIDDLESEX INDUSTRIES, INC</t>
+          <t xml:space="preserve">WALSH ENVIRONMENTAL SERVICES</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G146">
         <is>
-          <t xml:space="preserve">823 PLEASANT STREET </t>
+          <t xml:space="preserve">17 CIDER MILL ROAD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K146">
         <is>
-          <t xml:space="preserve">NORWOOD</t>
+          <t xml:space="preserve">NORTH BROOKFIELD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N146">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O146">
         <is>
-          <t xml:space="preserve">02062</t>
+          <t xml:space="preserve">01535</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q146">
         <is>
-          <t xml:space="preserve">781- 769-9310</t>
+          <t xml:space="preserve">774- 696-3849</t>
         </is>
       </c>
     </row>
     <row r="147" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A147">
         <is>
-          <t xml:space="preserve">AC001090</t>
+          <t xml:space="preserve">AC001086</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B147">
         <is>
-          <t xml:space="preserve">09/26/2026</t>
+          <t xml:space="preserve">05/15/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C147">
         <is>
-          <t xml:space="preserve">ACTION ENVIRONMENTAL CORP.</t>
+          <t xml:space="preserve">MOUNT CARMEL CONSTRUCTION LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G147">
         <is>
-          <t xml:space="preserve">235 OLD WEBSTER ROAD </t>
+          <t xml:space="preserve">370 STATE STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K147">
         <is>
-          <t xml:space="preserve">OXFORD</t>
+          <t xml:space="preserve">NORTH HAVEN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N147">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O147">
         <is>
-          <t xml:space="preserve">01540</t>
+          <t xml:space="preserve">06473</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q147">
         <is>
-          <t xml:space="preserve">508- 752-4964</t>
+          <t xml:space="preserve">203- 234-8488</t>
         </is>
       </c>
     </row>
     <row r="148" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A148">
         <is>
-          <t xml:space="preserve">AC001083</t>
+          <t xml:space="preserve">AC000761</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B148">
         <is>
-          <t xml:space="preserve">04/08/2026</t>
+          <t xml:space="preserve">03/19/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C148">
         <is>
-          <t xml:space="preserve">A&amp;D ENVIRONMENTAL SPECIALISTS, LLC</t>
+          <t xml:space="preserve">SMI DEMOLITION, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G148">
         <is>
-          <t xml:space="preserve">96 LYNN STREET 1ST FLOOR</t>
+          <t xml:space="preserve">823 PLEASANT STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K148">
         <is>
-          <t xml:space="preserve">PEABODY</t>
+          <t xml:space="preserve">NORWOOD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N148">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O148">
         <is>
-          <t xml:space="preserve">01960</t>
+          <t xml:space="preserve">02062</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q148">
         <is>
-          <t xml:space="preserve">781- 521-8748</t>
+          <t xml:space="preserve">781- 769-5376</t>
         </is>
       </c>
     </row>
     <row r="149" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A149">
         <is>
-          <t xml:space="preserve">AC001035</t>
+          <t xml:space="preserve">AC000151</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B149">
         <is>
-          <t xml:space="preserve">01/14/2026</t>
+          <t xml:space="preserve">02/20/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C149">
         <is>
-          <t xml:space="preserve">ADVANCED ABATEMENT &amp; INSULATION, INC.</t>
+          <t xml:space="preserve">SOUTHERN MIDDLESEX INDUSTRIES, INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G149">
         <is>
-          <t xml:space="preserve">20 PLYMOUTH ROAD </t>
+          <t xml:space="preserve">823 PLEASANT STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K149">
         <is>
-          <t xml:space="preserve">PEABODY</t>
+          <t xml:space="preserve">NORWOOD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N149">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O149">
         <is>
-          <t xml:space="preserve">01960</t>
+          <t xml:space="preserve">02062</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q149">
         <is>
-          <t xml:space="preserve">617- 834-5238</t>
+          <t xml:space="preserve">781- 769-9310</t>
         </is>
       </c>
     </row>
     <row r="150" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A150">
         <is>
-          <t xml:space="preserve">AC000502</t>
+          <t xml:space="preserve">AC001090</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B150">
         <is>
-          <t xml:space="preserve">03/19/2026</t>
+          <t xml:space="preserve">09/26/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C150">
         <is>
-          <t xml:space="preserve">BARILE ENVIRONMENTAL, INC</t>
+          <t xml:space="preserve">ACTION ENVIRONMENTAL CORP.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G150">
         <is>
-          <t xml:space="preserve">78 PLASTICS AVENUE </t>
+          <t xml:space="preserve">235 OLD WEBSTER ROAD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K150">
         <is>
-          <t xml:space="preserve">PITTSFIELD</t>
+          <t xml:space="preserve">OXFORD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N150">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O150">
         <is>
-          <t xml:space="preserve">01201</t>
+          <t xml:space="preserve">01540</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q150">
         <is>
-          <t xml:space="preserve">413- 443-0480</t>
+          <t xml:space="preserve">508- 752-4964</t>
         </is>
       </c>
     </row>
     <row r="151" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A151">
         <is>
-          <t xml:space="preserve">AC000981</t>
+          <t xml:space="preserve">AC001083</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B151">
         <is>
-          <t xml:space="preserve">07/30/2026</t>
+          <t xml:space="preserve">04/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C151">
         <is>
-          <t xml:space="preserve">J.H. MAXYMILLIAN, INC.</t>
+          <t xml:space="preserve">A&amp;D ENVIRONMENTAL SPECIALISTS, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G151">
         <is>
-          <t xml:space="preserve">1801 EAST STREET </t>
+          <t xml:space="preserve">96 LYNN STREET 1ST FLOOR</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K151">
         <is>
-          <t xml:space="preserve">PITTSFIELD</t>
+          <t xml:space="preserve">PEABODY</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N151">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O151">
         <is>
-          <t xml:space="preserve">01201</t>
+          <t xml:space="preserve">01960</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q151">
         <is>
-          <t xml:space="preserve">413- 499-3050</t>
+          <t xml:space="preserve">781- 521-8748</t>
         </is>
       </c>
     </row>
     <row r="152" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A152">
         <is>
-          <t xml:space="preserve">AC000476</t>
+          <t xml:space="preserve">AC001035</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B152">
         <is>
-          <t xml:space="preserve">12/11/2025</t>
+          <t xml:space="preserve">01/21/2027</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C152">
         <is>
-          <t xml:space="preserve">ULTIMATE ABATEMENT COMPANY, INC.</t>
+          <t xml:space="preserve">ADVANCED ABATEMENT &amp; INSULATION, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G152">
         <is>
-          <t xml:space="preserve">34 MOUNTAIN STREET </t>
+          <t xml:space="preserve">20 PLYMOUTH ROAD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K152">
         <is>
-          <t xml:space="preserve">PLAINFIELD</t>
+          <t xml:space="preserve">PEABODY</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N152">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O152">
         <is>
-          <t xml:space="preserve">01070</t>
+          <t xml:space="preserve">01960</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q152">
         <is>
-          <t xml:space="preserve">413- 246-0472</t>
+          <t xml:space="preserve">617- 834-5238</t>
         </is>
       </c>
     </row>
     <row r="153" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A153">
         <is>
-          <t xml:space="preserve">AC1117</t>
+          <t xml:space="preserve">AC000502</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B153">
         <is>
-          <t xml:space="preserve">01/14/2026</t>
+          <t xml:space="preserve">03/19/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C153">
         <is>
-          <t xml:space="preserve">Warrior Abatement Services</t>
+          <t xml:space="preserve">BARILE ENVIRONMENTAL, INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G153">
         <is>
-          <t xml:space="preserve">140 New Britain Ave </t>
+          <t xml:space="preserve">78 PLASTICS AVENUE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K153">
         <is>
-          <t xml:space="preserve">Plainville</t>
+          <t xml:space="preserve">PITTSFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N153">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O153">
         <is>
-          <t xml:space="preserve">06062</t>
+          <t xml:space="preserve">01201</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q153">
         <is>
-          <t xml:space="preserve">860- 846-0771</t>
+          <t xml:space="preserve">413- 443-0480</t>
         </is>
       </c>
     </row>
     <row r="154" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A154">
         <is>
-          <t xml:space="preserve">AC000331</t>
+          <t xml:space="preserve">AC000981</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B154">
         <is>
-          <t xml:space="preserve">10/18/2025</t>
+          <t xml:space="preserve">07/30/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C154">
         <is>
-          <t xml:space="preserve">ALL STATE ABATEMENT PROFESSIONALS, INC.</t>
+          <t xml:space="preserve">J.H. MAXYMILLIAN, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G154">
         <is>
-          <t xml:space="preserve">4 WILDER DRIVE SUITE 12</t>
+          <t xml:space="preserve">1801 EAST STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K154">
         <is>
-          <t xml:space="preserve">PLAISTOW</t>
+          <t xml:space="preserve">PITTSFIELD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N154">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O154">
         <is>
-          <t xml:space="preserve">03865</t>
+          <t xml:space="preserve">01201</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q154">
         <is>
-          <t xml:space="preserve">603- 378-0600</t>
+          <t xml:space="preserve">413- 499-3050</t>
         </is>
       </c>
     </row>
     <row r="155" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A155">
         <is>
-          <t xml:space="preserve">AC000601</t>
+          <t xml:space="preserve">AC000476</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B155">
         <is>
-          <t xml:space="preserve">10/02/2025</t>
+          <t xml:space="preserve">12/09/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C155">
         <is>
-          <t xml:space="preserve">A-D &amp; T ENTERPRISE, INC.</t>
+          <t xml:space="preserve">ULTIMATE ABATEMENT COMPANY, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G155">
         <is>
-          <t xml:space="preserve">8 WINTERBERRY WAY </t>
+          <t xml:space="preserve">34 MOUNTAIN STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K155">
         <is>
-          <t xml:space="preserve">PLYMOUTH</t>
+          <t xml:space="preserve">PLAINFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N155">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O155">
         <is>
-          <t xml:space="preserve">02360</t>
+          <t xml:space="preserve">01070</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q155">
         <is>
-          <t xml:space="preserve">508- 850-9713</t>
+          <t xml:space="preserve">413- 246-0472</t>
         </is>
       </c>
     </row>
     <row r="156" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A156">
         <is>
-          <t xml:space="preserve">AC1144</t>
+          <t xml:space="preserve">AC000331</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B156">
         <is>
-          <t xml:space="preserve">06/11/2026</t>
+          <t xml:space="preserve">10/08/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C156">
         <is>
-          <t xml:space="preserve">RED Technologies, LLC </t>
+          <t xml:space="preserve">ALL STATE ABATEMENT PROFESSIONALS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G156">
         <is>
-          <t xml:space="preserve">173 Pickering St.  </t>
+          <t xml:space="preserve">4 WILDER DRIVE SUITE 12</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K156">
         <is>
-          <t xml:space="preserve">Portland </t>
+          <t xml:space="preserve">PLAISTOW</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N156">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O156">
         <is>
-          <t xml:space="preserve">06480</t>
+          <t xml:space="preserve">03865</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q156">
         <is>
-          <t xml:space="preserve">860- -34-1022</t>
+          <t xml:space="preserve">603- 378-0600</t>
         </is>
       </c>
     </row>
     <row r="157" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A157">
         <is>
-          <t xml:space="preserve">AC000904</t>
+          <t xml:space="preserve">AC1117</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B157">
         <is>
-          <t xml:space="preserve">10/02/2025</t>
+          <t xml:space="preserve">01/12/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C157">
         <is>
-          <t xml:space="preserve">AMERICAN CONSTRUCTION TRADES CORPORATION</t>
+          <t xml:space="preserve">Warrior Abatement Services</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G157">
         <is>
-          <t xml:space="preserve">167 STELLA STREET </t>
+          <t xml:space="preserve">1100 Old Turnpike RD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K157">
         <is>
-          <t xml:space="preserve">PROVIDENCE</t>
+          <t xml:space="preserve">Plantsville</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N157">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O157">
         <is>
-          <t xml:space="preserve">02909</t>
+          <t xml:space="preserve">06479</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q157">
         <is>
-          <t xml:space="preserve">401- 639-4361</t>
+          <t xml:space="preserve">860- 846-0771</t>
         </is>
       </c>
     </row>
     <row r="158" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A158">
         <is>
-          <t xml:space="preserve">AC000790</t>
+          <t xml:space="preserve">AC000601</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B158">
         <is>
-          <t xml:space="preserve">10/24/2025</t>
+          <t xml:space="preserve">10/07/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C158">
         <is>
-          <t xml:space="preserve">KARMA ENVIRONMENTAL SERVICES, INC.</t>
+          <t xml:space="preserve">A-D &amp; T ENTERPRISE, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G158">
         <is>
-          <t xml:space="preserve">40 WILLIARD STREET SUITE 202</t>
+          <t xml:space="preserve">8 WINTERBERRY WAY </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K158">
         <is>
-          <t xml:space="preserve">QUINCY</t>
+          <t xml:space="preserve">PLYMOUTH</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N158">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O158">
         <is>
-          <t xml:space="preserve">02169</t>
+          <t xml:space="preserve">02360</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q158">
         <is>
-          <t xml:space="preserve">617- 405-4807</t>
+          <t xml:space="preserve">508- 850-9713</t>
         </is>
       </c>
     </row>
     <row r="159" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A159">
         <is>
-          <t xml:space="preserve">AC000735</t>
+          <t xml:space="preserve">AC1144</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B159">
         <is>
-          <t xml:space="preserve">08/26/2026</t>
+          <t xml:space="preserve">06/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C159">
         <is>
-          <t xml:space="preserve">AFFORDABLE ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">RED Technologies, LLC </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G159">
         <is>
-          <t xml:space="preserve">571 S. MAIN STREET </t>
+          <t xml:space="preserve">173 Pickering St.  </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K159">
         <is>
-          <t xml:space="preserve">RANDOLPH</t>
+          <t xml:space="preserve">Portland </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N159">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O159">
         <is>
-          <t xml:space="preserve">02368</t>
+          <t xml:space="preserve">06480</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q159">
         <is>
-          <t xml:space="preserve">781- 267-4325</t>
+          <t xml:space="preserve">860- -34-1022</t>
         </is>
       </c>
     </row>
     <row r="160" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A160">
         <is>
-          <t xml:space="preserve">AC000701</t>
+          <t xml:space="preserve">AC000904</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B160">
         <is>
-          <t xml:space="preserve">07/09/2026</t>
+          <t xml:space="preserve">12/26/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C160">
         <is>
-          <t xml:space="preserve">MORAN ENVIRONMENTAL RECOVERY, LLC</t>
+          <t xml:space="preserve">AMERICAN CONSTRUCTION TRADES CORPORATION</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G160">
         <is>
-          <t xml:space="preserve">75D YORK AVENUE </t>
+          <t xml:space="preserve">167 STELLA STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K160">
         <is>
-          <t xml:space="preserve">RANDOLPH</t>
+          <t xml:space="preserve">PROVIDENCE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N160">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O160">
         <is>
-          <t xml:space="preserve">02368</t>
+          <t xml:space="preserve">02909</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q160">
         <is>
-          <t xml:space="preserve">781- 815-1100</t>
+          <t xml:space="preserve">401- 639-4361</t>
         </is>
       </c>
     </row>
     <row r="161" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A161">
         <is>
-          <t xml:space="preserve">AC001088</t>
+          <t xml:space="preserve">AC000790</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B161">
         <is>
-          <t xml:space="preserve">08/21/2026</t>
+          <t xml:space="preserve">10/28/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C161">
         <is>
-          <t xml:space="preserve">SPRING HILL ENVIRONMENTAL CORP</t>
+          <t xml:space="preserve">KARMA ENVIRONMENTAL SERVICES, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G161">
         <is>
-          <t xml:space="preserve">12 PEMBERTON STREET </t>
+          <t xml:space="preserve">40 WILLIARD STREET SUITE 202</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K161">
         <is>
-          <t xml:space="preserve">REVER</t>
+          <t xml:space="preserve">QUINCY</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N161">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O161">
         <is>
-          <t xml:space="preserve">02151</t>
+          <t xml:space="preserve">02169</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q161">
         <is>
-          <t xml:space="preserve">857- 207-9955</t>
+          <t xml:space="preserve">617- 405-4807</t>
         </is>
       </c>
     </row>
     <row r="162" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A162">
         <is>
-          <t xml:space="preserve">AC000447</t>
+          <t xml:space="preserve">AC000735</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B162">
         <is>
-          <t xml:space="preserve">05/28/2026</t>
+          <t xml:space="preserve">08/26/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C162">
         <is>
-          <t xml:space="preserve">NORTH SHORE ENVIRONMENTAL SERVICES INC.</t>
+          <t xml:space="preserve">AFFORDABLE ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G162">
         <is>
-          <t xml:space="preserve">505 WASHINGTON AVENUE </t>
+          <t xml:space="preserve">571 S. MAIN STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K162">
         <is>
-          <t xml:space="preserve">REVERE</t>
+          <t xml:space="preserve">RANDOLPH</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N162">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O162">
         <is>
-          <t xml:space="preserve">02151</t>
+          <t xml:space="preserve">02368</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q162">
         <is>
-          <t xml:space="preserve">781- 485-1621</t>
+          <t xml:space="preserve">781- 267-4325</t>
         </is>
       </c>
     </row>
     <row r="163" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A163">
         <is>
-          <t xml:space="preserve">AC000688</t>
+          <t xml:space="preserve">AC000701</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B163">
         <is>
-          <t xml:space="preserve">02/25/2026</t>
+          <t xml:space="preserve">07/09/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C163">
         <is>
-          <t xml:space="preserve">GREEN ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">MORAN ENVIRONMENTAL RECOVERY, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G163">
         <is>
-          <t xml:space="preserve">296 WEYMOUTH STREET UNIT C</t>
+          <t xml:space="preserve">75D YORK AVENUE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K163">
         <is>
-          <t xml:space="preserve">ROCKLAND</t>
+          <t xml:space="preserve">RANDOLPH</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N163">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O163">
         <is>
-          <t xml:space="preserve">02370</t>
+          <t xml:space="preserve">02368</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q163">
         <is>
-          <t xml:space="preserve">617- 479-0550</t>
+          <t xml:space="preserve">781- 815-1100</t>
         </is>
       </c>
     </row>
     <row r="164" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A164">
         <is>
-          <t xml:space="preserve">AC000392</t>
+          <t xml:space="preserve">AC1151</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B164">
         <is>
-          <t xml:space="preserve">02/25/2026</t>
+          <t xml:space="preserve">10/03/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C164">
         <is>
-          <t xml:space="preserve">NE REM dba N.Star Demo &amp; Rem </t>
+          <t xml:space="preserve">Rescue Environemtal</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G164">
         <is>
-          <t xml:space="preserve">174 Newburyport Turnpike # 304,  </t>
+          <t xml:space="preserve">836 N Main St </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K164">
         <is>
-          <t xml:space="preserve">Rowley</t>
+          <t xml:space="preserve">Raynham</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N164">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O164">
         <is>
-          <t xml:space="preserve">01969</t>
+          <t xml:space="preserve">02767</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q164">
         <is>
-          <t xml:space="preserve">617- 389-8880</t>
+          <t xml:space="preserve">774- 504-1361</t>
         </is>
       </c>
     </row>
     <row r="165" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A165">
         <is>
-          <t xml:space="preserve">AC000197</t>
+          <t xml:space="preserve">AC001088</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B165">
         <is>
-          <t xml:space="preserve">01/23/2026</t>
+          <t xml:space="preserve">08/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C165">
         <is>
-          <t xml:space="preserve">A-BEST ABATEMENT, INC.</t>
+          <t xml:space="preserve">SPRING HILL ENVIRONMENTAL CORP</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G165">
         <is>
-          <t xml:space="preserve">24 KEEWAYDIN DRIVE </t>
+          <t xml:space="preserve">12 PEMBERTON STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K165">
         <is>
-          <t xml:space="preserve">SALEM</t>
+          <t xml:space="preserve">REVER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N165">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O165">
         <is>
-          <t xml:space="preserve">03079-</t>
+          <t xml:space="preserve">02151</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q165">
         <is>
-          <t xml:space="preserve">603- 893-4696</t>
+          <t xml:space="preserve">857- 207-9955</t>
         </is>
       </c>
     </row>
     <row r="166" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A166">
         <is>
-          <t xml:space="preserve">AC000868</t>
+          <t xml:space="preserve">AC000447</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B166">
         <is>
-          <t xml:space="preserve">05/15/2026</t>
+          <t xml:space="preserve">05/28/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C166">
         <is>
-          <t xml:space="preserve">ADEP GROUP, INC.</t>
+          <t xml:space="preserve">NORTH SHORE ENVIRONMENTAL SERVICES INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G166">
         <is>
-          <t xml:space="preserve">300 MAIN STREET </t>
+          <t xml:space="preserve">505 WASHINGTON AVENUE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K166">
         <is>
-          <t xml:space="preserve">SALEM</t>
+          <t xml:space="preserve">REVERE</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N166">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O166">
         <is>
-          <t xml:space="preserve">03079</t>
+          <t xml:space="preserve">02151</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q166">
         <is>
-          <t xml:space="preserve">603- 239-3005</t>
+          <t xml:space="preserve">781- 485-1621</t>
         </is>
       </c>
     </row>
     <row r="167" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A167">
         <is>
-          <t xml:space="preserve">AC000932</t>
+          <t xml:space="preserve">AC000688</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B167">
         <is>
-          <t xml:space="preserve">09/11/2026</t>
+          <t xml:space="preserve">02/25/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C167">
         <is>
-          <t xml:space="preserve">ATI Env of Salem NH, LLC dba Omni Environmental</t>
+          <t xml:space="preserve">GREEN ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G167">
         <is>
-          <t xml:space="preserve">5-7 DELAWARE DRIVE SUITE #4</t>
+          <t xml:space="preserve">296 WEYMOUTH STREET UNIT C</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K167">
         <is>
-          <t xml:space="preserve">SALEM</t>
+          <t xml:space="preserve">ROCKLAND</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N167">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O167">
         <is>
-          <t xml:space="preserve">03079</t>
+          <t xml:space="preserve">02370</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q167">
         <is>
-          <t xml:space="preserve">603- 458-2060</t>
+          <t xml:space="preserve">617- 479-0550</t>
         </is>
       </c>
     </row>
     <row r="168" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A168">
         <is>
-          <t xml:space="preserve">AC000952</t>
+          <t xml:space="preserve">AC000392</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B168">
         <is>
-          <t xml:space="preserve">08/08/2026</t>
+          <t xml:space="preserve">02/25/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C168">
         <is>
-          <t xml:space="preserve">BATISTA ENVIRONMENTAL TECH LLC</t>
+          <t xml:space="preserve">Northstar Demolition and Remediation Inc dba Northeast Remediation</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G168">
         <is>
-          <t xml:space="preserve">4 RAYMOND AVE UNIT 8</t>
+          <t xml:space="preserve">174 Newburyport Turnpike # 304,  </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K168">
         <is>
-          <t xml:space="preserve">SALEM</t>
+          <t xml:space="preserve">Rowley</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N168">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O168">
         <is>
-          <t xml:space="preserve">03079</t>
+          <t xml:space="preserve">01969</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q168">
         <is>
-          <t xml:space="preserve">603- 458-2359</t>
+          <t xml:space="preserve">409- 886-3959</t>
         </is>
       </c>
     </row>
     <row r="169" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A169">
         <is>
-          <t xml:space="preserve">AC000916</t>
+          <t xml:space="preserve">AC000197</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B169">
         <is>
-          <t xml:space="preserve">01/21/2026</t>
+          <t xml:space="preserve">01/21/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C169">
         <is>
-          <t xml:space="preserve">SELECT DEMO SERVICES, LLC</t>
+          <t xml:space="preserve">A-BEST ABATEMENT, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G169">
         <is>
-          <t xml:space="preserve">40 LOWELL ROAD BUILDING 2</t>
+          <t xml:space="preserve">24 KEEWAYDIN DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K169">
         <is>
           <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N169">
         <is>
           <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O169">
         <is>
-          <t xml:space="preserve">03079</t>
+          <t xml:space="preserve">03079-</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q169">
         <is>
-          <t xml:space="preserve">603- 386-0391</t>
+          <t xml:space="preserve">603- 893-4696</t>
         </is>
       </c>
     </row>
     <row r="170" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A170">
         <is>
-          <t xml:space="preserve">AC000768</t>
+          <t xml:space="preserve">AC000868</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B170">
         <is>
-          <t xml:space="preserve">01/06/2026</t>
+          <t xml:space="preserve">05/15/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C170">
         <is>
-          <t xml:space="preserve">ATLANTIC COAST DISMANTLING, LLC</t>
+          <t xml:space="preserve">ADEP GROUP, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G170">
         <is>
-          <t xml:space="preserve">63 SALEM TURNPIKE </t>
+          <t xml:space="preserve">300 MAIN STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K170">
         <is>
-          <t xml:space="preserve">SAUGUS</t>
+          <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N170">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O170">
         <is>
-          <t xml:space="preserve">01906</t>
+          <t xml:space="preserve">03079</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q170">
         <is>
-          <t xml:space="preserve">617- 884-7700</t>
+          <t xml:space="preserve">603- 239-3005</t>
         </is>
       </c>
     </row>
     <row r="171" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A171">
         <is>
-          <t xml:space="preserve">AC000511</t>
+          <t xml:space="preserve">AC000932</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B171">
         <is>
-          <t xml:space="preserve">05/05/2026</t>
+          <t xml:space="preserve">09/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C171">
         <is>
-          <t xml:space="preserve">NATIONAL ABATEMENT, INC.</t>
+          <t xml:space="preserve">ATI Env of Salem NH, LLC dba Omni Environmental</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G171">
         <is>
-          <t xml:space="preserve">98 LINCOLN AVE. </t>
+          <t xml:space="preserve">5-7 DELAWARE DRIVE SUITE #4</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K171">
         <is>
-          <t xml:space="preserve">SAUGUS</t>
+          <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N171">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O171">
         <is>
-          <t xml:space="preserve">01906</t>
+          <t xml:space="preserve">03079</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q171">
         <is>
-          <t xml:space="preserve">781- 589-3161</t>
+          <t xml:space="preserve">603- 458-2060</t>
         </is>
       </c>
     </row>
     <row r="172" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A172">
         <is>
-          <t xml:space="preserve">AC000640</t>
+          <t xml:space="preserve">AC000952</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B172">
         <is>
-          <t xml:space="preserve">06/20/2026</t>
+          <t xml:space="preserve">08/08/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C172">
         <is>
-          <t xml:space="preserve">ACME ABATEMENT CONTRACTOR, INC.</t>
+          <t xml:space="preserve">BATISTA ENVIRONMENTAL TECH LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G172">
         <is>
-          <t xml:space="preserve">52 FULLER STREET </t>
+          <t xml:space="preserve">4 RAYMOND AVE UNIT 8</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K172">
         <is>
-          <t xml:space="preserve">SEEKONK</t>
+          <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N172">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O172">
         <is>
-          <t xml:space="preserve">02771</t>
+          <t xml:space="preserve">03079</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q172">
         <is>
-          <t xml:space="preserve">508- 336-5551</t>
+          <t xml:space="preserve">603- 458-2359</t>
         </is>
       </c>
     </row>
     <row r="173" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A173">
         <is>
-          <t xml:space="preserve">AC000096</t>
+          <t xml:space="preserve">AC000916</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B173">
         <is>
-          <t xml:space="preserve">08/15/2026</t>
+          <t xml:space="preserve">01/15/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C173">
         <is>
-          <t xml:space="preserve">YANKEE FIBER CONTROL, INC.</t>
+          <t xml:space="preserve">SELECT DEMO SERVICES, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G173">
         <is>
-          <t xml:space="preserve">50 INDUSTRIAL WAY </t>
+          <t xml:space="preserve">40 LOWELL ROAD BUILDING 2</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K173">
         <is>
-          <t xml:space="preserve">SEEKONK</t>
+          <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N173">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O173">
         <is>
-          <t xml:space="preserve">02771</t>
+          <t xml:space="preserve">03079</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q173">
         <is>
-          <t xml:space="preserve">508- 343-5115</t>
+          <t xml:space="preserve">603- 386-0391</t>
         </is>
       </c>
     </row>
     <row r="174" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A174">
         <is>
-          <t xml:space="preserve">AC1134</t>
+          <t xml:space="preserve">AC000768</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B174">
         <is>
-          <t xml:space="preserve">02/19/2026</t>
+          <t xml:space="preserve">12/31/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C174">
         <is>
-          <t xml:space="preserve">GLV CONSULTING GROUP INC.</t>
+          <t xml:space="preserve">ATLANTIC COAST DISMANTLING, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G174">
         <is>
-          <t xml:space="preserve">33 Lone Oak Path </t>
+          <t xml:space="preserve">63 SALEM TURNPIKE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K174">
         <is>
-          <t xml:space="preserve">Smithtown</t>
+          <t xml:space="preserve">SAUGUS</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N174">
         <is>
-          <t xml:space="preserve">NY</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O174">
         <is>
-          <t xml:space="preserve">11787</t>
+          <t xml:space="preserve">01906</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q174">
         <is>
-          <t xml:space="preserve">516- 315-1378</t>
+          <t xml:space="preserve">617- 884-7700</t>
         </is>
       </c>
     </row>
     <row r="175" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A175">
         <is>
-          <t xml:space="preserve">AC000898</t>
+          <t xml:space="preserve">AC000511</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B175">
         <is>
-          <t xml:space="preserve">08/11/2026</t>
+          <t xml:space="preserve">05/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C175">
         <is>
-          <t xml:space="preserve">ASSOCIATED BUILDING WRECKERS, INC.</t>
+          <t xml:space="preserve">NATIONAL ABATEMENT, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G175">
         <is>
-          <t xml:space="preserve">352 ALBANY STREET </t>
+          <t xml:space="preserve">98 LINCOLN AVE. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K175">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">SAUGUS</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N175">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O175">
         <is>
-          <t xml:space="preserve">01105</t>
+          <t xml:space="preserve">01906</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q175">
         <is>
-          <t xml:space="preserve">413- 732-3179</t>
+          <t xml:space="preserve">781- 589-3161</t>
         </is>
       </c>
     </row>
     <row r="176" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A176">
         <is>
-          <t xml:space="preserve">AC000021</t>
+          <t xml:space="preserve">AC000640</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B176">
         <is>
-          <t xml:space="preserve">11/04/2025</t>
+          <t xml:space="preserve">06/20/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C176">
         <is>
-          <t xml:space="preserve">BAYSTATE CONTRACTING SERVICES, INC.</t>
+          <t xml:space="preserve">ACME ABATEMENT CONTRACTOR, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G176">
         <is>
-          <t xml:space="preserve">352 ALBANY STREET </t>
+          <t xml:space="preserve">52 FULLER STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K176">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">SEEKONK</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N176">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O176">
         <is>
-          <t xml:space="preserve">01105</t>
+          <t xml:space="preserve">02771</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q176">
         <is>
-          <t xml:space="preserve">413- 732-3179</t>
+          <t xml:space="preserve">508- 336-5551</t>
         </is>
       </c>
     </row>
     <row r="177" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A177">
         <is>
-          <t xml:space="preserve">AC000419</t>
+          <t xml:space="preserve">AC000096</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B177">
         <is>
-          <t xml:space="preserve">11/01/2025</t>
+          <t xml:space="preserve">08/15/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C177">
         <is>
-          <t xml:space="preserve">BAYSTATE HOME GUARD, INC.</t>
+          <t xml:space="preserve">YANKEE FIBER CONTROL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G177">
         <is>
-          <t xml:space="preserve">38 DAWES STREET </t>
+          <t xml:space="preserve">50 INDUSTRIAL WAY </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K177">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">SEEKONK</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N177">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O177">
         <is>
-          <t xml:space="preserve">01109</t>
+          <t xml:space="preserve">02771</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q177">
         <is>
-          <t xml:space="preserve">413- 746-3300</t>
+          <t xml:space="preserve">508- 343-5115</t>
         </is>
       </c>
     </row>
     <row r="178" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A178">
         <is>
-          <t xml:space="preserve">AC1124</t>
+          <t xml:space="preserve">AC1134</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B178">
         <is>
-          <t xml:space="preserve">09/25/2026</t>
+          <t xml:space="preserve">02/19/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C178">
         <is>
-          <t xml:space="preserve">Dads Abatement</t>
+          <t xml:space="preserve">GLV CONSULTING GROUP INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G178">
         <is>
-          <t xml:space="preserve">392 walnut st </t>
+          <t xml:space="preserve">33 Lone Oak Path </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K178">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">Smithtown</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N178">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NY</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O178">
         <is>
-          <t xml:space="preserve">01105</t>
+          <t xml:space="preserve">11787</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q178">
         <is>
-          <t xml:space="preserve">978- 420-9726</t>
+          <t xml:space="preserve">516- 315-1378</t>
         </is>
       </c>
     </row>
     <row r="179" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A179">
         <is>
-          <t xml:space="preserve">AC000935</t>
+          <t xml:space="preserve">AC1153</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B179">
         <is>
-          <t xml:space="preserve">09/26/2026</t>
+          <t xml:space="preserve">01/21/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C179">
         <is>
-          <t xml:space="preserve">SPRINGFIELD ABATEMENT, INC.</t>
+          <t xml:space="preserve">A+ Asbestos and Environmental Services LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G179">
         <is>
-          <t xml:space="preserve">47 WAREHOUSE STREET </t>
+          <t xml:space="preserve">35 Mt Vernon </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K179">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">Somerville</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N179">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O179">
         <is>
-          <t xml:space="preserve">01118</t>
+          <t xml:space="preserve">02145</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q179">
         <is>
-          <t xml:space="preserve">413- 734-6172</t>
+          <t xml:space="preserve">857- 251-0126</t>
         </is>
       </c>
     </row>
     <row r="180" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A180">
         <is>
-          <t xml:space="preserve">AC000456</t>
+          <t xml:space="preserve">AC000898</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B180">
         <is>
-          <t xml:space="preserve">08/07/2026</t>
+          <t xml:space="preserve">08/11/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C180">
         <is>
-          <t xml:space="preserve">TITAN ROOFING, INC.</t>
+          <t xml:space="preserve">ASSOCIATED BUILDING WRECKERS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G180">
         <is>
-          <t xml:space="preserve">200 TAPLEY STREET </t>
+          <t xml:space="preserve">352 ALBANY STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K180">
         <is>
           <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N180">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O180">
         <is>
-          <t xml:space="preserve">01104</t>
+          <t xml:space="preserve">01105</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q180">
         <is>
-          <t xml:space="preserve">413- 536-1624</t>
+          <t xml:space="preserve">413- 732-3179</t>
         </is>
       </c>
     </row>
     <row r="181" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A181">
         <is>
-          <t xml:space="preserve">AC001009</t>
+          <t xml:space="preserve">AC000021</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B181">
         <is>
-          <t xml:space="preserve">04/29/2026</t>
+          <t xml:space="preserve">10/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C181">
         <is>
-          <t xml:space="preserve">PJC ENVIRONMENTAL INC</t>
+          <t xml:space="preserve">BAYSTATE CONTRACTING SERVICES, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G181">
         <is>
-          <t xml:space="preserve">1122 BUCKLEY RD </t>
+          <t xml:space="preserve">352 ALBANY STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K181">
         <is>
-          <t xml:space="preserve">STOUGHTON</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N181">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O181">
         <is>
-          <t xml:space="preserve">02072</t>
+          <t xml:space="preserve">01105</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q181">
         <is>
-          <t xml:space="preserve">508- 631-9050</t>
+          <t xml:space="preserve">413- 732-3179</t>
         </is>
       </c>
     </row>
     <row r="182" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A182">
         <is>
-          <t xml:space="preserve">AC000930</t>
+          <t xml:space="preserve">AC000419</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B182">
         <is>
-          <t xml:space="preserve">11/22/2025</t>
+          <t xml:space="preserve">11/12/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C182">
         <is>
-          <t xml:space="preserve">JACKSON RYAN CONSTRUCTION SERVICES, INC.</t>
+          <t xml:space="preserve">BAYSTATE HOME GUARD, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G182">
         <is>
-          <t xml:space="preserve">1200 HALLADAY AVE WEST </t>
+          <t xml:space="preserve">38 DAWES STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K182">
         <is>
-          <t xml:space="preserve">SUFFIELD</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N182">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O182">
         <is>
-          <t xml:space="preserve">06078</t>
+          <t xml:space="preserve">01109</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q182">
         <is>
-          <t xml:space="preserve">860- 729-2923</t>
+          <t xml:space="preserve">413- 746-3300</t>
         </is>
       </c>
     </row>
     <row r="183" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A183">
         <is>
-          <t xml:space="preserve">AC000775</t>
+          <t xml:space="preserve">AC1124</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B183">
         <is>
-          <t xml:space="preserve">06/20/2026</t>
+          <t xml:space="preserve">09/25/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C183">
         <is>
-          <t xml:space="preserve">STRATEGIC ENVIRONMENTAL SERVICES, INC.</t>
+          <t xml:space="preserve">Dads Abatement</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G183">
         <is>
-          <t xml:space="preserve">362 PUTNAM HILL ROAD </t>
+          <t xml:space="preserve">392 walnut st </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K183">
         <is>
-          <t xml:space="preserve">SUTTON</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N183">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O183">
         <is>
-          <t xml:space="preserve">01590</t>
+          <t xml:space="preserve">01105</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q183">
         <is>
-          <t xml:space="preserve">508- 757-7782</t>
+          <t xml:space="preserve">978- 420-9726</t>
         </is>
       </c>
     </row>
     <row r="184" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A184">
         <is>
-          <t xml:space="preserve">AC001080</t>
+          <t xml:space="preserve">AC000935</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B184">
         <is>
-          <t xml:space="preserve">03/05/2026</t>
+          <t xml:space="preserve">09/26/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C184">
         <is>
-          <t xml:space="preserve">ALOHIM CONSTRUCTION &amp; ENVIRONMENTAL INC.</t>
+          <t xml:space="preserve">SPRINGFIELD ABATEMENT, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G184">
         <is>
-          <t xml:space="preserve">165 WINTHROP STREET </t>
+          <t xml:space="preserve">47 WAREHOUSE STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K184">
         <is>
-          <t xml:space="preserve">TAUNTON</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N184">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O184">
         <is>
-          <t xml:space="preserve">02780</t>
+          <t xml:space="preserve">01118</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q184">
         <is>
-          <t xml:space="preserve">857- 236-5660</t>
+          <t xml:space="preserve">413- 734-6172</t>
         </is>
       </c>
     </row>
     <row r="185" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A185">
         <is>
-          <t xml:space="preserve">AC1132</t>
+          <t xml:space="preserve">AC000456</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B185">
         <is>
-          <t xml:space="preserve">11/22/2025</t>
+          <t xml:space="preserve">08/07/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C185">
         <is>
-          <t xml:space="preserve">DSD Environmental Inc </t>
+          <t xml:space="preserve">TITAN ROOFING, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G185">
         <is>
-          <t xml:space="preserve">165 Winthrop Street suite 103 </t>
+          <t xml:space="preserve">200 TAPLEY STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K185">
         <is>
-          <t xml:space="preserve">Taunton</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N185">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O185">
         <is>
-          <t xml:space="preserve">02780</t>
+          <t xml:space="preserve">01104</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q185">
         <is>
-          <t xml:space="preserve">781- 650-1424</t>
+          <t xml:space="preserve">413- 536-1624</t>
         </is>
       </c>
     </row>
     <row r="186" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A186">
         <is>
-          <t xml:space="preserve">AC000975</t>
+          <t xml:space="preserve">AC001009</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B186">
         <is>
-          <t xml:space="preserve">02/03/2026</t>
+          <t xml:space="preserve">04/29/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C186">
         <is>
-          <t xml:space="preserve">STAMFORD WRECKING COMPANY</t>
+          <t xml:space="preserve">PJC ENVIRONMENTAL INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G186">
         <is>
-          <t xml:space="preserve">30 NUTMEG DRIVE </t>
+          <t xml:space="preserve">1122 BUCKLEY RD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K186">
         <is>
-          <t xml:space="preserve">TRUMBULL</t>
+          <t xml:space="preserve">STOUGHTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N186">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O186">
         <is>
-          <t xml:space="preserve">06611</t>
+          <t xml:space="preserve">02072</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q186">
         <is>
-          <t xml:space="preserve">203- 380-8300</t>
+          <t xml:space="preserve">508- 631-9050</t>
         </is>
       </c>
     </row>
     <row r="187" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A187">
         <is>
-          <t xml:space="preserve">AC001017</t>
+          <t xml:space="preserve">AC000930</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B187">
         <is>
-          <t xml:space="preserve">12/17/2025</t>
+          <t xml:space="preserve">11/12/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C187">
         <is>
-          <t xml:space="preserve">REMITIGREEN, L.L.C.</t>
+          <t xml:space="preserve">JACKSON RYAN CONSTRUCTION SERVICES, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G187">
         <is>
-          <t xml:space="preserve">177 L STREET </t>
+          <t xml:space="preserve">1200 HALLADAY AVE WEST </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K187">
         <is>
-          <t xml:space="preserve">TURNERS FALLS</t>
+          <t xml:space="preserve">SUFFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N187">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O187">
         <is>
-          <t xml:space="preserve">01376</t>
+          <t xml:space="preserve">06078</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q187">
         <is>
-          <t xml:space="preserve">617- 372-2681</t>
+          <t xml:space="preserve">860- 729-2923</t>
         </is>
       </c>
     </row>
     <row r="188" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A188">
         <is>
-          <t xml:space="preserve">AC000809</t>
+          <t xml:space="preserve">AC000775</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B188">
         <is>
-          <t xml:space="preserve">09/16/2026</t>
+          <t xml:space="preserve">06/20/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C188">
         <is>
-          <t xml:space="preserve">FIRST STOP SOLUTIONS, INC.</t>
+          <t xml:space="preserve">STRATEGIC ENVIRONMENTAL SERVICES, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G188">
         <is>
-          <t xml:space="preserve">46 HYDE PARK CIRCLE </t>
+          <t xml:space="preserve">362 PUTNAM HILL ROAD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K188">
         <is>
-          <t xml:space="preserve">UXBRIDGE</t>
+          <t xml:space="preserve">SUTTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N188">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O188">
         <is>
-          <t xml:space="preserve">01569</t>
+          <t xml:space="preserve">01590</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q188">
         <is>
-          <t xml:space="preserve">781- 640-5001</t>
+          <t xml:space="preserve">508- 757-7782</t>
         </is>
       </c>
     </row>
     <row r="189" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A189">
         <is>
-          <t xml:space="preserve">AC1122</t>
+          <t xml:space="preserve">AC001080</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B189">
         <is>
-          <t xml:space="preserve">02/07/2026</t>
+          <t xml:space="preserve">03/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C189">
         <is>
-          <t xml:space="preserve">Prestige Abatement &amp; Construction LLC</t>
+          <t xml:space="preserve">ALOHIM CONSTRUCTION &amp; ENVIRONMENTAL INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G189">
         <is>
-          <t xml:space="preserve">74 Echo Ridge dr </t>
+          <t xml:space="preserve">165 WINTHROP STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K189">
         <is>
-          <t xml:space="preserve">Vernon</t>
+          <t xml:space="preserve">TAUNTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N189">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O189">
         <is>
-          <t xml:space="preserve">06066</t>
+          <t xml:space="preserve">02780</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q189">
         <is>
-          <t xml:space="preserve">516- 246-0539</t>
+          <t xml:space="preserve">857- 236-5660</t>
         </is>
       </c>
     </row>
     <row r="190" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A190">
         <is>
-          <t xml:space="preserve">AC1101</t>
+          <t xml:space="preserve">AC000162</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B190">
         <is>
-          <t xml:space="preserve">08/15/2026</t>
+          <t xml:space="preserve">01/21/2027</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C190">
         <is>
-          <t xml:space="preserve">FH ARC ABATEMENT LLC</t>
+          <t xml:space="preserve">BRUNSWICK CONSTRUCTION CO., INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G190">
         <is>
-          <t xml:space="preserve">225 S 12TH ST </t>
+          <t xml:space="preserve">599 SECOND AVENUE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K190">
         <is>
-          <t xml:space="preserve">WACO</t>
+          <t xml:space="preserve">TROY</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N190">
         <is>
-          <t xml:space="preserve">TX</t>
+          <t xml:space="preserve">NY</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O190">
         <is>
-          <t xml:space="preserve">76701</t>
+          <t xml:space="preserve">12182-</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q190">
         <is>
-          <t xml:space="preserve">254- 755-6700</t>
+          <t xml:space="preserve">518- 235-0810</t>
         </is>
       </c>
     </row>
     <row r="191" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A191">
         <is>
-          <t xml:space="preserve">AC000133</t>
+          <t xml:space="preserve">AC000975</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B191">
         <is>
-          <t xml:space="preserve">11/13/2025</t>
+          <t xml:space="preserve">02/03/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C191">
         <is>
-          <t xml:space="preserve">ASBESTOS FREE, INC.</t>
+          <t xml:space="preserve">STAMFORD WRECKING COMPANY</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G191">
         <is>
-          <t xml:space="preserve">42 BROADWAY </t>
+          <t xml:space="preserve">30 NUTMEG DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K191">
         <is>
-          <t xml:space="preserve">WAKEFIELD</t>
+          <t xml:space="preserve">TRUMBULL</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N191">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O191">
         <is>
-          <t xml:space="preserve">01880</t>
+          <t xml:space="preserve">06611</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q191">
         <is>
-          <t xml:space="preserve">781- 245-4403</t>
+          <t xml:space="preserve">203- 380-8300</t>
         </is>
       </c>
     </row>
     <row r="192" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A192">
         <is>
-          <t xml:space="preserve">AC000549</t>
+          <t xml:space="preserve">AC001017</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B192">
         <is>
-          <t xml:space="preserve">01/03/2026</t>
+          <t xml:space="preserve">12/19/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C192">
         <is>
-          <t xml:space="preserve">THE S &amp; S ABATEMENT LLC</t>
+          <t xml:space="preserve">REMITIGREEN, L.L.C.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G192">
         <is>
-          <t xml:space="preserve">3 BALLISTER STREET </t>
+          <t xml:space="preserve">177 L STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K192">
         <is>
-          <t xml:space="preserve">WAKEFIELD</t>
+          <t xml:space="preserve">TURNERS FALLS</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N192">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O192">
         <is>
-          <t xml:space="preserve">01880</t>
+          <t xml:space="preserve">01376</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q192">
         <is>
-          <t xml:space="preserve">781- 245-4455</t>
+          <t xml:space="preserve">617- 372-2681</t>
         </is>
       </c>
     </row>
     <row r="193" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A193">
         <is>
-          <t xml:space="preserve">AC001038</t>
+          <t xml:space="preserve">AC000809</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B193">
         <is>
-          <t xml:space="preserve">10/31/2025</t>
+          <t xml:space="preserve">09/16/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C193">
         <is>
-          <t xml:space="preserve">SKANSKA USA CIVIL NORTHEAST INC.</t>
+          <t xml:space="preserve">FIRST STOP SOLUTIONS, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G193">
         <is>
-          <t xml:space="preserve">1365 MAIN STREET </t>
+          <t xml:space="preserve">46 HYDE PARK CIRCLE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K193">
         <is>
-          <t xml:space="preserve">WALTHAM</t>
+          <t xml:space="preserve">UXBRIDGE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N193">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O193">
         <is>
-          <t xml:space="preserve">02451</t>
+          <t xml:space="preserve">01569</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q193">
         <is>
-          <t xml:space="preserve">617- 218-5900</t>
+          <t xml:space="preserve">781- 640-5001</t>
         </is>
       </c>
     </row>
     <row r="194" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A194">
         <is>
-          <t xml:space="preserve">AC000969</t>
+          <t xml:space="preserve">AC1122</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B194">
         <is>
-          <t xml:space="preserve">01/21/2026</t>
+          <t xml:space="preserve">02/07/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C194">
         <is>
-          <t xml:space="preserve">SORIANO ENVIRONMENTAL INC</t>
+          <t xml:space="preserve">Prestige Abatement &amp; Construction LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G194">
         <is>
-          <t xml:space="preserve">127 LINDEN STREET </t>
+          <t xml:space="preserve">74 Echo Ridge dr </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K194">
         <is>
-          <t xml:space="preserve">WALTHAM</t>
+          <t xml:space="preserve">Vernon</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N194">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O194">
         <is>
-          <t xml:space="preserve">02453</t>
+          <t xml:space="preserve">06066</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q194">
         <is>
-          <t xml:space="preserve">617- 319-1667</t>
+          <t xml:space="preserve">516- 246-0539</t>
         </is>
       </c>
     </row>
     <row r="195" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A195">
         <is>
-          <t xml:space="preserve">AC000636</t>
+          <t xml:space="preserve">AC1101</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B195">
         <is>
-          <t xml:space="preserve">06/06/2026</t>
+          <t xml:space="preserve">08/15/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C195">
         <is>
-          <t xml:space="preserve">GENERAL ENVIRONMENTAL SERVICES, INC.</t>
+          <t xml:space="preserve">FH ARC ABATEMENT LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G195">
         <is>
-          <t xml:space="preserve">99 POST ROAD UNIT E-3</t>
+          <t xml:space="preserve">225 S 12TH ST </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K195">
         <is>
-          <t xml:space="preserve">WARWICK</t>
+          <t xml:space="preserve">WACO</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N195">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">TX</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O195">
         <is>
-          <t xml:space="preserve">02888</t>
+          <t xml:space="preserve">76701</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q195">
         <is>
-          <t xml:space="preserve">401- 781-5132</t>
+          <t xml:space="preserve">254- 755-6700</t>
         </is>
       </c>
     </row>
     <row r="196" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A196">
         <is>
-          <t xml:space="preserve">AC000727</t>
+          <t xml:space="preserve">AC000133</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B196">
         <is>
-          <t xml:space="preserve">07/21/2026</t>
+          <t xml:space="preserve">11/07/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C196">
         <is>
-          <t xml:space="preserve">W P I CONSTRUCTION, INC.</t>
+          <t xml:space="preserve">ASBESTOS FREE, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G196">
         <is>
-          <t xml:space="preserve">2 CHECKERBERRY ISLAND </t>
+          <t xml:space="preserve">42 BROADWAY </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K196">
         <is>
-          <t xml:space="preserve">WEBSTER</t>
+          <t xml:space="preserve">WAKEFIELD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N196">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O196">
         <is>
-          <t xml:space="preserve">01570</t>
+          <t xml:space="preserve">01880</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q196">
         <is>
-          <t xml:space="preserve">508- 612-4008</t>
+          <t xml:space="preserve">781- 245-4403</t>
         </is>
       </c>
     </row>
     <row r="197" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A197">
         <is>
-          <t xml:space="preserve">AC1149</t>
+          <t xml:space="preserve">AC000549</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B197">
         <is>
-          <t xml:space="preserve">09/15/2026</t>
+          <t xml:space="preserve">12/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C197">
         <is>
-          <t xml:space="preserve">Sullivan Environmental Services LLC</t>
+          <t xml:space="preserve">THE S &amp; S ABATEMENT LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G197">
         <is>
-          <t xml:space="preserve">11 Raymond Huntington Highway </t>
+          <t xml:space="preserve">3 BALLISTER STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K197">
         <is>
-          <t xml:space="preserve">West Boylston</t>
+          <t xml:space="preserve">WAKEFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N197">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O197">
         <is>
-          <t xml:space="preserve">01583</t>
+          <t xml:space="preserve">01880</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q197">
         <is>
-          <t xml:space="preserve">774- 696-4995</t>
+          <t xml:space="preserve">781- 245-4455</t>
         </is>
       </c>
     </row>
     <row r="198" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A198">
         <is>
-          <t xml:space="preserve">AC000925</t>
+          <t xml:space="preserve">AC001038</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B198">
         <is>
-          <t xml:space="preserve">07/16/2026</t>
+          <t xml:space="preserve">12/04/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C198">
         <is>
-          <t xml:space="preserve">VAREIKA CONSTRUCTION, INC.</t>
+          <t xml:space="preserve">SKANSKA USA CIVIL NORTHEAST INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G198">
         <is>
-          <t xml:space="preserve">219 WALNUT ST SUITE B</t>
+          <t xml:space="preserve">1365 MAIN STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K198">
         <is>
-          <t xml:space="preserve">WEST BRIDGEWATER</t>
+          <t xml:space="preserve">WALTHAM</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N198">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O198">
         <is>
-          <t xml:space="preserve">02379</t>
+          <t xml:space="preserve">02451</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q198">
         <is>
-          <t xml:space="preserve">508- 583-3999</t>
+          <t xml:space="preserve">617- 218-5900</t>
         </is>
       </c>
     </row>
     <row r="199" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A199">
         <is>
-          <t xml:space="preserve">AC000132</t>
+          <t xml:space="preserve">AC000969</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B199">
         <is>
-          <t xml:space="preserve">02/04/2026</t>
+          <t xml:space="preserve">01/13/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C199">
         <is>
-          <t xml:space="preserve">HAZ-PROS, INC.</t>
+          <t xml:space="preserve">SORIANO ENVIRONMENTAL INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G199">
         <is>
-          <t xml:space="preserve">125A BROOK STREET </t>
+          <t xml:space="preserve">127 LINDEN STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K199">
         <is>
-          <t xml:space="preserve">WEST HARTFORD</t>
+          <t xml:space="preserve">WALTHAM</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N199">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O199">
         <is>
-          <t xml:space="preserve">06110</t>
+          <t xml:space="preserve">02453</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q199">
         <is>
-          <t xml:space="preserve">860- 232-2225</t>
+          <t xml:space="preserve">617- 319-1667</t>
         </is>
       </c>
     </row>
     <row r="200" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A200">
         <is>
-          <t xml:space="preserve">AC001036</t>
+          <t xml:space="preserve">AC000636</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B200">
         <is>
-          <t xml:space="preserve">04/30/2026</t>
+          <t xml:space="preserve">06/06/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C200">
         <is>
-          <t xml:space="preserve">WESTERN MASS DEMOLITION CORP.</t>
+          <t xml:space="preserve">GENERAL ENVIRONMENTAL SERVICES, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G200">
         <is>
-          <t xml:space="preserve">1029 NORTH ROAD SUITE 12</t>
+          <t xml:space="preserve">99 POST ROAD UNIT E-3</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K200">
         <is>
-          <t xml:space="preserve">WESTFIELD</t>
+          <t xml:space="preserve">WARWICK</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N200">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">RI</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O200">
         <is>
-          <t xml:space="preserve">01085</t>
+          <t xml:space="preserve">02888</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q200">
         <is>
-          <t xml:space="preserve">413- 579-5254</t>
+          <t xml:space="preserve">401- 781-5132</t>
         </is>
       </c>
     </row>
     <row r="201" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A201">
         <is>
-          <t xml:space="preserve">AC000326</t>
+          <t xml:space="preserve">AC000727</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B201">
         <is>
-          <t xml:space="preserve">07/17/2026</t>
+          <t xml:space="preserve">07/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C201">
         <is>
-          <t xml:space="preserve">A&amp;E ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">W P I CONSTRUCTION, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G201">
         <is>
-          <t xml:space="preserve">23 VILLAGE INN RD UNIT D</t>
+          <t xml:space="preserve">2 CHECKERBERRY ISLAND </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K201">
         <is>
-          <t xml:space="preserve">WESTMINSTER</t>
+          <t xml:space="preserve">WEBSTER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N201">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O201">
         <is>
-          <t xml:space="preserve">01473</t>
+          <t xml:space="preserve">01570</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q201">
         <is>
-          <t xml:space="preserve">978- 466-1333</t>
+          <t xml:space="preserve">508- 612-4008</t>
         </is>
       </c>
     </row>
     <row r="202" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A202">
         <is>
-          <t xml:space="preserve">AC000943</t>
+          <t xml:space="preserve">AC1149</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B202">
         <is>
-          <t xml:space="preserve">03/05/2026</t>
+          <t xml:space="preserve">09/15/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C202">
         <is>
-          <t xml:space="preserve">ENVIRO CONTRACTING SOLUTIONS</t>
+          <t xml:space="preserve">Sullivan Environmental Services LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G202">
         <is>
-          <t xml:space="preserve">26 BOUGEOIS TERRACE </t>
+          <t xml:space="preserve">11 Raymond Huntington Highway </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K202">
         <is>
-          <t xml:space="preserve">WESTMINSTER</t>
+          <t xml:space="preserve">West Boylston</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N202">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O202">
         <is>
-          <t xml:space="preserve">01473</t>
+          <t xml:space="preserve">01583</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q202">
         <is>
-          <t xml:space="preserve">978- 407-4515</t>
+          <t xml:space="preserve">774- 696-4995</t>
         </is>
       </c>
     </row>
     <row r="203" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A203">
         <is>
-          <t xml:space="preserve">AC000977</t>
+          <t xml:space="preserve">AC000925</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B203">
         <is>
-          <t xml:space="preserve">07/28/2026</t>
+          <t xml:space="preserve">07/16/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C203">
         <is>
-          <t xml:space="preserve">CAPEWAY ROOFING SYSTEMS, INC.</t>
+          <t xml:space="preserve">VAREIKA CONSTRUCTION, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G203">
         <is>
-          <t xml:space="preserve">664 SANFORD ROAD </t>
+          <t xml:space="preserve">219 WALNUT ST SUITE B</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K203">
         <is>
-          <t xml:space="preserve">WESTPORT</t>
+          <t xml:space="preserve">WEST BRIDGEWATER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N203">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O203">
         <is>
-          <t xml:space="preserve">02790</t>
+          <t xml:space="preserve">02379</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q203">
         <is>
-          <t xml:space="preserve">508- 674-0800</t>
+          <t xml:space="preserve">508- 583-3999</t>
         </is>
       </c>
     </row>
     <row r="204" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A204">
         <is>
-          <t xml:space="preserve">AC000062</t>
+          <t xml:space="preserve">AC000132</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B204">
         <is>
-          <t xml:space="preserve">12/10/2025</t>
+          <t xml:space="preserve">02/04/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C204">
         <is>
-          <t xml:space="preserve">NEW ENGLAND ABATEMENT RESOURCES, INC</t>
+          <t xml:space="preserve">HAZ-PROS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G204">
         <is>
-          <t xml:space="preserve">387 UNIVERSITY AVE </t>
+          <t xml:space="preserve">125A BROOK STREET </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K204">
         <is>
-          <t xml:space="preserve">WESTWOOD</t>
+          <t xml:space="preserve">WEST HARTFORD</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N204">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O204">
         <is>
-          <t xml:space="preserve">02090</t>
+          <t xml:space="preserve">06110</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q204">
         <is>
-          <t xml:space="preserve">781- 828-1812</t>
+          <t xml:space="preserve">860- 232-2225</t>
         </is>
       </c>
     </row>
     <row r="205" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A205">
         <is>
-          <t xml:space="preserve">AC1142</t>
+          <t xml:space="preserve">AC001036</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B205">
         <is>
-          <t xml:space="preserve">05/22/2026</t>
+          <t xml:space="preserve">04/30/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C205">
         <is>
-          <t xml:space="preserve">Mountaineer Growth LLC</t>
+          <t xml:space="preserve">WESTERN MASS DEMOLITION CORP.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G205">
         <is>
-          <t xml:space="preserve">850 Washington Street </t>
+          <t xml:space="preserve">1029 NORTH ROAD SUITE 12</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K205">
         <is>
-          <t xml:space="preserve">Weymouth</t>
+          <t xml:space="preserve">WESTFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N205">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O205">
         <is>
-          <t xml:space="preserve">02189</t>
+          <t xml:space="preserve">01085</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q205">
         <is>
-          <t xml:space="preserve">774- 239-8414</t>
+          <t xml:space="preserve">413- 579-5254</t>
         </is>
       </c>
     </row>
     <row r="206" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A206">
         <is>
-          <t xml:space="preserve">AC000196</t>
+          <t xml:space="preserve">AC000326</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B206">
         <is>
-          <t xml:space="preserve">01/29/2026</t>
+          <t xml:space="preserve">07/17/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C206">
         <is>
-          <t xml:space="preserve">NEW ENGLAND SURFACE MAINTENANCE LLP</t>
+          <t xml:space="preserve">A&amp;E ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G206">
         <is>
-          <t xml:space="preserve">850 WASHINGTON STREET </t>
+          <t xml:space="preserve">23 VILLAGE INN RD UNIT D</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K206">
         <is>
-          <t xml:space="preserve">WEYMOUTH</t>
+          <t xml:space="preserve">WESTMINSTER</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N206">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O206">
         <is>
-          <t xml:space="preserve">02189-0000</t>
+          <t xml:space="preserve">01473</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q206">
         <is>
-          <t xml:space="preserve">781- 337-2117</t>
+          <t xml:space="preserve">978- 466-1333</t>
         </is>
       </c>
     </row>
     <row r="207" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A207">
         <is>
-          <t xml:space="preserve">AC1135</t>
+          <t xml:space="preserve">AC000943</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B207">
         <is>
-          <t xml:space="preserve">03/10/2026</t>
+          <t xml:space="preserve">03/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C207">
         <is>
-          <t xml:space="preserve">Heat Huggers Insulation</t>
+          <t xml:space="preserve">ENVIRO CONTRACTING SOLUTIONS</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G207">
         <is>
-          <t xml:space="preserve">Marble street </t>
+          <t xml:space="preserve">26 BOUGEOIS TERRACE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K207">
         <is>
-          <t xml:space="preserve">Whitman</t>
+          <t xml:space="preserve">WESTMINSTER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N207">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O207">
         <is>
-          <t xml:space="preserve">02382</t>
+          <t xml:space="preserve">01473</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q207">
         <is>
-          <t xml:space="preserve">781- 351-1999</t>
+          <t xml:space="preserve">978- 407-4515</t>
         </is>
       </c>
     </row>
     <row r="208" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A208">
         <is>
-          <t xml:space="preserve">AC001070</t>
+          <t xml:space="preserve">AC000977</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B208">
         <is>
-          <t xml:space="preserve">11/15/2025</t>
+          <t xml:space="preserve">07/28/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C208">
         <is>
-          <t xml:space="preserve">APEX ABATEMENT AND DEMOLITION LLC</t>
+          <t xml:space="preserve">CAPEWAY ROOFING SYSTEMS, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G208">
         <is>
-          <t xml:space="preserve">8 WINCHESTER PLACE SUITE 204</t>
+          <t xml:space="preserve">664 SANFORD ROAD </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K208">
         <is>
-          <t xml:space="preserve">WINCHESTER</t>
+          <t xml:space="preserve">WESTPORT</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N208">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O208">
         <is>
-          <t xml:space="preserve">01890</t>
+          <t xml:space="preserve">02790</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q208">
         <is>
-          <t xml:space="preserve">888- 818-2739</t>
+          <t xml:space="preserve">508- 674-0800</t>
         </is>
       </c>
     </row>
     <row r="209" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A209">
         <is>
-          <t xml:space="preserve">AC1125</t>
+          <t xml:space="preserve">AC000062</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B209">
         <is>
-          <t xml:space="preserve">07/10/2026</t>
+          <t xml:space="preserve">11/20/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C209">
         <is>
-          <t xml:space="preserve">Aplus Environmental, LLC.</t>
+          <t xml:space="preserve">NEW ENGLAND ABATEMENT RESOURCES, INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G209">
         <is>
-          <t xml:space="preserve">16 Hayfield Lane </t>
+          <t xml:space="preserve">387 UNIVERSITY AVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K209">
         <is>
-          <t xml:space="preserve">Windham</t>
+          <t xml:space="preserve">WESTWOOD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N209">
         <is>
-          <t xml:space="preserve">ME</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O209">
         <is>
-          <t xml:space="preserve">04062</t>
+          <t xml:space="preserve">02090</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q209">
         <is>
-          <t xml:space="preserve">207- 808-9331</t>
+          <t xml:space="preserve">781- 828-1812</t>
         </is>
       </c>
     </row>
     <row r="210" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A210">
         <is>
-          <t xml:space="preserve">AC000791</t>
+          <t xml:space="preserve">AC1142</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B210">
         <is>
-          <t xml:space="preserve">12/12/2025</t>
+          <t xml:space="preserve">05/22/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C210">
         <is>
-          <t xml:space="preserve">ONE SOURCE ENVIRONMENTAL, LLC</t>
+          <t xml:space="preserve">Mountaineer Growth LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G210">
         <is>
-          <t xml:space="preserve">112 RANGE ROAD </t>
+          <t xml:space="preserve">850 Washington Street </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K210">
         <is>
-          <t xml:space="preserve">WINDHAM</t>
+          <t xml:space="preserve">Weymouth</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N210">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O210">
         <is>
-          <t xml:space="preserve">03087</t>
+          <t xml:space="preserve">02189</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q210">
         <is>
-          <t xml:space="preserve">603- 458-1482</t>
+          <t xml:space="preserve">774- 239-8414</t>
         </is>
       </c>
     </row>
     <row r="211" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A211">
         <is>
-          <t xml:space="preserve">AC1112</t>
+          <t xml:space="preserve">AC000196</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B211">
         <is>
-          <t xml:space="preserve">07/30/2026</t>
+          <t xml:space="preserve">01/12/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C211">
         <is>
-          <t xml:space="preserve">Unified Construction Group</t>
+          <t xml:space="preserve">NEW ENGLAND SURFACE MAINTENANCE LLP</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G211">
         <is>
-          <t xml:space="preserve">760 MAIN ST </t>
+          <t xml:space="preserve">850 WASHINGTON STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K211">
         <is>
-          <t xml:space="preserve">WLMINGTON</t>
+          <t xml:space="preserve">WEYMOUTH</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N211">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O211">
         <is>
-          <t xml:space="preserve">01887</t>
+          <t xml:space="preserve">02189-0000</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q211">
         <is>
-          <t xml:space="preserve">781- 305-3173</t>
+          <t xml:space="preserve">781- 337-2117</t>
         </is>
       </c>
     </row>
     <row r="212" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A212">
         <is>
-          <t xml:space="preserve">AC1118</t>
+          <t xml:space="preserve">AC1135</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B212">
         <is>
-          <t xml:space="preserve">01/27/2026</t>
+          <t xml:space="preserve">03/10/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C212">
         <is>
-          <t xml:space="preserve">BluSky Restoration Contractors, LLC</t>
+          <t xml:space="preserve">Heat Huggers Insulation</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G212">
         <is>
-          <t xml:space="preserve">3-5 N MAPLE STREET </t>
+          <t xml:space="preserve">Marble street </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K212">
         <is>
-          <t xml:space="preserve">WOBURN</t>
+          <t xml:space="preserve">Whitman</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N212">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O212">
         <is>
-          <t xml:space="preserve">01801</t>
+          <t xml:space="preserve">02382</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q212">
         <is>
-          <t xml:space="preserve">(56- 2) -6560</t>
+          <t xml:space="preserve">781- 351-1999</t>
         </is>
       </c>
     </row>
     <row r="213" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A213">
         <is>
-          <t xml:space="preserve">AC000754</t>
+          <t xml:space="preserve">AC000824</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B213">
         <is>
-          <t xml:space="preserve">03/19/2026</t>
+          <t xml:space="preserve">01/26/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C213">
         <is>
-          <t xml:space="preserve">CORE CONTRACTING SERVICES, INC.</t>
+          <t xml:space="preserve">ATI RESTORATION, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G213">
         <is>
-          <t xml:space="preserve">1 Presidential Way </t>
+          <t xml:space="preserve">250 BALLARDVALE STREET SUITE 2</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K213">
         <is>
-          <t xml:space="preserve">WOBURN</t>
+          <t xml:space="preserve">WILMINGTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N213">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O213">
         <is>
-          <t xml:space="preserve">01801</t>
+          <t xml:space="preserve">01887</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q213">
         <is>
-          <t xml:space="preserve">781- 721-4540</t>
+          <t xml:space="preserve">714- 283-9990</t>
         </is>
       </c>
     </row>
     <row r="214" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A214">
         <is>
-          <t xml:space="preserve">AC000112</t>
+          <t xml:space="preserve">AC000194</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B214">
         <is>
-          <t xml:space="preserve">08/13/2026</t>
+          <t xml:space="preserve">12/02/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C214">
         <is>
-          <t xml:space="preserve">DUDLEY SERVICES, INC.</t>
+          <t xml:space="preserve">CATAMOUNT ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G214">
         <is>
-          <t xml:space="preserve">150L NEW BOSTON STREET </t>
+          <t xml:space="preserve">15 CATAMOUNT LANE </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K214">
         <is>
-          <t xml:space="preserve">WOBURN</t>
+          <t xml:space="preserve">WILMINGTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N214">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">VT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O214">
         <is>
-          <t xml:space="preserve">01801</t>
+          <t xml:space="preserve">05363</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q214">
         <is>
-          <t xml:space="preserve">781- 270-2650</t>
+          <t xml:space="preserve">802- 464-2754</t>
         </is>
       </c>
     </row>
     <row r="215" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A215">
         <is>
-          <t xml:space="preserve">AC1103</t>
+          <t xml:space="preserve">AC001070</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B215">
         <is>
-          <t xml:space="preserve">06/06/2026</t>
+          <t xml:space="preserve">11/12/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C215">
         <is>
-          <t xml:space="preserve">Superior Environmental Services, LLC </t>
+          <t xml:space="preserve">APEX ABATEMENT AND DEMOLITION LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G215">
         <is>
-          <t xml:space="preserve">31 Draper Street  </t>
+          <t xml:space="preserve">8 WINCHESTER PLACE SUITE 204</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K215">
         <is>
-          <t xml:space="preserve">Woburn </t>
+          <t xml:space="preserve">WINCHESTER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N215">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O215">
         <is>
-          <t xml:space="preserve">01801</t>
+          <t xml:space="preserve">01890</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q215">
         <is>
-          <t xml:space="preserve">781- -57-251 </t>
+          <t xml:space="preserve">888- 818-2739</t>
         </is>
       </c>
     </row>
     <row r="216" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A216">
         <is>
-          <t xml:space="preserve">AC000864</t>
+          <t xml:space="preserve">AC1125</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B216">
         <is>
-          <t xml:space="preserve">12/23/2025</t>
+          <t xml:space="preserve">07/10/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C216">
         <is>
-          <t xml:space="preserve">ACME CONTRACTORS, INC.</t>
+          <t xml:space="preserve">Aplus Environmental, LLC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G216">
         <is>
-          <t xml:space="preserve">7 BEECHES LANE SUITE A</t>
+          <t xml:space="preserve">16 Hayfield Lane </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K216">
         <is>
-          <t xml:space="preserve">WOODSTOCK</t>
+          <t xml:space="preserve">Windham</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N216">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">ME</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O216">
         <is>
-          <t xml:space="preserve">06281</t>
+          <t xml:space="preserve">04062</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q216">
         <is>
-          <t xml:space="preserve">860- 672-5133</t>
+          <t xml:space="preserve">207- 808-9331</t>
         </is>
       </c>
     </row>
     <row r="217" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A217">
         <is>
-          <t xml:space="preserve">AC001059</t>
+          <t xml:space="preserve">AC000791</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B217">
         <is>
-          <t xml:space="preserve">04/04/2026</t>
+          <t xml:space="preserve">12/09/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C217">
         <is>
-          <t xml:space="preserve">PRIME ABATEMENT SPECIALIST, LLC</t>
+          <t xml:space="preserve">ONE SOURCE ENVIRONMENTAL, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="G217">
         <is>
-          <t xml:space="preserve">811 PARK EAST DRIVE </t>
+          <t xml:space="preserve">112 RANGE ROAD </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="K217">
         <is>
-          <t xml:space="preserve">WOONSOCKET</t>
+          <t xml:space="preserve">WINDHAM</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N217">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O217">
         <is>
-          <t xml:space="preserve">02895</t>
+          <t xml:space="preserve">03087</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="Q217">
         <is>
-          <t xml:space="preserve">401- 475-1966</t>
+          <t xml:space="preserve">603- 458-1482</t>
         </is>
       </c>
     </row>
     <row r="218" ht="18" customHeight="0">
       <c s="11" t="inlineStr" r="A218">
         <is>
-          <t xml:space="preserve">AC000900</t>
+          <t xml:space="preserve">AC1112</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="B218">
         <is>
-          <t xml:space="preserve">06/23/2026</t>
+          <t xml:space="preserve">07/30/2026</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="C218">
         <is>
-          <t xml:space="preserve">GREENWOOD INDUSTRIES, INC.</t>
+          <t xml:space="preserve">Unified Construction Group</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="G218">
         <is>
-          <t xml:space="preserve">640 LINCOLN STREET </t>
+          <t xml:space="preserve">760 MAIN ST </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="K218">
         <is>
-          <t xml:space="preserve">WORCESTER</t>
+          <t xml:space="preserve">WLMINGTON</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="N218">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="O218">
         <is>
-          <t xml:space="preserve">01605</t>
+          <t xml:space="preserve">01887</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="Q218">
         <is>
-          <t xml:space="preserve">508- 865-4040</t>
+          <t xml:space="preserve">781- 305-3173</t>
         </is>
       </c>
     </row>
     <row r="219" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A219">
         <is>
+          <t xml:space="preserve">AC000754</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="B219">
+        <is>
+          <t xml:space="preserve">03/19/2026</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C219">
+        <is>
+          <t xml:space="preserve">CORE CONTRACTING SERVICES, INC.</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="G219">
+        <is>
+          <t xml:space="preserve">1 Presidential Way </t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="K219">
+        <is>
+          <t xml:space="preserve">WOBURN</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="N219">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="O219">
+        <is>
+          <t xml:space="preserve">01801</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="Q219">
+        <is>
+          <t xml:space="preserve">781- 721-4540</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" ht="18" customHeight="0">
+      <c s="11" t="inlineStr" r="A220">
+        <is>
+          <t xml:space="preserve">AC000112</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="B220">
+        <is>
+          <t xml:space="preserve">08/13/2026</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="C220">
+        <is>
+          <t xml:space="preserve">DUDLEY SERVICES, INC.</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="G220">
+        <is>
+          <t xml:space="preserve">150L NEW BOSTON STREET </t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="K220">
+        <is>
+          <t xml:space="preserve">WOBURN</t>
+        </is>
+      </c>
+      <c s="13" t="inlineStr" r="N220">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="O220">
+        <is>
+          <t xml:space="preserve">01801</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="Q220">
+        <is>
+          <t xml:space="preserve">781- 270-2650</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" ht="18" customHeight="0">
+      <c s="8" t="inlineStr" r="A221">
+        <is>
+          <t xml:space="preserve">AC1103</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="B221">
+        <is>
+          <t xml:space="preserve">06/06/2026</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C221">
+        <is>
+          <t xml:space="preserve">Superior Environmental Services, LLC </t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="G221">
+        <is>
+          <t xml:space="preserve">31 Draper Street  </t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="K221">
+        <is>
+          <t xml:space="preserve">Woburn </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="N221">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="O221">
+        <is>
+          <t xml:space="preserve">01801</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="Q221">
+        <is>
+          <t xml:space="preserve">781- -57-251 </t>
+        </is>
+      </c>
+    </row>
+    <row r="222" ht="18" customHeight="0">
+      <c s="11" t="inlineStr" r="A222">
+        <is>
+          <t xml:space="preserve">AC000864</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="B222">
+        <is>
+          <t xml:space="preserve">12/16/2026</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="C222">
+        <is>
+          <t xml:space="preserve">ACME CONTRACTORS, INC.</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="G222">
+        <is>
+          <t xml:space="preserve">7 BEECHES LANE SUITE A</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="K222">
+        <is>
+          <t xml:space="preserve">WOODSTOCK</t>
+        </is>
+      </c>
+      <c s="13" t="inlineStr" r="N222">
+        <is>
+          <t xml:space="preserve">CT</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="O222">
+        <is>
+          <t xml:space="preserve">06281</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="Q222">
+        <is>
+          <t xml:space="preserve">860- 672-5133</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" ht="18" customHeight="0">
+      <c s="8" t="inlineStr" r="A223">
+        <is>
+          <t xml:space="preserve">AC001059</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="B223">
+        <is>
+          <t xml:space="preserve">04/04/2026</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C223">
+        <is>
+          <t xml:space="preserve">PRIME ABATEMENT SPECIALIST, LLC</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="G223">
+        <is>
+          <t xml:space="preserve">811 PARK EAST DRIVE </t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="K223">
+        <is>
+          <t xml:space="preserve">WOONSOCKET</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="N223">
+        <is>
+          <t xml:space="preserve">RI</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="O223">
+        <is>
+          <t xml:space="preserve">02895</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="Q223">
+        <is>
+          <t xml:space="preserve">401- 475-1966</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" ht="18" customHeight="0">
+      <c s="11" t="inlineStr" r="A224">
+        <is>
+          <t xml:space="preserve">AC000900</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="B224">
+        <is>
+          <t xml:space="preserve">06/23/2026</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="C224">
+        <is>
+          <t xml:space="preserve">GREENWOOD INDUSTRIES, LLC.</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="G224">
+        <is>
+          <t xml:space="preserve">640 LINCOLN STREET </t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="K224">
+        <is>
+          <t xml:space="preserve">WORCESTER</t>
+        </is>
+      </c>
+      <c s="13" t="inlineStr" r="N224">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="O224">
+        <is>
+          <t xml:space="preserve">01605</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="Q224">
+        <is>
+          <t xml:space="preserve">508- 865-4040</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" ht="18" customHeight="0">
+      <c s="8" t="inlineStr" r="A225">
+        <is>
           <t xml:space="preserve">AC000136</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="B219">
-[...4 lines deleted...]
-      <c s="9" t="inlineStr" r="C219">
+      <c s="9" t="inlineStr" r="B225">
+        <is>
+          <t xml:space="preserve">01/05/2027</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C225">
         <is>
           <t xml:space="preserve">WINFIELD S. HANCOCK AND CO., INC.</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="G219">
+      <c s="9" t="inlineStr" r="G225">
         <is>
           <t xml:space="preserve">68 CHESTER STREET </t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="K219">
+      <c s="9" t="inlineStr" r="K225">
         <is>
           <t xml:space="preserve">WORCESTER</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="N219">
-[...4 lines deleted...]
-      <c s="9" t="inlineStr" r="O219">
+      <c s="10" t="inlineStr" r="N225">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="O225">
         <is>
           <t xml:space="preserve">01606</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="Q219">
+      <c s="9" t="inlineStr" r="Q225">
         <is>
           <t xml:space="preserve">508- 595-9000</t>
         </is>
       </c>
     </row>
-    <row r="220" ht="17.95" customHeight="0">
-      <c s="14" t="inlineStr" r="A220">
+    <row r="226" ht="17.95" customHeight="0">
+      <c s="14" t="inlineStr" r="A226">
         <is>
           <t xml:space="preserve">AC000722</t>
         </is>
       </c>
-      <c s="15" t="inlineStr" r="B220">
+      <c s="15" t="inlineStr" r="B226">
         <is>
           <t xml:space="preserve">03/05/2026</t>
         </is>
       </c>
-      <c s="15" t="inlineStr" r="C220">
+      <c s="15" t="inlineStr" r="C226">
         <is>
           <t xml:space="preserve">WRS ENVIRONMENTAL SERVICES, INC.</t>
         </is>
       </c>
-      <c s="16" t="str" r="D220"/>
-[...2 lines deleted...]
-      <c s="15" t="inlineStr" r="G220">
+      <c s="16" t="str" r="D226"/>
+      <c s="16" t="str" r="E226"/>
+      <c s="16" t="str" r="F226"/>
+      <c s="15" t="inlineStr" r="G226">
         <is>
           <t xml:space="preserve">17 OLD DOCK ROAD </t>
         </is>
       </c>
-      <c s="16" t="str" r="H220"/>
-[...2 lines deleted...]
-      <c s="15" t="inlineStr" r="K220">
+      <c s="16" t="str" r="H226"/>
+      <c s="16" t="str" r="I226"/>
+      <c s="16" t="str" r="J226"/>
+      <c s="15" t="inlineStr" r="K226">
         <is>
           <t xml:space="preserve">YAPHANK</t>
         </is>
       </c>
-      <c s="16" t="str" r="L220"/>
-[...1 lines deleted...]
-      <c s="17" t="inlineStr" r="N220">
+      <c s="16" t="str" r="L226"/>
+      <c s="16" t="str" r="M226"/>
+      <c s="17" t="inlineStr" r="N226">
         <is>
           <t xml:space="preserve">NY</t>
         </is>
       </c>
-      <c s="15" t="inlineStr" r="O220">
+      <c s="15" t="inlineStr" r="O226">
         <is>
           <t xml:space="preserve">11980</t>
         </is>
       </c>
-      <c s="16" t="str" r="P220"/>
-      <c s="15" t="inlineStr" r="Q220">
+      <c s="16" t="str" r="P226"/>
+      <c s="15" t="inlineStr" r="Q226">
         <is>
           <t xml:space="preserve">631- 924-8111</t>
         </is>
       </c>
     </row>
-    <row r="221" ht="0.05" customHeight="1"/>
+    <row r="227" ht="0.05" customHeight="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C4"/>
     <mergeCell ref="E3:K3"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="F7:I8"/>
     <mergeCell ref="M7:O7"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="G10:J10"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="O10:P10"/>
     <mergeCell ref="C11:F11"/>
     <mergeCell ref="G11:J11"/>
     <mergeCell ref="K11:M11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="G12:J12"/>
     <mergeCell ref="K12:M12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="C13:F13"/>
     <mergeCell ref="G13:J13"/>
     <mergeCell ref="K13:M13"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="C14:F14"/>
     <mergeCell ref="G14:J14"/>
@@ -10151,50 +10403,74 @@
     <mergeCell ref="O214:P214"/>
     <mergeCell ref="C215:F215"/>
     <mergeCell ref="G215:J215"/>
     <mergeCell ref="K215:M215"/>
     <mergeCell ref="O215:P215"/>
     <mergeCell ref="C216:F216"/>
     <mergeCell ref="G216:J216"/>
     <mergeCell ref="K216:M216"/>
     <mergeCell ref="O216:P216"/>
     <mergeCell ref="C217:F217"/>
     <mergeCell ref="G217:J217"/>
     <mergeCell ref="K217:M217"/>
     <mergeCell ref="O217:P217"/>
     <mergeCell ref="C218:F218"/>
     <mergeCell ref="G218:J218"/>
     <mergeCell ref="K218:M218"/>
     <mergeCell ref="O218:P218"/>
     <mergeCell ref="C219:F219"/>
     <mergeCell ref="G219:J219"/>
     <mergeCell ref="K219:M219"/>
     <mergeCell ref="O219:P219"/>
     <mergeCell ref="C220:F220"/>
     <mergeCell ref="G220:J220"/>
     <mergeCell ref="K220:M220"/>
     <mergeCell ref="O220:P220"/>
+    <mergeCell ref="C221:F221"/>
+    <mergeCell ref="G221:J221"/>
+    <mergeCell ref="K221:M221"/>
+    <mergeCell ref="O221:P221"/>
+    <mergeCell ref="C222:F222"/>
+    <mergeCell ref="G222:J222"/>
+    <mergeCell ref="K222:M222"/>
+    <mergeCell ref="O222:P222"/>
+    <mergeCell ref="C223:F223"/>
+    <mergeCell ref="G223:J223"/>
+    <mergeCell ref="K223:M223"/>
+    <mergeCell ref="O223:P223"/>
+    <mergeCell ref="C224:F224"/>
+    <mergeCell ref="G224:J224"/>
+    <mergeCell ref="K224:M224"/>
+    <mergeCell ref="O224:P224"/>
+    <mergeCell ref="C225:F225"/>
+    <mergeCell ref="G225:J225"/>
+    <mergeCell ref="K225:M225"/>
+    <mergeCell ref="O225:P225"/>
+    <mergeCell ref="C226:F226"/>
+    <mergeCell ref="G226:J226"/>
+    <mergeCell ref="K226:M226"/>
+    <mergeCell ref="O226:P226"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="1.50207992125984" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;I&amp;"Calibri"&amp;9The certification information of the above-listed asbestos analytical labs is updated monthly. While most labs renew their certification on or before the expiration date of the certification, DLS recommends that you call our office at (617</oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">