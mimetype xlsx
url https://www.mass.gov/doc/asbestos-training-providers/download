--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -394,51 +394,51 @@
     <row r="4" ht="18" customHeight="1">
       <c s="2" t="inlineStr" r="H4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">11/03/2025</t>
+            <t xml:space="preserve">02/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="8" customHeight="1"/>
     <row r="6" ht="13" customHeight="0">
       <c s="3" t="inlineStr" r="G6">
         <is>
           <t xml:space="preserve">This List is Ordered by City Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="P6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
@@ -500,51 +500,51 @@
         </is>
       </c>
       <c s="5" t="inlineStr" r="M8">
         <is>
           <t xml:space="preserve">Phone</t>
         </is>
       </c>
       <c s="6" t="str" r="N8"/>
       <c s="5" t="inlineStr" r="O8">
         <is>
           <t xml:space="preserve">Courses Offered</t>
         </is>
       </c>
       <c s="6" t="str" r="P8"/>
       <c s="6" t="str" r="Q8"/>
       <c s="6" t="str" r="R8"/>
     </row>
     <row r="9" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A9">
         <is>
           <t xml:space="preserve">AT000003</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B9">
         <is>
-          <t xml:space="preserve">02/05/2026</t>
+          <t xml:space="preserve">01/15/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">ASBESTOS WORKER'S UNION, LOCAL 6</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="F9">
         <is>
           <t xml:space="preserve">303 FREEPORT STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I9">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J9">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L9">
         <is>
           <t xml:space="preserve">02122-3513</t>
@@ -658,51 +658,51 @@
       <c s="15" t="str" r="D16"/>
       <c s="15" t="str" r="E16"/>
       <c s="14" t="str" r="F16"/>
       <c s="15" t="str" r="G16"/>
       <c s="15" t="str" r="H16"/>
       <c s="14" t="str" r="I16"/>
       <c s="14" t="str" r="J16"/>
       <c s="15" t="str" r="K16"/>
       <c s="14" t="str" r="L16"/>
       <c s="14" t="str" r="M16"/>
       <c s="15" t="str" r="N16"/>
       <c s="13" t="inlineStr" r="O16">
         <is>
           <t xml:space="preserve">ADR - ASBESTOS PROJECT DESIGNER REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A17">
         <is>
           <t xml:space="preserve">AT000005</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B17">
         <is>
-          <t xml:space="preserve">01/14/2026</t>
+          <t xml:space="preserve">01/13/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">Atlas Technical Consultants LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="F17">
         <is>
           <t xml:space="preserve">73 WILLIAM FRANKS DRIVE </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I17">
         <is>
           <t xml:space="preserve">WEST SPRINGFIELD</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J17">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L17">
         <is>
           <t xml:space="preserve">01089</t>
@@ -2297,51 +2297,51 @@
       <c s="15" t="str" r="D105"/>
       <c s="15" t="str" r="E105"/>
       <c s="14" t="str" r="F105"/>
       <c s="15" t="str" r="G105"/>
       <c s="15" t="str" r="H105"/>
       <c s="14" t="str" r="I105"/>
       <c s="14" t="str" r="J105"/>
       <c s="15" t="str" r="K105"/>
       <c s="14" t="str" r="L105"/>
       <c s="14" t="str" r="M105"/>
       <c s="15" t="str" r="N105"/>
       <c s="11" t="inlineStr" r="O105">
         <is>
           <t xml:space="preserve">AWRS - ABSESTOS WORKER REFRESHER (SPANISH) (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="106" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A106">
         <is>
           <t xml:space="preserve">AT000089</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B106">
         <is>
-          <t xml:space="preserve">01/13/2026</t>
+          <t xml:space="preserve">01/13/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C106">
         <is>
           <t xml:space="preserve">TSM TRAINING INSTITUTE, INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="F106">
         <is>
           <t xml:space="preserve">29 SO CANAL STREET </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I106">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J106">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L106">
         <is>
           <t xml:space="preserve">01843</t>
@@ -2800,51 +2800,51 @@
     <mergeCell ref="O107:R107"/>
     <mergeCell ref="O108:R108"/>
     <mergeCell ref="O109:R109"/>
     <mergeCell ref="O110:R110"/>
     <mergeCell ref="O111:R111"/>
     <mergeCell ref="O112:R112"/>
     <mergeCell ref="A113:A118"/>
     <mergeCell ref="B113:B118"/>
     <mergeCell ref="C113:E118"/>
     <mergeCell ref="F113:H118"/>
     <mergeCell ref="I113:I118"/>
     <mergeCell ref="J113:K118"/>
     <mergeCell ref="L113:L118"/>
     <mergeCell ref="M113:N118"/>
     <mergeCell ref="O113:R113"/>
     <mergeCell ref="O114:R114"/>
     <mergeCell ref="O115:R115"/>
     <mergeCell ref="O116:R116"/>
     <mergeCell ref="O117:R117"/>
     <mergeCell ref="O118:R118"/>
     <mergeCell ref="A121:Q121"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="0.845829921259842" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 11/3/2025 11:03:31 AM </oddFooter>
+    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 2/2/2026 9:25:09 AM </oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>