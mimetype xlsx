--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -394,87 +394,87 @@
     <row r="4" ht="18" customHeight="1">
       <c s="2" t="inlineStr" r="H4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">02/02/2026</t>
+            <t xml:space="preserve">03/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="8" customHeight="1"/>
     <row r="6" ht="13" customHeight="0">
       <c s="3" t="inlineStr" r="G6">
         <is>
           <t xml:space="preserve">This List is Ordered by City Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="P6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">110</t>
+            <t xml:space="preserve">96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="7" ht="3" customHeight="1"/>
     <row r="8" ht="18" customHeight="0">
       <c s="5" t="inlineStr" r="A8">
         <is>
           <t xml:space="preserve">License #</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="B8">
         <is>
           <t xml:space="preserve">Expire Date</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">Business Name</t>
         </is>
       </c>
       <c s="6" t="str" r="D8"/>
       <c s="6" t="str" r="E8"/>
       <c s="5" t="inlineStr" r="F8">
         <is>
@@ -1878,757 +1878,508 @@
     </row>
     <row r="85" ht="18" customHeight="0">
       <c s="14" t="str" r="A85"/>
       <c s="14" t="str" r="B85"/>
       <c s="14" t="str" r="C85"/>
       <c s="15" t="str" r="D85"/>
       <c s="15" t="str" r="E85"/>
       <c s="14" t="str" r="F85"/>
       <c s="15" t="str" r="G85"/>
       <c s="15" t="str" r="H85"/>
       <c s="14" t="str" r="I85"/>
       <c s="14" t="str" r="J85"/>
       <c s="15" t="str" r="K85"/>
       <c s="14" t="str" r="L85"/>
       <c s="14" t="str" r="M85"/>
       <c s="15" t="str" r="N85"/>
       <c s="11" t="inlineStr" r="O85">
         <is>
           <t xml:space="preserve">AC/SI - ASBESTOS CONTRACTOR/SUPERVISOR INITIAL (40 Hours)</t>
         </is>
       </c>
     </row>
     <row r="86" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A86">
         <is>
-          <t xml:space="preserve">AT000075</t>
+          <t xml:space="preserve">AT000082</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B86">
         <is>
-          <t xml:space="preserve">02/12/2026</t>
+          <t xml:space="preserve">05/29/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C86">
         <is>
-          <t xml:space="preserve">R.I. ANALYTICAL LABORATORIES, INC.</t>
+          <t xml:space="preserve">ESSEX ENVIRONMENTAL TRAINING SCHOOL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="F86">
         <is>
-          <t xml:space="preserve">41 ILLINOIS AVENUE </t>
+          <t xml:space="preserve">582 ESSEX STREET UNIT #5</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I86">
         <is>
-          <t xml:space="preserve">WARWICK</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J86">
         <is>
-          <t xml:space="preserve">RI</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L86">
         <is>
-          <t xml:space="preserve">02888</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M86">
         <is>
-          <t xml:space="preserve">800- 937-2580</t>
+          <t xml:space="preserve">978- 728-7651</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="O86">
         <is>
-          <t xml:space="preserve">ADI - ASBESTOS PROJECT DESIGNER INITIAL (24 Hours)</t>
+          <t xml:space="preserve">AWIS - ASBESTOS WORKER INITIAL (SPANISH) (32 Hours)</t>
         </is>
       </c>
     </row>
     <row r="87" ht="18" customHeight="0">
-      <c s="12" t="str" r="A87"/>
-[...6 lines deleted...]
-      <c s="12" t="str" r="M87"/>
+      <c s="14" t="str" r="A87"/>
+      <c s="14" t="str" r="B87"/>
+      <c s="14" t="str" r="C87"/>
+      <c s="15" t="str" r="D87"/>
+      <c s="15" t="str" r="E87"/>
+      <c s="14" t="str" r="F87"/>
+      <c s="15" t="str" r="G87"/>
+      <c s="15" t="str" r="H87"/>
+      <c s="14" t="str" r="I87"/>
+      <c s="14" t="str" r="J87"/>
+      <c s="15" t="str" r="K87"/>
+      <c s="14" t="str" r="L87"/>
+      <c s="14" t="str" r="M87"/>
+      <c s="15" t="str" r="N87"/>
       <c s="11" t="inlineStr" r="O87">
         <is>
-          <t xml:space="preserve">AWR - ASBESTOS WORKER REFRESHER (8 Hours)</t>
+          <t xml:space="preserve">AWRS - ABSESTOS WORKER REFRESHER (SPANISH) (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="88" ht="18" customHeight="0">
-      <c s="12" t="str" r="A88"/>
-[...6 lines deleted...]
-      <c s="12" t="str" r="M88"/>
+      <c s="8" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve">AT000088</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="B88">
+        <is>
+          <t xml:space="preserve">07/18/2026</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">ENVIRO STAFFING SOLUTIONS DBA JACKSON TRAINING SCHOOL</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="F88">
+        <is>
+          <t xml:space="preserve">184 JACKSON STREET </t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="I88">
+        <is>
+          <t xml:space="preserve">LAWRENCE</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J88">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="L88">
+        <is>
+          <t xml:space="preserve">01841</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="M88">
+        <is>
+          <t xml:space="preserve">978- 794-7807</t>
+        </is>
+      </c>
       <c s="13" t="inlineStr" r="O88">
         <is>
-          <t xml:space="preserve">AI - ASBESTOS INPECTOR INITIAL (24 Hours)</t>
+          <t xml:space="preserve">AWI - ASBESTOS WORKER INITIAL (32 Hours)</t>
         </is>
       </c>
     </row>
     <row r="89" ht="18" customHeight="0">
       <c s="12" t="str" r="A89"/>
       <c s="12" t="str" r="B89"/>
       <c s="12" t="str" r="C89"/>
       <c s="12" t="str" r="F89"/>
       <c s="12" t="str" r="I89"/>
       <c s="12" t="str" r="J89"/>
       <c s="12" t="str" r="L89"/>
       <c s="12" t="str" r="M89"/>
       <c s="11" t="inlineStr" r="O89">
         <is>
-          <t xml:space="preserve">AMR - ASBESTOS PROJECT MONITOR REFRESHER (8 Hours)</t>
+          <t xml:space="preserve">AWR - ASBESTOS WORKER REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="90" ht="18" customHeight="0">
       <c s="12" t="str" r="A90"/>
       <c s="12" t="str" r="B90"/>
       <c s="12" t="str" r="C90"/>
       <c s="12" t="str" r="F90"/>
       <c s="12" t="str" r="I90"/>
       <c s="12" t="str" r="J90"/>
       <c s="12" t="str" r="L90"/>
       <c s="12" t="str" r="M90"/>
       <c s="13" t="inlineStr" r="O90">
         <is>
-          <t xml:space="preserve">API - ASBESTOS MANAGEMENT PLANNER INITIAL (40 hrs = 24 hr Insp Init + 16 hr Planner Init)</t>
+          <t xml:space="preserve">AWIS - ASBESTOS WORKER INITIAL (SPANISH) (32 Hours)</t>
         </is>
       </c>
     </row>
     <row r="91" ht="18" customHeight="0">
-      <c s="12" t="str" r="A91"/>
-[...6 lines deleted...]
-      <c s="12" t="str" r="M91"/>
+      <c s="14" t="str" r="A91"/>
+      <c s="14" t="str" r="B91"/>
+      <c s="14" t="str" r="C91"/>
+      <c s="15" t="str" r="D91"/>
+      <c s="15" t="str" r="E91"/>
+      <c s="14" t="str" r="F91"/>
+      <c s="15" t="str" r="G91"/>
+      <c s="15" t="str" r="H91"/>
+      <c s="14" t="str" r="I91"/>
+      <c s="14" t="str" r="J91"/>
+      <c s="15" t="str" r="K91"/>
+      <c s="14" t="str" r="L91"/>
+      <c s="14" t="str" r="M91"/>
+      <c s="15" t="str" r="N91"/>
       <c s="11" t="inlineStr" r="O91">
         <is>
-          <t xml:space="preserve">ADR - ASBESTOS PROJECT DESIGNER REFRESHER (8 Hours)</t>
+          <t xml:space="preserve">AWRS - ABSESTOS WORKER REFRESHER (SPANISH) (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="92" ht="18" customHeight="0">
-      <c s="12" t="str" r="A92"/>
-[...6 lines deleted...]
-      <c s="12" t="str" r="M92"/>
+      <c s="8" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve">AT000089</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">01/13/2027</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">TSM TRAINING INSTITUTE, INC</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="F92">
+        <is>
+          <t xml:space="preserve">29 SO CANAL STREET </t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="I92">
+        <is>
+          <t xml:space="preserve">LAWRENCE</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J92">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="L92">
+        <is>
+          <t xml:space="preserve">01843</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="M92">
+        <is>
+          <t xml:space="preserve">978- 237-5444</t>
+        </is>
+      </c>
       <c s="13" t="inlineStr" r="O92">
         <is>
-          <t xml:space="preserve">AAPW - ASBESTOS ASSOCIATED PROJECT WORKER (16 Hours)</t>
+          <t xml:space="preserve">AWI - ASBESTOS WORKER INITIAL (32 Hours)</t>
         </is>
       </c>
     </row>
     <row r="93" ht="18" customHeight="0">
       <c s="12" t="str" r="A93"/>
       <c s="12" t="str" r="B93"/>
       <c s="12" t="str" r="C93"/>
       <c s="12" t="str" r="F93"/>
       <c s="12" t="str" r="I93"/>
       <c s="12" t="str" r="J93"/>
       <c s="12" t="str" r="L93"/>
       <c s="12" t="str" r="M93"/>
       <c s="11" t="inlineStr" r="O93">
         <is>
-          <t xml:space="preserve">AC/SI - ASBESTOS CONTRACTOR/SUPERVISOR INITIAL (40 Hours)</t>
+          <t xml:space="preserve">AWR - ASBESTOS WORKER REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="94" ht="18" customHeight="0">
       <c s="12" t="str" r="A94"/>
       <c s="12" t="str" r="B94"/>
       <c s="12" t="str" r="C94"/>
       <c s="12" t="str" r="F94"/>
       <c s="12" t="str" r="I94"/>
       <c s="12" t="str" r="J94"/>
       <c s="12" t="str" r="L94"/>
       <c s="12" t="str" r="M94"/>
       <c s="13" t="inlineStr" r="O94">
         <is>
-          <t xml:space="preserve">AMI - ASBESTOS PROJECT MONITOR INITIAL (40 Hours)</t>
+          <t xml:space="preserve">AC/SI - ASBESTOS CONTRACTOR/SUPERVISOR INITIAL (40 Hours)</t>
         </is>
       </c>
     </row>
     <row r="95" ht="18" customHeight="0">
       <c s="12" t="str" r="A95"/>
       <c s="12" t="str" r="B95"/>
       <c s="12" t="str" r="C95"/>
       <c s="12" t="str" r="F95"/>
       <c s="12" t="str" r="I95"/>
       <c s="12" t="str" r="J95"/>
       <c s="12" t="str" r="L95"/>
       <c s="12" t="str" r="M95"/>
       <c s="11" t="inlineStr" r="O95">
         <is>
           <t xml:space="preserve">AC/SR - ASBESTOS CONTRACTOR/SUPERVISOR REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="96" ht="18" customHeight="0">
       <c s="12" t="str" r="A96"/>
       <c s="12" t="str" r="B96"/>
       <c s="12" t="str" r="C96"/>
       <c s="12" t="str" r="F96"/>
       <c s="12" t="str" r="I96"/>
       <c s="12" t="str" r="J96"/>
       <c s="12" t="str" r="L96"/>
       <c s="12" t="str" r="M96"/>
       <c s="13" t="inlineStr" r="O96">
         <is>
-          <t xml:space="preserve">AIR - ASBESTOS INSPECTOR REFRESHER (4 Hours)</t>
+          <t xml:space="preserve">AWIS - ASBESTOS WORKER INITIAL (SPANISH) (32 Hours)</t>
         </is>
       </c>
     </row>
     <row r="97" ht="18" customHeight="0">
       <c s="12" t="str" r="A97"/>
       <c s="12" t="str" r="B97"/>
       <c s="12" t="str" r="C97"/>
       <c s="12" t="str" r="F97"/>
       <c s="12" t="str" r="I97"/>
       <c s="12" t="str" r="J97"/>
       <c s="12" t="str" r="L97"/>
       <c s="12" t="str" r="M97"/>
       <c s="11" t="inlineStr" r="O97">
         <is>
-          <t xml:space="preserve">APR - ASBESTOS MANAGEMENT PLANNER REFRESHER (8 hrs = 4 hr Insp Ref + 4 hr Planner Ref)</t>
+          <t xml:space="preserve">AWRS - ABSESTOS WORKER REFRESHER (SPANISH) (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="98" ht="18" customHeight="0">
-      <c s="12" t="str" r="A98"/>
-[...6 lines deleted...]
-      <c s="12" t="str" r="M98"/>
+      <c s="14" t="str" r="A98"/>
+      <c s="14" t="str" r="B98"/>
+      <c s="14" t="str" r="C98"/>
+      <c s="15" t="str" r="D98"/>
+      <c s="15" t="str" r="E98"/>
+      <c s="14" t="str" r="F98"/>
+      <c s="15" t="str" r="G98"/>
+      <c s="15" t="str" r="H98"/>
+      <c s="14" t="str" r="I98"/>
+      <c s="14" t="str" r="J98"/>
+      <c s="15" t="str" r="K98"/>
+      <c s="14" t="str" r="L98"/>
+      <c s="14" t="str" r="M98"/>
+      <c s="15" t="str" r="N98"/>
       <c s="13" t="inlineStr" r="O98">
         <is>
-          <t xml:space="preserve">ADI - ASBESTOS PROJECT DESIGNER INITIAL (24 Hours)</t>
+          <t xml:space="preserve">AC/SI - ASBESTOS CONTRACTOR/SUPERVISOR INITIAL (40 Hours)</t>
         </is>
       </c>
     </row>
     <row r="99" ht="18" customHeight="0">
-      <c s="14" t="str" r="A99"/>
-[...12 lines deleted...]
-      <c s="15" t="str" r="N99"/>
+      <c s="8" t="inlineStr" r="A99">
+        <is>
+          <t xml:space="preserve">AT91</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="B99">
+        <is>
+          <t xml:space="preserve">08/06/2026</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C99">
+        <is>
+          <t xml:space="preserve">SHALOM ENVIRONMENTAL SERVICES</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="F99">
+        <is>
+          <t xml:space="preserve">15 UNION STREET, STE 511 </t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="I99">
+        <is>
+          <t xml:space="preserve">Lawrence</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J99">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="L99">
+        <is>
+          <t xml:space="preserve">01840</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="M99">
+        <is>
+          <t xml:space="preserve">978- 608-3377</t>
+        </is>
+      </c>
       <c s="11" t="inlineStr" r="O99">
         <is>
-          <t xml:space="preserve">AWI - ASBESTOS WORKER INITIAL (32 Hours)</t>
+          <t xml:space="preserve">Supervisor Initial</t>
         </is>
       </c>
     </row>
     <row r="100" ht="18" customHeight="0">
-      <c s="8" t="inlineStr" r="A100">
-[...38 lines deleted...]
-      </c>
+      <c s="12" t="str" r="A100"/>
+      <c s="12" t="str" r="B100"/>
+      <c s="12" t="str" r="C100"/>
+      <c s="12" t="str" r="F100"/>
+      <c s="12" t="str" r="I100"/>
+      <c s="12" t="str" r="J100"/>
+      <c s="12" t="str" r="L100"/>
+      <c s="12" t="str" r="M100"/>
       <c s="13" t="inlineStr" r="O100">
         <is>
-          <t xml:space="preserve">AWIS - ASBESTOS WORKER INITIAL (SPANISH) (32 Hours)</t>
+          <t xml:space="preserve">Supervisor Refresher</t>
         </is>
       </c>
     </row>
     <row r="101" ht="18" customHeight="0">
-      <c s="14" t="str" r="A101"/>
-[...12 lines deleted...]
-      <c s="15" t="str" r="N101"/>
+      <c s="12" t="str" r="A101"/>
+      <c s="12" t="str" r="B101"/>
+      <c s="12" t="str" r="C101"/>
+      <c s="12" t="str" r="F101"/>
+      <c s="12" t="str" r="I101"/>
+      <c s="12" t="str" r="J101"/>
+      <c s="12" t="str" r="L101"/>
+      <c s="12" t="str" r="M101"/>
       <c s="11" t="inlineStr" r="O101">
         <is>
-          <t xml:space="preserve">AWRS - ABSESTOS WORKER REFRESHER (SPANISH) (8 Hours)</t>
+          <t xml:space="preserve">Worker Initial</t>
         </is>
       </c>
     </row>
     <row r="102" ht="18" customHeight="0">
-      <c s="8" t="inlineStr" r="A102">
-[...38 lines deleted...]
-      </c>
+      <c s="12" t="str" r="A102"/>
+      <c s="12" t="str" r="B102"/>
+      <c s="12" t="str" r="C102"/>
+      <c s="12" t="str" r="F102"/>
+      <c s="12" t="str" r="I102"/>
+      <c s="12" t="str" r="J102"/>
+      <c s="12" t="str" r="L102"/>
+      <c s="12" t="str" r="M102"/>
       <c s="13" t="inlineStr" r="O102">
         <is>
-          <t xml:space="preserve">AWI - ASBESTOS WORKER INITIAL (32 Hours)</t>
+          <t xml:space="preserve">Worker Refresher</t>
         </is>
       </c>
     </row>
     <row r="103" ht="18" customHeight="0">
       <c s="12" t="str" r="A103"/>
       <c s="12" t="str" r="B103"/>
       <c s="12" t="str" r="C103"/>
       <c s="12" t="str" r="F103"/>
       <c s="12" t="str" r="I103"/>
       <c s="12" t="str" r="J103"/>
       <c s="12" t="str" r="L103"/>
       <c s="12" t="str" r="M103"/>
       <c s="11" t="inlineStr" r="O103">
         <is>
-          <t xml:space="preserve">AWR - ASBESTOS WORKER REFRESHER (8 Hours)</t>
+          <t xml:space="preserve">Worker Spanish Initial</t>
         </is>
       </c>
     </row>
     <row r="104" ht="18" customHeight="0">
-      <c s="12" t="str" r="A104"/>
-[...6 lines deleted...]
-      <c s="12" t="str" r="M104"/>
+      <c s="14" t="str" r="A104"/>
+      <c s="14" t="str" r="B104"/>
+      <c s="14" t="str" r="C104"/>
+      <c s="15" t="str" r="D104"/>
+      <c s="15" t="str" r="E104"/>
+      <c s="14" t="str" r="F104"/>
+      <c s="15" t="str" r="G104"/>
+      <c s="15" t="str" r="H104"/>
+      <c s="14" t="str" r="I104"/>
+      <c s="14" t="str" r="J104"/>
+      <c s="15" t="str" r="K104"/>
+      <c s="14" t="str" r="L104"/>
+      <c s="14" t="str" r="M104"/>
+      <c s="15" t="str" r="N104"/>
       <c s="13" t="inlineStr" r="O104">
         <is>
-          <t xml:space="preserve">AWIS - ASBESTOS WORKER INITIAL (SPANISH) (32 Hours)</t>
-[...290 lines deleted...]
-        <is>
           <t xml:space="preserve">Worker Spanish Refresher</t>
         </is>
       </c>
     </row>
-    <row r="119" ht="0.05" customHeight="1"/>
-[...2 lines deleted...]
-      <c s="16" t="inlineStr" r="A121">
+    <row r="105" ht="5.5" customHeight="1"/>
+    <row r="106" ht="15" customHeight="1">
+      <c s="16" t="inlineStr" r="A106">
         <is>
           <t xml:space="preserve">The certification information of the above-listed asbestos training providers is updated monthly. While most training providers renew their certification on or before the expiration date of the certification, DLS recommends that you call our office at (617) 626-6960 to verify a training provider's certification status prior to beginning any asbestos training program.</t>
         </is>
       </c>
-      <c s="6" t="str" r="B121"/>
-[...15 lines deleted...]
-      <c s="6" t="str" r="R121"/>
+      <c s="6" t="str" r="B106"/>
+      <c s="6" t="str" r="C106"/>
+      <c s="6" t="str" r="D106"/>
+      <c s="6" t="str" r="E106"/>
+      <c s="6" t="str" r="F106"/>
+      <c s="6" t="str" r="G106"/>
+      <c s="6" t="str" r="H106"/>
+      <c s="6" t="str" r="I106"/>
+      <c s="6" t="str" r="J106"/>
+      <c s="6" t="str" r="K106"/>
+      <c s="6" t="str" r="L106"/>
+      <c s="6" t="str" r="M106"/>
+      <c s="6" t="str" r="N106"/>
+      <c s="6" t="str" r="O106"/>
+      <c s="6" t="str" r="P106"/>
+      <c s="6" t="str" r="Q106"/>
+      <c s="6" t="str" r="R106"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C2"/>
     <mergeCell ref="E2:M3"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="G6:K6"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="A9:A16"/>
     <mergeCell ref="B9:B16"/>
     <mergeCell ref="C9:E16"/>
     <mergeCell ref="F9:H16"/>
     <mergeCell ref="I9:I16"/>
     <mergeCell ref="J9:K16"/>
     <mergeCell ref="L9:L16"/>
     <mergeCell ref="M9:N16"/>
     <mergeCell ref="O9:R9"/>
     <mergeCell ref="O10:R10"/>
     <mergeCell ref="O11:R11"/>
     <mergeCell ref="O12:R12"/>
     <mergeCell ref="O13:R13"/>
@@ -2722,129 +2473,107 @@
     <mergeCell ref="O69:R69"/>
     <mergeCell ref="O70:R70"/>
     <mergeCell ref="O71:R71"/>
     <mergeCell ref="O72:R72"/>
     <mergeCell ref="A73:A85"/>
     <mergeCell ref="B73:B85"/>
     <mergeCell ref="C73:E85"/>
     <mergeCell ref="F73:H85"/>
     <mergeCell ref="I73:I85"/>
     <mergeCell ref="J73:K85"/>
     <mergeCell ref="L73:L85"/>
     <mergeCell ref="M73:N85"/>
     <mergeCell ref="O73:R73"/>
     <mergeCell ref="O74:R74"/>
     <mergeCell ref="O75:R75"/>
     <mergeCell ref="O76:R76"/>
     <mergeCell ref="O77:R77"/>
     <mergeCell ref="O78:R78"/>
     <mergeCell ref="O79:R79"/>
     <mergeCell ref="O80:R80"/>
     <mergeCell ref="O81:R81"/>
     <mergeCell ref="O82:R82"/>
     <mergeCell ref="O83:R83"/>
     <mergeCell ref="O84:R84"/>
     <mergeCell ref="O85:R85"/>
-    <mergeCell ref="A86:A99"/>
-[...6 lines deleted...]
-    <mergeCell ref="M86:N99"/>
+    <mergeCell ref="A86:A87"/>
+    <mergeCell ref="B86:B87"/>
+    <mergeCell ref="C86:E87"/>
+    <mergeCell ref="F86:H87"/>
+    <mergeCell ref="I86:I87"/>
+    <mergeCell ref="J86:K87"/>
+    <mergeCell ref="L86:L87"/>
+    <mergeCell ref="M86:N87"/>
     <mergeCell ref="O86:R86"/>
     <mergeCell ref="O87:R87"/>
+    <mergeCell ref="A88:A91"/>
+    <mergeCell ref="B88:B91"/>
+    <mergeCell ref="C88:E91"/>
+    <mergeCell ref="F88:H91"/>
+    <mergeCell ref="I88:I91"/>
+    <mergeCell ref="J88:K91"/>
+    <mergeCell ref="L88:L91"/>
+    <mergeCell ref="M88:N91"/>
     <mergeCell ref="O88:R88"/>
     <mergeCell ref="O89:R89"/>
     <mergeCell ref="O90:R90"/>
     <mergeCell ref="O91:R91"/>
+    <mergeCell ref="A92:A98"/>
+    <mergeCell ref="B92:B98"/>
+    <mergeCell ref="C92:E98"/>
+    <mergeCell ref="F92:H98"/>
+    <mergeCell ref="I92:I98"/>
+    <mergeCell ref="J92:K98"/>
+    <mergeCell ref="L92:L98"/>
+    <mergeCell ref="M92:N98"/>
     <mergeCell ref="O92:R92"/>
     <mergeCell ref="O93:R93"/>
     <mergeCell ref="O94:R94"/>
     <mergeCell ref="O95:R95"/>
     <mergeCell ref="O96:R96"/>
     <mergeCell ref="O97:R97"/>
     <mergeCell ref="O98:R98"/>
+    <mergeCell ref="A99:A104"/>
+    <mergeCell ref="B99:B104"/>
+    <mergeCell ref="C99:E104"/>
+    <mergeCell ref="F99:H104"/>
+    <mergeCell ref="I99:I104"/>
+    <mergeCell ref="J99:K104"/>
+    <mergeCell ref="L99:L104"/>
+    <mergeCell ref="M99:N104"/>
     <mergeCell ref="O99:R99"/>
-    <mergeCell ref="A100:A101"/>
-[...6 lines deleted...]
-    <mergeCell ref="M100:N101"/>
     <mergeCell ref="O100:R100"/>
     <mergeCell ref="O101:R101"/>
-    <mergeCell ref="A102:A105"/>
-[...6 lines deleted...]
-    <mergeCell ref="M102:N105"/>
     <mergeCell ref="O102:R102"/>
     <mergeCell ref="O103:R103"/>
     <mergeCell ref="O104:R104"/>
-    <mergeCell ref="O105:R105"/>
-[...29 lines deleted...]
-    <mergeCell ref="A121:Q121"/>
+    <mergeCell ref="A106:Q106"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="0.845829921259842" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 2/2/2026 9:25:09 AM </oddFooter>
+    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 3/2/2026 7:44:43 AM </oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>