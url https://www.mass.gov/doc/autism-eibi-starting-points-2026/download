--- v0 (2025-12-25)
+++ v1 (2026-02-07)
@@ -1,105 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="67638564" w14:textId="31A09360" w:rsidR="002E680C" w:rsidRPr="00D807DA" w:rsidRDefault="002E680C">
+    <w:p w14:paraId="67638564" w14:textId="31A09360" w:rsidR="002E680C" w:rsidRPr="001D499A" w:rsidRDefault="002E680C" w:rsidP="001D499A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rPrChange w:id="0" w:author="Chaneco, Aynsley" w:date="2025-12-24T14:57:00Z">
-[...19 lines deleted...]
-      <w:commentRangeStart w:id="2"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="2"/>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6095DF9B" w14:textId="211ACAA1" w:rsidR="000D19AE" w:rsidRDefault="002E680C" w:rsidP="000D19AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D19AE">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What are Specialty Services?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -349,51 +322,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">. A list of </w:t>
       </w:r>
       <w:r w:rsidR="00F94B2D">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t>contracted EIBI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve"> programs can be found </w:t>
       </w:r>
       <w:r w:rsidR="00F94B2D">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00F94B2D" w:rsidRPr="008640A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           </w:rPr>
           <w:t>MA EI Website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F94B2D">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D184F6B" w14:textId="10D5883E" w:rsidR="000D19AE" w:rsidRPr="000D19AE" w:rsidRDefault="000D19AE" w:rsidP="000D19AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D19AE">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
@@ -439,51 +412,51 @@
       </w:r>
       <w:r w:rsidR="008640A0">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t>ABA</w:t>
       </w:r>
       <w:r w:rsidR="00F94B2D">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="008640A0">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve"> services</w:t>
       </w:r>
       <w:r w:rsidR="00F94B2D">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">. In the Commonwealth of Massachusetts, EIBI services are consistent with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00F94B2D" w:rsidRPr="00F94B2D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           </w:rPr>
           <w:t>101 CMR 358.00.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5AE3A8F5" w14:textId="2452906A" w:rsidR="1550AF9B" w:rsidRDefault="1550AF9B" w:rsidP="1550AF9B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36F329BE" w14:textId="2BACB3AB" w:rsidR="000D19AE" w:rsidRPr="00D807DA" w:rsidRDefault="00D807DA" w:rsidP="31971678">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -838,74 +811,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">ack of a full diagnostic evaluation </w:t>
       </w:r>
       <w:r w:rsidR="00147225" w:rsidRPr="776CB428">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">for a child with ASD </w:t>
       </w:r>
       <w:r w:rsidR="00E738A6" w:rsidRPr="776CB428">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">should not hinder referral to or the start of EIBI services. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB65619" w14:textId="035C68F7" w:rsidR="002F380F" w:rsidRDefault="002F380F" w:rsidP="000D19AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A4D93CF" w14:textId="53C81677" w:rsidR="00842255" w:rsidRPr="00842255" w:rsidRDefault="001E7996">
+    <w:p w14:paraId="2A4D93CF" w14:textId="53C81677" w:rsidR="00842255" w:rsidRPr="00842255" w:rsidRDefault="001E7996" w:rsidP="001D499A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
-        <w:pPrChange w:id="4" w:author="Chaneco, Aynsley" w:date="2025-12-24T15:02:00Z">
-[...15 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D499A">
         <w:t>Referral</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A67AD0A" w14:textId="2FABB06B" w:rsidR="776CB428" w:rsidRDefault="001E7996" w:rsidP="33D081B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33D081B1">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2740"/>
         </w:rPr>
         <w:t xml:space="preserve">How do we </w:t>
       </w:r>
       <w:r w:rsidR="007E666C" w:rsidRPr="33D081B1">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2740"/>
         </w:rPr>
         <w:t xml:space="preserve">refer </w:t>
       </w:r>
       <w:r w:rsidRPr="33D081B1">
@@ -1122,73 +1080,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">they would like to be referred to. </w:t>
       </w:r>
       <w:r w:rsidR="004D3376" w:rsidRPr="5A5B7684">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are unsure which </w:t>
       </w:r>
       <w:r w:rsidR="0082442A" w:rsidRPr="5A5B7684">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">EIBI programs are contracted in a catchment area, please reach out to your Program Director and/or Clinical Oversight and Support Specialist. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52633786" w14:textId="77777777" w:rsidR="0043106F" w:rsidRDefault="0043106F" w:rsidP="4B062B4F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EF6B6FD" w14:textId="25FC129F" w:rsidR="002553AF" w:rsidRDefault="002F380F">
+    <w:p w14:paraId="2EF6B6FD" w14:textId="25FC129F" w:rsidR="002553AF" w:rsidRDefault="002F380F" w:rsidP="001D499A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:eastAsia="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi" w:cs="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
-        <w:pPrChange w:id="6" w:author="Chaneco, Aynsley" w:date="2025-12-24T15:01:00Z">
-[...14 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D499A">
         <w:t>Support</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA90357" w14:textId="77777777" w:rsidR="002F380F" w:rsidRDefault="002F380F" w:rsidP="002F380F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4B062B4F">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:eastAsia="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi" w:cs="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
         <w:t>We are unsure how to refer a family in the EICS,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:eastAsia="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi" w:cs="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> or we require technical support to complete these tasks. What can we do?</w:t>
       </w:r>
       <w:r w:rsidRPr="4B062B4F">
         <w:rPr>
@@ -1373,102 +1317,86 @@
       </w:r>
       <w:r w:rsidR="000A08F6" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t>by phone (774)-455-4056,</w:t>
       </w:r>
       <w:r w:rsidR="0021591D" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD7929" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00384AEB" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidR="00384AEB" w:rsidRPr="31971678">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           </w:rPr>
           <w:t>AIRC@umassmed.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00384AEB" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000A08F6" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t>or by visiting their website at</w:t>
       </w:r>
       <w:r w:rsidR="09697367" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:ins w:id="8" w:author="Chaneco, Aynsley" w:date="2025-12-24T15:02:00Z">
-[...1 lines deleted...]
-          <w:fldChar w:fldCharType="begin"/>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="09697367" w:rsidRPr="31971678">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+          </w:rPr>
+          <w:t>massairc.org</w:t>
         </w:r>
-      </w:ins>
-[...19 lines deleted...]
-      </w:ins>
+      </w:hyperlink>
       <w:r w:rsidR="09697367" w:rsidRPr="31971678">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703FF764" w14:textId="4E5872CC" w:rsidR="000D19AE" w:rsidRPr="000D19AE" w:rsidRDefault="00F6619A" w:rsidP="000D19AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you have </w:t>
       </w:r>
       <w:r w:rsidR="00384AEB">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
@@ -1565,269 +1493,245 @@
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">if needed, </w:t>
       </w:r>
       <w:r w:rsidR="00767D40">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
         <w:t>your Clinical Oversight and Support Specialist (COSS)</w:t>
       </w:r>
       <w:r w:rsidR="0011780D">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:color w:val="0E2841" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the Early Intervention Division for assistance. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B4AD280" w14:textId="77777777" w:rsidR="002E680C" w:rsidRDefault="002E680C" w:rsidP="002E680C">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E680C" w:rsidSect="002E680C">
-      <w:headerReference w:type="default" r:id="rId17"/>
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...58 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CA12BBB" w14:textId="77777777" w:rsidR="00EB1F9F" w:rsidRDefault="00EB1F9F" w:rsidP="002E680C">
+    <w:p w14:paraId="3BDEE476" w14:textId="77777777" w:rsidR="0056063B" w:rsidRDefault="0056063B" w:rsidP="002E680C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="149E382B" w14:textId="77777777" w:rsidR="00EB1F9F" w:rsidRDefault="00EB1F9F" w:rsidP="002E680C">
+    <w:p w14:paraId="26EFFE05" w14:textId="77777777" w:rsidR="0056063B" w:rsidRDefault="0056063B" w:rsidP="002E680C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro Demi">
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="020B0704020202020204"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro">
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="020B0504020202020204"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="73C50E3C" w14:textId="77777777" w:rsidR="001D499A" w:rsidRDefault="001D499A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="04131A04" w14:textId="291BEC6D" w:rsidR="31971678" w:rsidRDefault="31971678" w:rsidP="31971678">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:ins w:id="11" w:author="Chaneco, Aynsley" w:date="2025-12-24T14:59:00Z" w16du:dateUtc="2025-12-24T14:59:26Z"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Avenir Next LT Pro"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="16AB07AE" w14:textId="58230B0B" w:rsidR="02CDCDF9" w:rsidRDefault="616028C2" w:rsidP="616028C2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Avenir Next LT Pro"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="616028C2">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Avenir Next LT Pro"/>
       </w:rPr>
       <w:t>Early Intervention Division, 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="257665D8" w14:textId="77777777" w:rsidR="001D499A" w:rsidRDefault="001D499A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42DCE0C5" w14:textId="77777777" w:rsidR="00EB1F9F" w:rsidRDefault="00EB1F9F" w:rsidP="002E680C">
+    <w:p w14:paraId="3D906E33" w14:textId="77777777" w:rsidR="0056063B" w:rsidRDefault="0056063B" w:rsidP="002E680C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73AED2BA" w14:textId="77777777" w:rsidR="00EB1F9F" w:rsidRDefault="00EB1F9F" w:rsidP="002E680C">
+    <w:p w14:paraId="0525141A" w14:textId="77777777" w:rsidR="0056063B" w:rsidRDefault="0056063B" w:rsidP="002E680C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="59A7953B" w14:textId="77777777" w:rsidR="001D499A" w:rsidRDefault="001D499A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="15824E80" w14:textId="77777777" w:rsidR="002E680C" w:rsidRDefault="31971678" w:rsidP="002E680C">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rStyle w:val="Heading2Char"/>
         <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51D197D2" wp14:editId="547AE709">
           <wp:extent cx="1485900" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1303771416" name="Picture 1" descr="Logo for the Massachusetts Department of Public Health"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
@@ -1937,52 +1841,62 @@
     </w:pPr>
     <w:r w:rsidRPr="1550AF9B">
       <w:rPr>
         <w:rStyle w:val="Heading2Char"/>
         <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="0E2740"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Autism Spectrum Disorders (ASD)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="39239A94" w14:textId="7E17EDD3" w:rsidR="002E680C" w:rsidRPr="002E680C" w:rsidRDefault="002E680C" w:rsidP="002E680C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="08985814" w14:textId="77777777" w:rsidR="001D499A" w:rsidRDefault="001D499A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A16059F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23D8734C"/>
     <w:lvl w:ilvl="0" w:tplc="B9AC9EEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AF9C9A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1AB03416">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2298,63 +2212,54 @@
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1581676097">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="228422139">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="450049262">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="720597425">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:markup="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E680C"/>
     <w:rsid w:val="000010C4"/>
     <w:rsid w:val="00012F8A"/>
     <w:rsid w:val="00021270"/>
     <w:rsid w:val="00024DA2"/>
@@ -2364,91 +2269,95 @@
     <w:rsid w:val="00053B29"/>
     <w:rsid w:val="0007384A"/>
     <w:rsid w:val="000A08F6"/>
     <w:rsid w:val="000C6FD7"/>
     <w:rsid w:val="000D19AE"/>
     <w:rsid w:val="000D4675"/>
     <w:rsid w:val="000F312F"/>
     <w:rsid w:val="00115EC2"/>
     <w:rsid w:val="001169B5"/>
     <w:rsid w:val="0011780D"/>
     <w:rsid w:val="00124E01"/>
     <w:rsid w:val="00126CEF"/>
     <w:rsid w:val="001274F6"/>
     <w:rsid w:val="00133D7D"/>
     <w:rsid w:val="001349A0"/>
     <w:rsid w:val="001439A8"/>
     <w:rsid w:val="00147225"/>
     <w:rsid w:val="00160D9E"/>
     <w:rsid w:val="00187E8C"/>
     <w:rsid w:val="001A2549"/>
     <w:rsid w:val="001A7FD7"/>
     <w:rsid w:val="001B760A"/>
     <w:rsid w:val="001CC364"/>
     <w:rsid w:val="001D1AEE"/>
     <w:rsid w:val="001D1FB3"/>
+    <w:rsid w:val="001D499A"/>
     <w:rsid w:val="001D50A4"/>
     <w:rsid w:val="001E7996"/>
     <w:rsid w:val="00203080"/>
     <w:rsid w:val="0021591D"/>
     <w:rsid w:val="002553AF"/>
     <w:rsid w:val="00266CCE"/>
+    <w:rsid w:val="00271F9C"/>
     <w:rsid w:val="002771B6"/>
     <w:rsid w:val="002A100D"/>
     <w:rsid w:val="002A38C0"/>
     <w:rsid w:val="002C2F9A"/>
     <w:rsid w:val="002D5B6C"/>
     <w:rsid w:val="002E6407"/>
     <w:rsid w:val="002E680C"/>
     <w:rsid w:val="002F380F"/>
     <w:rsid w:val="00300089"/>
     <w:rsid w:val="00303C1C"/>
     <w:rsid w:val="003074E9"/>
     <w:rsid w:val="00322435"/>
     <w:rsid w:val="00343F35"/>
     <w:rsid w:val="00345359"/>
     <w:rsid w:val="003709A5"/>
     <w:rsid w:val="00381EDB"/>
     <w:rsid w:val="00384AEB"/>
+    <w:rsid w:val="003B4F45"/>
     <w:rsid w:val="003C1927"/>
     <w:rsid w:val="003F37A2"/>
     <w:rsid w:val="0043106F"/>
     <w:rsid w:val="004543A1"/>
     <w:rsid w:val="0046242C"/>
     <w:rsid w:val="004638F6"/>
     <w:rsid w:val="00477574"/>
     <w:rsid w:val="004840B5"/>
     <w:rsid w:val="00486668"/>
     <w:rsid w:val="00491323"/>
     <w:rsid w:val="00491E9C"/>
     <w:rsid w:val="004D3376"/>
     <w:rsid w:val="004D72F1"/>
     <w:rsid w:val="004F3DF1"/>
     <w:rsid w:val="00507B4C"/>
     <w:rsid w:val="00532ED6"/>
     <w:rsid w:val="00541093"/>
     <w:rsid w:val="00546FCD"/>
+    <w:rsid w:val="0056063B"/>
     <w:rsid w:val="00561E41"/>
     <w:rsid w:val="00573089"/>
     <w:rsid w:val="0058335F"/>
     <w:rsid w:val="005939EE"/>
     <w:rsid w:val="005B465D"/>
     <w:rsid w:val="005C4472"/>
     <w:rsid w:val="005D1F2A"/>
     <w:rsid w:val="005D55CF"/>
     <w:rsid w:val="005F6A72"/>
     <w:rsid w:val="006114D1"/>
     <w:rsid w:val="00615869"/>
     <w:rsid w:val="00616555"/>
     <w:rsid w:val="006202BA"/>
     <w:rsid w:val="00631371"/>
     <w:rsid w:val="00667BA2"/>
     <w:rsid w:val="00672735"/>
     <w:rsid w:val="0067484D"/>
     <w:rsid w:val="00680E83"/>
     <w:rsid w:val="006856BD"/>
     <w:rsid w:val="006B3417"/>
     <w:rsid w:val="006E2906"/>
     <w:rsid w:val="006E77F7"/>
     <w:rsid w:val="00717CD2"/>
     <w:rsid w:val="00723D86"/>
     <w:rsid w:val="007256C6"/>
@@ -2730,51 +2639,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="311C7F0C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{170AA164-BD41-4758-95EF-50F420DEBAB9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3842,61 +3751,61 @@
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0046242C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009520D7"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AIRC@umassmed.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35800-rates-for-applied-behavior-analysis-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/early-intervention-ei-autism-spectrum-disorder-specialty-services" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massairc.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AIRC@umassmed.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35800-rates-for-applied-behavior-analysis-0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/early-intervention-ei-autism-spectrum-disorder-specialty-services" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.png@01DC4F2D.F64A4F60" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -4184,71 +4093,50 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A59D2FCE26A5CF42B73DB707666E1E83" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fbd22286c0f57a05d3ec4e77ced8b3d7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="67cbf261-e971-4a38-83b4-d85e273e70b4" xmlns:ns3="46f7fc10-315f-4884-8231-57a9c90b9c56" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dda58ffe8a50d8734dbaa9b38b200f7f" ns2:_="" ns3:_="">
     <xsd:import namespace="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
     <xsd:import namespace="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentCreated" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Created_x003a__x0020_Created" minOccurs="0"/>
@@ -4463,109 +4351,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="67cbf261-e971-4a38-83b4-d85e273e70b4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56" xsi:nil="true"/>
+    <DocumentCreated xmlns="67cbf261-e971-4a38-83b4-d85e273e70b4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{931ABE4F-5E99-40F3-B9DC-7D7356E0BDF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
     <ds:schemaRef ds:uri="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DEE49B9-E986-45AD-A280-EF562CABD8A5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
+    <ds:schemaRef ds:uri="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{694B271C-03BC-4E5A-A6AF-B06A899450A5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>897</Words>
-  <Characters>5114</Characters>
+  <Words>896</Words>
+  <Characters>5113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6000</CharactersWithSpaces>
+  <CharactersWithSpaces>5998</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Woodward, Julie (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A59D2FCE26A5CF42B73DB707666E1E83</vt:lpwstr>
   </property>